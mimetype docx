--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -6,323 +6,312 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="435B8370" w14:textId="2C218258" w:rsidR="00624FB7" w:rsidRPr="00624FB7" w:rsidRDefault="00E21660" w:rsidP="00CD0511">
+    <w:p w:rsidRPr="00624FB7" w:rsidR="00624FB7" w:rsidP="00CD0511" w:rsidRDefault="00E21660" w14:paraId="435B8370" w14:textId="2C218258">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
       <w:r>
         <w:t>PCR-</w:t>
       </w:r>
       <w:r w:rsidR="00624FB7">
         <w:t>Provtagnin</w:t>
       </w:r>
       <w:r>
         <w:t>g vid</w:t>
       </w:r>
       <w:r w:rsidR="00BC73FF">
         <w:t xml:space="preserve"> luftvägsinfektion</w:t>
       </w:r>
       <w:r w:rsidR="10CBA64A">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CE3209" w14:textId="77777777" w:rsidR="00624FB7" w:rsidRPr="00624FB7" w:rsidRDefault="00624FB7" w:rsidP="00CD0511">
+    <w:p w:rsidRPr="00624FB7" w:rsidR="00624FB7" w:rsidP="00CD0511" w:rsidRDefault="00624FB7" w14:paraId="28CE3209" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc195023245"/>
+      <w:bookmarkStart w:name="_Toc195023245" w:id="1"/>
       <w:r w:rsidRPr="00624FB7">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="2D59EBFB" w14:textId="77777777" w:rsidR="00322573" w:rsidRDefault="005C3B18" w:rsidP="005C3B18">
+    <w:p w:rsidR="00322573" w:rsidP="005C3B18" w:rsidRDefault="005C3B18" w14:paraId="2D59EBFB" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Rutin gällande diagnostik av </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D78A62" w14:textId="77777777" w:rsidR="00EA485F" w:rsidRDefault="00CF14C9" w:rsidP="0015391C">
+    <w:p w:rsidR="00EA485F" w:rsidP="0015391C" w:rsidRDefault="00CF14C9" w14:paraId="44D78A62" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="005C3B18">
         <w:t>irala luftvägsinfektioner</w:t>
       </w:r>
       <w:r w:rsidR="007E7C22">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B523B9E" w14:textId="0D6F91C6" w:rsidR="00174110" w:rsidRDefault="00174110" w:rsidP="0015391C">
+    <w:p w:rsidR="00174110" w:rsidP="0015391C" w:rsidRDefault="00174110" w14:paraId="1B523B9E" w14:textId="0D6F91C6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Akut luftvägspanel SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC8DF59" w14:textId="7F353585" w:rsidR="00174110" w:rsidRDefault="00174110" w:rsidP="0015391C">
+    <w:p w:rsidR="00174110" w:rsidP="0015391C" w:rsidRDefault="00174110" w14:paraId="6BC8DF59" w14:textId="7F353585">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Luftvägspanel SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64060B24" w14:textId="344E7D4B" w:rsidR="00BE4196" w:rsidRDefault="00BE4196" w:rsidP="0015391C">
+    <w:p w:rsidR="00BE4196" w:rsidP="0015391C" w:rsidRDefault="00BE4196" w14:paraId="64060B24" w14:textId="344E7D4B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Luftvägsblock SU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FB8E79" w14:textId="77777777" w:rsidR="00BE4196" w:rsidRDefault="00BE4196" w:rsidP="0015391C">
+    <w:p w:rsidR="00BE4196" w:rsidP="0015391C" w:rsidRDefault="00BE4196" w14:paraId="08FB8E79" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2432" w:hanging="719"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0751D5AE" w14:textId="0B833D69" w:rsidR="00D97628" w:rsidRDefault="00D97628" w:rsidP="0015391C">
+    <w:p w:rsidR="00D97628" w:rsidP="0015391C" w:rsidRDefault="00D97628" w14:paraId="0751D5AE" w14:textId="0B833D69">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Atypiska luftvägsbakterier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCD9D1D" w14:textId="4E253C90" w:rsidR="00174110" w:rsidRDefault="00BE4196" w:rsidP="0015391C">
+    <w:p w:rsidR="00174110" w:rsidP="0015391C" w:rsidRDefault="00BE4196" w14:paraId="5DCD9D1D" w14:textId="4E253C90">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Atypiska luftvägsbakterier SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F74BD6" w14:textId="6E05C1B4" w:rsidR="00BE4196" w:rsidRDefault="00BE4196" w:rsidP="0015391C">
+    <w:p w:rsidR="00BE4196" w:rsidP="0015391C" w:rsidRDefault="00BE4196" w14:paraId="74F74BD6" w14:textId="6E05C1B4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Atypiska luftvägsbakterier S</w:t>
       </w:r>
       <w:r w:rsidR="006C6FEA">
         <w:t>U</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37408CEA" w14:textId="77777777" w:rsidR="00BE4196" w:rsidRDefault="00BE4196" w:rsidP="0015391C">
+    <w:p w:rsidR="00BE4196" w:rsidP="0015391C" w:rsidRDefault="00BE4196" w14:paraId="37408CEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2432" w:hanging="719"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10782769" w14:textId="322409AB" w:rsidR="006F0DFC" w:rsidRDefault="00EA485F" w:rsidP="004952C6">
+    <w:p w:rsidR="006F0DFC" w:rsidP="004952C6" w:rsidRDefault="00EA485F" w14:paraId="10782769" w14:textId="322409AB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:r>
         <w:t>Kikhosta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45762C2F" w14:textId="78EF4148" w:rsidR="008B24B9" w:rsidRDefault="008B24B9" w:rsidP="0015391C">
+    <w:p w:rsidR="008B24B9" w:rsidP="0015391C" w:rsidRDefault="008B24B9" w14:paraId="45762C2F" w14:textId="78EF4148">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:hanging="719"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pneumocyst</w:t>
       </w:r>
       <w:r w:rsidR="006F0DFC">
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006F0DFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F0DFC">
         <w:t>jiroveci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="40C689D6" w14:textId="1AD1CC97" w:rsidR="005C3B18" w:rsidRDefault="005C3B18" w:rsidP="005C3B18">
+    <w:p w:rsidR="005C3B18" w:rsidP="005C3B18" w:rsidRDefault="005C3B18" w14:paraId="40C689D6" w14:textId="1AD1CC97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc195023246"/>
-      <w:r>
+      <w:bookmarkStart w:name="_Toc195023246" w:id="2"/>
+      <w:r w:rsidR="005C3B18">
+        <w:rPr/>
         <w:t>Förändringar i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="664B5F66" w14:textId="43420E02" w:rsidR="00174110" w:rsidRDefault="00BE4196" w:rsidP="00804945">
+    <w:p w:rsidR="294593C9" w:rsidP="17088065" w:rsidRDefault="294593C9" w14:paraId="763B8FE0" w14:textId="3A5ACEE8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:t>rutin.</w:t>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349" w:right="868" w:hanging="357"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="294593C9">
+        <w:rPr/>
+        <w:t>Ny ruta för akutmärkning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9CCCE3" w14:textId="4F5761AF" w:rsidR="00202034" w:rsidRDefault="00255595" w:rsidP="00804945">
+    <w:p w:rsidR="00EC5F22" w:rsidP="00804945" w:rsidRDefault="00322573" w14:paraId="3302B4E9" w14:textId="0FC81FA5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> för provtagning och dokumentation.</w:t>
+      <w:r w:rsidR="00322573">
+        <w:rPr/>
+        <w:t>Atypiska luftvägsbakterier</w:t>
+      </w:r>
+      <w:r w:rsidR="6DF2A8DD">
+        <w:rPr/>
+        <w:t xml:space="preserve"> även för nedre luftvägsprover på SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3302B4E9" w14:textId="0ACF9B8D" w:rsidR="00EC5F22" w:rsidRDefault="00322573" w:rsidP="00804945">
-[...7 lines deleted...]
-    <w:p w14:paraId="7881A207" w14:textId="406DE5EF" w:rsidR="005F0118" w:rsidRDefault="00755DEC" w:rsidP="00804945">
+    <w:p w:rsidR="005F0118" w:rsidP="00804945" w:rsidRDefault="00755DEC" w14:paraId="7881A207" w14:textId="406DE5EF">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ny bakterie med i </w:t>
       </w:r>
       <w:r w:rsidR="00D71BDF">
         <w:t>rutinen</w:t>
       </w:r>
       <w:r>
         <w:t>: kikhosta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1167896B" w14:textId="2AC938CA" w:rsidR="00A35CA8" w:rsidRPr="00A35CA8" w:rsidRDefault="00A35CA8" w:rsidP="00A966E2">
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="00A966E2" w:rsidRDefault="00A35CA8" w14:paraId="1167896B" w14:textId="2AC938CA">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc195023247"/>
+      <w:bookmarkStart w:name="_Toc195023247" w:id="3"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A35CA8">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="55A81BE9" w14:textId="14FEC66E" w:rsidR="00CE6633" w:rsidRDefault="00CE6633" w:rsidP="00A35CA8">
+    <w:p w:rsidR="00CE6633" w:rsidP="00A35CA8" w:rsidRDefault="00CE6633" w14:paraId="55A81BE9" w14:textId="14FEC66E">
       <w:r w:rsidRPr="00CE6633">
         <w:t>Det är hög prioritet att undvika smittspridning av akuta luftvägs</w:t>
       </w:r>
       <w:r w:rsidR="00486A98">
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00CE6633">
         <w:t xml:space="preserve">infektioner på SÄS. Därför utförs provtagning </w:t>
       </w:r>
       <w:r w:rsidR="006252E9">
         <w:t xml:space="preserve">delvis </w:t>
       </w:r>
       <w:r w:rsidR="008A17F6">
         <w:t>generellt vid akuta luf</w:t>
       </w:r>
       <w:r w:rsidR="00740B3A">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="008A17F6">
         <w:t xml:space="preserve">vägssymtom </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6633">
         <w:t xml:space="preserve">för att identifiera patienter </w:t>
       </w:r>
       <w:r w:rsidR="00E6378E">
@@ -331,543 +320,572 @@
       <w:r w:rsidR="00E731E1">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00E6378E">
         <w:t xml:space="preserve">nfluensa, RS-virus eller Covid-19 </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6633">
         <w:t>som kan vara smittsamma.</w:t>
       </w:r>
       <w:r w:rsidR="006252E9">
         <w:t xml:space="preserve"> Riktad provtagning </w:t>
       </w:r>
       <w:r w:rsidR="00E6378E">
         <w:t xml:space="preserve">avseende </w:t>
       </w:r>
       <w:r w:rsidR="008334FC">
         <w:t>atypiska luftvägsbakterier och kikhosta utförs mot ba</w:t>
       </w:r>
       <w:r w:rsidR="007E09C9">
         <w:t>kgrund av klinisk sjukdomsbild</w:t>
       </w:r>
       <w:r w:rsidR="00E21660">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490A9353" w14:textId="05AAD5DA" w:rsidR="00C61418" w:rsidRDefault="00C61418" w:rsidP="00C61418">
+    <w:p w:rsidR="00C61418" w:rsidP="00C61418" w:rsidRDefault="00C61418" w14:paraId="385414D8" w14:textId="7F2DD187">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc195023248"/>
+    </w:p>
+    <w:p w:rsidR="00C61418" w:rsidP="17088065" w:rsidRDefault="00C61418" w14:paraId="0DE7C196" w14:textId="21919181">
+      <w:pPr/>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C61418" w:rsidP="00C61418" w:rsidRDefault="00C61418" w14:paraId="490A9353" w14:textId="04A5C000">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc195023248" w:id="4"/>
+      <w:r w:rsidR="00C61418">
+        <w:rPr/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="6A5E0D32" w14:textId="329F190C" w:rsidR="40DEA001" w:rsidRDefault="00E445BE" w:rsidP="00C61418">
+    <w:p w:rsidR="40DEA001" w:rsidP="00C61418" w:rsidRDefault="00E445BE" w14:paraId="6A5E0D32" w14:textId="329F190C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc195023249"/>
+      <w:bookmarkStart w:name="_Toc195023249" w:id="5"/>
       <w:r>
         <w:t>Luftvägsanalyser</w:t>
       </w:r>
       <w:r w:rsidR="008F7281">
         <w:t xml:space="preserve"> med PCR</w:t>
       </w:r>
       <w:r w:rsidR="40DEA001">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F95E5B">
         <w:t>i VGR</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="5C4F17FD" w14:textId="764E702A" w:rsidR="00592CB8" w:rsidRPr="0074720E" w:rsidRDefault="007060C2" w:rsidP="007060C2">
+    <w:p w:rsidRPr="0074720E" w:rsidR="00592CB8" w:rsidP="007060C2" w:rsidRDefault="007060C2" w14:paraId="5C4F17FD" w14:textId="764E702A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Akut luftvägspanel</w:t>
         </w:r>
-        <w:r w:rsidR="00592CB8" w:rsidRPr="0074720E">
+        <w:r w:rsidRPr="0074720E" w:rsidR="00592CB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E39D9DD" w14:textId="53180A47" w:rsidR="007060C2" w:rsidRPr="001D5DEE" w:rsidRDefault="007060C2" w:rsidP="00F47EDC">
+    <w:p w:rsidRPr="001D5DEE" w:rsidR="007060C2" w:rsidP="00F47EDC" w:rsidRDefault="007060C2" w14:paraId="6E39D9DD" w14:textId="53180A47">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">RS-virus, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Influensa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> A+B, SARS-CoV-2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F791041" w14:textId="77777777" w:rsidR="00C3133D" w:rsidRDefault="007060C2" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00C3133D" w:rsidP="00F47EDC" w:rsidRDefault="007060C2" w14:paraId="4F791041" w14:textId="77777777">
       <w:r w:rsidRPr="1D4EC224">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provsvar </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">inom någon timma alla dagar dygnet runt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C67E361" w14:textId="22871D4C" w:rsidR="007060C2" w:rsidRDefault="007060C2" w:rsidP="00F47EDC">
+    <w:p w:rsidR="007060C2" w:rsidP="00F47EDC" w:rsidRDefault="007060C2" w14:paraId="3C67E361" w14:textId="22871D4C">
       <w:r>
         <w:t xml:space="preserve">Pris </w:t>
       </w:r>
       <w:r w:rsidR="009853D0">
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00C162D9">
         <w:t>67</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kr</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CA1B41" w14:textId="77777777" w:rsidR="00C809FB" w:rsidRDefault="00035280" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00C809FB" w:rsidP="00F47EDC" w:rsidRDefault="00035280" w14:paraId="67CA1B41" w14:textId="77777777">
       <w:r>
         <w:t>Indikation:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D42D134" w14:textId="77777777" w:rsidR="00585C84" w:rsidRDefault="00C809FB" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00585C84" w:rsidP="00F47EDC" w:rsidRDefault="00C809FB" w14:paraId="1D42D134" w14:textId="77777777">
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0037267D">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00A472C0">
         <w:t>Inläggning för slutenvård och det finns misstanke om aktuella</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A472C0">
         <w:t>smittsam luftvägsinfektion oavsett sökorsak</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EF61BF" w14:textId="6FC615E4" w:rsidR="00A472C0" w:rsidRDefault="0037267D" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00A472C0" w:rsidP="00F47EDC" w:rsidRDefault="0037267D" w14:paraId="76EF61BF" w14:textId="6FC615E4">
       <w:r>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidR="00503A7D">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
-      <w:r w:rsidR="00A472C0" w:rsidRPr="00F74820">
+      <w:r w:rsidRPr="00F74820" w:rsidR="00A472C0">
         <w:t>nsjukna</w:t>
       </w:r>
       <w:r w:rsidR="00FC5252">
         <w:t>nde</w:t>
       </w:r>
-      <w:r w:rsidR="00A472C0" w:rsidRPr="00F74820">
+      <w:r w:rsidRPr="00F74820" w:rsidR="00A472C0">
         <w:t xml:space="preserve"> på SÄS med symtom p</w:t>
       </w:r>
       <w:r w:rsidR="00A472C0">
         <w:t>å luftvägsinfektion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76299C47" w14:textId="129F6AEA" w:rsidR="007464F7" w:rsidRDefault="009B1899" w:rsidP="00F47EDC">
+    <w:p w:rsidR="007464F7" w:rsidP="00F47EDC" w:rsidRDefault="009B1899" w14:paraId="76299C47" w14:textId="54BA4441">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="992"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="009B1899">
+      <w:hyperlink r:id="Rebf0be2315524b08">
+        <w:r w:rsidRPr="17088065" w:rsidR="009B1899">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F47EDC">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00897911">
-        <w:t>(Ange AKUT i anamnesrutan)</w:t>
+      <w:r w:rsidR="2A2BD37B">
+        <w:rPr/>
+        <w:t>Akutmärkning i särskild ruta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD53F82" w14:textId="77777777" w:rsidR="00F47EDC" w:rsidRPr="004D24CF" w:rsidRDefault="00F47EDC" w:rsidP="00F47EDC">
+    <w:p w:rsidRPr="004D24CF" w:rsidR="00F47EDC" w:rsidP="00F47EDC" w:rsidRDefault="00F47EDC" w14:paraId="7AD53F82" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="992"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="713B181F" w14:textId="020A8CB5" w:rsidR="00D82901" w:rsidRPr="0074720E" w:rsidRDefault="40DEA001" w:rsidP="001D5DEE">
+    <w:p w:rsidRPr="0074720E" w:rsidR="00D82901" w:rsidP="001D5DEE" w:rsidRDefault="40DEA001" w14:paraId="713B181F" w14:textId="020A8CB5">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Luftvägspanel</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00D82901" w:rsidRPr="0074720E">
+        <w:r w:rsidRPr="0074720E" w:rsidR="00D82901">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C69B013" w14:textId="3FD1DDE9" w:rsidR="40DEA001" w:rsidRPr="001D5DEE" w:rsidRDefault="40DEA001" w:rsidP="00F47EDC">
+    <w:p w:rsidRPr="001D5DEE" w:rsidR="40DEA001" w:rsidP="00F47EDC" w:rsidRDefault="40DEA001" w14:paraId="5C69B013" w14:textId="3FD1DDE9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>RS-virus</w:t>
       </w:r>
-      <w:r w:rsidR="6F8A29C5" w:rsidRPr="001D5DEE">
+      <w:r w:rsidRPr="001D5DEE" w:rsidR="6F8A29C5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Influensa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001D5DEE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> A+B</w:t>
       </w:r>
-      <w:r w:rsidR="643BF80F" w:rsidRPr="001D5DEE">
+      <w:r w:rsidRPr="001D5DEE" w:rsidR="643BF80F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="3A63047F" w:rsidRPr="001D5DEE">
+      <w:r w:rsidRPr="001D5DEE" w:rsidR="3A63047F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>SARS-CoV</w:t>
       </w:r>
-      <w:r w:rsidR="00FCF3B4" w:rsidRPr="001D5DEE">
+      <w:r w:rsidRPr="001D5DEE" w:rsidR="00FCF3B4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="3A63047F" w:rsidRPr="001D5DEE">
+      <w:r w:rsidRPr="001D5DEE" w:rsidR="3A63047F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CE5BE4" w14:textId="77777777" w:rsidR="00D82901" w:rsidRDefault="1C80B1D3" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00D82901" w:rsidP="00F47EDC" w:rsidRDefault="1C80B1D3" w14:paraId="14CE5BE4" w14:textId="77777777">
       <w:r w:rsidRPr="1D4EC224">
         <w:t xml:space="preserve">Provsvar inom 4-24 timmar </w:t>
       </w:r>
       <w:r w:rsidR="005C5748">
         <w:t xml:space="preserve">på </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08407931" w14:textId="232C8975" w:rsidR="1C80B1D3" w:rsidRDefault="00630AAA" w:rsidP="00F47EDC">
+    <w:p w:rsidR="1C80B1D3" w:rsidP="00F47EDC" w:rsidRDefault="00630AAA" w14:paraId="08407931" w14:textId="232C8975">
       <w:r>
         <w:t xml:space="preserve">Pris </w:t>
       </w:r>
       <w:r w:rsidR="009853D0">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00883866">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00C162D9">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kr</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C23764" w14:textId="77777777" w:rsidR="00D82901" w:rsidRDefault="00AF0F6B" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00D82901" w:rsidP="00F47EDC" w:rsidRDefault="00AF0F6B" w14:paraId="43C23764" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Indikation: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037A3818" w14:textId="5BDC7BC8" w:rsidR="00645901" w:rsidRDefault="00821E58" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00645901" w:rsidP="00F47EDC" w:rsidRDefault="00821E58" w14:paraId="037A3818" w14:textId="5BDC7BC8">
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00AF0F6B">
         <w:t xml:space="preserve">isstanke om akut luftvägsinfektion men </w:t>
       </w:r>
       <w:r w:rsidR="00715CDA">
         <w:t>utan behov</w:t>
       </w:r>
       <w:r w:rsidR="009C2C0C">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00715CDA">
         <w:t>v akut svar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455C0B20" w14:textId="77777777" w:rsidR="00D46BF4" w:rsidRDefault="00D46BF4" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00D46BF4" w:rsidP="00F47EDC" w:rsidRDefault="00D46BF4" w14:paraId="455C0B20" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="009B1899">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44BA1DB1" w14:textId="77777777" w:rsidR="006F0DFC" w:rsidRDefault="006F0DFC" w:rsidP="006F0DFC">
+    <w:p w:rsidR="006F0DFC" w:rsidP="006F0DFC" w:rsidRDefault="006F0DFC" w14:paraId="44BA1DB1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02DC5EC2" w14:textId="6F7DB5F3" w:rsidR="00645901" w:rsidRPr="0074720E" w:rsidRDefault="00645901" w:rsidP="006F0DFC">
+    <w:p w:rsidRPr="0074720E" w:rsidR="00645901" w:rsidP="006F0DFC" w:rsidRDefault="00645901" w14:paraId="02DC5EC2" w14:textId="6F7DB5F3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Luftvägsblock SU</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35653906" w14:textId="630D9551" w:rsidR="00A17128" w:rsidRDefault="00A17128" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00A17128" w:rsidP="00F47EDC" w:rsidRDefault="00A17128" w14:paraId="35653906" w14:textId="630D9551">
       <w:r w:rsidRPr="00A17128">
         <w:t>Adenovirus</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> Bocavirus</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> Influensa</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A17128">
         <w:t>Metapneumovirus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897911">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> Parainfluensa RS</w:t>
       </w:r>
       <w:r w:rsidR="00897911">
         <w:t>-virus</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> Rhinovirus</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17128">
         <w:t xml:space="preserve"> Enterovirus Coronavirus NL63 OC43 229E HKU1 SARS-CoV-2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361C23CD" w14:textId="2DF9FFD6" w:rsidR="00F87E31" w:rsidRDefault="00C3133D" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00F87E31" w:rsidP="00F47EDC" w:rsidRDefault="00C3133D" w14:paraId="361C23CD" w14:textId="2DF9FFD6">
       <w:r>
         <w:t>Pris</w:t>
       </w:r>
       <w:r w:rsidR="00B92862">
         <w:t xml:space="preserve"> 776 kr</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335C482A" w14:textId="762BF1C5" w:rsidR="00D46BF4" w:rsidRDefault="00C3133D" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00D46BF4" w:rsidP="00F47EDC" w:rsidRDefault="00C3133D" w14:paraId="335C482A" w14:textId="762BF1C5">
       <w:r>
         <w:t>Indikation</w:t>
       </w:r>
       <w:r w:rsidR="00AC055A">
         <w:t xml:space="preserve"> efter klinis</w:t>
       </w:r>
       <w:r w:rsidR="00215BA1">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00AC055A">
         <w:t xml:space="preserve"> bedömning. Ingen generell indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B52E89" w14:textId="6A73F44F" w:rsidR="00980AC4" w:rsidRDefault="00D46BF4" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00980AC4" w:rsidP="00F47EDC" w:rsidRDefault="00D46BF4" w14:paraId="74B52E89" w14:textId="6A73F44F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="004739B7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D7062EC" w14:textId="07DD3E05" w:rsidR="00980AC4" w:rsidRDefault="00980AC4">
+    <w:p w:rsidR="00980AC4" w:rsidRDefault="00980AC4" w14:paraId="7D7062EC" w14:textId="07DD3E05" w14:noSpellErr="1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4635391D" w14:textId="7E6516C7" w:rsidR="00096523" w:rsidRPr="0074720E" w:rsidRDefault="0019383C" w:rsidP="009A6F6B">
+    <w:p w:rsidR="17088065" w:rsidRDefault="17088065" w14:paraId="289EF0E8" w14:textId="1EE2C912">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="17088065" w:rsidP="17088065" w:rsidRDefault="17088065" w14:paraId="481A7D70" w14:textId="134648C8">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0074720E" w:rsidR="00096523" w:rsidP="009A6F6B" w:rsidRDefault="0019383C" w14:paraId="4635391D" w14:textId="7E6516C7">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">Atypiska </w:t>
         </w:r>
-        <w:r w:rsidR="004A52E4" w:rsidRPr="0074720E">
+        <w:r w:rsidRPr="0074720E" w:rsidR="004A52E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>luftvägsbakterier SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37666D6B" w14:textId="77777777" w:rsidR="00D44B21" w:rsidRDefault="006F3D2D" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00D44B21" w:rsidP="00F47EDC" w:rsidRDefault="006F3D2D" w14:paraId="37666D6B" w14:textId="77777777">
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve">Mycoplasma </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>pneumoniae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>Chlamydia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>pneumoniae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D44B21">
@@ -881,1040 +899,913 @@
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>psittaci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>Legionella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D44B21">
         <w:t>pneumophila</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="46B06588" w14:textId="2425AEC2" w:rsidR="008917F9" w:rsidRDefault="003A1D02" w:rsidP="00F47EDC">
+    <w:p w:rsidR="008917F9" w:rsidP="00F47EDC" w:rsidRDefault="003A1D02" w14:paraId="46B06588" w14:textId="2425AEC2">
       <w:r>
         <w:t>Pris</w:t>
       </w:r>
       <w:r w:rsidR="0088212A">
         <w:t xml:space="preserve"> 665 kr</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09450561" w14:textId="1CD78D96" w:rsidR="008917F9" w:rsidRDefault="00496D55" w:rsidP="00F47EDC">
+    <w:p w:rsidR="008917F9" w:rsidP="00F47EDC" w:rsidRDefault="00496D55" w14:paraId="09450561" w14:textId="1CD78D96">
       <w:r>
         <w:t>Indikation</w:t>
       </w:r>
       <w:r w:rsidR="00FD006E">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028AD36C" w14:textId="2A3A9290" w:rsidR="0005476E" w:rsidRDefault="00BE1088" w:rsidP="00F47EDC">
+    <w:p w:rsidR="0005476E" w:rsidP="00F47EDC" w:rsidRDefault="00BE1088" w14:paraId="028AD36C" w14:textId="2A3A9290">
       <w:r>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D2A">
         <w:t xml:space="preserve">Misstanke </w:t>
       </w:r>
       <w:r w:rsidR="00D76230">
         <w:t>om pn</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D76230">
         <w:t>umoni med</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> atypiska bakterier</w:t>
       </w:r>
       <w:r w:rsidR="00D76230">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517F3257" w14:textId="37EC1AC1" w:rsidR="00BE1088" w:rsidRDefault="00BE1088" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00BE1088" w:rsidP="00F47EDC" w:rsidRDefault="00BE1088" w14:paraId="517F3257" w14:textId="37EC1AC1">
       <w:r>
         <w:t xml:space="preserve">B) Pneumoni med </w:t>
       </w:r>
       <w:r w:rsidR="00815C70">
         <w:t xml:space="preserve">allvarlighetsgrad      </w:t>
       </w:r>
       <w:r>
         <w:t>DS-CRB65</w:t>
       </w:r>
       <w:r w:rsidR="009E28F8">
         <w:t xml:space="preserve"> 4-6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD3D34E" w14:textId="5EA28C59" w:rsidR="001B7B86" w:rsidRDefault="004722D3" w:rsidP="00F47EDC">
-[...6 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="001B7B86" w:rsidP="00F47EDC" w:rsidRDefault="004722D3" w14:paraId="0FD3D34E" w14:textId="21B39AAC">
       <w:r>
-        <w:t xml:space="preserve"> Endast svalgprov</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="00F47EDC">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="001B7B86" w:rsidRPr="009B1899">
+      <w:hyperlink r:id="R7c90d5ace9274034">
+        <w:r w:rsidRPr="17088065" w:rsidR="001B7B86">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19DB5EE2" w14:textId="77777777" w:rsidR="001B7B86" w:rsidRDefault="001B7B86" w:rsidP="004739B7">
-[...1 lines deleted...]
-        <w:ind w:left="1701" w:firstLine="11"/>
+    <w:p w:rsidR="002C008D" w:rsidP="002C008D" w:rsidRDefault="002C008D" w14:paraId="7A0AD5D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B62FA9D" w14:textId="4326369B" w:rsidR="004739B7" w:rsidRPr="0074720E" w:rsidRDefault="00762E0A" w:rsidP="004739B7">
+    <w:p w:rsidRPr="0074720E" w:rsidR="002C008D" w:rsidP="002C008D" w:rsidRDefault="002C008D" w14:paraId="15BB945D" w14:textId="0AF1483E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-[...132 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Kikhosta</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AA921EC" w14:textId="3C58AC45" w:rsidR="002C008D" w:rsidRDefault="00813A32" w:rsidP="00F47EDC">
+    <w:p w:rsidR="002C008D" w:rsidP="00F47EDC" w:rsidRDefault="00813A32" w14:paraId="0AA921EC" w14:textId="3C58AC45">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bordetella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pertussis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0F45FE3E" w14:textId="77777777" w:rsidR="00813A32" w:rsidRDefault="00813A32" w:rsidP="004952C6">
+    <w:p w:rsidR="00813A32" w:rsidP="004952C6" w:rsidRDefault="00813A32" w14:paraId="0F45FE3E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0098D94C" w14:textId="46C03317" w:rsidR="00813A32" w:rsidRDefault="00813A32" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00813A32" w:rsidP="00F47EDC" w:rsidRDefault="00813A32" w14:paraId="0098D94C" w14:textId="46C03317">
       <w:r>
         <w:t>Indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0214E5" w14:textId="64E72DC0" w:rsidR="00813A32" w:rsidRDefault="00813A32" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00813A32" w:rsidP="00F47EDC" w:rsidRDefault="00813A32" w14:paraId="5B0214E5" w14:textId="64E72DC0">
       <w:r>
         <w:t>Misstanke om kikhosta</w:t>
       </w:r>
       <w:r w:rsidR="00076392">
         <w:t xml:space="preserve"> eller smittspårning vid känt fall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16598E11" w14:textId="258A639F" w:rsidR="00F47EDC" w:rsidRDefault="00E80374" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00F47EDC" w:rsidP="00F47EDC" w:rsidRDefault="00E80374" w14:paraId="16598E11" w14:textId="258A639F">
       <w:r>
         <w:t>Pris</w:t>
       </w:r>
       <w:r w:rsidR="00AD0037">
         <w:t xml:space="preserve"> 470</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5900B849" w14:textId="77777777" w:rsidR="00813A32" w:rsidRPr="00F47EDC" w:rsidRDefault="00813A32" w:rsidP="00F47EDC">
+    <w:p w:rsidRPr="00F47EDC" w:rsidR="00813A32" w:rsidP="00F47EDC" w:rsidRDefault="00813A32" w14:paraId="5900B849" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="002C008D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31275CE2" w14:textId="77777777" w:rsidR="008C608B" w:rsidRDefault="008C608B" w:rsidP="00813A32">
+    <w:p w:rsidR="008C608B" w:rsidP="00813A32" w:rsidRDefault="008C608B" w14:paraId="31275CE2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32F8FF50" w14:textId="64651114" w:rsidR="008C608B" w:rsidRPr="0074720E" w:rsidRDefault="008C608B" w:rsidP="008C608B">
+    <w:p w:rsidRPr="0074720E" w:rsidR="008C608B" w:rsidP="008C608B" w:rsidRDefault="008C608B" w14:paraId="32F8FF50" w14:textId="64651114">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Pneumocystis</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0074720E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>jiroveci</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E772D36" w14:textId="61977130" w:rsidR="00076392" w:rsidRDefault="00076392" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00076392" w:rsidP="00F47EDC" w:rsidRDefault="00076392" w14:paraId="1E772D36" w14:textId="61977130">
       <w:r>
         <w:t>Indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B21ED44" w14:textId="3A32050D" w:rsidR="00076392" w:rsidRDefault="00076392" w:rsidP="00F47EDC">
+    <w:p w:rsidR="00076392" w:rsidP="00F47EDC" w:rsidRDefault="00076392" w14:paraId="2B21ED44" w14:textId="3A32050D">
       <w:r>
         <w:t>Klinisk</w:t>
       </w:r>
       <w:r w:rsidR="00024636">
         <w:t xml:space="preserve"> misstanke hos patient med nedsatt immunförsvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC8EB12" w14:textId="7242839C" w:rsidR="003875A6" w:rsidRDefault="003753C4" w:rsidP="00F47EDC">
+    <w:p w:rsidR="003875A6" w:rsidP="00F47EDC" w:rsidRDefault="003753C4" w14:paraId="0EC8EB12" w14:textId="7242839C">
       <w:r>
         <w:t>Pris 933</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1344D6" w14:textId="2EC94788" w:rsidR="00024636" w:rsidRDefault="003875A6" w:rsidP="00F47EDC">
-      <w:hyperlink r:id="rId25" w:history="1">
+    <w:p w:rsidR="00024636" w:rsidP="00F47EDC" w:rsidRDefault="003875A6" w14:paraId="4F1344D6" w14:textId="2EC94788">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="002C008D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19DDFCD7" w14:textId="26DB3FE7" w:rsidR="00A35CA8" w:rsidRPr="00A35CA8" w:rsidRDefault="002B602A" w:rsidP="00327D08">
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="00327D08" w:rsidRDefault="002B602A" w14:paraId="16B411C4" w14:textId="2CA8A3FE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="17088065" w:rsidRDefault="002B602A" w14:paraId="3F41280B" w14:textId="7C2E1CB1">
+      <w:pPr/>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="00327D08" w:rsidRDefault="002B602A" w14:paraId="19DDFCD7" w14:textId="44EC88DF">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidR="002B602A">
+        <w:rPr/>
         <w:t>Utförande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74398AE9" w14:textId="12EB7F10" w:rsidR="00A35CA8" w:rsidRPr="00A35CA8" w:rsidRDefault="00A16D80" w:rsidP="00E11805">
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="00E11805" w:rsidRDefault="00A16D80" w14:paraId="74398AE9" w14:textId="12EB7F10">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc195023251"/>
+      <w:bookmarkStart w:name="_Toc195023251" w:id="6"/>
       <w:r>
         <w:t>Provtagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="2735D687" w14:textId="6F9CAC34" w:rsidR="00AE3549" w:rsidRPr="00B9269F" w:rsidRDefault="00095CE8" w:rsidP="00AE3549">
+    <w:p w:rsidRPr="00B9269F" w:rsidR="00AE3549" w:rsidP="00AE3549" w:rsidRDefault="00095CE8" w14:paraId="2735D687" w14:textId="6F9CAC34">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Se länk </w:t>
       </w:r>
       <w:r w:rsidR="00C62033">
         <w:t>via rubriken på respektive analys</w:t>
       </w:r>
       <w:r w:rsidR="00B774C2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F25968" w14:textId="77777777" w:rsidR="00A35CA8" w:rsidRDefault="00A35CA8" w:rsidP="003D1658">
+    <w:p w:rsidR="00A35CA8" w:rsidP="003D1658" w:rsidRDefault="00A35CA8" w14:paraId="19F25968" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc195023252"/>
+      <w:bookmarkStart w:name="_Toc195023252" w:id="7"/>
       <w:r w:rsidRPr="00A35CA8">
         <w:t>Provsvarshantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
-        <w:tblW w:w="7279" w:type="dxa"/>
+        <w:tblW w:w="7463" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3398"/>
         <w:gridCol w:w="855"/>
-        <w:gridCol w:w="3026"/>
+        <w:gridCol w:w="3210"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD754E" w14:paraId="4FD7D872" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="4FD7D872" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2F7FF24B" w14:textId="33E55F0C" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="2F7FF24B" w14:textId="33E55F0C">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="96"/>
             </w:pPr>
             <w:r>
               <w:t>Akut luftvägspanel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5A7EE36A" w14:textId="49C38534" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="5A7EE36A" w14:textId="49C38534">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SÄS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="50E72DE0" w14:textId="033C0300" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="50E72DE0" w14:textId="033C0300">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="96"/>
             </w:pPr>
             <w:r w:rsidRPr="00B453B9">
               <w:t>Telefonsvar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD754E" w14:paraId="6770C63A" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="6770C63A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="269760BC" w14:textId="2FF0425F" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="269760BC" w14:textId="2FF0425F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="96"/>
             </w:pPr>
             <w:r w:rsidRPr="00056B7A">
               <w:t>Luftvägspanel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1866E58A" w14:textId="1483EDF2" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="1866E58A" w14:textId="1483EDF2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SÄS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3E809F6C" w14:textId="721D11C0" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="3E809F6C" w14:textId="721D11C0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="96"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Lab-modul i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Melior</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F44472" w14:paraId="0D22864A" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00F44472" w:rsidTr="17088065" w14:paraId="0D22864A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="00299A25" w14:textId="77777777" w:rsidR="00F44472" w:rsidRPr="00056B7A" w:rsidRDefault="00F44472" w:rsidP="004952C6">
+          <w:p w:rsidRPr="00056B7A" w:rsidR="00F44472" w:rsidP="004952C6" w:rsidRDefault="00F44472" w14:paraId="00299A25" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="96" w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="570B2A66" w14:textId="579F5DB7" w:rsidR="00F44472" w:rsidRDefault="00F44472" w:rsidP="004952C6">
+          <w:p w:rsidR="00F44472" w:rsidP="004952C6" w:rsidRDefault="00F44472" w14:paraId="570B2A66" w14:textId="579F5DB7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6266644B" w14:textId="2345493C" w:rsidR="00F44472" w:rsidRDefault="00F44472" w:rsidP="004952C6">
+          <w:p w:rsidR="00F44472" w:rsidP="004952C6" w:rsidRDefault="00F44472" w14:paraId="6266644B" w14:textId="2345493C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="96"/>
             </w:pPr>
             <w:r>
               <w:t>Ej telefonsvar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD754E" w14:paraId="4467D04C" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="4467D04C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6C7190A9" w14:textId="06D5FABB" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="6C7190A9" w14:textId="06D5FABB">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>Atypiska luftvägsbakterier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5BC78B52" w14:textId="2989239F" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="5BC78B52" w14:textId="2989239F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SÄS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1138A03C" w14:textId="205DF386" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="17088065" w:rsidRDefault="00FD754E" w14:paraId="1138A03C" w14:textId="5606CEAE">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="126"/>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="126" w:right="720"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>Kikhosta</w:t>
+            <w:r w:rsidR="59BBE4F7">
+              <w:rPr/>
+              <w:t>Lab-modul i Melior</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD754E" w14:paraId="43DE630D" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="43DE630D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5DAEDDC8" w14:textId="714A0365" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="5DAEDDC8" w14:textId="714A0365">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>Luftvägsblock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="187F2A42" w14:textId="29AE806C" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="187F2A42" w14:textId="29AE806C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6184EF54" w14:textId="4E72E5E2" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="6184EF54" w14:textId="4E72E5E2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="176"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Lab-modul </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Melior</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD754E" w14:paraId="0A86C628" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="0A86C628" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="458AB507" w14:textId="453F8999" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="458AB507" w14:textId="453F8999">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>Atypiska luftvägsbakterier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="754F9612" w14:textId="22505961" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="754F9612" w14:textId="22505961">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="093D2A27" w14:textId="36B4B9DF" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="093D2A27" w14:textId="36B4B9DF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="176"/>
             </w:pPr>
             <w:r>
               <w:t>Papperssvar till E-arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD754E" w14:paraId="5D6E5460" w14:textId="77777777" w:rsidTr="004952C6">
+      <w:tr w:rsidR="00FD754E" w:rsidTr="17088065" w14:paraId="5D6E5460" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F6C918B" w14:textId="7BD9AF98" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="6F6C918B" w14:textId="7BD9AF98">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="312" w:right="0"/>
             </w:pPr>
             <w:r>
               <w:t>Kikhosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3318775C" w14:textId="72434A8D" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="3318775C" w14:textId="72434A8D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="32"/>
             </w:pPr>
             <w:r>
               <w:t>SU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3026" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4CA7D39F" w14:textId="146DD1ED" w:rsidR="00FD754E" w:rsidRDefault="00FD754E" w:rsidP="004952C6">
+          <w:p w:rsidR="00FD754E" w:rsidP="004952C6" w:rsidRDefault="00FD754E" w14:paraId="4CA7D39F" w14:textId="146DD1ED">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="126" w:right="176"/>
             </w:pPr>
             <w:r>
               <w:t>Papperssvar till E-arkiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="664694D1" w14:textId="77777777" w:rsidR="00F47EDC" w:rsidRPr="00F47EDC" w:rsidRDefault="00F47EDC" w:rsidP="00F47EDC"/>
-    <w:p w14:paraId="449A35B6" w14:textId="4AEDBD56" w:rsidR="00A35CA8" w:rsidRPr="00A35CA8" w:rsidRDefault="00A35CA8" w:rsidP="002C13C1">
+    <w:p w:rsidRPr="00F47EDC" w:rsidR="00F47EDC" w:rsidP="00F47EDC" w:rsidRDefault="00F47EDC" w14:paraId="664694D1" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00A35CA8" w:rsidR="00A35CA8" w:rsidP="002C13C1" w:rsidRDefault="00A35CA8" w14:paraId="449A35B6" w14:textId="4AEDBD56">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc195023253"/>
+      <w:bookmarkStart w:name="_Toc195023253" w:id="8"/>
       <w:r w:rsidRPr="00A35CA8">
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="7DAA7D7F" w14:textId="17085434" w:rsidR="006D1D15" w:rsidRPr="00B00005" w:rsidRDefault="006E6635" w:rsidP="00515A21">
+    <w:p w:rsidRPr="00B00005" w:rsidR="006D1D15" w:rsidP="00515A21" w:rsidRDefault="006E6635" w14:paraId="7DAA7D7F" w14:textId="17085434">
       <w:r>
         <w:t>Ordination av prover dokumenteras i Planering i Melior under rubriken</w:t>
       </w:r>
       <w:r w:rsidR="00B00005">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B0590" w:rsidRPr="005B0590">
+      <w:r w:rsidRPr="005B0590" w:rsidR="005B0590">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="006D1D15" w:rsidRPr="005B0590">
+      <w:r w:rsidRPr="005B0590" w:rsidR="006D1D15">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rov</w:t>
       </w:r>
-      <w:r w:rsidR="006D1D15" w:rsidRPr="005D299F">
+      <w:r w:rsidRPr="005D299F" w:rsidR="006D1D15">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tagning</w:t>
       </w:r>
-      <w:r w:rsidR="005B0590" w:rsidRPr="005B0590">
+      <w:r w:rsidRPr="005B0590" w:rsidR="005B0590">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B0590">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="005B0590" w:rsidRPr="005D299F">
+      <w:r w:rsidRPr="005D299F" w:rsidR="005B0590">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ikrobiol</w:t>
       </w:r>
       <w:r w:rsidR="005B0590">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ogi</w:t>
       </w:r>
       <w:r w:rsidR="00B00005">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C60AA1" w14:textId="628FAF8D" w:rsidR="006D1D15" w:rsidRDefault="006E6635" w:rsidP="00515A21">
+    <w:p w:rsidR="006D1D15" w:rsidP="00515A21" w:rsidRDefault="006E6635" w14:paraId="64C60AA1" w14:textId="628FAF8D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Utförd provtagning dokumenteras </w:t>
       </w:r>
       <w:r w:rsidR="002804C4">
         <w:t>enligt</w:t>
       </w:r>
       <w:r w:rsidR="006D1D15">
         <w:t xml:space="preserve"> nedan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49086B0A" w14:textId="0D974347" w:rsidR="002E054E" w:rsidRDefault="00510D27" w:rsidP="00515A21">
+    <w:p w:rsidR="002E054E" w:rsidP="00515A21" w:rsidRDefault="00510D27" w14:paraId="49086B0A" w14:textId="0D974347">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Telefonsvar dokumenteras av </w:t>
       </w:r>
       <w:r w:rsidR="00446CB4">
         <w:t>svars</w:t>
       </w:r>
       <w:r>
         <w:t>mottagaren</w:t>
       </w:r>
       <w:r w:rsidR="00D93AF5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002E3EB0">
         <w:t>och med fördel</w:t>
       </w:r>
       <w:r w:rsidR="00D93AF5">
         <w:t xml:space="preserve"> även på svar som leverera</w:t>
       </w:r>
       <w:r w:rsidR="00B00005">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00D93AF5">
         <w:t xml:space="preserve">s i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D93AF5">
         <w:t>lab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D93AF5">
         <w:t>-modul</w:t>
       </w:r>
       <w:r w:rsidR="000722D2">
         <w:t xml:space="preserve">, enligt nedan. </w:t>
       </w:r>
       <w:r w:rsidR="00922D55">
         <w:t xml:space="preserve">(Ordet </w:t>
       </w:r>
-      <w:r w:rsidR="00922D55" w:rsidRPr="00515A21">
+      <w:r w:rsidRPr="00515A21" w:rsidR="00922D55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Utfört</w:t>
       </w:r>
       <w:r w:rsidR="00922D55">
         <w:t xml:space="preserve"> byts ut mot </w:t>
       </w:r>
-      <w:r w:rsidR="004F350B" w:rsidRPr="00515A21">
+      <w:r w:rsidRPr="00515A21" w:rsidR="004F350B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00922D55" w:rsidRPr="00515A21">
+      <w:r w:rsidRPr="00515A21" w:rsidR="00922D55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ositivt</w:t>
       </w:r>
       <w:r w:rsidR="00922D55">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
-      <w:r w:rsidR="004F350B" w:rsidRPr="00515A21">
+      <w:r w:rsidRPr="00515A21" w:rsidR="004F350B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00922D55" w:rsidRPr="00515A21">
+      <w:r w:rsidRPr="00515A21" w:rsidR="00922D55">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>egativt</w:t>
       </w:r>
       <w:r w:rsidR="00922D55">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B73E74A" w14:textId="05649F23" w:rsidR="00D70A7D" w:rsidRDefault="00A9075E" w:rsidP="00A73881">
+    <w:p w:rsidR="00D70A7D" w:rsidP="00A73881" w:rsidRDefault="00A9075E" w14:paraId="1B73E74A" w14:textId="05649F23">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47609AB4" wp14:editId="403BEE97">
             <wp:extent cx="4953600" cy="2041200"/>
             <wp:effectExtent l="19050" t="19050" r="19050" b="16510"/>
             <wp:docPr id="1" name="Picture 1" descr="Skärmdump från journalsystemet Melior som visar hur mikrobiologisk provtagning dokumenteras i anteckning i patientjournalen. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Skärmdump från journalsystemet Melior som visar hur mikrobiologisk provtagning dokumenteras i anteckning i patientjournalen. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1938,79 +1829,79 @@
                     <a:noFill/>
                     <a:ln w="3175">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="50000"/>
                           <a:lumOff val="50000"/>
                         </a:schemeClr>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D70A7D" w:rsidSect="003E0FE9">
       <w:headerReference w:type="even" r:id="rId27"/>
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="even" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:headerReference w:type="first" r:id="rId31"/>
       <w:footerReference w:type="first" r:id="rId32"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D97F71A" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A">
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="4D97F71A" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54A023C4" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A">
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="54A023C4" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="086A70C8" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A">
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="086A70C8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2084,162 +1975,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="1885B36E" w:rsidR="00660269" w:rsidRDefault="00413F58" w:rsidP="00413F58">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00413F58" w:rsidRDefault="00413F58" w14:paraId="1FE2B822" w14:textId="1885B36E">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="6237" w:firstLine="426"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C4134DD" wp14:editId="4C95DB13">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="153909288" name="Bildobjekt 1" descr="Logotyp Västra Götalandsregionen"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="153909288" name="Bildobjekt 1" descr="Logotyp Västra Götalandsregionen"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -2249,701 +2140,701 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D19E748" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A"/>
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="0D19E748" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F0ED831" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A">
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="2F0ED831" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7ED881A8" w14:textId="77777777" w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A">
+    <w:p w:rsidR="004F4F7A" w:rsidRDefault="004F4F7A" w14:paraId="7ED881A8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="31BB8FD6" w14:textId="77777777" w:rsidR="00B30600" w:rsidRDefault="00B30600">
+  <w:p w:rsidR="00B30600" w:rsidRDefault="00B30600" w14:paraId="31BB8FD6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="4CEA8559">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>1270</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5981700" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5981700" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="14E0EA71" w14:textId="7B3DDBCF" w:rsidR="00A9360F" w:rsidRDefault="00A9360F" w:rsidP="00A9360F">
+                        <w:p w:rsidR="00A9360F" w:rsidP="00A9360F" w:rsidRDefault="00A9360F" w14:paraId="14E0EA71" w14:textId="7B3DDBCF">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Aktualiteten </w:t>
                           </w:r>
                           <w:r w:rsidR="00407EFC">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> utskriven version kan verifieras via platsen för styrdokument på </w:t>
                           </w:r>
                           <w:r w:rsidR="003561D8">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>SÄS intranät</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="70464969" w14:textId="70B96EEA" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="70B96EEA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.1pt;margin-top:.1pt;width:471pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYu7KEFgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1tv2yAUfp+0/4B4X+zc2tSKU2WtMk2K&#10;2krp1GeCIbaEOQxI7OzX74CdS7s9TXuBA+dwLt/3Mb9va0UOwroKdE6Hg5QSoTkUld7l9Mfr6suM&#10;EueZLpgCLXJ6FI7eLz5/mjcmEyMoQRXCEkyiXdaYnJbemyxJHC9FzdwAjNDolGBr5vFod0lhWYPZ&#10;a5WM0vQmacAWxgIXzuHtY+eki5hfSsH9s5ROeKJyir35uNq4bsOaLOYs21lmyor3bbB/6KJmlcai&#10;51SPzDOyt9UfqeqKW3Ag/YBDnYCUFRdxBpxmmH6YZlMyI+IsCI4zZ5jc/0vLnw4b82KJb79CiwQG&#10;QBrjMoeXYZ5W2jrs2ClBP0J4PMMmWk84Xk7vZsPbFF0cfePReDaNuCaX18Y6/01ATYKRU4u0RLTY&#10;Ye08VsTQU0gopmFVKRWpUZo0Ob0ZY8p3HnyhND689Bos327bfoAtFEecy0JHuTN8VWHxNXP+hVnk&#10;GPtF3fpnXKQCLAK9RUkJ9tff7kM8Qo9eShrUTE7dzz2zghL1XSMpd8PJJIgsHibT2xEe7LVne+3R&#10;+/oBUJZD/CGGRzPEe3UypYX6DeW9DFXRxTTH2jn1J/PBd0rG78HFchmDUFaG+bXeGB5SB9ACtK/t&#10;G7Omx98jc09wUhfLPtDQxXZwL/ceZBU5CgB3qPa4oyQjdf33CZq/Pseoyydf/AYAAP//AwBQSwME&#10;FAAGAAgAAAAhAIHQJf/eAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwVu7&#10;SbBSYyalBIog9tDai7dNdpoE90/Mbtvop+940suD4T3e+02xmqwRZxpD7x1COk9AkGu87l2LcHjf&#10;zJYgQlROK+MdIXxTgFV5e1OoXPuL29F5H1vBJS7kCqGLccilDE1HVoW5H8ixd/SjVZHPsZV6VBcu&#10;t0ZmSfIoreodL3RqoKqj5nN/sgiv1WardnVmlz+menk7roevw8cC8f5uWj+DiDTFvzD84jM6lMxU&#10;+5PTQRiEWcZBBFY2nx5S/qNGWKQZyLKQ/+nLKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDYu7KEFgIAACwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCB0CX/3gAAAAUBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 10" style="position:absolute;left:0;text-align:left;margin-left:-.1pt;margin-top:.1pt;width:471pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYu7KEFgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1tv2yAUfp+0/4B4X+zc2tSKU2WtMk2K&#10;2krp1GeCIbaEOQxI7OzX74CdS7s9TXuBA+dwLt/3Mb9va0UOwroKdE6Hg5QSoTkUld7l9Mfr6suM&#10;EueZLpgCLXJ6FI7eLz5/mjcmEyMoQRXCEkyiXdaYnJbemyxJHC9FzdwAjNDolGBr5vFod0lhWYPZ&#10;a5WM0vQmacAWxgIXzuHtY+eki5hfSsH9s5ROeKJyir35uNq4bsOaLOYs21lmyor3bbB/6KJmlcai&#10;51SPzDOyt9UfqeqKW3Ag/YBDnYCUFRdxBpxmmH6YZlMyI+IsCI4zZ5jc/0vLnw4b82KJb79CiwQG&#10;QBrjMoeXYZ5W2jrs2ClBP0J4PMMmWk84Xk7vZsPbFF0cfePReDaNuCaX18Y6/01ATYKRU4u0RLTY&#10;Ye08VsTQU0gopmFVKRWpUZo0Ob0ZY8p3HnyhND689Bos327bfoAtFEecy0JHuTN8VWHxNXP+hVnk&#10;GPtF3fpnXKQCLAK9RUkJ9tff7kM8Qo9eShrUTE7dzz2zghL1XSMpd8PJJIgsHibT2xEe7LVne+3R&#10;+/oBUJZD/CGGRzPEe3UypYX6DeW9DFXRxTTH2jn1J/PBd0rG78HFchmDUFaG+bXeGB5SB9ACtK/t&#10;G7Omx98jc09wUhfLPtDQxXZwL/ceZBU5CgB3qPa4oyQjdf33CZq/Pseoyydf/AYAAP//AwBQSwME&#10;FAAGAAgAAAAhAIHQJf/eAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwVu7&#10;SbBSYyalBIog9tDai7dNdpoE90/Mbtvop+940suD4T3e+02xmqwRZxpD7x1COk9AkGu87l2LcHjf&#10;zJYgQlROK+MdIXxTgFV5e1OoXPuL29F5H1vBJS7kCqGLccilDE1HVoW5H8ixd/SjVZHPsZV6VBcu&#10;t0ZmSfIoreodL3RqoKqj5nN/sgiv1WardnVmlz+menk7roevw8cC8f5uWj+DiDTFvzD84jM6lMxU&#10;+5PTQRiEWcZBBFY2nx5S/qNGWKQZyLKQ/+nLKwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDYu7KEFgIAACwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCB0CX/3gAAAAUBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="14E0EA71" w14:textId="7B3DDBCF" w:rsidR="00A9360F" w:rsidRDefault="00A9360F" w:rsidP="00A9360F">
+                  <w:p w:rsidR="00A9360F" w:rsidP="00A9360F" w:rsidRDefault="00A9360F" w14:paraId="14E0EA71" w14:textId="7B3DDBCF">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Aktualiteten </w:t>
                     </w:r>
                     <w:r w:rsidR="00407EFC">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> utskriven version kan verifieras via platsen för styrdokument på </w:t>
                     </w:r>
                     <w:r w:rsidR="003561D8">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>SÄS intranät</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="70464969" w14:textId="70B96EEA" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="70B96EEA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="6F77E1F7" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="6F77E1F7">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="52CEEE86">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172721</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6459855" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6459855" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="28F5AAC1" w:rsidR="00413A60" w:rsidRPr="006E0294" w:rsidRDefault="00A9360F">
+                        <w:p w:rsidRPr="006E0294" w:rsidR="00413A60" w:rsidRDefault="00A9360F" w14:paraId="72D45401" w14:textId="28F5AAC1">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="006E0294">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Aktualiteten </w:t>
                           </w:r>
-                          <w:r w:rsidR="00407EFC" w:rsidRPr="006E0294">
+                          <w:r w:rsidRPr="006E0294" w:rsidR="00407EFC">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>i</w:t>
                           </w:r>
                           <w:r w:rsidRPr="006E0294">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> utskriven version kan verifieras via platsen för styrdokument på </w:t>
                           </w:r>
-                          <w:r w:rsidR="003561D8" w:rsidRPr="006E0294">
+                          <w:r w:rsidRPr="006E0294" w:rsidR="003561D8">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">SÄS </w:t>
                           </w:r>
                           <w:r w:rsidRPr="006E0294">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>intranät</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:508.65pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU1X/IFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa+Uf0C8x+tr6qy8jtxEripZ&#10;SSSnyjNmwbsSMBSwd92v78D61rRPVV9gYIa5nHOYPbRakb1wvgZT0EGvT4kwHMrabAv6/W15O6XE&#10;B2ZKpsCIgh6Epw/zm0+zxuZiCBWoUjiCSYzPG1vQKgSbZ5nnldDM98AKg04JTrOAR7fNSscazK5V&#10;Nuz377IGXGkdcOE93j51TjpP+aUUPLxI6UUgqqDYW0irS+smrtl8xvKtY7aq+bEN9g9daFYbLHpO&#10;9cQCIztX/5FK19yBBxl6HHQGUtZcpBlwmkH/wzTrilmRZkFwvD3D5P9fWv68X9tXR0L7BVokMALS&#10;WJ97vIzztNLpuGOnBP0I4eEMm2gD4Xh5N57cTycTSjj6RsPRdJJwzS6vrfPhqwBNolFQh7QktNh+&#10;5QNWxNBTSCxmYFkrlahRhjRYYYQpf/PgC2Xw4aXXaIV205K6vJpjA+UBx3PQMe8tX9bYw4r58Moc&#10;Uo0ToXzDCy5SAdaCo0VJBe7n3+5jPDKAXkoalE5B/Y8dc4IS9c0gN/eD8ThqLR3Gk89DPLhrz+ba&#10;Y3b6EVCdA/woliczxgd1MqUD/Y4qX8Sq6GKGY+2ChpP5GDpB4y/hYrFIQaguy8LKrC2PqSN2EeG3&#10;9p05e6QhIIHPcBIZyz+w0cV2qC92AWSdqIo4d6ge4UdlJgaPvyhK//qcoi5/ff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDd3ue34wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1lTq&#10;DuykDyDEQSgSqlSVBZRNd5PYJBH2OI0NpP36uqt2N6M5unNuvhqtYRc9+M6RhGQqgGmqneqokXB4&#10;30zmwHxAUmgcaQlf2sOquL3JMVPuSjt92YeGxRDyGUpoQ+gzzn3daot+6npN8XZ0g8UQ16HhasBr&#10;DLeGp0I8c4sdxQ8t9rpsdX3an62E13KzxV2V2vm3KV/ejuv+8/DxJOX93bheAgt6DH8w/OpHdSii&#10;U+XOpDwzEibpLI1oHBLxACwSi4VIgFUSHsUMeJHz/xWKHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCU1X/IFwIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDd3ue34wAAAAoBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:508.65pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU1X/IFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa+Uf0C8x+tr6qy8jtxEripZ&#10;SSSnyjNmwbsSMBSwd92v78D61rRPVV9gYIa5nHOYPbRakb1wvgZT0EGvT4kwHMrabAv6/W15O6XE&#10;B2ZKpsCIgh6Epw/zm0+zxuZiCBWoUjiCSYzPG1vQKgSbZ5nnldDM98AKg04JTrOAR7fNSscazK5V&#10;Nuz377IGXGkdcOE93j51TjpP+aUUPLxI6UUgqqDYW0irS+smrtl8xvKtY7aq+bEN9g9daFYbLHpO&#10;9cQCIztX/5FK19yBBxl6HHQGUtZcpBlwmkH/wzTrilmRZkFwvD3D5P9fWv68X9tXR0L7BVokMALS&#10;WJ97vIzztNLpuGOnBP0I4eEMm2gD4Xh5N57cTycTSjj6RsPRdJJwzS6vrfPhqwBNolFQh7QktNh+&#10;5QNWxNBTSCxmYFkrlahRhjRYYYQpf/PgC2Xw4aXXaIV205K6vJpjA+UBx3PQMe8tX9bYw4r58Moc&#10;Uo0ToXzDCy5SAdaCo0VJBe7n3+5jPDKAXkoalE5B/Y8dc4IS9c0gN/eD8ThqLR3Gk89DPLhrz+ba&#10;Y3b6EVCdA/woliczxgd1MqUD/Y4qX8Sq6GKGY+2ChpP5GDpB4y/hYrFIQaguy8LKrC2PqSN2EeG3&#10;9p05e6QhIIHPcBIZyz+w0cV2qC92AWSdqIo4d6ge4UdlJgaPvyhK//qcoi5/ff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDd3ue34wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1lTq&#10;DuykDyDEQSgSqlSVBZRNd5PYJBH2OI0NpP36uqt2N6M5unNuvhqtYRc9+M6RhGQqgGmqneqokXB4&#10;30zmwHxAUmgcaQlf2sOquL3JMVPuSjt92YeGxRDyGUpoQ+gzzn3daot+6npN8XZ0g8UQ16HhasBr&#10;DLeGp0I8c4sdxQ8t9rpsdX3an62E13KzxV2V2vm3KV/ejuv+8/DxJOX93bheAgt6DH8w/OpHdSii&#10;U+XOpDwzEibpLI1oHBLxACwSi4VIgFUSHsUMeJHz/xWKHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCU1X/IFwIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDd3ue34wAAAAoBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="28F5AAC1" w:rsidR="00413A60" w:rsidRPr="006E0294" w:rsidRDefault="00A9360F">
+                  <w:p w:rsidRPr="006E0294" w:rsidR="00413A60" w:rsidRDefault="00A9360F" w14:paraId="72D45401" w14:textId="28F5AAC1">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="006E0294">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Aktualiteten </w:t>
                     </w:r>
-                    <w:r w:rsidR="00407EFC" w:rsidRPr="006E0294">
+                    <w:r w:rsidRPr="006E0294" w:rsidR="00407EFC">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>i</w:t>
                     </w:r>
                     <w:r w:rsidRPr="006E0294">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> utskriven version kan verifieras via platsen för styrdokument på </w:t>
                     </w:r>
-                    <w:r w:rsidR="003561D8" w:rsidRPr="006E0294">
+                    <w:r w:rsidRPr="006E0294" w:rsidR="003561D8">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">SÄS </w:t>
                     </w:r>
                     <w:r w:rsidRPr="006E0294">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>intranät</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7C38ED2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F44235C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="068257FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5AF02302"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3030,712 +2921,712 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C0975B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07E0848C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1664" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2384" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3104" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3824" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4544" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5264" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5984" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6704" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7424" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E246506"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC54D788"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3794,880 +3685,880 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="385A17A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96D4F102"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BFC72A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCBA2ADC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2024" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2744" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3464" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4184" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4904" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5624" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6344" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7064" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7784" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43375787"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36523F00"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44D13CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B94E56E6"/>
     <w:lvl w:ilvl="0" w:tplc="1476694C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1070EFB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4729,712 +4620,712 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="000AD1EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DC3FA7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="174C3196"/>
     <w:lvl w:ilvl="0" w:tplc="FAB80FB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="377276FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="49582CAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7D163D86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A3F444E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B0486B4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="60041698">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0810C134">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A1096"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8B08AA2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A0C524E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6504A68C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F7B2D3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9CAE938"/>
     <w:lvl w:ilvl="0" w:tplc="46105458">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0F081D24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5496,486 +5387,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B10FA22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ECD5818"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D71E132A"/>
     <w:lvl w:ilvl="0" w:tplc="B8AC19E6">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2075" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4235" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4955" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5675" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6395" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7115" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2089189246">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="576674452">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="76906011">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1766220748">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1916889080">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1017582439">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
@@ -6050,67 +5941,67 @@
   <w:num w:numId="13" w16cid:durableId="398985738">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="664280737">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1748654011">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="537470522">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1768767041">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1627733196">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00002207"/>
     <w:rsid w:val="000022F1"/>
@@ -7193,217 +7084,227 @@
     <w:rsid w:val="00FD006E"/>
     <w:rsid w:val="00FD2024"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD754E"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE241D"/>
     <w:rsid w:val="00FE43CE"/>
     <w:rsid w:val="00FE457A"/>
     <w:rsid w:val="00FE5EDA"/>
     <w:rsid w:val="00FF076A"/>
     <w:rsid w:val="00FF1BA3"/>
     <w:rsid w:val="00FF473A"/>
     <w:rsid w:val="00FF5DF2"/>
     <w:rsid w:val="00FF6F45"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="04B68376"/>
     <w:rsid w:val="0E82B576"/>
     <w:rsid w:val="1007B197"/>
     <w:rsid w:val="10CBA64A"/>
     <w:rsid w:val="1185D110"/>
     <w:rsid w:val="1431681A"/>
     <w:rsid w:val="14D0F185"/>
     <w:rsid w:val="166CC1E6"/>
+    <w:rsid w:val="17088065"/>
     <w:rsid w:val="1C70F8BC"/>
     <w:rsid w:val="1C80B1D3"/>
     <w:rsid w:val="1D4EC224"/>
     <w:rsid w:val="2031129A"/>
     <w:rsid w:val="24EF02D5"/>
+    <w:rsid w:val="294593C9"/>
+    <w:rsid w:val="2A2BD37B"/>
     <w:rsid w:val="2A7E0202"/>
     <w:rsid w:val="2A952108"/>
     <w:rsid w:val="2E5F4A1C"/>
     <w:rsid w:val="33644412"/>
     <w:rsid w:val="3453B0B4"/>
+    <w:rsid w:val="39D42744"/>
     <w:rsid w:val="3A63047F"/>
     <w:rsid w:val="3C4F02B9"/>
     <w:rsid w:val="40DEA001"/>
+    <w:rsid w:val="4D04DE87"/>
     <w:rsid w:val="51BB59B2"/>
     <w:rsid w:val="57840F50"/>
     <w:rsid w:val="591FDFB1"/>
+    <w:rsid w:val="59BBE4F7"/>
     <w:rsid w:val="5A1E4421"/>
     <w:rsid w:val="617AC147"/>
     <w:rsid w:val="61AFBE57"/>
     <w:rsid w:val="643BF80F"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="672B34B7"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BCEBD55"/>
+    <w:rsid w:val="6DF2A8DD"/>
     <w:rsid w:val="6E50EDAE"/>
     <w:rsid w:val="6F065E17"/>
     <w:rsid w:val="6F1DFBA4"/>
     <w:rsid w:val="6F8A29C5"/>
     <w:rsid w:val="70A0B580"/>
+    <w:rsid w:val="77B90F37"/>
+    <w:rsid w:val="7E0CB536"/>
+    <w:rsid w:val="7F44BDE7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{C8FD4E77-193D-4A89-BD2A-48C43702EB0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7428,75 +7329,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7531,57 +7432,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7639,770 +7540,770 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E0294"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006E0294"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1400" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E0294"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B774C2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003E0FE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003E0FE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003E0FE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="006E0294"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="006E0294"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B774C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00A12FDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007629DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007629DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1276"/>
@@ -8474,609 +8375,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00954BFA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="20"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9085,94 +8986,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9181,496 +9082,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D5685E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -9737,160 +9638,160 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003E0FE9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003E0FE9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003E0FE9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:rsid w:val="004B51A9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="1349" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0075585B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E11805"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="20"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00E11805"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E526C9"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
@@ -9940,51 +9841,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/Atypiska_luftvagsbakterier/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361382" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361388" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361382" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/luftvagsblock-dnarna-41e8" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/atypiska-luftvagsbakterier-dna-0735" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/pneumocystis-jiroveci-dna-d464" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361382" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/pertussis-dna-e480" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/Atypiska_luftvagsbakterier/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361388" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361382" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/luftvagsblock-dnarna-41e8" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/pneumocystis-jiroveci-dna-d464" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/api/file/DOK-361382" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sars-cov-2-influensa-a--b-rsv-luftvagspanel-virus/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labbutbud.vgregion.se/katalog/pertussis-dna-e480" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="Rebf0be2315524b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9757-872331702-15/surrogate/Remiss%20Mikrobiologi.pdf" TargetMode="External" Id="R7c90d5ace9274034" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -10272,316 +10173,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...274 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>PCR-provtagning vid luftvägsinfektion, SÄS </dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Mona Johansson</lastModifiedBy>
-  <revision>442</revision>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>443</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>