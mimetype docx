--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="65315A27" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="009229B4">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc314219769"/>
       <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Operationsmiljö – arbetsrutiner för optimal miljö på alla opererande enheter, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315C862D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="009229B4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc482016721"/>
       <w:bookmarkStart w:id="3" w:name="_Toc496277740"/>
       <w:bookmarkStart w:id="4" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="5" w:name="_Toc256000038"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000076"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000114"/>
       <w:bookmarkStart w:id="8" w:name="_Toc256000152"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000190"/>
       <w:bookmarkStart w:id="10" w:name="_Toc256000228"/>
       <w:bookmarkStart w:id="11" w:name="_Toc256000304"/>
@@ -110,51 +110,65 @@
     </w:p>
     <w:p w14:paraId="183B86C9" w14:textId="0A68BEBB" w:rsidR="005A84F5" w:rsidRDefault="00036211" w:rsidP="11B8D88C">
       <w:pPr>
         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Tillägg av </w:t>
       </w:r>
       <w:r w:rsidR="005318D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:r w:rsidR="004740D2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> om descutan-tvätt</w:t>
+        <w:t xml:space="preserve"> om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004740D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004740D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>-tvätt</w:t>
       </w:r>
       <w:r w:rsidR="005318D1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F20F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">under rubrik </w:t>
       </w:r>
       <w:r w:rsidR="005F20F5" w:rsidRPr="005F20F5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="005318D1" w:rsidRPr="005F20F5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -284,3010 +298,3010 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="004740D2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004740D2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="004740D2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="319632F5" w14:textId="0D672169" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="319632F5" w14:textId="0D672169" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742301" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan tidigare version</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742301 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A2DAE41" w14:textId="7C176BE6" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="6A2DAE41" w14:textId="7C176BE6" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742302" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742302 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7582D7DD" w14:textId="347911DA" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="7582D7DD" w14:textId="347911DA" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742303" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Teamarbete och kommunikation</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742303 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37A03AD6" w14:textId="7953D5CC" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="37A03AD6" w14:textId="7953D5CC" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742304" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742304 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18FDFFD5" w14:textId="0DA639C7" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="18FDFFD5" w14:textId="0DA639C7" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742305" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avsteg</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742305 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="634C4AEB" w14:textId="457B05E8" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="634C4AEB" w14:textId="457B05E8" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742306" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742306 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00E31096" w14:textId="371AFE49" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="00E31096" w14:textId="371AFE49" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742307" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Klädsel och skyddsutrustning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742307 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21FFFD98" w14:textId="29C92F60" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="21FFFD98" w14:textId="29C92F60" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742308" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Operationsklädsel och skor</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742308 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74B08569" w14:textId="0FF478D4" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="74B08569" w14:textId="0FF478D4" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742309" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Specialarbetsdräkt (eng. clean air suit)</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742309 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32FB06A4" w14:textId="2B91AC2B" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="32FB06A4" w14:textId="2B91AC2B" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742310" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Klädsel för personal på IVA och postoperativ avdelning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742310 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="633A9C9D" w14:textId="0B272147" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="633A9C9D" w14:textId="0B272147" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742311" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Klädsel för tillfälliga besökare exempelvis tekniker, anhöriga, företagsrepresentanter</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742311 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A972779" w14:textId="65FDD0D4" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="5A972779" w14:textId="65FDD0D4" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742312" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mössa</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742312 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73D23122" w14:textId="7FD72C21" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="73D23122" w14:textId="7FD72C21" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742313" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Munskydd och andningsskydd</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742313 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61B3DFEF" w14:textId="45FAE8BC" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="61B3DFEF" w14:textId="45FAE8BC" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742314" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Steril operationsrock och sterila operationshandskar</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742314 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CA2B3F5" w14:textId="705C0456" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="4CA2B3F5" w14:textId="705C0456" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742315" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lokaler och åtgärder vid mindre kirurgiska ingrepp</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742315 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18DE9992" w14:textId="600D851E" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="18DE9992" w14:textId="600D851E" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742316" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Personalinfektioner</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742316 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EB6282B" w14:textId="245D0769" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="2EB6282B" w14:textId="245D0769" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742317" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativ handdesinfektion</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742317 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D2FC0F5" w14:textId="6EE49AB9" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="1D2FC0F5" w14:textId="6EE49AB9" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742318" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukning av sterila instrument</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742318 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C0A277B" w14:textId="41C2A641" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="4C0A277B" w14:textId="41C2A641" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742319" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukningsrum</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742319 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C998787" w14:textId="6FDC56A9" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="3C998787" w14:textId="6FDC56A9" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742320" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukning i operations- eller uppdukningsrum där ingen annan aktivitet pågår och med stängda dörrar</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742320 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68F12AD2" w14:textId="5BCC8463" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="68F12AD2" w14:textId="5BCC8463" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742321" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukning på operationssal samtidigt som patient förbereds</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742321 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07049FE5" w14:textId="7282F19B" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="07049FE5" w14:textId="7282F19B" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742322" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppdukning inför regionalanestesi till exempel EDA och CVK</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742322 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5776D35B" w14:textId="0E729678" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="5776D35B" w14:textId="0E729678" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742323" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förberedelse av patienter</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742323 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0497289F" w14:textId="45ADB55A" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="0497289F" w14:textId="45ADB55A" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742324" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbete i operationssal</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742324 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35FE1814" w14:textId="3507781C" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="35FE1814" w14:textId="3507781C" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742325" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittrening/städning av operationssal</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742325 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FEE9992" w14:textId="0680AFAF" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="6FEE9992" w14:textId="0680AFAF" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742326" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittrening av ytor och utrustning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742326 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F865BDE" w14:textId="30C59543" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="2F865BDE" w14:textId="30C59543" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742327" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inför dagens första operation</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742327 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="507F27CB" w14:textId="50BF60CD" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="507F27CB" w14:textId="50BF60CD" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742328" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mellanstädning utförs efter varje operation</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742328 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39266FE9" w14:textId="4A2B08B5" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="39266FE9" w14:textId="4A2B08B5" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742329" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutstädning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742329 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12A01D55" w14:textId="45EF5740" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="12A01D55" w14:textId="45EF5740" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742330" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rengöringsrutiner för narkosutrustning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742330 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2391F7A2" w14:textId="0DDE230B" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="2391F7A2" w14:textId="0DDE230B" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742331" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mellan operationerna</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742331 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31D5CCB5" w14:textId="3CEA0D61" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="31D5CCB5" w14:textId="3CEA0D61" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742332" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Efter dagsprogrammet är slut</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742332 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="721B00D6" w14:textId="0F816E1C" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="721B00D6" w14:textId="0F816E1C" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742333" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Godshantering</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742333 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10FBFDB8" w14:textId="49C84254" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="10FBFDB8" w14:textId="49C84254" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742334" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inslussning av gods</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742334 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E412595" w14:textId="7102DA59" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="2E412595" w14:textId="7102DA59" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742335" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förrådshantering</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742335 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="144B7F47" w14:textId="41526154" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="144B7F47" w14:textId="41526154" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742336" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hållbarhetstider</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742336 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F5E7879" w14:textId="073D2774" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="2F5E7879" w14:textId="073D2774" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742337" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Luftburen smitta</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742337 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56407DD7" w14:textId="13535D81" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="56407DD7" w14:textId="13535D81" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742338" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Specialfall vid tuberkulos</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742338 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="032890AD" w14:textId="0132C10B" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="032890AD" w14:textId="0132C10B" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742339" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Multiresistenta bakterier (MRB)</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742339 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46430215" w14:textId="0C39F38E" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="46430215" w14:textId="0C39F38E" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742340" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742340 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13B3B32E" w14:textId="5A2C36CE" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="13B3B32E" w14:textId="5A2C36CE" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742341" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742341 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FEDA421" w14:textId="419EAF9F" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="6FEDA421" w14:textId="419EAF9F" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742342" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742342 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0ABE7D94" w14:textId="11F1C5CB" w:rsidR="004740D2" w:rsidRDefault="00271F19">
+    <w:p w14:paraId="0ABE7D94" w14:textId="11F1C5CB" w:rsidR="004740D2" w:rsidRDefault="004740D2">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc196742343" w:history="1">
-        <w:r w:rsidR="004740D2" w:rsidRPr="000C6C04">
+        <w:r w:rsidRPr="000C6C04">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196742343 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="004740D2">
-[...5 lines deleted...]
-        <w:r w:rsidR="004740D2">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="004740D2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6B8639C7" w14:textId="48E44658" w:rsidR="008D7696" w:rsidRPr="001D7AD5" w:rsidRDefault="00564AD0" w:rsidP="001F1A52">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008D7696" w:rsidRPr="001D7AD5">
@@ -3398,51 +3412,59 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>All personal</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska ha kunskap om och tillämpa rutiner enligt Basal hygien SOSFS 2015:10 [2]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F1BB14" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Händerna ska desinfekteras före och efter varje arbetsmoment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A2B9A5" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:t>I samband med invasiva arbetsmoment ska strikt aseptisk teknik användas</w:t>
+        <w:t xml:space="preserve">I samband med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>invasiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve"> arbetsmoment ska strikt aseptisk teknik användas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB8BE70" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Vid risk för kontakt med kroppsvätska eller annat biologiskt material ska skyddshandskar användas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6EC42D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Före och efter användning av skyddshandskar ska händerna desinfekteras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5068C4FE" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Skyddshandskar tas av direkt efter ett arbetsmoment och byts mellan olika arbetsmoment</w:t>
       </w:r>
@@ -3490,67 +3512,67 @@
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="11B98E77" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D86640">
       <w:r w:rsidRPr="008D7696">
         <w:t>Operationsmiljön räknas som en komplex så kallad högriskmiljö där flera professioner med olika utbildning, kunskapsområden och mål arbetar tillsammans i en högteknologisk miljö. Ett flertal studier har visat att god kommunikation och ett välfungerande teamarbete mellan de olika professionerna leder till färre misstag, kortare operationstider och ökad säkerhet. Teamarbete som involverar alla yrkeskategorier har alltså mycket stor betydelse för att förhindra uppkomsten av allvarliga och avvikande händelser. En grundläggande förutsättning för interprofessionella välfungerande team är ömsesidig respekt för varandra och varandras kompetenser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169B266D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001C2B3E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve">Använd </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="007E4BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>WHOs</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> Checklista</w:t>
+          <w:t>WHOs Checklista</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008D7696">
-        <w:t xml:space="preserve"> för Säker Kirurgi eller annan validerad perioperativ checklista [3].</w:t>
+        <w:t xml:space="preserve"> för Säker Kirurgi eller annan validerad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>perioperativ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve"> checklista [3].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591DEA1B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001C2B3E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Det är väsentligt att alla inblandade i operationsteamet förstår vikten av och bidrar till ett korrekt och engagerat utförande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAAE4B9" w14:textId="6AC8A91D" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001C2B3E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve">Arbeta för ett välfungerande teamarbete och en god kommunikation i operationssalen genom att stödja interprofessionellt samarbete och teamkänsla. Förutom att alltid sträva efter ett allmänt tillåtande kommunikations- och arbetsklimat kan man också använda specifika kommunikationsformat såsom </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="007E4BAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>SBAR</w:t>
         </w:r>
       </w:hyperlink>
@@ -3656,51 +3678,65 @@
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="737018CD" w14:textId="6C88CE20" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="005109C9">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Vid akut/urakut patient, där det medicinskt bedöms att det är överordnat att snabbt starta operationen, görs undantag från denna rutin. Avsteg från rutinen ska dokumenteras i Melior. I verksamhet där urakuta ingrepp är en återkommande företeelse, exempelvis urakuta snitt, behöver inte avsteg dokumenteras i Melior.</w:t>
+        <w:t>Vid akut/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>urakut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patient, där det medicinskt bedöms att det är överordnat att snabbt starta operationen, görs undantag från denna rutin. Avsteg från rutinen ska dokumenteras i Melior. I verksamhet där urakuta ingrepp är en återkommande företeelse, exempelvis urakuta snitt, behöver inte avsteg dokumenteras i Melior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7452EE" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="77" w:name="_Toc482016724"/>
       <w:bookmarkStart w:id="78" w:name="_Toc496277745"/>
       <w:bookmarkStart w:id="79" w:name="_Toc256000005"/>
       <w:bookmarkStart w:id="80" w:name="_Toc256000043"/>
       <w:bookmarkStart w:id="81" w:name="_Toc256000081"/>
       <w:bookmarkStart w:id="82" w:name="_Toc256000119"/>
       <w:bookmarkStart w:id="83" w:name="_Toc256000157"/>
       <w:bookmarkStart w:id="84" w:name="_Toc256000195"/>
       <w:bookmarkStart w:id="85" w:name="_Toc256000233"/>
       <w:bookmarkStart w:id="86" w:name="_Toc256000309"/>
       <w:bookmarkStart w:id="87" w:name="_Toc92807526"/>
       <w:bookmarkStart w:id="88" w:name="_Toc97818773"/>
       <w:bookmarkStart w:id="89" w:name="_Toc256000271"/>
       <w:bookmarkStart w:id="90" w:name="_Toc256000347"/>
       <w:bookmarkStart w:id="91" w:name="_Toc196742306"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
@@ -3766,82 +3802,74 @@
         <w:t>Operationsklädsel och skor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
     <w:p w14:paraId="70460A42" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Arbetsdräkten ska förvaras och hanteras så att renhetsgraden bibehålls.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A0489DA" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Byt arbetsdräkten dagligen samt vid förorening och vid vårdarbete utanför operationsenheten där dräkten inte skyddats av plastförkläde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B293E0C" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:t>Behöver inte bytas vid kortare besök utanför operationsenheten som inte inneburit patientkontakt (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> matsal) och kortare patientkontakt där dräkten skyddats av plastförkläde.</w:t>
+        <w:t>Behöver inte bytas vid kortare besök utanför operationsenheten som inte inneburit patientkontakt (t.ex. matsal) och kortare patientkontakt där dräkten skyddats av plastförkläde.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683E21A2" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve">Vid patientnära arbete och omhändertagande av använd utrustning ska alltid engångs plastförkläde bäras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329D246F" w14:textId="1D5ABB89" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="00271F19" w:rsidP="001A4895">
+    <w:p w14:paraId="329D246F" w14:textId="1D5ABB89" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Specialarbetsdräkt_(eng._clean" w:history="1">
-        <w:r w:rsidR="008D7696" w:rsidRPr="001A4895">
+        <w:r w:rsidRPr="001A4895">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Specialarbetsdräkt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008D7696" w:rsidRPr="008D7696">
+      <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve"> bärs aldrig utanför operationsavdelningen (inklusive utomhus).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518B9555" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="001A4895">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Arbetsskor med hel ovansida rekommenderas att användas för att skydda fötterna mot stänk och skärskador. Skorna ska rengöras och desinfekteras vid förorening av blod och övriga kroppsvätskor. Skor som inte är förorenade får användas utanför operationsenheten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72ECC401" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B4983">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:lastRenderedPageBreak/>
         <w:t>Hängande halsband, örhängen och andra utsmyckningar som riskerar att fastna i utrustning, skada patienten eller kan tappas på sterilt område ska döljas under arbetsdräkt och operationsmössan/hjälm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236C7C34" w14:textId="4D6DC2D1" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
@@ -3890,149 +3918,179 @@
     </w:p>
     <w:p w14:paraId="2DE5B331" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="_Specialarbetsdräkt_(eng._clean"/>
       <w:bookmarkStart w:id="108" w:name="_Toc482016728"/>
       <w:bookmarkStart w:id="109" w:name="_Toc496277747"/>
       <w:bookmarkStart w:id="110" w:name="_Toc256000007"/>
       <w:bookmarkStart w:id="111" w:name="_Toc256000045"/>
       <w:bookmarkStart w:id="112" w:name="_Toc256000083"/>
       <w:bookmarkStart w:id="113" w:name="_Toc256000121"/>
       <w:bookmarkStart w:id="114" w:name="_Toc256000159"/>
       <w:bookmarkStart w:id="115" w:name="_Toc256000197"/>
       <w:bookmarkStart w:id="116" w:name="_Toc256000235"/>
       <w:bookmarkStart w:id="117" w:name="_Toc256000311"/>
       <w:bookmarkStart w:id="118" w:name="_Toc92807528"/>
       <w:bookmarkStart w:id="119" w:name="_Toc97818775"/>
       <w:bookmarkStart w:id="120" w:name="_Toc256000273"/>
       <w:bookmarkStart w:id="121" w:name="_Toc256000349"/>
       <w:bookmarkStart w:id="122" w:name="_Toc196742309"/>
       <w:bookmarkEnd w:id="107"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Specialarbetsdräkt (eng. clean air suit)</w:t>
+        <w:t>Specialarbetsdräkt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eng.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clean air suit)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
     </w:p>
     <w:p w14:paraId="60182E99" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Specialarbetsdräkten är en medicintekniskprodukt och omfattas av standard SS-EN 13795:2011+A1:2013 [5].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC08E95" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Minskar spridning av bakteriebärande hudpartiklar från personalens hud till luften i operationsrummet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682AAC4A" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:t>Ska användas vid kirurgi med höga renhetskrav till exempel för infek-tionskänslig kirurgi (protes och ortoped-implantatkirurgi) [6].</w:t>
+        <w:t xml:space="preserve">Ska användas vid kirurgi med höga renhetskrav till exempel för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>infek-tionskänslig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve"> kirurgi (protes och ortoped-implantatkirurgi) [6].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48207BA2" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Tunika utan mudd i midjan bärs nedstoppad i byxan och hjälm/huva ska vara nerstoppad i halslinningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2133CD25" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>För att minska bakterietalen i operationsrummet måste all personal i operationsrummet använda en sådan specialarbetsdräkt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B51CF5E" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00157D17">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Specialarbetsdräkten ska inte</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>användas tillsammans med andra textilier som inte är av microfibermaterial (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">användas tillsammans med andra textilier som inte är av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>t.ex.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>microfibermaterial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> undertröja eller sterilrock) och får inte</w:t>
+        <w:t xml:space="preserve"> (t.ex. undertröja eller sterilrock) och får inte</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>bäras utanför operationsavdelningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8D3B90" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00EC12AE">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="123" w:name="_Toc482016729"/>
       <w:bookmarkStart w:id="124" w:name="_Toc496277748"/>
       <w:bookmarkStart w:id="125" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="126" w:name="_Toc256000046"/>
       <w:bookmarkStart w:id="127" w:name="_Toc256000084"/>
@@ -4286,88 +4344,109 @@
     </w:p>
     <w:p w14:paraId="6D951527" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007556ED">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Munskydd IIR ska användas av alla som pratar/hostar/skrattar inom en armlängds avstånd från det sterila operationsområdet och/eller sterila instrument och vätskor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B596478" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007556ED">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vid proteskirurgi ska all personal på operationssalen bära munskydd IIR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F700743" w14:textId="1E21D2DA" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="007556ED">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Andningsskydd (FFP3) ska användas vid laserbehandling</w:t>
       </w:r>
       <w:r w:rsidR="2F85BA53">
-        <w:t xml:space="preserve"> och konisering</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="2F85BA53">
+        <w:t>konisering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för att förhindra inandning av laserrök.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D393F9" w14:textId="62855E84" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007556ED">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Andningsskydd (FFP3) ska användas vid misstänkt/konstaterad luftburen smitta som till exempel larynx- eller lungtuberkulos och vid ingrepp på patient med extrapulmonell tuberkulos där det finns risk för aerosolbildning, se r</w:t>
+        <w:t xml:space="preserve">Andningsskydd (FFP3) ska användas vid misstänkt/konstaterad luftburen smitta som till exempel larynx- eller lungtuberkulos och vid ingrepp på patient med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>extrapulmonell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tuberkulos där det finns risk för aerosolbildning, se r</w:t>
       </w:r>
       <w:r w:rsidR="00933BE4">
         <w:t xml:space="preserve">utinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidR="00933BE4" w:rsidRPr="5ACE3F3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00800716" w:rsidRPr="5ACE3F3E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE06A08" w14:textId="4E811513" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00800716">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vid konstaterad eller misstänkt luftvägssmitta ska andningsskydd användas i kombination med visir vid AGP (aerosolgenerande procedur) ex. intubation/extubation, </w:t>
+        <w:t>Vid konstaterad eller misstänkt luftvägssmitta ska andningsskydd användas i kombination med visir vid AGP (aerosolgenerande procedur) ex. intubation/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>extubation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>bronkoskopi, se regionalt informationsma</w:t>
       </w:r>
       <w:r w:rsidR="00222643">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">erial </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="226B5728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Skyddsutrustning vid misstänkt eller konstaterad covid-19 vid aerosol-genererande procedur</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E50A60C" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0001119E">
       <w:pPr>
@@ -4451,51 +4530,59 @@
       <w:bookmarkStart w:id="211" w:name="_Toc196742315"/>
       <w:bookmarkStart w:id="212" w:name="_Toc482016734"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Lokaler och åtgärder vid mindre kirurgiska ingrepp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
     </w:p>
     <w:p w14:paraId="231DF7F0" w14:textId="75659FC8" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00FE5292">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Med ”mindre kirurgiska ingrepp” menas här ingrepp som är ytliga och sker i lokalanestesi. Ingreppet är inte så invasivt att det behöver genomföras på regelrätt operationssal. Några exempel på mindre kirurgiska ingrepp är biopsier av olika slag, excision av hudförändringar, gynekologisk skrapning, hemorrojdingrepp, ögonlocksingrepp, karpaltunneloperation och endoskopiska undersökningar. De vårdhygieniska kraven på denna typ av ingrepp är mindre strikta än vid regelrätt operationsverksamhet [7]. Följande bör beaktas: </w:t>
+        <w:t xml:space="preserve">Med ”mindre kirurgiska ingrepp” menas här ingrepp som är ytliga och sker i lokalanestesi. Ingreppet är inte så </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>invasivt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> att det behöver genomföras på regelrätt operationssal. Några exempel på mindre kirurgiska ingrepp är biopsier av olika slag, excision av hudförändringar, gynekologisk skrapning, hemorrojdingrepp, ögonlocksingrepp, karpaltunneloperation och endoskopiska undersökningar. De vårdhygieniska kraven på denna typ av ingrepp är mindre strikta än vid regelrätt operationsverksamhet [7]. Följande bör beaktas: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FBD704D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00FE5292">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ventilationen ska vara anpassad till antalet individer som vistas i rummet. Dörrar och fönster ska alltid vara stängda. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318A2A11" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00FE5292">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ytskikt ska tåla rengöring och desinfektion med av regionen upphandlade medel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7C9DD4" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00FE5292">
@@ -4809,51 +4896,59 @@
       <w:r w:rsidR="3D718A23">
         <w:t>operatörer</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6D79D8" w14:textId="6CF8AA32" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="00FE1E1A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Placera borden och eventuell utrustning så att luftströmmen från ventilationen inte störs för att inte försämra ventilationens funktion. Undvik spring mellan de sterila borden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F92125" w14:textId="66678321" w:rsidR="048E4F85" w:rsidRDefault="048E4F85" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Undvik att ha för mycket öppet sterilt gods som riskerar att exponeras för stänk och partiklar inne på salen. Använd gärna liknande rullskåp som sterilt gods kan förvaras i, och som kan rengöras efter operationens slut, alternativt förvara materialet övertäckt på sal, annars måste materialet desinfekteras och resteriliseras alternativt kasseras.</w:t>
+        <w:t xml:space="preserve">Undvik att ha för mycket öppet sterilt gods som riskerar att exponeras för stänk och partiklar inne på salen. Använd gärna liknande rullskåp som sterilt gods kan förvaras i, och som kan rengöras efter operationens slut, alternativt förvara materialet övertäckt på sal, annars måste materialet desinfekteras och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resteriliseras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> alternativt kasseras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69614503" w14:textId="29AEC26E" w:rsidR="19963A61" w:rsidRPr="005D1E57" w:rsidRDefault="19963A61" w:rsidP="00741A51">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="257" w:name="_Toc196742319"/>
       <w:r w:rsidRPr="005D1E57">
         <w:t>Uppdukningsrum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="257"/>
     </w:p>
     <w:p w14:paraId="76CA8C51" w14:textId="06E46424" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Finns särskilt uppdukningsrum med operationsrumsventilation kan instrument dukas upp och förvaras övertäckta med steril</w:t>
       </w:r>
       <w:r w:rsidR="009A62BE">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4986,253 +5081,352 @@
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Avser </w:t>
       </w:r>
       <w:r w:rsidR="003B2411">
         <w:t>infektionskänslig kirurgi, proteser, implantat)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06092626" w14:textId="50B8DBDB" w:rsidR="003B2411" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Ortopediska operationer</w:t>
       </w:r>
       <w:r w:rsidR="005E7F62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2809360E" w14:textId="5ED74137" w:rsidR="003B2411" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-        <w:t>Bråckplastiker med nät</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bråckplastiker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> med nät</w:t>
       </w:r>
       <w:r w:rsidR="005E7F62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046B7E0C" w14:textId="69A3764A" w:rsidR="003B2411" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kärloperationer</w:t>
       </w:r>
       <w:r w:rsidR="002D2F36">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ACF465C" w14:textId="3EFDD9BD" w:rsidR="003B2411" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Bröstoperationer med implantat</w:t>
       </w:r>
       <w:r w:rsidR="002D2F36">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCB1382" w14:textId="4DEFDB05" w:rsidR="003B2411" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Inläggning av venport, </w:t>
+        <w:t xml:space="preserve">Inläggning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>venport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D2F36">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>acemaker</w:t>
       </w:r>
       <w:r w:rsidR="002D2F36">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B84522" w14:textId="34D95759" w:rsidR="003B2411" w:rsidRDefault="67AC2E8C" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Laparos</w:t>
       </w:r>
       <w:r w:rsidR="25240608">
         <w:t>k</w:t>
       </w:r>
       <w:r>
-        <w:t>opiska tarmresektioner och njurar (anestesiologiska läkemedelsförberedelser kan göras på operationssal samtidigt som uppdukning)</w:t>
+        <w:t>opiska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tarmresektioner och njurar (anestesiologiska läkemedelsförberedelser kan göras på operationssal samtidigt som uppdukning)</w:t>
       </w:r>
       <w:r w:rsidR="50345607">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7A99E8" w14:textId="30E8F2E1" w:rsidR="49AD7CD3" w:rsidRDefault="49AD7CD3" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Lång </w:t>
-[...7 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>“Lång öron operation”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4940FA33" w14:textId="1E2B69FA" w:rsidR="003B2411" w:rsidRPr="003E74C4" w:rsidRDefault="003B2411" w:rsidP="003B2411">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Stora operationer (anestesiologiska läkemedelsförberedelser kan göras på operationssal samtidigt som uppdukning)</w:t>
       </w:r>
       <w:r w:rsidR="00E914D0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B178B2" w14:textId="77777777" w:rsidR="00C71BCE" w:rsidRDefault="003B2411" w:rsidP="00C71BCE">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="259" w:name="_Toc196742321"/>
       <w:r w:rsidRPr="00C71BCE">
         <w:lastRenderedPageBreak/>
         <w:t>Uppdukning på operationssal samtidigt som patient förbereds</w:t>
       </w:r>
       <w:bookmarkEnd w:id="259"/>
     </w:p>
-    <w:p w14:paraId="7EC89877" w14:textId="60163D33" w:rsidR="003B2411" w:rsidRPr="00C71BCE" w:rsidRDefault="00ED33D2" w:rsidP="00C71BCE">
+    <w:p w14:paraId="7EC89877" w14:textId="4321135A" w:rsidR="003B2411" w:rsidRPr="00C71BCE" w:rsidRDefault="009D18F3" w:rsidP="00C71BCE">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED33D2">
+      <w:r>
+        <w:t xml:space="preserve">Uppdukning på sal startar när patienten ligger på operationsbordet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D18F3">
+        <w:t>Det</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>OBS!</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> D</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B2411" w:rsidRPr="00C71BCE">
-        <w:t>örrar ska vara stängda och det ska vara så få personer som möjligt på operationssalen</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>ska vara så få personer som möjligt på operationssalen</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED33D2">
         <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Om uppdukning startats innan patienten kommit in på sal finns det möjlighet att slussa in </w:t>
+      </w:r>
+      <w:r w:rsidR="001E491C">
+        <w:t xml:space="preserve">gående patient. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708DFB39" w14:textId="3B6C40DA" w:rsidR="003B2411" w:rsidRPr="002F4E99" w:rsidRDefault="003B2411" w:rsidP="00DB7F5B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Akuta operationer då man snabbt måste ha operationsstart</w:t>
       </w:r>
       <w:r w:rsidR="00D73E78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EBAC6D" w14:textId="4300B766" w:rsidR="003B2411" w:rsidRPr="002F4E99" w:rsidRDefault="003B2411" w:rsidP="00DB7F5B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Transvaginala, transuretrala och anala ingrepp</w:t>
+        <w:t xml:space="preserve">Transvaginala, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>transuretrala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och anala ingrepp</w:t>
       </w:r>
       <w:r w:rsidR="00D73E78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="194288AC" w14:textId="3721FC9F" w:rsidR="003B2411" w:rsidRPr="00A91CF9" w:rsidRDefault="67AC2E8C" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Laparos</w:t>
       </w:r>
       <w:r w:rsidR="098E57AF" w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>opiska operationer (tex appende</w:t>
+        <w:t>opiska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>operationer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>appende</w:t>
       </w:r>
       <w:r w:rsidR="098E57AF" w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tomi, cholecyste</w:t>
+        <w:t>tomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cholecyste</w:t>
       </w:r>
       <w:r w:rsidR="1CCF1827" w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tomi, stomiuppläggning</w:t>
-      </w:r>
+        <w:t>tomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="11B8D88C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stomiuppläggning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="5A216087" w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, SOE, TVT)</w:t>
       </w:r>
       <w:r w:rsidR="098E57AF" w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2881F55E" w14:textId="789A5B12" w:rsidR="003B2411" w:rsidRPr="00A91CF9" w:rsidRDefault="003B2411" w:rsidP="00DB7F5B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Sårrevisioner</w:t>
       </w:r>
       <w:r w:rsidR="006F1945">
@@ -5392,208 +5586,333 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ dusch- helkroppstvätt och helkroppsdesinfektion, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BBBFA30" w14:textId="64F95796" w:rsidR="007D6D44" w:rsidRDefault="007D6D44" w:rsidP="001F5F42">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patient som duschat enligt rutin ska </w:t>
       </w:r>
       <w:r w:rsidR="001F5F42" w:rsidRPr="003A099E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tvättas med descutan</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> tvättas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004300E9">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>svamp på operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4579CD64" w14:textId="011D7470" w:rsidR="007D6D44" w:rsidRDefault="007D6D44" w:rsidP="001F5F42">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patient som </w:t>
       </w:r>
       <w:r w:rsidR="003A099E" w:rsidRPr="00CF00AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> duschat enligt rutin ska descutan</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> duschat enligt rutin ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A099E">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>tvättas på operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733B8351" w14:textId="5D545328" w:rsidR="007D6D44" w:rsidRDefault="007D6D44" w:rsidP="001F5F42">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid descutan</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A099E">
         <w:t>-</w:t>
       </w:r>
       <w:r>
-        <w:t>tvätt på operation ska alla descutan</w:t>
-      </w:r>
+        <w:t xml:space="preserve">tvätt på operation ska alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>descutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A099E">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>rester avlägsnas med tvättlapp fuktad med vatten/</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00587C35">
         <w:t>nac</w:t>
       </w:r>
       <w:r>
-        <w:t>l.</w:t>
+        <w:t>l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6016ECF3" w14:textId="4D29BC33" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Patient som är immobil, svårt sjuk eller smärtpåverkad kan föras direkt in i säng på operationssalen förutsatt att sängen är renbäddad.</w:t>
+        <w:t xml:space="preserve">Patient som är immobil, svårt sjuk eller smärtpåverkad kan föras direkt in i säng på operationssalen förutsatt att sängen är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>renbäddad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8D1C5D" w14:textId="7A9C3781" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Undvik i möjligast mån håravkortning på operationssal. Håravkortning ska ske på förberedelserum eller på preoperativ mottagning. Använd skonsam metod, exempelvis elektrisk håravklippare. Kassera klipphuvudet efter användning och desinfektera håravklipparen. Att behålla kroppsbehåring inom operationsområdet innebär ingen ökad infektionsrisk. Preoperativ håravkortning kan vara aktuellt om förekomst av </w:t>
+        <w:t xml:space="preserve">Undvik i möjligast mån håravkortning på operationssal. Håravkortning ska ske på förberedelserum eller på preoperativ mottagning. Använd skonsam metod, exempelvis elektrisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>håravklippare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Kassera klipphuvudet efter användning och desinfektera håravklipparen. Att behålla kroppsbehåring inom </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>hår i operationsområdet är hindrande för operatören eller för att få förband</w:t>
+        <w:t>operationsområdet innebär ingen ökad infektionsrisk. Preoperativ håravkortning kan vara aktuellt om förekomst av hår i operationsområdet är hindrande för operatören eller för att få förband</w:t>
       </w:r>
       <w:r w:rsidR="005B6E74">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>att fästa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4285FFD1" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Desinfektera operationsområdet med Klorhexidinsprit 5 mg/ml. Effekt uppnås, dels via flödig användning av preparatet, dels via mekanisk bearbetning av huden under minst två minuter. Tid ska ges så att huden får lufttorka.</w:t>
+        <w:t xml:space="preserve">Desinfektera operationsområdet med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Klorhexidinsprit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 mg/ml. Effekt uppnås, dels via flödig användning av preparatet, dels via mekanisk bearbetning av huden under minst två minuter. Tid ska ges så att huden får lufttorka.</w:t>
       </w:r>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:rFonts w:eastAsia="SymbolMT"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Området som desinfekteras bör vara så stort att det täcker in en eventuell förlängning av planerat snitt. Desinfektionen påbörjas över det området där snittet läggs för att sedan fortsätta mot perifera områden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B3BB36" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid vaginala ingrepp, där slemhinnan och underliggande vävnad penetreras genom incision, används Klorhexidin 2 mg/ml. </w:t>
+        <w:t xml:space="preserve">Vid vaginala ingrepp, där slemhinnan och underliggande vävnad penetreras genom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>incision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, används </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Klorhexidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 mg/ml. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F21C8A0" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Vid överkänslighet mot Klorhexidin eller vid kontraindikation utförs huddesinfektion med enbart 70 % alkohol.</w:t>
+        <w:t xml:space="preserve">Vid överkänslighet mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Klorhexidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller vid kontraindikation utförs huddesinfektion med enbart 70 % alkohol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1AA34C" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>Fixera det sterila draperingsmaterialet på Klorhexidinsprit-desinfekterad och torr hud. Drapera så nära incisionsområdet som möjligt, dock utan att draperingen riskerar att bli genomskuren. Den självhäftande kanten på lakanet fästs tätt mot huden med god marginal mot den desinfekterade huden</w:t>
+        <w:t xml:space="preserve">Fixera det sterila draperingsmaterialet på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Klorhexidinsprit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-desinfekterad och torr hud. Drapera så nära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>incisionsområdet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som möjligt, dock utan att draperingen riskerar att bli genomskuren. Den självhäftande kanten på lakanet fästs tätt mot huden med god marginal mot den desinfekterade huden</w:t>
       </w:r>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:rFonts w:eastAsia="SymbolMT"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Vid skör hud, behandla huden under den självhäftande kanten med hudskyddsmedel så att uppkomst av hudskador förhindras. Draperingsmaterial i non-woven är att föredra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF7A081" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00070A3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Häll inte upp vätskor i öppna kärl utan använd slutna kärl. Om öppna kärl behövs av praktiska skäl, häll upp vätskan i direkt anslutning till att den ska användas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD5657B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00125683">
       <w:pPr>
@@ -5647,84 +5966,92 @@
         <w:r w:rsidR="007E284C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>n, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E284C" w:rsidRPr="007E284C">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6453FAF6" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Undvik att öppna dörren till/från operationsrummet. Där slussystem finns ska det användas i största möjliga mån.</w:t>
+        <w:t xml:space="preserve">Undvik att öppna dörren till/från operationsrummet. Där </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>slussystem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> finns ska det användas i största möjliga mån.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CFA2C3" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LÅST SAL vid protesoperationer, implantat samt andra infektionskänsliga operationer. Använd telefon och överräckningsluckan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA3C74B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid infektionskänslig kirurgi/protesoperationer och inplantat minimeras antalet medarbetare till (≤ 6) i operationssalen. Vid alla andra ingrepp accepteras (≤8). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2221416B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Personal på operationssal ska undvika onödiga rörelser och aktiviteter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D7700C" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Städning får inte påbörjas innan operationen är avslutad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F275D2" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Operationsrock/handskar ska inte tas av nära ett operationssår som inte är suturerat.</w:t>
       </w:r>
     </w:p>
@@ -5753,59 +6080,51 @@
     <w:p w14:paraId="7FE04FA5" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A558AD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Föremål som hamnat på golvet plockas upp med tång eller med handske. Engångsmaterial kasseras och flergångsmaterial tas ur bruk och steriliseras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5C620E" w14:textId="1FFC6AB2" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00860A50">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kontrollera patientens kroppstemperatur kontinuerligt.</w:t>
       </w:r>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:rFonts w:eastAsia="SymbolMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Sträva efter att patienten bibehåller sin normala kroppstemperatur pre-, intra- och postoperativt. Detta kan uppnås på flera sätt, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> genom att hålla så stor del av patienten som möjligt täckt, liksom med varma vätskor, varm mössa och värmetäcken och/eller värmemadrasser.</w:t>
+        <w:t>Sträva efter att patienten bibehåller sin normala kroppstemperatur pre-, intra- och postoperativt. Detta kan uppnås på flera sätt, t.ex. genom att hålla så stor del av patienten som möjligt täckt, liksom med varma vätskor, varm mössa och värmetäcken och/eller värmemadrasser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022A8955" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="305" w:name="_Toc482016742"/>
       <w:bookmarkStart w:id="306" w:name="_Toc496277760"/>
       <w:bookmarkStart w:id="307" w:name="_Toc256000020"/>
       <w:bookmarkStart w:id="308" w:name="_Toc256000058"/>
       <w:bookmarkStart w:id="309" w:name="_Toc256000096"/>
       <w:bookmarkStart w:id="310" w:name="_Toc256000134"/>
       <w:bookmarkStart w:id="311" w:name="_Toc256000172"/>
       <w:bookmarkStart w:id="312" w:name="_Toc256000210"/>
       <w:bookmarkStart w:id="313" w:name="_Toc256000248"/>
       <w:bookmarkStart w:id="314" w:name="_Toc256000324"/>
       <w:bookmarkStart w:id="315" w:name="_Toc92807541"/>
       <w:bookmarkStart w:id="316" w:name="_Toc97818788"/>
       <w:bookmarkStart w:id="317" w:name="_Toc256000286"/>
       <w:bookmarkStart w:id="318" w:name="_Toc256000362"/>
       <w:bookmarkStart w:id="319" w:name="_Toc196742325"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Smittrening/städning av operationssal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="305"/>
@@ -5831,95 +6150,116 @@
     </w:p>
     <w:p w14:paraId="0BE75136" w14:textId="1C0E078B" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="320" w:name="_Toc196742326"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Smittrening av ytor och utrustning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="320"/>
       <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44233180" w14:textId="057AFD8D" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Utförs med alkoholbasera</w:t>
       </w:r>
       <w:r w:rsidR="00AE0349">
         <w:t>t</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ytdesinfektionsmedel med tensider.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ytdesinfektionsmedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> med tensider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152ECDC6" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Undantag kan finnas för viss känslig utrustning som exempelvis prober följ alltid fabrikantens rengöringsinstruktioner. </w:t>
+        <w:t xml:space="preserve">Undantag kan finnas för viss känslig utrustning som exempelvis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>prober</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> följ alltid fabrikantens rengöringsinstruktioner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F98E957" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid kraftig förorening används rengöringsmedel och vatten + komplettera med ytdesinfektionsmedel.</w:t>
+        <w:t xml:space="preserve">Vid kraftig förorening används rengöringsmedel och vatten + komplettera med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ytdesinfektionsmedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683C8239" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Den mekaniska bearbetningen, d.v.s. gnugga ordentligt, är avgörande för att uppnå ett fullgott resultat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745CB9D1" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Engångsdukar/tvättlappar ska bytas ofta och alltid innan rengöringslösning/desinfektionsmedel appliceras. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24518375" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="003B04F3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">När patienten körts ut ur operationssalen och när samtliga sop- och tvättsäckar förslutits kan smittrening/städning av </w:t>
-[...3 lines deleted...]
-        <w:t>salen påbörjas. Under pågående operation får endast punktdesinfektion av stänk och spill utföras.</w:t>
+        <w:t>När patienten körts ut ur operationssalen och när samtliga sop- och tvättsäckar förslutits kan smittrening/städning av salen påbörjas. Under pågående operation får endast punktdesinfektion av stänk och spill utföras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662CF525" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D245CD">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Operationssalen är klar att användas omedelbart efter städning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C57DE1" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00521C04">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="321" w:name="_Toc482016743"/>
       <w:bookmarkStart w:id="322" w:name="_Toc496277761"/>
       <w:bookmarkStart w:id="323" w:name="_Toc256000021"/>
       <w:bookmarkStart w:id="324" w:name="_Toc256000059"/>
       <w:bookmarkStart w:id="325" w:name="_Toc256000097"/>
       <w:bookmarkStart w:id="326" w:name="_Toc256000135"/>
       <w:bookmarkStart w:id="327" w:name="_Toc256000173"/>
       <w:bookmarkStart w:id="328" w:name="_Toc256000211"/>
       <w:bookmarkStart w:id="329" w:name="_Toc256000249"/>
       <w:bookmarkStart w:id="330" w:name="_Toc256000325"/>
       <w:bookmarkStart w:id="331" w:name="_Toc92807542"/>
@@ -6011,108 +6351,99 @@
       </w:pPr>
       <w:r>
         <w:t>Borden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7524F601" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Stolar och pallar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25FE700A" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Narkosapparat </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1CE3DC" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tvättsäckshållare</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="485E398D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sopställ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D2ACC3" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Dukställ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3AAD2C" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Plinten </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6812663F" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/ställen (knappar, ”touchytor” på apparatur, handtag till narkosbordets lådor, telefon m.m.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E962FE" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00C35023">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Eventuella apparater, stöd </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> som använts smittrenas och körs ut om de inte ska användas igen.</w:t>
+        <w:t>Eventuella apparater, stöd m.m. som använts smittrenas och körs ut om de inte ska användas igen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28877787" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D245CD">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Golvområdet kring operationsbordet och fotpallar rengörs med rengöringsmedel och vatten. Om golvmoppar från regionservice används är dessa förpreparerade med rengöringsmedel.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700133EE" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="00C46EE8" w:rsidRDefault="008D7696" w:rsidP="00C46EE8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="351" w:name="_Toc482016745"/>
       <w:bookmarkStart w:id="352" w:name="_Toc496277763"/>
       <w:bookmarkStart w:id="353" w:name="_Toc256000023"/>
       <w:bookmarkStart w:id="354" w:name="_Toc256000061"/>
       <w:bookmarkStart w:id="355" w:name="_Toc256000099"/>
       <w:bookmarkStart w:id="356" w:name="_Toc256000137"/>
       <w:bookmarkStart w:id="357" w:name="_Toc256000175"/>
       <w:bookmarkStart w:id="358" w:name="_Toc256000213"/>
       <w:bookmarkStart w:id="359" w:name="_Toc256000251"/>
       <w:bookmarkStart w:id="360" w:name="_Toc256000327"/>
       <w:bookmarkStart w:id="361" w:name="_Toc92807544"/>
@@ -6162,50 +6493,51 @@
     </w:p>
     <w:p w14:paraId="7BB9F154" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00B85D12">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kör tillbaka möblerna på sin plats rena och desinfekterade.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276C1F39" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00B85D12">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Avvänd en ny trasa och torka golvets övriga yta i 8-rörelser ut mot dörren.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F6A359" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Följande ska smittrenas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E57EC7" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Operationslampan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503D4C11" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Pendlar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9C15B8" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
@@ -6214,138 +6546,139 @@
       <w:r w:rsidRPr="008D7696">
         <w:t>Rullborden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FA231D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Apparatur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0721DF43" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Stolar och pallar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397ECB02" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:lastRenderedPageBreak/>
         <w:t>Sopställ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503ED202" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7696">
-        <w:t>Tvättsäckshållare.</w:t>
+        <w:t>Tvättsäckshållare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150B7F1B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Dukställ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7517E341" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Plinten (kör upp den till max).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30763A83" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7696">
-        <w:t xml:space="preserve">Tagytor/ställen (knappar, ”touchytor” på apparatur, handtag till narkosbordets lådor, telefon, tangentbord </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7696">
-        <w:t>m.m.</w:t>
-[...3 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>/ställen (knappar, ”touchytor” på apparatur, handtag till narkosbordets lådor, telefon, tangentbord m.m.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42AF7DD8" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Genomräckningsskåp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617BA188" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00DF74A6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaunderliggande"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:t>Insidan operationsdörr samt förberedelsedörrens handtag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF0C4FB" w14:textId="6C6A7D5E" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00B85D12">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Städutrustning ska rengöras/desinfekteras mellan varje operation och förvaras i därför avsett utrymme. Moppstativ desinfekteras i spoldesinfektor, moppskaft rengörs med alkoholbaserat desinfektionsmedel med tensid</w:t>
+        <w:t xml:space="preserve">Städutrustning ska rengöras/desinfekteras mellan varje operation och förvaras i därför avsett utrymme. Moppstativ desinfekteras i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>spoldesinfektor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, moppskaft rengörs med alkoholbaserat desinfektionsmedel med tensid</w:t>
       </w:r>
       <w:r w:rsidR="00D245CD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C1C492" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D245CD">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:t xml:space="preserve">Storstädning av rum, med städning av golv, väggar, tak, ventilationsdon m.m., bör utföras </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> gånger/år. Ventilationsgaller i taket var 3:e månad.</w:t>
+        <w:t>Storstädning av rum, med städning av golv, väggar, tak, ventilationsdon m.m., bör utföras 1-2 gånger/år. Ventilationsgaller i taket var 3:e månad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059F0AC1" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="366" w:name="_Toc482016746"/>
       <w:bookmarkStart w:id="367" w:name="_Toc496277764"/>
       <w:bookmarkStart w:id="368" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="369" w:name="_Toc256000062"/>
       <w:bookmarkStart w:id="370" w:name="_Toc256000100"/>
       <w:bookmarkStart w:id="371" w:name="_Toc256000138"/>
       <w:bookmarkStart w:id="372" w:name="_Toc256000176"/>
       <w:bookmarkStart w:id="373" w:name="_Toc256000214"/>
       <w:bookmarkStart w:id="374" w:name="_Toc256000252"/>
       <w:bookmarkStart w:id="375" w:name="_Toc256000328"/>
       <w:bookmarkStart w:id="376" w:name="_Toc92807545"/>
       <w:bookmarkStart w:id="377" w:name="_Toc97818792"/>
       <w:bookmarkStart w:id="378" w:name="_Toc256000290"/>
       <w:bookmarkStart w:id="379" w:name="_Toc256000366"/>
       <w:bookmarkStart w:id="380" w:name="_Toc196742330"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Rengöringsrutiner för narkosutrustning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="366"/>
@@ -6394,97 +6727,113 @@
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
     </w:p>
     <w:p w14:paraId="732B17DC" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Byt patientfilter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573F396C" w14:textId="7B645EEF" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Smittrena ventilationsblåsan och slangen till blåsan och alla tagytor/-ställen.</w:t>
+        <w:t xml:space="preserve">Smittrena ventilationsblåsan och slangen till blåsan och alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/-ställen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8AD0A8" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="396" w:name="_Toc482016748"/>
       <w:bookmarkStart w:id="397" w:name="_Toc496277766"/>
       <w:bookmarkStart w:id="398" w:name="_Toc256000026"/>
       <w:bookmarkStart w:id="399" w:name="_Toc256000064"/>
       <w:bookmarkStart w:id="400" w:name="_Toc256000102"/>
       <w:bookmarkStart w:id="401" w:name="_Toc256000140"/>
       <w:bookmarkStart w:id="402" w:name="_Toc256000178"/>
       <w:bookmarkStart w:id="403" w:name="_Toc256000216"/>
       <w:bookmarkStart w:id="404" w:name="_Toc256000254"/>
       <w:bookmarkStart w:id="405" w:name="_Toc256000330"/>
       <w:bookmarkStart w:id="406" w:name="_Toc92807547"/>
       <w:bookmarkStart w:id="407" w:name="_Toc97818794"/>
       <w:bookmarkStart w:id="408" w:name="_Toc256000292"/>
       <w:bookmarkStart w:id="409" w:name="_Toc256000368"/>
       <w:bookmarkStart w:id="410" w:name="_Toc196742332"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Efter dagsprogrammet är slut</w:t>
       </w:r>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
     </w:p>
     <w:p w14:paraId="7B739080" w14:textId="58F7B921" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Smittrena ventilationsblåsan och slangen till blåsan och alla tagytor/</w:t>
+        <w:t xml:space="preserve">Smittrena ventilationsblåsan och slangen till blåsan och alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>tagytor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>-ställen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7B65AE" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Byt andningsblåsan med slang 1 gång/vecka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F87C55" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Byt bakteriefilter 1 gång/vecka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C6A497" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="007009CB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
@@ -6507,50 +6856,51 @@
       </w:pPr>
       <w:r>
         <w:t>Byt och diska ventilatorkassetten 1 gång/halvår.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6349FE43" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="006E2C19">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="411" w:name="_Toc482016749"/>
       <w:bookmarkStart w:id="412" w:name="_Toc496277767"/>
       <w:bookmarkStart w:id="413" w:name="_Toc256000027"/>
       <w:bookmarkStart w:id="414" w:name="_Toc256000065"/>
       <w:bookmarkStart w:id="415" w:name="_Toc256000103"/>
       <w:bookmarkStart w:id="416" w:name="_Toc256000141"/>
       <w:bookmarkStart w:id="417" w:name="_Toc256000179"/>
       <w:bookmarkStart w:id="418" w:name="_Toc256000217"/>
       <w:bookmarkStart w:id="419" w:name="_Toc256000255"/>
       <w:bookmarkStart w:id="420" w:name="_Toc256000331"/>
       <w:bookmarkStart w:id="421" w:name="_Toc92807548"/>
       <w:bookmarkStart w:id="422" w:name="_Toc97818795"/>
       <w:bookmarkStart w:id="423" w:name="_Toc256000293"/>
       <w:bookmarkStart w:id="424" w:name="_Toc256000369"/>
       <w:bookmarkStart w:id="425" w:name="_Toc196742333"/>
       <w:r w:rsidRPr="008D7696">
+        <w:lastRenderedPageBreak/>
         <w:t>Godshantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
     </w:p>
     <w:p w14:paraId="28AC3725" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00E54B53">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="426" w:name="_Toc482016750"/>
       <w:bookmarkStart w:id="427" w:name="_Toc496277768"/>
@@ -6593,51 +6943,50 @@
       <w:r w:rsidRPr="008D7696">
         <w:softHyphen/>
         <w:t>sporer. De ska därför avlägsnas utanför operationsenheten. Godset kan sedan tas in på operationsenheten till exempel lastat på en ren vagn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440D3013" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="006E2C19">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="441" w:name="_Toc482016751"/>
       <w:bookmarkStart w:id="442" w:name="_Toc496277769"/>
       <w:bookmarkStart w:id="443" w:name="_Toc256000029"/>
       <w:bookmarkStart w:id="444" w:name="_Toc256000067"/>
       <w:bookmarkStart w:id="445" w:name="_Toc256000105"/>
       <w:bookmarkStart w:id="446" w:name="_Toc256000143"/>
       <w:bookmarkStart w:id="447" w:name="_Toc256000181"/>
       <w:bookmarkStart w:id="448" w:name="_Toc256000219"/>
       <w:bookmarkStart w:id="449" w:name="_Toc256000257"/>
       <w:bookmarkStart w:id="450" w:name="_Toc256000333"/>
       <w:bookmarkStart w:id="451" w:name="_Toc92807550"/>
       <w:bookmarkStart w:id="452" w:name="_Toc97818797"/>
       <w:bookmarkStart w:id="453" w:name="_Toc256000295"/>
       <w:bookmarkStart w:id="454" w:name="_Toc256000371"/>
       <w:bookmarkStart w:id="455" w:name="_Toc196742335"/>
       <w:r w:rsidRPr="008D7696">
-        <w:lastRenderedPageBreak/>
         <w:t>Förrådshantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
     </w:p>
     <w:p w14:paraId="48FA31BA" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="006E2C19">
       <w:r w:rsidRPr="008D7696">
         <w:t xml:space="preserve">Sterilt gods förvaras på hyllor minst 45 cm ovan golvnivå i separat och avskilt utrymme med stängda dörrar, hanteras aseptiskt och skyddas för damm, fukt och solljus. Förvaringshyllorna sprittorkas 1 gång/månad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41528AD5" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D245CD">
       <w:pPr>
@@ -6660,52 +7009,57 @@
       <w:bookmarkStart w:id="470" w:name="_Toc196742336"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Hållbarhetstider</w:t>
       </w:r>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
       <w:bookmarkEnd w:id="458"/>
       <w:bookmarkEnd w:id="459"/>
       <w:bookmarkEnd w:id="460"/>
       <w:bookmarkEnd w:id="461"/>
       <w:bookmarkEnd w:id="462"/>
       <w:bookmarkEnd w:id="463"/>
       <w:bookmarkEnd w:id="464"/>
       <w:bookmarkEnd w:id="465"/>
       <w:bookmarkEnd w:id="466"/>
       <w:bookmarkEnd w:id="467"/>
       <w:bookmarkEnd w:id="468"/>
       <w:bookmarkEnd w:id="469"/>
       <w:bookmarkEnd w:id="470"/>
     </w:p>
     <w:p w14:paraId="16A4D430" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D245CD">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7696">
-        <w:t xml:space="preserve">Sjukhussteriliserat gods förpackat i </w:t>
+        <w:t>Sjukhussteriliserat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve"> gods förpackat i </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6D01DD" w14:textId="6E110801" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="006E2C19">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">container </w:t>
       </w:r>
       <w:r w:rsidR="4C722F33">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> månad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CED5F9E" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="006E2C19">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>dubbla packskynken 1 månad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0979EC32" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="006E2C19">
@@ -6766,194 +7120,226 @@
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
     </w:p>
     <w:p w14:paraId="3343DA9B" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:r w:rsidRPr="008D7696">
         <w:t>Vid ingrepp med risk för luftburen bakteriell smitta, främst där patienten har omfattande brännskador och utbredda infekterade hudskador samt vid sjukdomstillstånd som vattkoppor/generaliserad bältros och mässling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D264DF1" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Personal med sterilklädsel bör använda operationsrock med våtstark front och ärm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5188E407" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Kassera eller resterilisera oförbrukat material som legat framme, även om det varit sterilt förpackat.</w:t>
+        <w:t xml:space="preserve">Kassera eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>resterilisera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oförbrukat material som legat framme, även om det varit sterilt förpackat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA0B358" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Kontrollera med ansvarig infektionsläkare och/eller vårdhygien om patienten bedöms som smittsam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F0CDF6E" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Om behov av akut operation, planera för att om möjligt göra denna när verksamheten är låg.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE45C19" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Operationen genomförs på ordinarie sal med stängda dörrar utan spring (låst sal).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22ADFC75" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>All personal på salen använder andningsskydd FFP3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07BAD206" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Planera för eftervård direkt på sal eller på isoleringsrummet på IVA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2517E887" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Tvätt och avfall förorenade med luftvägssekret betraktas som smittförande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21404D4D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="0023334A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Alla delar i narkos ventilationssystemet desinfekteras i diskdesinfektor direkt efter operationen.</w:t>
+        <w:t xml:space="preserve">Alla delar i narkos ventilationssystemet desinfekteras i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>diskdesinfektor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> direkt efter operationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE236AC" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D77930">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="486" w:name="_Toc482016754"/>
       <w:bookmarkStart w:id="487" w:name="_Toc496277772"/>
       <w:bookmarkStart w:id="488" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="489" w:name="_Toc256000070"/>
       <w:bookmarkStart w:id="490" w:name="_Toc256000108"/>
       <w:bookmarkStart w:id="491" w:name="_Toc256000146"/>
       <w:bookmarkStart w:id="492" w:name="_Toc256000184"/>
       <w:bookmarkStart w:id="493" w:name="_Toc256000222"/>
       <w:bookmarkStart w:id="494" w:name="_Toc256000260"/>
       <w:bookmarkStart w:id="495" w:name="_Toc256000336"/>
       <w:bookmarkStart w:id="496" w:name="_Toc92807553"/>
       <w:bookmarkStart w:id="497" w:name="_Toc97818800"/>
       <w:bookmarkStart w:id="498" w:name="_Toc256000298"/>
       <w:bookmarkStart w:id="499" w:name="_Toc256000374"/>
       <w:bookmarkStart w:id="500" w:name="_Toc196742338"/>
       <w:r w:rsidRPr="008D7696">
-        <w:lastRenderedPageBreak/>
         <w:t>Specialfall vid tuberkulos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
     </w:p>
     <w:p w14:paraId="13584B10" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D77930">
       <w:r w:rsidRPr="008D7696">
-        <w:t>Vid obehandlad lungtuberkulos föreligger risk för luftburen smitta. Risken är relaterad till nära kontakt under längre tid (som riktmärke brukar anges &gt;8 timmar). Om smittsamhet föreligger, överväg om operationen kan skjutas upp och genomföras efter två veckors effektiv tb-behandling? Om operation är nödvändig, inhämta råd från vårdhygieniskexpertis.</w:t>
+        <w:t xml:space="preserve">Vid obehandlad lungtuberkulos föreligger risk för luftburen smitta. Risken är relaterad till nära kontakt under längre tid (som riktmärke brukar anges &gt;8 timmar). Om smittsamhet föreligger, överväg om operationen kan skjutas upp och genomföras efter två veckors effektiv </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>tb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>-behandling? Om operation är nödvändig, inhämta råd från vårdhygieniskexpertis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4471D7" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D77930">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="501" w:name="_Toc482016756"/>
       <w:bookmarkStart w:id="502" w:name="_Toc496277773"/>
       <w:bookmarkStart w:id="503" w:name="_Toc256000033"/>
       <w:bookmarkStart w:id="504" w:name="_Toc256000071"/>
       <w:bookmarkStart w:id="505" w:name="_Toc256000109"/>
       <w:bookmarkStart w:id="506" w:name="_Toc256000147"/>
       <w:bookmarkStart w:id="507" w:name="_Toc256000185"/>
       <w:bookmarkStart w:id="508" w:name="_Toc256000223"/>
       <w:bookmarkStart w:id="509" w:name="_Toc256000261"/>
       <w:bookmarkStart w:id="510" w:name="_Toc256000337"/>
       <w:bookmarkStart w:id="511" w:name="_Toc92807554"/>
       <w:bookmarkStart w:id="512" w:name="_Toc97818801"/>
       <w:bookmarkStart w:id="513" w:name="_Toc256000299"/>
       <w:bookmarkStart w:id="514" w:name="_Toc256000375"/>
       <w:bookmarkStart w:id="515" w:name="_Toc196742339"/>
       <w:r w:rsidRPr="008D7696">
         <w:t>Multiresistenta bakterier (MRB)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
       <w:bookmarkEnd w:id="510"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
     </w:p>
     <w:p w14:paraId="05D01475" w14:textId="6B98DC31" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00D77930">
       <w:r w:rsidRPr="008D7696">
-        <w:t xml:space="preserve">Patienter som är bärare av MRSA, VRE eller ESBL (inklusive ESBLcarba) och har riskfaktorer för smittspridning (sår, eksem, urinkateter, kärlkateter, diarré, stomier, drän), ska vårdas på eget rum exempelvis kvar på operationsavdelningen. Se bilaga </w:t>
+        <w:t xml:space="preserve">Patienter som är bärare av MRSA, VRE eller ESBL (inklusive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>ESBLcarba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve">) och har riskfaktorer för smittspridning (sår, eksem, urinkateter, kärlkateter, diarré, stomier, drän), ska vårdas på eget rum exempelvis kvar på operationsavdelningen. Se bilaga </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="009C7252">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Operationsverksamhet - Checklista vårdhygieniska riskfaktorer, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008D7696">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AAD8DB2" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00B6736B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="516" w:name="_Toc482016757"/>
       <w:bookmarkStart w:id="517" w:name="_Toc496277774"/>
       <w:bookmarkStart w:id="518" w:name="_Toc256000034"/>
       <w:bookmarkStart w:id="519" w:name="_Toc256000072"/>
       <w:bookmarkStart w:id="520" w:name="_Toc256000110"/>
       <w:bookmarkStart w:id="521" w:name="_Toc256000148"/>
       <w:bookmarkStart w:id="522" w:name="_Toc256000186"/>
       <w:bookmarkStart w:id="523" w:name="_Toc256000224"/>
@@ -6968,51 +7354,59 @@
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
     </w:p>
     <w:p w14:paraId="0F219A31" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00B6736B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
-        <w:t>Sammankallande i arbetsgruppen ansvarar för uppföljning/revision av innehållet. Avsteg från rutinen rapporteras i Gröna korset och/eller MedControl befintligt avvikelsehanteringssystem</w:t>
+        <w:t xml:space="preserve">Sammankallande i arbetsgruppen ansvarar för uppföljning/revision av innehållet. Avsteg från rutinen rapporteras i Gröna korset och/eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t>MedControl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:t xml:space="preserve"> befintligt avvikelsehanteringssystem</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FB289D" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="531" w:name="_Toc482016758"/>
       <w:bookmarkStart w:id="532" w:name="_Toc496277775"/>
       <w:bookmarkStart w:id="533" w:name="_Toc256000035"/>
       <w:bookmarkStart w:id="534" w:name="_Toc256000073"/>
       <w:bookmarkStart w:id="535" w:name="_Toc256000111"/>
       <w:bookmarkStart w:id="536" w:name="_Toc256000149"/>
       <w:bookmarkStart w:id="537" w:name="_Toc256000187"/>
       <w:bookmarkStart w:id="538" w:name="_Toc256000225"/>
       <w:bookmarkStart w:id="539" w:name="_Toc256000263"/>
       <w:bookmarkStart w:id="540" w:name="_Toc256000339"/>
       <w:bookmarkStart w:id="541" w:name="_Toc92807556"/>
       <w:bookmarkStart w:id="542" w:name="_Toc97818803"/>
       <w:bookmarkStart w:id="543" w:name="_Toc256000301"/>
@@ -7059,136 +7453,193 @@
     <w:p w14:paraId="72AB9841" w14:textId="1E19AC4A" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r>
         <w:t>Håkan Joelsson, verksamhetschef, anestesikliniken SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Minna Åkesson, vårdenhetschef, operationsenhet 1, SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="2FEA51FB">
         <w:t>Johanna Göthager</w:t>
       </w:r>
       <w:r>
         <w:t>, vårdenhetschef, operationsenhet 2, SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="2CA747F4">
-        <w:t>Annsofi Johansson</w:t>
+        <w:t>Annsofi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2CA747F4">
+        <w:t xml:space="preserve"> Johansson</w:t>
       </w:r>
       <w:r>
         <w:t>, vårdenhetschef, operationscentrum, SÄS Skene</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Anne Siberg, operationssjuksköterska, operationscentrum, SÄS Skene</w:t>
+        <w:t xml:space="preserve">Anne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Siberg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, operationssjuksköterska, operationscentrum, SÄS Skene</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Charlotte Lornell, operationssjuksköterska, operationsenhet 1, SÄS Borås</w:t>
+        <w:t xml:space="preserve">Charlotte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Lornell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, operationssjuksköterska, operationsenhet 1, SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Emma Thorkildsen Gran, undersköterska, operationsenhet 1, SÄS Borås</w:t>
+        <w:t xml:space="preserve">Emma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Thorkildsen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Gran, undersköterska, operationsenhet 1, SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Cecilia Bodenhem, operationssjuksköterska, operationsenhet 2, SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Sofia Karlsson, operationssjuksköterska, operationsenhet 2, SÄS Borås</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFCEB07" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="00B6736B" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6736B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25432A97" w14:textId="4CF1D9E8" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Susanne Jungnelius, hygiensjuksköterska, vårdhygien, SÄS</w:t>
+        <w:t xml:space="preserve">Susanne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jungnelius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, hygiensjuksköterska, vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Linda Hallberg, hygiensjuksköterska, vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Lisbeth Karlsson, hygienläkare, vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Maria Werner, hygienläkare, vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>Jon Edman Wallér, ST-läkare, vårdhygien, SÄS</w:t>
+        <w:t xml:space="preserve">Jon Edman </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wallér</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, ST-läkare, vårdhygien, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="007C1F3C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC59D87" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="007C1F3C" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1F3C">
@@ -7222,51 +7673,79 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1F3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6428A6B9" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00A45EC4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D7696">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Multiresistenta bakterier, MRB, MRSA, VRE, ESBL, ESBLcarba, preoperativt, huddesinfektion, hårkortning, dusch, preoperativa, rutiner, operationsförberedelser, operationsplanering, luftvägssmitta, luftburna smittor, luftburen smitta, luftsmitta, andningsskydd, personlig skyddsutrustning, arbetsmiljörisker</w:t>
+        <w:t xml:space="preserve">Multiresistenta bakterier, MRB, MRSA, VRE, ESBL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ESBLcarba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>preoperativt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7696">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, huddesinfektion, hårkortning, dusch, preoperativa, rutiner, operationsförberedelser, operationsplanering, luftvägssmitta, luftburna smittor, luftburen smitta, luftsmitta, andningsskydd, personlig skyddsutrustning, arbetsmiljörisker</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06910085" w14:textId="41B4EDF1" w:rsidR="008D7696" w:rsidRPr="002B2D29" w:rsidRDefault="008D7696" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="546" w:name="_Toc482016759"/>
       <w:bookmarkStart w:id="547" w:name="_Toc496277776"/>
       <w:bookmarkStart w:id="548" w:name="_Toc256000036"/>
       <w:bookmarkStart w:id="549" w:name="_Toc256000074"/>
       <w:bookmarkStart w:id="550" w:name="_Toc256000112"/>
       <w:bookmarkStart w:id="551" w:name="_Toc256000150"/>
       <w:bookmarkStart w:id="552" w:name="_Toc256000188"/>
       <w:bookmarkStart w:id="553" w:name="_Toc256000226"/>
       <w:bookmarkStart w:id="554" w:name="_Toc256000264"/>
       <w:bookmarkStart w:id="555" w:name="_Toc256000340"/>
       <w:bookmarkStart w:id="556" w:name="_Toc92807557"/>
       <w:bookmarkStart w:id="557" w:name="_Toc97818804"/>
       <w:bookmarkStart w:id="558" w:name="_Toc256000302"/>
       <w:bookmarkStart w:id="559" w:name="_Toc256000378"/>
       <w:bookmarkStart w:id="560" w:name="_Toc196742342"/>
       <w:r w:rsidRPr="002B2D29">
@@ -7311,97 +7790,129 @@
         <w:r w:rsidRPr="11B8D88C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/contentassets/3692c757601b40eda5e49f890c2d11ca/att-forebygga-vardrelaterade-infektioner-ett-kunskapsunderlag-2006-123-12.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0334D561" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Socialstyrelsen Basal hygien i vård och omsorg SOSFS 2015:10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEA9600" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t>WHO Surgical Safety Checklist.</w:t>
+        <w:t xml:space="preserve">WHO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Surgical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Checklist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E893479" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vårdhandboken, avsnitt </w:t>
       </w:r>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Operationsvård</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D7696">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="11B8D88C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/Texter/Operationsvard/Oversikt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20AEF8D3" w14:textId="7F2F385D" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">SS-EN 13795:2011+A1:2013, Sjukvårdstextil - Uppdukningsmaterial, operationsrockar och specialarbetsdräkter, avsedda som medicintekniska produkter för patienter, personal och utrustning - Allmänna krav för tillverkare, rekonditionerare och produkter, provningsmetoder, funktionskrav och funktionsnivåer. </w:t>
+        <w:t xml:space="preserve">SS-EN 13795:2011+A1:2013, Sjukvårdstextil - Uppdukningsmaterial, operationsrockar och specialarbetsdräkter, avsedda som medicintekniska produkter för patienter, personal och utrustning - Allmänna krav för tillverkare, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>rekonditionerare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och produkter, provningsmetoder, funktionskrav och funktionsnivåer. </w:t>
       </w:r>
       <w:r w:rsidRPr="11B8D88C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SIS Swedish Standards Institute.</w:t>
       </w:r>
       <w:r w:rsidR="008D7696">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="11B8D88C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.sis.se/produkter/halso-och-sjukvard/sjukvardstextilier-allmant/ssen137952011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="738C7BA9" w14:textId="519255A0" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="13C1759B" w:rsidP="002C7E82">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
@@ -7527,63 +8038,97 @@
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
     </w:p>
     <w:p w14:paraId="7E2D29E3" w14:textId="57867CCB" w:rsidR="008D7696" w:rsidRPr="002C7E82" w:rsidRDefault="008D7696" w:rsidP="00363349">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>WHO:s</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">WHO:s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="226B5728">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> checklista för säkerhet vid operationer (WHO surgical safety checklist 1st edition). World Health Organization (WHO). 2008</w:t>
+        <w:t>checklista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>säkerhet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>operationer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="226B5728">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (WHO surgical safety checklist 1st edition). World Health Organization (WHO). 2008</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="226B5728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.safesurg.org/uploads/1/0/9/0/1090835/swedish.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="25ACD85C" w14:textId="5E25F730" w:rsidR="008D7696" w:rsidRPr="002C7E82" w:rsidRDefault="008D7696" w:rsidP="00363349">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>SBAR. Information på SÄS interna webb</w:t>
       </w:r>
       <w:r>
@@ -7714,89 +8259,125 @@
       </w:r>
       <w:hyperlink r:id="rId37">
         <w:r w:rsidR="003F2F52">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0C4649CF" w14:textId="2A5801A7" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00363349">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Vårdhandboken, avsnitt ”Personalinfektioner inom hälso- och sjukvård”.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00F42BBC" w:rsidRPr="00451708">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.vardhandboken.se/Texter/Personalinfektioner-inom-halso--och-sjukvard/Oversikt/</w:t>
+          <w:t>www.vardhandboken.se/Texter/Personalinfektioner-inom-halso--och-</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00F42BBC" w:rsidRPr="00451708">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>sjukvard</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00F42BBC" w:rsidRPr="00451708">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00F42BBC" w:rsidRPr="00451708">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Oversikt</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00F42BBC" w:rsidRPr="00451708">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F8A50B4" w14:textId="77777777" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00363349">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vårdhandboken, avsnitt </w:t>
       </w:r>
       <w:r w:rsidRPr="00F42BBC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Operationsvård</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> under rubrik ”Personalföreskrifter på operationsavdelning”</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId39">
         <w:r w:rsidRPr="226B5728">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/Texter/Operationsvard/Personalforeskrifter-pa-operationsavdelning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="784706AB" w14:textId="7861293F" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="008D7696" w:rsidP="00363349">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Central venös infart (CVI) – inläggning och skötsel vid SÄS (Central venkateter). Sjukhusövergripande riktlinje, SÄS</w:t>
+        <w:t xml:space="preserve">Central venös infart (CVI) – inläggning och skötsel vid SÄS (Central </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>venkateter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>). Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId40">
         <w:r w:rsidR="003F2F52">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57D7C2EF" w14:textId="307E0002" w:rsidR="008D7696" w:rsidRPr="008D7696" w:rsidRDefault="00097754" w:rsidP="00F53E76">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Preoperativ dusch- helkroppstvätt och helkroppsdesinfektion, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="008D7696">
         <w:t>. Sjukhusövergripande rutin SÄS</w:t>
       </w:r>
       <w:r w:rsidR="008D7696">
         <w:br/>
@@ -7878,106 +8459,104 @@
       <w:r>
         <w:t xml:space="preserve">Teknisk rapport SIS-TR 57:2020 Handbok för grundläggande rekommendationer för lagerhållning, hantering och transport av sterila medicintekniska produkter inom hälso- och sjukvård, tandvård och djursjukvård </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId45">
         <w:r w:rsidRPr="11B8D88C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.sis.se/api/document/get/80020381</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="6C674A53" w14:textId="3B552F83" w:rsidR="57EE38E5" w:rsidRDefault="57EE38E5" w:rsidP="11B8D88C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="11B8D88C">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SIS/TS 39:2025 Mikrobiologisk luftrenhet vid kirurgiska ingrepp – Förebyggande av luftburen smitta – Vägledning och grundläggande krav. </w:t>
       </w:r>
       <w:hyperlink r:id="rId46">
-        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="11B8D88C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>82094320</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="57EE38E5" w:rsidSect="008D7696">
       <w:headerReference w:type="default" r:id="rId47"/>
       <w:footerReference w:type="even" r:id="rId48"/>
       <w:footerReference w:type="default" r:id="rId49"/>
       <w:headerReference w:type="first" r:id="rId50"/>
       <w:footerReference w:type="first" r:id="rId51"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BE2B6B3" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D78618F" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7FC2C59F" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8003,51 +8582,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
@@ -8070,89 +8649,89 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SymbolMT">
     <w:altName w:val="Microsoft JhengHei"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -8181,51 +8760,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="0780B0E0" w:rsidR="00660269" w:rsidRDefault="001D7AD5" w:rsidP="001D7AD5">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="6237" w:firstLine="426"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F0E2D5B" wp14:editId="0DEEEDCE">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="153909288" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1335180048" name=""/>
                   <pic:cNvPicPr/>
@@ -8234,73 +8813,73 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="457F6232" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2E60BEBF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3866309B" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -8338,91 +8917,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5EFF35B2" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -8461,98 +9040,98 @@
                           <w:r w:rsidR="00367D19" w:rsidRPr="00D77819">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00D77819" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00D77819">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19" w:rsidRPr="00D77819">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11592,68 +12171,68 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="583609783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="102071706">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1495603312">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="26625" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -11740,50 +12319,51 @@
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00167EEA"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019117B"/>
     <w:rsid w:val="0019283C"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A0CFD"/>
     <w:rsid w:val="001A184A"/>
     <w:rsid w:val="001A2463"/>
     <w:rsid w:val="001A4895"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C0314"/>
     <w:rsid w:val="001C2B3E"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D7AD5"/>
     <w:rsid w:val="001D7CF4"/>
     <w:rsid w:val="001E452A"/>
+    <w:rsid w:val="001E491C"/>
     <w:rsid w:val="001F1A52"/>
     <w:rsid w:val="001F4C7E"/>
     <w:rsid w:val="001F5F42"/>
     <w:rsid w:val="001F6C22"/>
     <w:rsid w:val="00204BCD"/>
     <w:rsid w:val="00206FDC"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="0021657D"/>
     <w:rsid w:val="00216829"/>
     <w:rsid w:val="00217174"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00222643"/>
     <w:rsid w:val="00225277"/>
     <w:rsid w:val="002272F8"/>
     <w:rsid w:val="0023334A"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00237167"/>
     <w:rsid w:val="002377CD"/>
     <w:rsid w:val="00240758"/>
     <w:rsid w:val="00242698"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
@@ -12148,50 +12728,51 @@
     <w:rsid w:val="009461E8"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="0095060A"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957C38"/>
     <w:rsid w:val="00967246"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00974D6E"/>
     <w:rsid w:val="00975CE4"/>
     <w:rsid w:val="00976BC4"/>
     <w:rsid w:val="009858E4"/>
     <w:rsid w:val="009A0D60"/>
     <w:rsid w:val="009A62BE"/>
     <w:rsid w:val="009A7024"/>
     <w:rsid w:val="009A7293"/>
     <w:rsid w:val="009B0267"/>
     <w:rsid w:val="009B0FD7"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C321D"/>
     <w:rsid w:val="009C3FA1"/>
     <w:rsid w:val="009C7252"/>
+    <w:rsid w:val="009D18F3"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F19A8"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A03075"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A1100F"/>
     <w:rsid w:val="00A20ABB"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A371E4"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A45EC4"/>
     <w:rsid w:val="00A514B7"/>
@@ -12229,50 +12810,51 @@
     <w:rsid w:val="00B02F07"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B208BE"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B55B69"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B6736B"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77783"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B85D12"/>
     <w:rsid w:val="00B86453"/>
+    <w:rsid w:val="00B86EED"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA6576"/>
     <w:rsid w:val="00BB46AC"/>
     <w:rsid w:val="00BB6751"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC5666"/>
     <w:rsid w:val="00BC7B73"/>
     <w:rsid w:val="00BD35F8"/>
     <w:rsid w:val="00BE2EE1"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF09D7"/>
     <w:rsid w:val="00C04B25"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C12DAC"/>
     <w:rsid w:val="00C206E7"/>
     <w:rsid w:val="00C35023"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C4184F"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46EE8"/>
@@ -12363,50 +12945,51 @@
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E5613B"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62248"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E75282"/>
     <w:rsid w:val="00E75C1F"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E914D0"/>
     <w:rsid w:val="00E95263"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB4CF3"/>
     <w:rsid w:val="00EB5745"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC12AE"/>
     <w:rsid w:val="00EC160E"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC7E32"/>
+    <w:rsid w:val="00ED2CC9"/>
     <w:rsid w:val="00ED33D2"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2466"/>
     <w:rsid w:val="00EE26EE"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF2462"/>
     <w:rsid w:val="00EF5693"/>
     <w:rsid w:val="00F0242E"/>
     <w:rsid w:val="00F161AF"/>
     <w:rsid w:val="00F16BCD"/>
     <w:rsid w:val="00F17C9C"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F3115B"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F42BBC"/>
     <w:rsid w:val="00F43045"/>
     <w:rsid w:val="00F4338B"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F513AD"/>
     <w:rsid w:val="00F51F78"/>
@@ -12529,70 +13112,70 @@
     <w:rsid w:val="7788EBA0"/>
     <w:rsid w:val="79BE30D7"/>
     <w:rsid w:val="7A3FBB09"/>
     <w:rsid w:val="7D7C5AE3"/>
     <w:rsid w:val="7F64E3E2"/>
     <w:rsid w:val="7FD7C7BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="26625" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{7134E8C7-1A9A-4F11-95BA-6AC2B8CF7799}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15300,51 +15883,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009461E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009461E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15708,61 +16291,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>3913</Words>
-  <Characters>37006</Characters>
+  <Words>3933</Words>
+  <Characters>37127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>308</Lines>
+  <Lines>309</Lines>
   <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40838</CharactersWithSpaces>
+  <CharactersWithSpaces>40979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="486" baseType="variant">
       <vt:variant>
         <vt:i4>720981</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>375</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sis.se/api/document/get/82094320</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>196699</vt:i4>
       </vt:variant>
@@ -17194,32 +17777,32 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc192768046</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Operationsmiljö - arbetsrutiner för optimal miljö på alla opererande enheter, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>261</revision>
+  <lastModifiedBy>Malin Stormvall</lastModifiedBy>
+  <revision>263</revision>
   <lastPrinted>2016-04-01T13:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>