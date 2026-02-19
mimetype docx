--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -1,218 +1,253 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E95A79" w:rsidRDefault="007172AF" w14:paraId="0755A1F5" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+    <w:p w14:paraId="0755A1F5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax inför kirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E95A79" w:rsidRDefault="007172AF" w14:paraId="7B32DC3D" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304700" w:id="18"/>
+    <w:p w14:paraId="7B32DC3D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc256000494"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc256000403"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc454874416"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc454878499"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc454885236"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc256000000"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc256000106"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc256000159"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc485818585"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc256000018"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc487203672"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc256000232"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc256000289"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc256000346"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc526768013"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc98172036"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc161304700"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w:rsidR="007172AF" w:rsidP="00E95A79" w:rsidRDefault="007172AF" w14:paraId="6937FEC1" w14:textId="77777777">
+    <w:p w14:paraId="6937FEC1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Riktlinjen samlar alla specialiteters rekommendationer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> antibiotikaprofylax på SÄS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95A79" w:rsidP="00E95A79" w:rsidRDefault="00E95A79" w14:paraId="28038269" w14:textId="3A4C5343">
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304701" w:id="19"/>
+    <w:p w14:paraId="28038269" w14:textId="3A4C5343" w:rsidR="00E95A79" w:rsidRPr="00932931" w:rsidRDefault="00E95A79" w:rsidP="00E95A79">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc161304701"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidR="5E19777E" w:rsidP="7ACDD439" w:rsidRDefault="5E19777E" w14:paraId="0046929A" w14:textId="64A9823B">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="0046929A" w14:textId="64A9823B" w:rsidR="5E19777E" w:rsidRDefault="37B18C31" w:rsidP="7ACDD439">
+      <w:r>
         <w:t xml:space="preserve">Redaktionella </w:t>
       </w:r>
       <w:r w:rsidR="5E19777E">
-        <w:rPr/>
         <w:t>ändringar</w:t>
       </w:r>
       <w:r w:rsidR="58133DB0">
-        <w:rPr/>
         <w:t>, gil</w:t>
       </w:r>
       <w:r w:rsidR="08E09897">
-        <w:rPr/>
         <w:t>tighetstiden förlängd.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E95A79" w:rsidR="007172AF" w:rsidP="00661B70" w:rsidRDefault="007172AF" w14:paraId="24350FDA" w14:textId="77777777">
+    <w:p w14:paraId="71C77E13" w14:textId="69705B3C" w:rsidR="00B854B0" w:rsidRDefault="00B854B0" w:rsidP="7ACDD439">
+      <w:r>
+        <w:t>Ändrade rekommendationer</w:t>
+      </w:r>
+      <w:r w:rsidR="009F664E">
+        <w:t xml:space="preserve"> generellt</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00B555A7">
+        <w:t>penicillinallergi</w:t>
+      </w:r>
+      <w:r w:rsidR="009163DC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F664E">
+        <w:t xml:space="preserve"> Om patienten är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F664E">
+        <w:t>penicillinallergisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F664E">
+        <w:t xml:space="preserve"> kan man i huvudsak byta </w:t>
+      </w:r>
+      <w:r w:rsidR="00011A26">
+        <w:t xml:space="preserve">från penicillinpreparat till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00011A26">
+        <w:t>cefotaxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24350FDA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E95A79" w:rsidRDefault="007172AF" w:rsidP="00661B70">
       <w:pPr>
         <w:spacing w:before="360" w:after="20"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E95A79">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="0059019D" w14:paraId="0699545F" w14:textId="597C417D">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0699545F" w14:textId="597C417D" w:rsidR="00712CD8" w:rsidRDefault="0059019D">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304700">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304700" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304700 \h </w:instrText>
@@ -224,4708 +259,4869 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="43467A95" w14:textId="31F1EC33">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="43467A95" w14:textId="31F1EC33" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304701">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304701" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304701 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="01D97735" w14:textId="5A7EC905">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="01D97735" w14:textId="5A7EC905" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304702">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304702" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304702 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="0EBECDE6" w14:textId="633ADD74">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0EBECDE6" w14:textId="633ADD74" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304703">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304703" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304703 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="48EDB963" w14:textId="376FB945">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="48EDB963" w14:textId="376FB945" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304704">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304704" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304704 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="62EDEAB9" w14:textId="69367088">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="62EDEAB9" w14:textId="69367088" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304705">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304705" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kärlkirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304705 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="5C529A4A" w14:textId="0534C1E5">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="5C529A4A" w14:textId="0534C1E5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304706">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304706" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Aktuella operationer</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304706 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="67F5F5FA" w14:textId="2EB329BD">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="67F5F5FA" w14:textId="2EB329BD" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304707">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304707" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Preparatval och dosering</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304707 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="61EA63A4" w14:textId="28A0E65E">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="61EA63A4" w14:textId="28A0E65E" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304708">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304708" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304708 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="77FD7306" w14:textId="05B44076">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="77FD7306" w14:textId="05B44076" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304709">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304709" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Urologisk kirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304709 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="5132B553" w14:textId="0CE8F9AF">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="5132B553" w14:textId="0CE8F9AF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304710">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304710" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Ingrepp med låg risk för infektion</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304710 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="21630CA4" w14:textId="6A6989A1">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="21630CA4" w14:textId="6A6989A1" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304711">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304711" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Ingrepp med viss risk för infektion</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304711 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="6FE8C119" w14:textId="1BF2B2AC">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="6FE8C119" w14:textId="1BF2B2AC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304712">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304712" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ingrepp med hög risk för infektion</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304712 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="4F44CDE6" w14:textId="0EA8FD15">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="4F44CDE6" w14:textId="0EA8FD15" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304713">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304713" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bukkirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304713 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="1D9BC719" w14:textId="718E2441">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="1D9BC719" w14:textId="718E2441" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304714">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304714" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Övre gastrointestinal kirurgi (esofagus, ventrikel, duodenum)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304714 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="7C31DC0D" w14:textId="655487EF">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="7C31DC0D" w14:textId="655487EF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304715">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304715" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut öppen eller laparoskopisk gallvägskirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304715 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="1FD3D3FD" w14:textId="342088AA">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="1FD3D3FD" w14:textId="342088AA" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304716">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304716" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv gallvägskirurgi med riskfaktor</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304716 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="1C784EBA" w14:textId="577593F5">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="1C784EBA" w14:textId="577593F5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304717">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304717" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv gallvägskirurgi utan riskfaktor</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304717 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="4E7109CA" w14:textId="0E3F6334">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="4E7109CA" w14:textId="0E3F6334" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304718">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304718" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endoskopisk retrograd koledokoskopi med gallstas (ERC) resp. Perkutan transhepatisk kolangiografi (PTC)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304718 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="61916A84" w14:textId="29E1BD61">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="61916A84" w14:textId="29E1BD61" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304719">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304719" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endoskopisk retrograd koledokoskopi utan gallstas</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304719 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="22B02585" w14:textId="0385FEB5">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="22B02585" w14:textId="0385FEB5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304720">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304720" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut kolonkirurgi utan infektionskomplikation</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304720 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="5A9C1171" w14:textId="6512E8DB">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="5A9C1171" w14:textId="6512E8DB" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304721">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304721" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv kolonkirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304721 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="305609BF" w14:textId="6114CD33">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="305609BF" w14:textId="6114CD33" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304722">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304722" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendicit</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304722 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="6FC0BB3A" w14:textId="671C7AF4">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="6FC0BB3A" w14:textId="671C7AF4" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304723">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304723" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bröstkirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304723 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="4FDB8DEA" w14:textId="6A68B6AF">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="4FDB8DEA" w14:textId="6A68B6AF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304724">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304724" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Profylax ges vid</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304724 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="34E02EF0" w14:textId="1A2C553C">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="34E02EF0" w14:textId="1A2C553C" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304725">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304725" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Preparatval och dosering</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304725 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="17757A5E" w14:textId="531B3B51">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="17757A5E" w14:textId="531B3B51" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304726">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304726" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304726 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="10E41F13" w14:textId="5404128F">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="10E41F13" w14:textId="5404128F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304727">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304727" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gynekologi och obstetrik</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304727 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="1A88D4DA" w14:textId="29E9A2ED">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="1A88D4DA" w14:textId="29E9A2ED" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304728">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304728" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hysterektomi (abdominal och transvaginal)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304728 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="0E5A6479" w14:textId="4E12CB54">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0E5A6479" w14:textId="4E12CB54" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304729">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304729" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uretrocystopexi och bäckenbottenplastik</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304729 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="3CCD2F0E" w14:textId="0F5C98DC">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="3CCD2F0E" w14:textId="0F5C98DC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304730">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304730" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut och elektivt sectio</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304730 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="2692EF4C" w14:textId="1B04B1A6">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="2692EF4C" w14:textId="1B04B1A6" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304731">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304731" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>GBS (Grupp B Streptokocker)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304731 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="6DF30DD3" w14:textId="0AA086C1">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="6DF30DD3" w14:textId="0AA086C1" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304732">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304732" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Perineala bristningar</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304732 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="206641FA" w14:textId="06DBDE86">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="206641FA" w14:textId="06DBDE86" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304733">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304733" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation för nytta med profylax saknas vid</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304733 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="0DFDE412" w14:textId="5F6D0699">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0DFDE412" w14:textId="5F6D0699" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304734">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304734" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ortopedi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304734 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="60234E9E" w14:textId="4EA25B45">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="60234E9E" w14:textId="4EA25B45" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304735">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304735" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ledplastik</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304735 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="458BF98F" w14:textId="283BAF65">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="458BF98F" w14:textId="283BAF65" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304736">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304736" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutna frakturer</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304736 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="25F1CDF3" w14:textId="55C82465">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="25F1CDF3" w14:textId="55C82465" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304737">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304737" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppna frakturer</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304737 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="4876A570" w14:textId="1A859F70">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="4876A570" w14:textId="1A859F70" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304738">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304738" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Amputationer</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304738 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="0AB5A271" w14:textId="55A3F026">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0AB5A271" w14:textId="55A3F026" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304739">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304739" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Artroskopi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304739 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="752579FA" w14:textId="19CC83DE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="752579FA" w14:textId="19CC83DE" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304740">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304740" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Trauma</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304740 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="39C55D1D" w14:textId="13348726">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="39C55D1D" w14:textId="13348726" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304741">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304741" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppen ansiktsfraktur</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304741 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="6391ED96" w14:textId="4F36DB10">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="6391ED96" w14:textId="4F36DB10" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304742">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304742" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Brännskada</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304742 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="70547B57" w14:textId="26B0F03C">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="70547B57" w14:textId="26B0F03C" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304743">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304743" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Buktrauma, penetrerande</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304743 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="740CAF5D" w14:textId="0AF33222">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="740CAF5D" w14:textId="0AF33222" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304744">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304744" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mjukdelsskada</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304744 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="25B07F3E" w14:textId="72CC7290">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="25B07F3E" w14:textId="72CC7290" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304745">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304745" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skallbasfraktur</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304745 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="7F0E3C1F" w14:textId="155CA880">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="7F0E3C1F" w14:textId="155CA880" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304746">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304746" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Thoraxtrauma, penetrerande</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304746 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="60255FDB" w14:textId="2DBED1C5">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="60255FDB" w14:textId="2DBED1C5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304747">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304747" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öron-näsa-halskirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304747 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="14DB324C" w14:textId="3B58D171">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="14DB324C" w14:textId="3B58D171" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304748">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304748" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tandvård</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304748 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="38254A01" w14:textId="588C6672">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="38254A01" w14:textId="588C6672" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304749">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304749" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tandutdragning, tandstensskrapning och dentoalveolär kirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304749 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="0994CB47" w14:textId="2DA8CA94">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="0994CB47" w14:textId="2DA8CA94" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304750">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304750" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Benskadande odontologiska ingrepp</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304750 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="2C471E23" w14:textId="7D677CCA">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="2C471E23" w14:textId="7D677CCA" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304751">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304751" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ingrepp med ökad infektionsrisk</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304751 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="3F5BF929" w14:textId="102F2BA2">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="3F5BF929" w14:textId="102F2BA2" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304752">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304752" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Implantatkirurgi</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304752 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="46726892" w14:textId="3753F16F">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="46726892" w14:textId="3753F16F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304753">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304753" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endokarditprofylax</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304753 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="2E22783D" w14:textId="7D1D3FC2">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="2E22783D" w14:textId="7D1D3FC2" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304754">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304754" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Peroralt antibiotikaval</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304754 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="7B6B95C5" w14:textId="5D2B7DEB">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="7B6B95C5" w14:textId="5D2B7DEB" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304755">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304755" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Parenteralt antibiotikaval</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304755 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="695DB00F" w14:textId="746E9E0F">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="695DB00F" w14:textId="746E9E0F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304756">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304756" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304756 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="4A381547" w14:textId="7B873496">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="4A381547" w14:textId="7B873496" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304757">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304757" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304757 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="649518DC" w14:textId="0EAFE3C7">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="649518DC" w14:textId="0EAFE3C7" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304758">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304758" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304758 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00712CD8" w:rsidRDefault="00712CD8" w14:paraId="46E7A87B" w14:textId="35216FEC">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+    <w:p w14:paraId="46E7A87B" w14:textId="35216FEC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc161304759">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc161304759" w:history="1">
+        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304759 \h </w:instrText>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00712CD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="0059019D" w14:paraId="77B4129E" w14:textId="40375A7D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="77B4129E" w14:textId="40375A7D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="0059019D" w:rsidP="00C44828">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:name="_Toc256000495" w:id="20"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="007172AF" w:rsidR="007172AF">
+      <w:bookmarkStart w:id="20" w:name="_Toc256000495"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc454874417"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc454878500"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc454885237"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc256000001"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc256000054"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc256000107"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc256000160"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc485818586"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc256000071"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc487203673"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc256000266"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc256000323"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc256000380"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc256000437"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc526768014"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc98172037"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc161304702"/>
+      <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E95A79" w:rsidRDefault="007172AF" w14:paraId="523B3DE5" w14:textId="5838DE36">
+    <w:p w14:paraId="523B3DE5" w14:textId="5838DE36" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax inför vissa kirurgiska ingrepp minskar risken för postoperativ sårinfektion. Antibiotika minskar antalet bakterier i operationsområdet och förhindrar spridning av bakterier i vävnaden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E95A79" w:rsidRDefault="007172AF" w14:paraId="45C255D4" w14:textId="409088C3">
+    <w:p w14:paraId="45C255D4" w14:textId="409088C3" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">På SÄS ordinerades antibiotika mer än </w:t>
       </w:r>
       <w:r w:rsidR="00FF1A6F">
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00B653D9">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FF1A6F">
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> g</w:t>
       </w:r>
       <w:r w:rsidR="00B653D9">
         <w:t>ånge</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>r 20</w:t>
       </w:r>
       <w:r w:rsidR="00906739">
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">; vid cirka </w:t>
       </w:r>
       <w:r w:rsidR="00906739">
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> % av tillfällena var indikationen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> profylax. Med tanke på den ökande graden av antibiotikaresistens är det angeläget att profylax ges på strikta indikationer och att sjukhuset har riktlinjer som följs. Rekommendationerna som följer är baserade på SBU:s (Statens Beredning för medicinsk Utvärdering) utredning om antibiotikaprofylax vid kirurgiska ingrepp, utgiven i augusti 2010 och riktlinjer utgivna av terapigruppen för antibiotika i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>VGR:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> läkemedelskommitté [1, 2].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E778AD" w:rsidR="007172AF" w:rsidP="00E778AD" w:rsidRDefault="007172AF" w14:paraId="765EA49F" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304703" w:id="55"/>
+    <w:p w14:paraId="765EA49F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E778AD" w:rsidRDefault="007172AF" w:rsidP="00E778AD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000496"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000438"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc454874418"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc454878501"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc454885238"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc256000002"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc256000055"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc256000108"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc256000161"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc485818587"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc256000124"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc487203674"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc256000267"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc256000324"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc256000381"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc526768015"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc98172038"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc161304703"/>
       <w:r w:rsidRPr="00E778AD">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="27DE5216" w14:textId="77777777">
+    <w:p w14:paraId="27DE5216" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Antibiotika för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> profylax bör </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="16FFE63E" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="16FFE63E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha ett antibakteriellt spektrum som täcker de viktigaste postoperativa infektionerna vid de aktuella ingreppen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="7230A09A" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7230A09A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha god vävnadspenetration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="4E8E2A1B" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4E8E2A1B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha dokumenterad effekt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="3EF238E2" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3EF238E2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>inte användas som terapi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00082501" w:rsidRDefault="007172AF" w14:paraId="6D7CFF3B" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6D7CFF3B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>administreras på ett sådant sätt att maximal vävnadskoncentration föreligger vid ingreppsstart.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E778AD" w:rsidR="007172AF" w:rsidP="00E778AD" w:rsidRDefault="007172AF" w14:paraId="2C43C08E" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304704" w:id="73"/>
+    <w:p w14:paraId="2C43C08E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E778AD" w:rsidRDefault="007172AF" w:rsidP="00E778AD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Toc454874419"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc454878502"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc454885239"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc256000003"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc256000109"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc256000162"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc485818588"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc256000177"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc487203675"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc256000268"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc256000325"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000382"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc256000497"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc256000439"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc526768016"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc98172039"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc161304704"/>
       <w:r w:rsidRPr="00E778AD">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001D3549" w:rsidRDefault="007172AF" w14:paraId="3E3ED609" w14:textId="77777777">
+    <w:p w14:paraId="3E3ED609" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001D3549">
       <w:r w:rsidRPr="007172AF">
         <w:t>Peroperativ antibiotikaprofylax ska inte överstiga ett dygn och i allmänhet är en dos före operation tillräckligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001D3549" w:rsidRDefault="007172AF" w14:paraId="0BA5F7EE" w14:textId="77777777">
+    <w:p w14:paraId="0BA5F7EE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001D3549">
       <w:r w:rsidRPr="007172AF">
         <w:t>Tidpunkten för profylax bör, i förhållande till operationsstart, anpassas till halveringstiden för det antibiotikum som används.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B137EB" w:rsidRDefault="007172AF" w14:paraId="79252512" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Intravenös administration av betalaktamantibiotika, t.ex. </w:t>
+    <w:p w14:paraId="79252512" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B137EB">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Intravenös administration av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>betalaktamantibiotika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>kloxacillin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>, bör ske cirka 30-60 minuter före ingreppet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B137EB" w:rsidRDefault="007172AF" w14:paraId="210C2BE9" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="210C2BE9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B137EB">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Peroral administration av preparat med god absorption och lång halveringstid kan ges på operationsdagens morgon oavsett när under dagen operationen planeras, men bör ges minst 2 timmar före ingreppet (exempelvis trimsulfa, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>doxycyklin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="6AFD5399" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304705" w:id="91"/>
+    <w:p w14:paraId="7059D2B1" w14:textId="77777777" w:rsidR="00FE0F21" w:rsidRDefault="00FE0F21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322F5B5C" w14:textId="7B93BBAE" w:rsidR="001D0314" w:rsidRDefault="001D0314" w:rsidP="001D0314">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Penillinallergi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="563358AE" w14:textId="77777777" w:rsidR="00A53408" w:rsidRDefault="00482BAE" w:rsidP="00482BAE">
+      <w:r>
+        <w:t xml:space="preserve">Om patienten är allergisk mot penicillin kan man i allmänhet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007E3727">
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E3727">
+        <w:t xml:space="preserve"> använda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cefotaxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0083109D">
+        <w:t xml:space="preserve">Detta gäller även </w:t>
+      </w:r>
+      <w:r w:rsidR="00A45D85">
+        <w:t xml:space="preserve">om patienten reagerat med </w:t>
+      </w:r>
+      <w:r w:rsidR="0083109D">
+        <w:t>anafylaktisk reaktion efter penicilli</w:t>
+      </w:r>
+      <w:r w:rsidR="006A248E">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="005704FC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E15473" w14:textId="397B3458" w:rsidR="00482BAE" w:rsidRDefault="005704FC" w:rsidP="00482BAE">
+      <w:r>
+        <w:t>Observera dock att</w:t>
+      </w:r>
+      <w:r w:rsidR="000D23C0">
+        <w:t xml:space="preserve"> man efter</w:t>
+      </w:r>
+      <w:r w:rsidR="001B4153">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D23C0">
+        <w:t xml:space="preserve">penicillinrelaterade </w:t>
+      </w:r>
+      <w:r w:rsidR="001B4153">
+        <w:t>fördrö</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33775">
+        <w:t>jda hu</w:t>
+      </w:r>
+      <w:r w:rsidR="000D23C0">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33775">
+        <w:t>reaktioner</w:t>
+      </w:r>
+      <w:r w:rsidR="00504B83">
+        <w:t xml:space="preserve"> såsom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B1584A">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B1584A">
+        <w:t xml:space="preserve"> syndrom</w:t>
+      </w:r>
+      <w:r w:rsidR="00D773CE">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidR="00A913A4">
+        <w:t xml:space="preserve">toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A913A4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00527744">
+        <w:t>pidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00527744">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00527744">
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidR="00626C29">
+        <w:t>krolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00626C29">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075129E">
+        <w:t xml:space="preserve">inte </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5F7F">
+        <w:t xml:space="preserve">ska använda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EF5F7F">
+        <w:t>betalaktamantibiotika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EF5F7F">
+        <w:t xml:space="preserve"> alls</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53408">
+        <w:t xml:space="preserve"> i fortsättningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493C2C29" w14:textId="77777777" w:rsidR="00E86D02" w:rsidRDefault="00E86D02" w:rsidP="00482BAE"/>
+    <w:p w14:paraId="6AFD5399" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000498"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000440"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc454874420"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc454878503"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc454885240"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc256000004"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc256000110"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc485818589"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc256000212"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc487203676"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc256000269"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc256000326"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc256000383"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc526768017"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc98172040"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc161304705"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kärlkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="137CF924" w14:textId="77777777">
+    <w:p w14:paraId="137CF924" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000499" w:id="92"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304706" w:id="109"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc256000499"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc256000441"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc454874421"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc454878504"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc454885241"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc256000005"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc256000058"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc256000111"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc256000164"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc485818590"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000213"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc487203677"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc256000270"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc256000327"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc256000384"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc526768018"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc98172041"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc161304706"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aktuella operationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="3C6E8490" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3C6E8490" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Perifer kärlkirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="76E061C6" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="76E061C6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aortaaneurysm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="1913E47D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1913E47D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Axillofemoral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> bypass</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DC5BDF" w:rsidRDefault="007172AF" w14:paraId="2B31571E" w14:textId="6502E34F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2B31571E" w14:textId="6502E34F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>EVAR (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>EndoVascular</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -4943,6299 +5139,9331 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Repair</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C40A34">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00077011" w:rsidRDefault="007172AF" w14:paraId="1EE7ED39" w14:textId="77777777">
+    <w:p w14:paraId="1EE7ED39" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00077011">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000500" w:id="110"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304707" w:id="127"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc256000500"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc256000442"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc454874422"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc454878505"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc454885242"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc256000112"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc256000165"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc485818591"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc256000214"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc487203678"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc256000271"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc256000328"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc256000385"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc526768019"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc98172042"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc161304707"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
     </w:p>
-    <w:p w:rsidR="007B02B7" w:rsidP="004E7F71" w:rsidRDefault="007172AF" w14:paraId="6370855D" w14:textId="1E796495">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6370855D" w14:textId="1E796495" w:rsidR="007B02B7" w:rsidRDefault="007172AF" w:rsidP="004E7F71">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B02B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007B02B7" w:rsidR="007172AF" w:rsidP="004E7F71" w:rsidRDefault="007172AF" w14:paraId="69FA78C7" w14:textId="5CE9A1B9">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="69FA78C7" w14:textId="5CE9A1B9" w:rsidR="007172AF" w:rsidRPr="007B02B7" w:rsidRDefault="007172AF" w:rsidP="004E7F71">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007B02B7">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
       <w:r w:rsidR="007B02B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FE6621" w:rsidR="007172AF" w:rsidP="003C3E0C" w:rsidRDefault="007172AF" w14:paraId="48F864A7" w14:textId="77777777">
+    <w:p w14:paraId="6245C06F" w14:textId="3D8350E6" w:rsidR="004A7D78" w:rsidRDefault="004A7D78" w:rsidP="006C7812">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F976BC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">idigare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1470B8" w14:textId="5C92866D" w:rsidR="00F61C83" w:rsidRDefault="001E4B73" w:rsidP="004A7D78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F61C83">
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9DEEC8" w14:textId="12C3BEE1" w:rsidR="001E4B73" w:rsidRDefault="00B64BB7" w:rsidP="001E4B73">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6DAD662F" w14:textId="47ADAD6B" w:rsidR="00F976BC" w:rsidRDefault="00E543E7" w:rsidP="001E4B73">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64BB7">
+        <w:t>,5</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B73" w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00987F90">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26A11">
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B73" w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B73">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4B73" w:rsidRPr="00F26A11">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Dosen upprepas efter 6 timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7780411F" w14:textId="77777777" w:rsidR="00A75A73" w:rsidRDefault="00A75A73" w:rsidP="003C3E0C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F568454" w14:textId="3B365EFB" w:rsidR="004A7D78" w:rsidRDefault="004A7D78" w:rsidP="00A700CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F864A7" w14:textId="305664E2" w:rsidR="007172AF" w:rsidRPr="00F61C83" w:rsidRDefault="004A7D78" w:rsidP="003C3E0C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBF2477" w14:textId="51DD1D0D" w:rsidR="007B02B7" w:rsidRDefault="007172AF" w:rsidP="007B02B7">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="005D0CF9" w:rsidR="007172AF" w:rsidP="007B02B7" w:rsidRDefault="007172AF" w14:paraId="5DCCAA1E" w14:textId="4446B6EF">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5DCCAA1E" w14:textId="4446B6EF" w:rsidR="007172AF" w:rsidRPr="005D0CF9" w:rsidRDefault="007172AF" w:rsidP="007B02B7">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30 minuter före op</w:t>
       </w:r>
       <w:r w:rsidR="007B02B7">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="005D0CF9">
         <w:t xml:space="preserve">Dosen upprepas efter 6 timmar. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="0FA71858" w14:textId="77777777">
+    <w:p w14:paraId="0FA71858" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000501" w:id="128"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304708" w:id="145"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc256000501"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc256000443"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc454874423"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc454878506"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc454885243"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc256000060"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc256000113"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc256000166"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc485818592"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc256000215"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc487203679"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc256000272"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000329"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc256000386"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc526768020"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc98172043"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc161304708"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="185D9A79" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="185D9A79" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Varicerkirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="59FBD7C4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="59FBD7C4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PTA (Perkutan transluminal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>angioplastik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="2D9162CE" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2D9162CE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Anläggning av AV-fistel</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t xml:space="preserve">Anläggning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007172AF">
+        <w:t>AV-fistel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3D884231" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Inläggning av venport</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Inläggning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Inläggning av CDK</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t>venport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F6024F9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Diagnostisk angiografi</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t>Inläggning av CDK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16772FC3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Trombolys</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t>Diagnostisk angiografi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7570145E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Carotisoperation</w:t>
-[...5 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t>Trombolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="67CA53C1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>Carotisoperation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="57FC0BD2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>Armemboli</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="7B5E6907" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="7B5E6907" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000502" w:id="146"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304709" w:id="163"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc256000502"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc256000444"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc454874424"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc454878507"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc454885244"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256000008"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc256000061"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc256000114"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc485818593"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc256000216"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc487203680"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc256000273"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc256000330"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc256000387"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc526768021"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc98172044"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc161304709"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Urologisk kirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="6FF02767" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6FF02767" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Engångsdos används i normalfallet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="6B248FFA" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6B248FFA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Peroral profylax i första hand och den ska ges minst 90 minuter före ingreppet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="74B469DF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="74B469DF" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Trimsulfa ges med fördel på operationsdagens morgon.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="484E7A2F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="484E7A2F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Intravenös profylax ge 30-60 minuter före operationsstart.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="05B245C1" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="05B245C1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Urinodling ska tas utom vid lågriskingrepp enligt kategori A) nedan. Om positiv odling, KAD eller korallkonkrement inleds behandling som vid infektion och påbörjas minst tre dagar före ingreppet. Behandlingstid 7 dagar totalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001C4B2B" w:rsidRDefault="007172AF" w14:paraId="232AA713" w14:textId="77777777">
+    <w:p w14:paraId="232AA713" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000503" w:id="164"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304710" w:id="181"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc256000503"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000445"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc454874425"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc454878508"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc454885245"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc256000062"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc256000115"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc256000168"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc485818594"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc256000217"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc487203681"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc256000274"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc256000331"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc256000388"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc526768022"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc98172045"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc161304710"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ingrepp med låg risk för infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001C4B2B" w:rsidRDefault="007172AF" w14:paraId="365852F4" w14:textId="77777777">
+    <w:p w14:paraId="365852F4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve">TURB i normalfall, cystoskopi, nefrektomi, urodynamisk undersökning, byte eller </w:t>
+        <w:t xml:space="preserve">TURB i normalfall, cystoskopi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>nefrektomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>urodynamisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> undersökning, byte eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nyinsättning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>uretärkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001C4B2B" w:rsidRDefault="007172AF" w14:paraId="75732651" w14:textId="77777777">
+    <w:p w14:paraId="75732651" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00496B27" w:rsidRDefault="007172AF" w14:paraId="5D91DCCC" w14:textId="77777777">
+    <w:p w14:paraId="5D91DCCC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00496B27">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>ESVL och transuretral stenextraktion utan litotripsi.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00D6298E" w:rsidRDefault="007172AF" w14:paraId="3FD06330" w14:textId="77777777">
+        <w:t xml:space="preserve">ESVL och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>transuretral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stenextraktion utan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>litotripsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD06330" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00D6298E">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax förutom vid positiv odling. Antibiotika enligt ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00496B27" w:rsidRDefault="007172AF" w14:paraId="387A038D" w14:textId="77777777">
+    <w:p w14:paraId="387A038D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00496B27">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Öppen eller laparoskopisk operation utan öppna urinvägar</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00D6298E" w:rsidRDefault="007172AF" w14:paraId="3BE70D44" w14:textId="77777777">
+        <w:t xml:space="preserve">Öppen eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operation utan öppna urinvägar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE70D44" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00D6298E">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax förutom vid positiv odling. Antibiotika enligt ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="008009E8" w:rsidRDefault="007172AF" w14:paraId="29F4C9C3" w14:textId="77777777">
+    <w:p w14:paraId="29F4C9C3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000504" w:id="182"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304711" w:id="186"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000504"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc256000446"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc526768023"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc98172046"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc161304711"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ingrepp med viss risk för infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005A5B22" w:rsidRDefault="007172AF" w14:paraId="2EED126F" w14:textId="77777777">
+    <w:p w14:paraId="2EED126F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005A5B22">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Byte av KAD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005A5B22" w:rsidRDefault="007172AF" w14:paraId="57E908EF" w14:textId="1E180E89">
+    <w:p w14:paraId="57E908EF" w14:textId="1E180E89" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005A5B22">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax bör övervägas om tidigare byte orsakat febril UVI</w:t>
       </w:r>
       <w:r w:rsidR="00C55D90">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36BA" w:rsidP="001C4B2B" w:rsidRDefault="007172AF" w14:paraId="574631D2" w14:textId="48201A62">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="574631D2" w14:textId="48201A62" w:rsidR="005F36BA" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005511C9">
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C55D90" w:rsidRDefault="007172AF" w14:paraId="2130C1ED" w14:textId="2F28FCB6">
+    <w:p w14:paraId="2130C1ED" w14:textId="2F28FCB6" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C55D90">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>160/800 mg x1 po i första hand.</w:t>
+        <w:t xml:space="preserve">160/800 mg x1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> i första hand.</w:t>
       </w:r>
       <w:r w:rsidR="00874125">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ges minst 2 timmar före byte</w:t>
       </w:r>
       <w:r w:rsidR="00C35E28">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C55D90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Anpassning till odlingsfynd kan</w:t>
       </w:r>
       <w:r w:rsidR="00C35E28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>övervägas</w:t>
       </w:r>
       <w:r w:rsidR="00C35E28">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="007D67DC" w:rsidRDefault="007172AF" w14:paraId="668C5DA3" w14:textId="77777777">
+    <w:p w14:paraId="668C5DA3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="007D67DC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Byte av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="007E554D" w:rsidRDefault="007172AF" w14:paraId="0C688811" w14:textId="1F1EF66B">
+    <w:p w14:paraId="0C688811" w14:textId="1F1EF66B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="007E554D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Antibiotikaprofylax ges vid byte men inte vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nyinsättning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007E554D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>(Evidens saknas dock)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00222C4C" w:rsidP="001C4B2B" w:rsidRDefault="007172AF" w14:paraId="648DA1B7" w14:textId="12A0FF57">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="648DA1B7" w14:textId="12A0FF57" w:rsidR="00222C4C" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B614EB" w:rsidRDefault="007172AF" w14:paraId="62A1D4C6" w14:textId="11FEB418">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="62A1D4C6" w14:textId="11FEB418" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B614EB">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
-        <w:t>160/800 mg x1 po i första hand.</w:t>
+        <w:t xml:space="preserve">160/800 mg x1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i första hand.</w:t>
       </w:r>
       <w:r w:rsidR="00B614EB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Ges minst 2 timmar före byte</w:t>
       </w:r>
       <w:r w:rsidR="00DB6600">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002A1B6E">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="07D597CD">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>passning till odlingsfynd kan övervägas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FD7756" w:rsidRDefault="007172AF" w14:paraId="756C8D4A" w14:textId="77777777">
+    <w:p w14:paraId="756C8D4A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FD7756">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000505" w:id="187"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304712" w:id="204"/>
+      <w:bookmarkStart w:id="187" w:name="_Toc256000505"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc256000447"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc454874426"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc454878509"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc454885246"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc256000010"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc256000063"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc256000116"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc485818595"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc256000218"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc487203682"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc256000275"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc256000332"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc256000389"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc526768024"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc98172047"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc161304712"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingrepp med hög risk för infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0055642F" w:rsidRDefault="007172AF" w14:paraId="60753629" w14:textId="77777777">
+    <w:p w14:paraId="60753629" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0055642F">
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> Särskild rekommendation enligt ovan vid positiv odling.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009979E6" w:rsidRDefault="007172AF" w14:paraId="0BAB9A7D" w14:textId="77777777">
+    <w:p w14:paraId="0BAB9A7D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009979E6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Enhetligt profylaxschema för följande ingrepp</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="51526DD9" w14:textId="77777777">
+    <w:p w14:paraId="51526DD9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>TURP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="624CFFC3" w14:textId="77777777">
+    <w:p w14:paraId="624CFFC3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>TURB-komplicerat ingrepp (stor eller nekrotisk tumör)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="3EFCC530" w14:textId="77777777">
+    <w:p w14:paraId="3EFCC530" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="0225AB1E" w14:textId="77777777">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Transuretral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> stenextraktion med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>litotripsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0225AB1E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>Öppen eller laparoskopisk operation med öppna urinvägar (t.ex. njurbäckenplastik, operation av urinblåsa och partiell nefrectomi)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="7A2247DB" w14:textId="77777777">
+        <w:t xml:space="preserve">Öppen eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> operation med öppna urinvägar (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> njurbäckenplastik, operation av urinblåsa och partiell </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>nefrectomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2247DB" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>Radikal prostatektomi</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="102B91FA" w14:textId="77777777">
+        <w:t xml:space="preserve">Radikal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>prostatektomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="102B91FA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Byte av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> (evidens saknas dock för profylax)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C25DBB" w:rsidP="009739FC" w:rsidRDefault="007172AF" w14:paraId="69C37099" w14:textId="457068FF">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C25DBB" w:rsidRDefault="007172AF" w14:paraId="7B228104" w14:textId="7B81CF85">
+    <w:p w14:paraId="69C37099" w14:textId="457068FF" w:rsidR="00C25DBB" w:rsidRDefault="007172AF" w:rsidP="009739FC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7B228104" w14:textId="7B81CF85" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C25DBB">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>160/800 mg x1 po i första hand.</w:t>
+        <w:t xml:space="preserve">160/800 mg x1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> i första hand.</w:t>
       </w:r>
       <w:r w:rsidR="00C25DBB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ges minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A40BDD" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="75BC82A4" w14:textId="77777777">
+    <w:p w14:paraId="75BC82A4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00A40BDD" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40BDD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40BDD" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="53673104" w14:textId="2D65B75A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="53673104" w14:textId="2D65B75A" w:rsidR="00A40BDD" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ciprofloxacin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="5BECC816" w14:textId="781B96BC">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5BECC816" w14:textId="781B96BC" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>750 mg x 1 po</w:t>
-      </w:r>
+        <w:t xml:space="preserve">750 mg x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A40BDD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E0352C" w:rsidRDefault="007172AF" w14:paraId="0A023717" w14:textId="77777777">
+    <w:p w14:paraId="0A023717" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Transrektal prostatabiopsi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0352C" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="4F204790" w14:textId="219F4FC1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4F204790" w14:textId="219F4FC1" w:rsidR="00E0352C" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ciprofloxacin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E0352C" w:rsidRDefault="007172AF" w14:paraId="5C002723" w14:textId="1766E741">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5C002723" w14:textId="1766E741" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>750 mg x 1 po i första hand.</w:t>
+        <w:t xml:space="preserve">750 mg x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> i första hand.</w:t>
       </w:r>
       <w:r w:rsidR="00E0352C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ges minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E0352C" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="0CEA51A5" w14:textId="77777777">
+    <w:p w14:paraId="0CEA51A5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E0352C" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0352C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vid allergi mot </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E0352C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ciprofloxacin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002C3AEE" w:rsidP="00E0352C" w:rsidRDefault="007172AF" w14:paraId="7EE55862" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7EE55862" w14:textId="77777777" w:rsidR="002C3AEE" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Trimetoprim/sulfametoxazol</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="164B30D0" w14:textId="77C36E4F">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="164B30D0" w14:textId="77C36E4F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>160/800 mg x1 po.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="5D9C637E" w14:textId="77777777">
+    <w:p w14:paraId="5D9C637E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Operation med tarmsubstitut</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00284760" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="53BF8D0A" w14:textId="0597EBFB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="53BF8D0A" w14:textId="0597EBFB" w:rsidR="00284760" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidR="007172AF" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="53A1C0FF" w14:textId="6D4A3AD2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="53A1C0FF" w14:textId="6D4A3AD2" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>160/800 mg x1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007172AF" w:rsidP="0064267D" w:rsidRDefault="0064267D" w14:paraId="7F75E9DF" w14:textId="7893B602">
+    <w:p w14:paraId="7F75E9DF" w14:textId="7893B602" w:rsidR="007172AF" w:rsidRDefault="0064267D" w:rsidP="0064267D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF" w:rsidR="007172AF">
+      <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>amt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0064267D" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="5DE4CB74" w14:textId="3044BB93">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5DE4CB74" w14:textId="3044BB93" w:rsidR="0064267D" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="005D2B71" w:rsidP="00747477" w:rsidRDefault="007172AF" w14:paraId="088A832D" w14:textId="77777777">
+    <w:p w14:paraId="088A832D" w14:textId="77777777" w:rsidR="005D2B71" w:rsidRDefault="007172AF" w:rsidP="00747477">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>0,4 g 3 x 1 po</w:t>
-      </w:r>
+        <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00747477">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00747477" w:rsidRDefault="007172AF" w14:paraId="699A1E26" w14:textId="432BF609">
+    <w:p w14:paraId="699A1E26" w14:textId="432BF609" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00747477">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon</w:t>
       </w:r>
       <w:r w:rsidR="00747477">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>eller minst 2</w:t>
       </w:r>
       <w:r w:rsidR="00747477">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00747477" w:rsidRDefault="007172AF" w14:paraId="588387AC" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304713" w:id="222"/>
+    <w:p w14:paraId="588387AC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00747477">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="_Toc256000506"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc256000448"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc454874427"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc454878510"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc454885247"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc256000117"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000170"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc485818596"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc256000219"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc487203683"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc256000276"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc256000333"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc256000390"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc526768025"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc98172048"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc161304713"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bukkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="48F8B297" w14:textId="77777777">
+    <w:p w14:paraId="48F8B297" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000507" w:id="223"/>
-[...18 lines deleted...]
-        <w:t>Övre gastrointestinal kirurgi (esofagus, ventrikel, duodenum)</w:t>
+      <w:bookmarkStart w:id="223" w:name="_Toc256000507"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc256000449"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc454874428"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc454878511"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc454885248"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc256000065"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc256000118"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc485818597"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc256000220"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc487203684"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc256000277"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc256000334"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000391"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc526768026"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc98172049"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc161304714"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Övre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>gastrointestinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> kirurgi (esofagus, ventrikel, duodenum)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
     </w:p>
-    <w:p w:rsidR="00CB74AC" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="3A9A30C0" w14:textId="57DCC381">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3A9A30C0" w14:textId="57DCC381" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00CB74AC" w:rsidRDefault="007172AF" w14:paraId="07E83449" w14:textId="4E4B521E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="07E83449" w14:textId="4E4B521E" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB74AC" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="722A776F" w14:textId="77777777">
+    <w:p w14:paraId="722A776F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005511C9" w:rsidP="005511C9" w:rsidRDefault="007172AF" w14:paraId="43543E96" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="43543E96" w14:textId="77777777" w:rsidR="005511C9" w:rsidRDefault="007172AF" w:rsidP="005511C9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005511C9" w:rsidRDefault="007172AF" w14:paraId="6234CFE3" w14:textId="3894DC92">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6234CFE3" w14:textId="3894DC92" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005511C9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x1 iv </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB74AC" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="1F182D54" w14:textId="77777777">
+    <w:p w14:paraId="1F182D54" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tillägg vid sjukdom i duodenum</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB74AC" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="26CC83E4" w14:textId="31718224">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="26CC83E4" w14:textId="31718224" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00CB74AC" w:rsidRDefault="007172AF" w14:paraId="7D8FBEA3" w14:textId="5C83FB44">
+    <w:p w14:paraId="7D8FBEA3" w14:textId="5C83FB44" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00CB74AC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C40CA0" w:rsidRDefault="007172AF" w14:paraId="0E916C3A" w14:textId="77777777">
+    <w:p w14:paraId="0E916C3A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C40CA0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000508" w:id="241"/>
-[...18 lines deleted...]
-        <w:t>Akut öppen eller laparoskopisk gallvägskirurgi</w:t>
+      <w:bookmarkStart w:id="241" w:name="_Toc256000508"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc256000450"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc454874429"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc454878512"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc454885249"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc256000066"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc256000119"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc256000172"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc485818598"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc256000221"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc487203685"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc256000278"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc256000335"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc256000392"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc526768027"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc98172050"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc161304715"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Akut öppen eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> gallvägskirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
     </w:p>
-    <w:p w:rsidRPr="00CB74AC" w:rsidR="00CB74AC" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="20EB169C" w14:textId="76D2643B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="20EB169C" w14:textId="76D2643B" w:rsidR="00CB74AC" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00CB74AC" w:rsidRDefault="007172AF" w14:paraId="7BF1AE08" w14:textId="028E1C94">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BF1AE08" w14:textId="028E1C94" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00CB74AC" w:rsidRDefault="007172AF" w14:paraId="01AE5542" w14:textId="77777777">
+    <w:p w14:paraId="01AE5542" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB74AC" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="508245C9" w14:textId="69A70DAF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="508245C9" w14:textId="69A70DAF" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00AB1661" w:rsidRDefault="007172AF" w14:paraId="18096B45" w14:textId="7661025A">
+    <w:p w14:paraId="18096B45" w14:textId="7661025A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00CB74AC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CB74AC" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="3C64E294" w14:textId="77777777">
+    <w:p w14:paraId="3C64E294" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AB1661" w:rsidR="00AB1661" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="29591406" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="29591406" w14:textId="77777777" w:rsidR="00AB1661" w:rsidRPr="00AB1661" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve">Cefuroxim </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="05550E34" w14:textId="22BC3564">
+    <w:p w14:paraId="05550E34" w14:textId="22BC3564" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1 iv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00AB1661" w:rsidRDefault="007172AF" w14:paraId="2B0E8A7A" w14:textId="42E5676B">
+    <w:p w14:paraId="2B0E8A7A" w14:textId="42E5676B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB1661" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="50F01EEC" w14:textId="784188F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="50F01EEC" w14:textId="784188F8" w:rsidR="00AB1661" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00AB1661" w:rsidRDefault="007172AF" w14:paraId="67E33CE4" w14:textId="144167C9">
+    <w:p w14:paraId="67E33CE4" w14:textId="144167C9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00AB1661">
         <w:t>. B</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>åda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00AB1661" w:rsidRDefault="007172AF" w14:paraId="13A3D71D" w14:textId="77777777">
+    <w:p w14:paraId="13A3D71D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000509" w:id="259"/>
-[...18 lines deleted...]
-        <w:t>Elektiv gallvägskirurgi med riskfaktor</w:t>
+      <w:bookmarkStart w:id="259" w:name="_Toc256000509"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc256000451"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc454874430"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc454878513"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc454885250"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc256000067"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc256000120"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc256000173"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc485818599"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc256000222"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc487203686"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc256000279"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc256000336"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc256000393"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc526768028"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc98172051"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc161304716"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> gallvägskirurgi med riskfaktor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00735EF2" w:rsidRDefault="007172AF" w14:paraId="0F8036AD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t>Ikterus, tidigare kolecystit inom 1 månad, koledokussten.</w:t>
+    <w:p w14:paraId="0F8036AD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00735EF2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Ikterus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">, tidigare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>kolecystit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> inom 1 månad, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>koledokussten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="007172AF">
         <w:t>Ålder &gt;60 år, diabetes eller operation med buköppning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735EF2" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="659B0C2B" w14:textId="33DC3A2F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="659B0C2B" w14:textId="33DC3A2F" w:rsidR="00735EF2" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="44BE34BC" w14:textId="6BC4526D">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="44BE34BC" w14:textId="6BC4526D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>160/800 mg 1 x 1 po</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00BD05EC" w:rsidRDefault="007172AF" w14:paraId="4FF9D861" w14:textId="77777777">
+        <w:t xml:space="preserve">160/800 mg 1 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4FF9D861" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735EF2" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="02005E5A" w14:textId="79426915">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="02005E5A" w14:textId="79426915" w:rsidR="00735EF2" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00856681" w:rsidP="00735EF2" w:rsidRDefault="007172AF" w14:paraId="43DA47E1" w14:textId="77777777">
+    <w:p w14:paraId="43DA47E1" w14:textId="77777777" w:rsidR="00856681" w:rsidRDefault="007172AF" w:rsidP="00735EF2">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>0,4 g 3 x 1 po</w:t>
-      </w:r>
+        <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00735EF2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00735EF2" w:rsidRDefault="007172AF" w14:paraId="3EEED10A" w14:textId="65C4A427">
+    <w:p w14:paraId="3EEED10A" w14:textId="65C4A427" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00735EF2">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B51EE3" w:rsidR="007172AF" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="6AD63144" w14:textId="77777777">
+    <w:p w14:paraId="6AD63144" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B51EE3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B51EE3" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="2B297FF3" w14:textId="690680FD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2B297FF3" w14:textId="690680FD" w:rsidR="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B51EE3" w:rsidRDefault="007172AF" w14:paraId="362CE63B" w14:textId="248C085C">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="362CE63B" w14:textId="248C085C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1 iv 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B51EE3" w:rsidRDefault="007172AF" w14:paraId="738927E4" w14:textId="4B9966B8">
+    <w:p w14:paraId="738927E4" w14:textId="4B9966B8" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B51EE3" w:rsidP="00E00AF9" w:rsidRDefault="007172AF" w14:paraId="0FB7E5FE" w14:textId="2EABBC9A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0FB7E5FE" w14:textId="2EABBC9A" w:rsidR="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B51EE3" w:rsidRDefault="007172AF" w14:paraId="6FCC5A73" w14:textId="721E4E8A">
+    <w:p w14:paraId="6FCC5A73" w14:textId="721E4E8A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,4 g 3 x 1 enligt dosering ovan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00004FF1" w:rsidRDefault="007172AF" w14:paraId="0DB6DB1A" w14:textId="77777777">
+    <w:p w14:paraId="0DB6DB1A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00004FF1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000510" w:id="277"/>
-[...18 lines deleted...]
-        <w:t>Elektiv gallvägskirurgi utan riskfaktor</w:t>
+      <w:bookmarkStart w:id="277" w:name="_Toc256000510"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc256000452"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc454874431"/>
+      <w:bookmarkStart w:id="280" w:name="_Toc454878514"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc454885251"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc256000015"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc256000068"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc256000121"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc256000174"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc485818600"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc256000223"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc487203687"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc256000280"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc256000337"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc256000394"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc526768029"/>
+      <w:bookmarkStart w:id="293" w:name="_Toc98172052"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc161304717"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> gallvägskirurgi utan riskfaktor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00004FF1" w:rsidRDefault="007172AF" w14:paraId="3B002885" w14:textId="77777777">
+    <w:p w14:paraId="3B002885" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00004FF1">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00004FF1" w:rsidRDefault="007172AF" w14:paraId="101F5960" w14:textId="77777777">
+    <w:p w14:paraId="101F5960" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00004FF1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000511" w:id="295"/>
-[...18 lines deleted...]
-        <w:t>Endoskopisk retrograd koledokoskopi med gallstas (ERC) resp. Perkutan transhepatisk kolangiografi (PTC)</w:t>
+      <w:bookmarkStart w:id="295" w:name="_Toc256000511"/>
+      <w:bookmarkStart w:id="296" w:name="_Toc256000453"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc454874432"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc454878515"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc454885252"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc256000016"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc256000069"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc256000122"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc256000175"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc485818601"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc256000224"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc487203688"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc256000281"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc256000338"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc256000395"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc526768030"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc98172053"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc161304718"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Endoskopisk retrograd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>koledokoskopi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>gallstas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> (ERC) resp. Perkutan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>transhepatisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> kolangiografi (PTC)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
-    <w:p w:rsidR="00004FF1" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="301C7B0B" w14:textId="7BE0EA07">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="301C7B0B" w14:textId="7BE0EA07" w:rsidR="00004FF1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0016329B" w:rsidRDefault="007172AF" w14:paraId="1DB4704C" w14:textId="1FEBB21B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1DB4704C" w14:textId="1FEBB21B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>160/800 mg 1 x 1 po</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0016329B" w:rsidRDefault="007172AF" w14:paraId="2E44E4D5" w14:textId="77777777">
+        <w:t xml:space="preserve">160/800 mg 1 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2E44E4D5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00004FF1" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="27852447" w14:textId="6C655B8C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="27852447" w14:textId="6C655B8C" w:rsidR="00004FF1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0016329B" w:rsidRDefault="007172AF" w14:paraId="240B9553" w14:textId="13664D8C">
+    <w:p w14:paraId="240B9553" w14:textId="13664D8C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>0,4 g 3 x 1 po</w:t>
-      </w:r>
+        <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00004FF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0016329B" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="6B6C51BD" w14:textId="77777777">
+    <w:p w14:paraId="6B6C51BD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0016329B" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016329B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0016329B" w:rsidRDefault="007172AF" w14:paraId="3588AF87" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Cefuroxim </w:t>
+    <w:p w14:paraId="3588AF87" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1 iv 30-60 min före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0034383D" w:rsidR="007172AF" w:rsidP="001412C7" w:rsidRDefault="007172AF" w14:paraId="57C2AF39" w14:textId="77777777">
+    <w:p w14:paraId="57C2AF39" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0034383D" w:rsidRDefault="007172AF" w:rsidP="001412C7">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="0034383D">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="3BB5951C" w14:textId="7A77B2CA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3BB5951C" w14:textId="7A77B2CA" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="62C90E19" w14:textId="18637CC0">
+    <w:p w14:paraId="62C90E19" w14:textId="18637CC0" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>0,4 g 3 x 1 enligt dosering ovan po.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="0034383D" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="562EC09A" w14:textId="77777777">
+        <w:t xml:space="preserve">0,4 g 3 x 1 enligt dosering ovan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562EC09A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0034383D" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034383D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Om hinder för peroral administration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004775B6" w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="1992C347" w14:textId="393C2DB9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1992C347" w14:textId="393C2DB9" w:rsidR="004775B6" w:rsidRPr="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="5A9FC6E2" w14:textId="12CE90B9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5A9FC6E2" w14:textId="12CE90B9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="3E9DBE5E" w14:textId="77777777">
+    <w:p w14:paraId="3E9DBE5E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="006633F1" w:rsidRDefault="007172AF" w14:paraId="154BAA3D" w14:textId="07A4F563">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="154BAA3D" w14:textId="07A4F563" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="006633F1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="006633F1" w:rsidRDefault="007172AF" w14:paraId="449CF610" w14:textId="2AA5AA0F">
+    <w:p w14:paraId="449CF610" w14:textId="2AA5AA0F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="006633F1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 30 minuter före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="54989C74" w14:textId="77777777">
+    <w:p w14:paraId="54989C74" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000512" w:id="313"/>
-[...18 lines deleted...]
-        <w:t>Endoskopisk retrograd koledokoskopi utan gallstas</w:t>
+      <w:bookmarkStart w:id="313" w:name="_Toc256000512"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc256000454"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc454874433"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc454878516"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc454885253"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc256000017"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc256000123"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc256000176"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc485818602"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc256000225"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc487203689"/>
+      <w:bookmarkStart w:id="325" w:name="_Toc256000282"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc256000339"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc256000396"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc526768031"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc98172054"/>
+      <w:bookmarkStart w:id="330" w:name="_Toc161304719"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Endoskopisk retrograd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>koledokoskopi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> utan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>gallstas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="7DB6E368" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7DB6E368" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="6C3F01BE" w14:textId="5EFF4790">
+    <w:p w14:paraId="6C3F01BE" w14:textId="5EFF4790" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000513" w:id="331"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304720" w:id="348"/>
+      <w:bookmarkStart w:id="331" w:name="_Toc256000513"/>
+      <w:bookmarkStart w:id="332" w:name="_Toc256000455"/>
+      <w:bookmarkStart w:id="333" w:name="_Toc454874435"/>
+      <w:bookmarkStart w:id="334" w:name="_Toc454878518"/>
+      <w:bookmarkStart w:id="335" w:name="_Toc454885255"/>
+      <w:bookmarkStart w:id="336" w:name="_Toc256000019"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc256000125"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc256000178"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc485818603"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc256000226"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc487203690"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc256000283"/>
+      <w:bookmarkStart w:id="344" w:name="_Toc256000340"/>
+      <w:bookmarkStart w:id="345" w:name="_Toc256000397"/>
+      <w:bookmarkStart w:id="346" w:name="_Toc526768032"/>
+      <w:bookmarkStart w:id="347" w:name="_Toc98172055"/>
+      <w:bookmarkStart w:id="348" w:name="_Toc161304720"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Akut kolonkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:r w:rsidR="00CE453C">
         <w:t xml:space="preserve"> utan </w:t>
       </w:r>
       <w:r w:rsidR="00163C71">
         <w:t>infektionskomplikation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="348"/>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="034E5312" w14:textId="5E6680D9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="034E5312" w14:textId="5E6680D9" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="4832C4B1" w14:textId="31AE35AF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4832C4B1" w14:textId="31AE35AF" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">10 ml x 1 iv </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="5EB09F14" w14:textId="77777777">
+    <w:p w14:paraId="5EB09F14" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="0EC9A413" w14:textId="1D69F347">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0EC9A413" w14:textId="1D69F347" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="2ADBD52E" w14:textId="0A1ED32A">
+    <w:p w14:paraId="2ADBD52E" w14:textId="0A1ED32A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B4D1A" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="4E8DFDE8" w14:textId="77777777">
+    <w:p w14:paraId="4E8DFDE8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="005B4D1A" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4D1A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="15A132E5" w14:textId="04A6BA98">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="15A132E5" w14:textId="04A6BA98" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="38528FF6" w14:textId="68A82505">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="38528FF6" w14:textId="68A82505" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="5269B2AC" w14:textId="77777777">
+    <w:p w14:paraId="5269B2AC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004775B6" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="43301211" w14:textId="41F31CB8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="43301211" w14:textId="41F31CB8" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="3BF85650" w14:textId="021EA722">
+    <w:p w14:paraId="3BF85650" w14:textId="021EA722" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="004775B6" w:rsidRDefault="007172AF" w14:paraId="41140F22" w14:textId="77777777">
+    <w:p w14:paraId="41140F22" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000514" w:id="349"/>
-[...18 lines deleted...]
-        <w:t>Elektiv kolonkirurgi</w:t>
+      <w:bookmarkStart w:id="349" w:name="_Toc256000514"/>
+      <w:bookmarkStart w:id="350" w:name="_Toc256000456"/>
+      <w:bookmarkStart w:id="351" w:name="_Toc454874436"/>
+      <w:bookmarkStart w:id="352" w:name="_Toc454878519"/>
+      <w:bookmarkStart w:id="353" w:name="_Toc454885256"/>
+      <w:bookmarkStart w:id="354" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:id="355" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="356" w:name="_Toc256000126"/>
+      <w:bookmarkStart w:id="357" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:id="358" w:name="_Toc485818604"/>
+      <w:bookmarkStart w:id="359" w:name="_Toc256000227"/>
+      <w:bookmarkStart w:id="360" w:name="_Toc487203691"/>
+      <w:bookmarkStart w:id="361" w:name="_Toc256000284"/>
+      <w:bookmarkStart w:id="362" w:name="_Toc256000341"/>
+      <w:bookmarkStart w:id="363" w:name="_Toc256000398"/>
+      <w:bookmarkStart w:id="364" w:name="_Toc526768033"/>
+      <w:bookmarkStart w:id="365" w:name="_Toc98172056"/>
+      <w:bookmarkStart w:id="366" w:name="_Toc161304721"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> kolonkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
     </w:p>
-    <w:p w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="4646AF0B" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4646AF0B" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000515" w:id="367"/>
-[...13 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="20B6080C" w14:textId="77777777">
+      <w:bookmarkStart w:id="367" w:name="_Toc256000515"/>
+      <w:bookmarkStart w:id="368" w:name="_Toc256000457"/>
+      <w:bookmarkStart w:id="369" w:name="_Toc485818605"/>
+      <w:bookmarkStart w:id="370" w:name="_Toc256000228"/>
+      <w:bookmarkStart w:id="371" w:name="_Toc487203692"/>
+      <w:bookmarkStart w:id="372" w:name="_Toc256000285"/>
+      <w:bookmarkStart w:id="373" w:name="_Toc256000342"/>
+      <w:bookmarkStart w:id="374" w:name="_Toc256000399"/>
+      <w:bookmarkStart w:id="375" w:name="_Toc526768034"/>
+      <w:bookmarkStart w:id="376" w:name="_Toc98172057"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="20B6080C" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">10 ml x 1 iv </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="025F800B" w14:textId="77777777">
+    <w:p w14:paraId="025F800B" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="24BFC4A5" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="24BFC4A5" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="6BE7AC95" w14:textId="77777777">
+    <w:p w14:paraId="6BE7AC95" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B4D1A" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="31D4BB47" w14:textId="77777777">
+    <w:p w14:paraId="31D4BB47" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="005B4D1A" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4D1A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="4921630A" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4921630A" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="20E16514" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="20E16514" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="01EF8012" w14:textId="77777777">
+    <w:p w14:paraId="01EF8012" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="5C10D0CF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5C10D0CF" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="00713A0B" w:rsidP="00713A0B" w:rsidRDefault="00713A0B" w14:paraId="0C277DBB" w14:textId="77777777">
+    <w:p w14:paraId="0C277DBB" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="36ACB345" w14:textId="77777777">
+    <w:p w14:paraId="36ACB345" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc161304722" w:id="377"/>
+      <w:bookmarkStart w:id="377" w:name="_Toc161304722"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Appendicit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="1A6630DD" w14:textId="77777777">
+    <w:p w14:paraId="1A6630DD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Preoperativ profylax:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE45A1" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="137068A2" w14:textId="31BB3FD1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="137068A2" w14:textId="31BB3FD1" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="5D6D5D1C" w14:textId="6E7ED9A4">
+    <w:p w14:paraId="5D6D5D1C" w14:textId="6E7ED9A4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>1 g x 1 iv 30-60 min före op</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t xml:space="preserve">1 g x 1 iv 30-60 min före </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4F2085FE" w14:textId="4F25B4A8" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="4799D84F" w14:textId="5A6AD2A9">
+    <w:p w14:paraId="4799D84F" w14:textId="5A6AD2A9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">20 mg/kg iv 30-60 min </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>preop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> (&lt;12 år).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="740C2012" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304723" w:id="395"/>
+    <w:p w14:paraId="740C2012" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="378" w:name="_Toc256000516"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc256000458"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc485818606"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc256000229"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc487203693"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc256000286"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc256000343"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc256000400"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc526768035"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc98172058"/>
+      <w:bookmarkStart w:id="388" w:name="_Toc161304723"/>
+      <w:bookmarkStart w:id="389" w:name="_Toc454874437"/>
+      <w:bookmarkStart w:id="390" w:name="_Toc454878520"/>
+      <w:bookmarkStart w:id="391" w:name="_Toc454885257"/>
+      <w:bookmarkStart w:id="392" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="393" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="394" w:name="_Toc256000127"/>
+      <w:bookmarkStart w:id="395" w:name="_Toc256000180"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bröstkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
-      <w:bookmarkEnd w:id="395"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="1037366C" w14:textId="77777777">
+      <w:bookmarkEnd w:id="388"/>
+    </w:p>
+    <w:p w14:paraId="1037366C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000517" w:id="396"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304724" w:id="406"/>
+      <w:bookmarkStart w:id="396" w:name="_Toc256000517"/>
+      <w:bookmarkStart w:id="397" w:name="_Toc256000459"/>
+      <w:bookmarkStart w:id="398" w:name="_Toc485818607"/>
+      <w:bookmarkStart w:id="399" w:name="_Toc256000230"/>
+      <w:bookmarkStart w:id="400" w:name="_Toc487203694"/>
+      <w:bookmarkStart w:id="401" w:name="_Toc256000287"/>
+      <w:bookmarkStart w:id="402" w:name="_Toc256000344"/>
+      <w:bookmarkStart w:id="403" w:name="_Toc256000401"/>
+      <w:bookmarkStart w:id="404" w:name="_Toc526768036"/>
+      <w:bookmarkStart w:id="405" w:name="_Toc98172059"/>
+      <w:bookmarkStart w:id="406" w:name="_Toc161304724"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Profylax ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="312F85A8" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="312F85A8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Sektorresektion med axillutrymning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="07274F42" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="07274F42" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mastektomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> med axillutrymning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="0A18468F" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0A18468F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Reoperation inom 6 veckor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="60579C89" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="60579C89" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kirurgi efter preoperativ kemoterapi (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Neoadjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="1C1D23A4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1C1D23A4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Annan högriskpatient efter individuell bedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="24ED0553" w14:textId="77777777">
+    <w:p w14:paraId="24ED0553" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000518" w:id="407"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304725" w:id="417"/>
+      <w:bookmarkStart w:id="407" w:name="_Toc256000518"/>
+      <w:bookmarkStart w:id="408" w:name="_Toc256000460"/>
+      <w:bookmarkStart w:id="409" w:name="_Toc485818608"/>
+      <w:bookmarkStart w:id="410" w:name="_Toc256000231"/>
+      <w:bookmarkStart w:id="411" w:name="_Toc487203695"/>
+      <w:bookmarkStart w:id="412" w:name="_Toc256000288"/>
+      <w:bookmarkStart w:id="413" w:name="_Toc256000345"/>
+      <w:bookmarkStart w:id="414" w:name="_Toc256000402"/>
+      <w:bookmarkStart w:id="415" w:name="_Toc526768037"/>
+      <w:bookmarkStart w:id="416" w:name="_Toc98172060"/>
+      <w:bookmarkStart w:id="417" w:name="_Toc161304725"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
     </w:p>
-    <w:p w:rsidR="00FE45A1" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="702AD16C" w14:textId="03B3683E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="702AD16C" w14:textId="03B3683E" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="33F20437" w14:textId="487CA09F">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="33F20437" w14:textId="487CA09F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005B4D1A" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="66987B42" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:spacing w:after="40"/>
+    <w:p w14:paraId="68693DD2" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B4D1A">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi vid penicillin</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28758C10" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408B156F" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="32C21213" w14:textId="2794CCDC" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3C3912" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53663D08" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14403F6A" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRPr="00F61C83" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCD815F" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Klindamycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="66987B42" w14:textId="0B28207D" w:rsidR="007172AF" w:rsidRPr="005B4D1A" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
+      <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...9 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="02BD858C" w14:textId="35B10F07">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv ges 30</w:t>
+      </w:r>
+      <w:r w:rsidR="007E00A2">
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BD858C" w14:textId="7E1726AE" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="3BB8F4EC" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="3BB8F4EC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000519" w:id="418"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304726" w:id="428"/>
+      <w:bookmarkStart w:id="418" w:name="_Toc256000519"/>
+      <w:bookmarkStart w:id="419" w:name="_Toc256000461"/>
+      <w:bookmarkStart w:id="420" w:name="_Toc485818609"/>
+      <w:bookmarkStart w:id="421" w:name="_Toc256000233"/>
+      <w:bookmarkStart w:id="422" w:name="_Toc487203696"/>
+      <w:bookmarkStart w:id="423" w:name="_Toc256000290"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc256000347"/>
+      <w:bookmarkStart w:id="425" w:name="_Toc256000404"/>
+      <w:bookmarkStart w:id="426" w:name="_Toc526768038"/>
+      <w:bookmarkStart w:id="427" w:name="_Toc98172061"/>
+      <w:bookmarkStart w:id="428" w:name="_Toc161304726"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="4198C9E5" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4198C9E5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Lokal excision</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="1D861D9A" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1D861D9A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sektorresektion </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FE45A1" w:rsidRDefault="007172AF" w14:paraId="3D2A5465" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="3D2A5465" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sektorresektion med biopsi av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>sentinel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>node</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SN)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0071702D" w:rsidRDefault="007172AF" w14:paraId="1BF46A0E" w14:textId="77777777">
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304727" w:id="439"/>
+    <w:p w14:paraId="1BF46A0E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0071702D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="429" w:name="_Toc256000520"/>
+      <w:bookmarkStart w:id="430" w:name="_Toc256000462"/>
+      <w:bookmarkStart w:id="431" w:name="_Toc485818610"/>
+      <w:bookmarkStart w:id="432" w:name="_Toc256000234"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc487203697"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc256000291"/>
+      <w:bookmarkStart w:id="435" w:name="_Toc256000348"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc256000405"/>
+      <w:bookmarkStart w:id="437" w:name="_Toc526768039"/>
+      <w:bookmarkStart w:id="438" w:name="_Toc98172062"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc161304727"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Gynekologi och obstetrik</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
+      <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
       <w:bookmarkEnd w:id="439"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="0A9559E1" w14:textId="77777777">
+    <w:p w14:paraId="0A9559E1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000521" w:id="440"/>
-[...18 lines deleted...]
-        <w:t>Hysterektomi (abdominal och transvaginal)</w:t>
+      <w:bookmarkStart w:id="440" w:name="_Toc256000521"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc256000463"/>
+      <w:bookmarkStart w:id="442" w:name="_Toc454874438"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc454878521"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc454885258"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc256000128"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc256000181"/>
+      <w:bookmarkStart w:id="449" w:name="_Toc485818611"/>
+      <w:bookmarkStart w:id="450" w:name="_Toc256000235"/>
+      <w:bookmarkStart w:id="451" w:name="_Toc487203698"/>
+      <w:bookmarkStart w:id="452" w:name="_Toc256000292"/>
+      <w:bookmarkStart w:id="453" w:name="_Toc256000349"/>
+      <w:bookmarkStart w:id="454" w:name="_Toc256000406"/>
+      <w:bookmarkStart w:id="455" w:name="_Toc526768040"/>
+      <w:bookmarkStart w:id="456" w:name="_Toc98172063"/>
+      <w:bookmarkStart w:id="457" w:name="_Toc161304728"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Hysterektomi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> (abdominal och transvaginal)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
     </w:p>
-    <w:p w:rsidR="0071702D" w:rsidP="005B4D1A" w:rsidRDefault="007172AF" w14:paraId="6AA52955" w14:textId="61E7611C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6AA52955" w14:textId="61E7611C" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="1EA5C875" w14:textId="19158BE9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1EA5C875" w14:textId="19158BE9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>160/800 mg x 1 po</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="5908016D" w14:textId="77777777">
+        <w:t xml:space="preserve">160/800 mg x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5908016D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071702D" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="05A7F595" w14:textId="3D964B82">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="05A7F595" w14:textId="3D964B82" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="232B9308" w14:textId="50179594">
+    <w:p w14:paraId="232B9308" w14:textId="50179594" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
-        <w:t>400 mg 3 x 1 po</w:t>
-      </w:r>
+        <w:t xml:space="preserve">400 mg 3 x 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>po</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0071702D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0071017C" w:rsidR="007172AF" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="59B46AFA" w14:textId="77777777">
+    <w:p w14:paraId="59B46AFA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0071017C" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071017C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071702D" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="1ECBC6BC" w14:textId="49DB97E3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1ECBC6BC" w14:textId="49DB97E3" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="7978E730" w14:textId="33D21DBE">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7978E730" w14:textId="33D21DBE" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="2E4A0BA2" w14:textId="77777777">
+    <w:p w14:paraId="2E4A0BA2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071702D" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="6688B139" w14:textId="354273A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6688B139" w14:textId="354273A5" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="69AD0E9B" w14:textId="248521A2">
+    <w:p w14:paraId="69AD0E9B" w14:textId="248521A2" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r w:rsidR="00323AB4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0071702D" w:rsidRDefault="007172AF" w14:paraId="2F163876" w14:textId="77777777">
+    <w:p w14:paraId="2F163876" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0071702D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000522" w:id="458"/>
-[...18 lines deleted...]
-        <w:t>Uretrocystopexi och bäckenbottenplastik</w:t>
+      <w:bookmarkStart w:id="458" w:name="_Toc256000522"/>
+      <w:bookmarkStart w:id="459" w:name="_Toc256000464"/>
+      <w:bookmarkStart w:id="460" w:name="_Toc454874439"/>
+      <w:bookmarkStart w:id="461" w:name="_Toc454878522"/>
+      <w:bookmarkStart w:id="462" w:name="_Toc454885259"/>
+      <w:bookmarkStart w:id="463" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="464" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="465" w:name="_Toc256000129"/>
+      <w:bookmarkStart w:id="466" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:id="467" w:name="_Toc485818612"/>
+      <w:bookmarkStart w:id="468" w:name="_Toc256000236"/>
+      <w:bookmarkStart w:id="469" w:name="_Toc487203699"/>
+      <w:bookmarkStart w:id="470" w:name="_Toc256000293"/>
+      <w:bookmarkStart w:id="471" w:name="_Toc256000350"/>
+      <w:bookmarkStart w:id="472" w:name="_Toc256000407"/>
+      <w:bookmarkStart w:id="473" w:name="_Toc526768041"/>
+      <w:bookmarkStart w:id="474" w:name="_Toc98172064"/>
+      <w:bookmarkStart w:id="475" w:name="_Toc161304729"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Uretrocystopexi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> och bäckenbottenplastik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="458"/>
       <w:bookmarkEnd w:id="459"/>
       <w:bookmarkEnd w:id="460"/>
       <w:bookmarkEnd w:id="461"/>
       <w:bookmarkEnd w:id="462"/>
       <w:bookmarkEnd w:id="463"/>
       <w:bookmarkEnd w:id="464"/>
       <w:bookmarkEnd w:id="465"/>
       <w:bookmarkEnd w:id="466"/>
       <w:bookmarkEnd w:id="467"/>
       <w:bookmarkEnd w:id="468"/>
       <w:bookmarkEnd w:id="469"/>
       <w:bookmarkEnd w:id="470"/>
       <w:bookmarkEnd w:id="471"/>
       <w:bookmarkEnd w:id="472"/>
       <w:bookmarkEnd w:id="473"/>
       <w:bookmarkEnd w:id="474"/>
       <w:bookmarkEnd w:id="475"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="0280CCC8" w14:textId="77777777">
+    <w:p w14:paraId="0280CCC8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:r w:rsidRPr="007172AF">
         <w:t>Dokumentation saknas och profylax ges i allmänhet inte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="223CB3D4" w14:textId="77777777">
+    <w:p w14:paraId="223CB3D4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Akut_sectio" w:id="476"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304730" w:id="494"/>
+      <w:bookmarkStart w:id="476" w:name="_Akut_sectio"/>
+      <w:bookmarkStart w:id="477" w:name="_Toc256000523"/>
+      <w:bookmarkStart w:id="478" w:name="_Toc256000465"/>
+      <w:bookmarkStart w:id="479" w:name="_Toc454874440"/>
+      <w:bookmarkStart w:id="480" w:name="_Toc454878523"/>
+      <w:bookmarkStart w:id="481" w:name="_Toc454885260"/>
+      <w:bookmarkStart w:id="482" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="483" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="484" w:name="_Toc256000130"/>
+      <w:bookmarkStart w:id="485" w:name="_Toc256000183"/>
+      <w:bookmarkStart w:id="486" w:name="_Toc485818613"/>
+      <w:bookmarkStart w:id="487" w:name="_Toc256000237"/>
+      <w:bookmarkStart w:id="488" w:name="_Toc487203700"/>
+      <w:bookmarkStart w:id="489" w:name="_Toc256000294"/>
+      <w:bookmarkStart w:id="490" w:name="_Toc256000351"/>
+      <w:bookmarkStart w:id="491" w:name="_Toc256000408"/>
+      <w:bookmarkStart w:id="492" w:name="_Toc526768042"/>
+      <w:bookmarkStart w:id="493" w:name="_Toc98172065"/>
+      <w:bookmarkStart w:id="494" w:name="_Toc161304730"/>
       <w:bookmarkEnd w:id="476"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Akut och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>elektivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sectio</w:t>
       </w:r>
       <w:bookmarkEnd w:id="477"/>
       <w:bookmarkEnd w:id="478"/>
       <w:bookmarkEnd w:id="479"/>
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00323AB4" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="1DA96E3F" w14:textId="5F4DD8F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="1DA96E3F" w14:textId="5F4DD8F8" w:rsidR="00323AB4" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Doktacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="0F67459D" w14:textId="7B7CB2F2">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0F67459D" w14:textId="7B7CB2F2" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00323AB4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>peroperativt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> efter att</w:t>
       </w:r>
       <w:r w:rsidR="00323AB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>barnet hämtats ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00323AB4" w:rsidRDefault="007172AF" w14:paraId="07E65FE5" w14:textId="77777777">
-[...36 lines deleted...]
-        <w:pStyle w:val="Normalmedindrag"/>
+    <w:p w14:paraId="4D6978AF" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF2DBA">
+      <w:bookmarkStart w:id="495" w:name="_Toc256000524"/>
+      <w:bookmarkStart w:id="496" w:name="_Toc256000466"/>
+      <w:bookmarkStart w:id="497" w:name="_Toc454874441"/>
+      <w:bookmarkStart w:id="498" w:name="_Toc454878524"/>
+      <w:bookmarkStart w:id="499" w:name="_Toc454885261"/>
+      <w:bookmarkStart w:id="500" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="501" w:name="_Toc256000078"/>
+      <w:bookmarkStart w:id="502" w:name="_Toc256000131"/>
+      <w:bookmarkStart w:id="503" w:name="_Toc256000184"/>
+      <w:bookmarkStart w:id="504" w:name="_Toc485818614"/>
+      <w:bookmarkStart w:id="505" w:name="_Toc256000238"/>
+      <w:bookmarkStart w:id="506" w:name="_Toc487203701"/>
+      <w:bookmarkStart w:id="507" w:name="_Toc256000295"/>
+      <w:bookmarkStart w:id="508" w:name="_Toc256000352"/>
+      <w:bookmarkStart w:id="509" w:name="_Toc256000409"/>
+      <w:bookmarkStart w:id="510" w:name="_Toc526768043"/>
+      <w:bookmarkStart w:id="511" w:name="_Toc98172066"/>
+      <w:bookmarkStart w:id="512" w:name="_Toc161304731"/>
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid penicillinallergi med anafylaxi</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6247A904" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722BD751" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="16F0289A" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26A11">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Dosen upprepas efter 6 timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16525E42" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F6DA4C" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49218B06" w14:textId="77777777" w:rsidR="00F14176" w:rsidRPr="00F61C83" w:rsidRDefault="00F14176" w:rsidP="00F14176">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285E5F5A" w14:textId="77777777" w:rsidR="009B06A0" w:rsidRPr="009B06A0" w:rsidRDefault="00F14176">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B06A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...11 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="407E7E04" w14:textId="63C9833F">
+    </w:p>
+    <w:p w14:paraId="6BC94C3D" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="00F14176" w:rsidP="00EF58C2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="992"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv ges 30</w:t>
+      </w:r>
+      <w:r w:rsidR="009B06A0">
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B99671" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="00F14176" w:rsidP="00EF58C2">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="992"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>Dosen upprepas efter 6 timmar</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D8D30D" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="003B795D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407E7E04" w14:textId="64A7017B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="003B795D" w:rsidP="003B795D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000524" w:id="495"/>
-[...18 lines deleted...]
-        <w:t>GBS (Grupp B Streptokocker)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Streptockocckus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dysgalactiae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B6C0A">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
+        <w:t>GBS</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6C0A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
+        <w:t>Grupp B Streptokocker)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
       <w:bookmarkEnd w:id="510"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="4FB527D5" w14:textId="77777777">
+    <w:p w14:paraId="4FB527D5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:r w:rsidRPr="007172AF">
         <w:t>Profylax mot neonatal GBS-infektion ges till kvinnor som uppfyller minst ett av nedanstående kriterier:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="73C6020C" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="73C6020C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Vattenavgång sedan mer än 18 timmar och etablerat värkarbete.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="0E49873D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0E49873D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Feber mer än 38</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>C*</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="35D5F2D2" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="35D5F2D2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Förlossning t o m graviditetsvecka 36+6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="6BD13CF3" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6BD13CF3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Känd GBS-bärare</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DF2DBA" w:rsidRDefault="007172AF" w14:paraId="551C2E3D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="551C2E3D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Tidigare anamnes med neonatal GBS-infektion</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A71BD" w:rsidP="001A71BD" w:rsidRDefault="007172AF" w14:paraId="62D3695A" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="0071017C" w:rsidRDefault="00C50A55" w14:paraId="3526ACA8" w14:textId="30520F09">
+    <w:p w14:paraId="62D3695A" w14:textId="77777777" w:rsidR="001A71BD" w:rsidRDefault="007172AF" w:rsidP="001A71BD">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Tidigare missfall eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>intrauterin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> fosterdöd med GBS som trolig orsak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3526ACA8" w14:textId="722D7386" w:rsidR="007172AF" w:rsidRPr="00EB5412" w:rsidRDefault="00EB5412" w:rsidP="0071017C">
       <w:pPr>
         <w:spacing w:after="40"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5412">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Antibiotikaval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506CC8F1" w14:textId="1C4AE670" w:rsidR="00DF2DBA" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001A71BD" w:rsidRDefault="007172AF" w14:paraId="27BA8259" w14:textId="053153E9">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="27BA8259" w14:textId="053153E9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001A71BD">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g x 4 iv under hela förlossningen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0071017C" w:rsidR="007172AF" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="39275797" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:spacing w:after="40"/>
+    <w:p w14:paraId="18E0FC6E" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071017C">
+      <w:bookmarkStart w:id="513" w:name="_Toc256000525"/>
+      <w:bookmarkStart w:id="514" w:name="_Toc98172067"/>
+      <w:bookmarkStart w:id="515" w:name="_Toc161304732"/>
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A40C974" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727D112C" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4308C15E" w14:textId="0BAA6043" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5412">
+        <w:t>x3 under hela förlossningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EEFAB5" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0814B724" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC29B33" w14:textId="77777777" w:rsidR="00871957" w:rsidRPr="00F61C83" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC8B311" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...29 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FA53C3" w:rsidRDefault="007172AF" w14:paraId="6BA8BEF0" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="63B17B71" w14:textId="119CEC5C" w:rsidR="009F14F5" w:rsidRPr="009F14F5" w:rsidRDefault="00871957" w:rsidP="004F5FF8">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="992"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F14F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0,6 g </w:t>
+      </w:r>
+      <w:r w:rsidR="009F14F5" w:rsidRPr="009F14F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>iv x 3 under hela förlossningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA8BEF0" w14:textId="3B987AF2" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00871957">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000525" w:id="513"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304732" w:id="515"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Perineala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> bristningar</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc256000467" w:id="516"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Toc526768044" w:id="530"/>
+      <w:bookmarkStart w:id="516" w:name="_Toc256000467"/>
+      <w:bookmarkStart w:id="517" w:name="_Toc454874442"/>
+      <w:bookmarkStart w:id="518" w:name="_Toc454878525"/>
+      <w:bookmarkStart w:id="519" w:name="_Toc454885262"/>
+      <w:bookmarkStart w:id="520" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="521" w:name="_Toc256000079"/>
+      <w:bookmarkStart w:id="522" w:name="_Toc256000132"/>
+      <w:bookmarkStart w:id="523" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:id="524" w:name="_Toc485818615"/>
+      <w:bookmarkStart w:id="525" w:name="_Toc256000239"/>
+      <w:bookmarkStart w:id="526" w:name="_Toc487203702"/>
+      <w:bookmarkStart w:id="527" w:name="_Toc256000296"/>
+      <w:bookmarkStart w:id="528" w:name="_Toc256000353"/>
+      <w:bookmarkStart w:id="529" w:name="_Toc256000410"/>
+      <w:bookmarkStart w:id="530" w:name="_Toc526768044"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B4064F" w:rsidRDefault="007172AF" w14:paraId="43B2003D" w14:textId="77777777">
+    <w:p w14:paraId="43B2003D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Primär suturering vid bristning grad 3-4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B4064F" w:rsidP="0071017C" w:rsidRDefault="007172AF" w14:paraId="206D7F00" w14:textId="4FEEAF19">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="206D7F00" w14:textId="4FEEAF19" w:rsidR="00B4064F" w:rsidRDefault="007172AF" w:rsidP="0071017C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B4064F" w:rsidRDefault="007172AF" w14:paraId="1EBFF22A" w14:textId="5297B0FB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Piperacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>tazobactam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1EBFF22A" w14:textId="5297B0FB" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>4 g iv som engångsdos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0071017C" w:rsidR="007172AF" w:rsidP="00E70445" w:rsidRDefault="007172AF" w14:paraId="44B9EC1B" w14:textId="77777777">
-[...3 lines deleted...]
-        <w:spacing w:after="40"/>
+    <w:p w14:paraId="4385265E" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071017C">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...55 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00B4064F" w:rsidRDefault="007172AF" w14:paraId="2A243DD8" w14:textId="77777777">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661DB764" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D116FF7" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="41011B24" w14:textId="7F1A30BE" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv </w:t>
+      </w:r>
+      <w:r>
+        <w:t>som engångsdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C91D0E7" w14:textId="0B2C773D" w:rsidR="00D22D0B" w:rsidRDefault="00D22D0B" w:rsidP="00D22D0B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12444E95" w14:textId="107F62A6" w:rsidR="00D22D0B" w:rsidRDefault="00D22D0B" w:rsidP="002508DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Metronidazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CE574A" w14:textId="2228E802" w:rsidR="002508DD" w:rsidRDefault="00E03063" w:rsidP="002508DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5 gx1 som engångsdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="627B07B2" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24E32CC7" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A39A476" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRPr="00F61C83" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5067185C" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRPr="009B06A0" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B06A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Klindamycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1E1E64EE" w14:textId="25315F26" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:ind w:left="992"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve">0,6 g iv </w:t>
+      </w:r>
+      <w:r w:rsidR="00914D2C">
+        <w:t>som engångsdos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A243DD8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Sekundär suturering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="4B65498E" w14:textId="77777777">
+    <w:p w14:paraId="4B65498E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:r w:rsidRPr="007172AF">
         <w:t>Behandling påbörjas någon dag före suturering om etablerad infektion</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00783889" w:rsidP="00821484" w:rsidRDefault="007172AF" w14:paraId="736FB927" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="736FB927" w14:textId="77777777" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00821484">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amoxicillin-clavulansyra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="07C3AE5F" w14:textId="3C1B5E53">
+    <w:p w14:paraId="07C3AE5F" w14:textId="3C1B5E53" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>500</w:t>
       </w:r>
       <w:r w:rsidR="00783889">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">mg x3 per os i 7 dagar </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="7905278F" w14:textId="77777777">
+    <w:p w14:paraId="7905278F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00783889" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="5E5FD493" w14:textId="746FAB3A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5E5FD493" w14:textId="746FAB3A" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="55CB89DD" w14:textId="201EF313">
+    <w:p w14:paraId="55CB89DD" w14:textId="201EF313" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>500 mgx3 per os i 7 dagar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B84262" w:rsidR="007172AF" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="7C74D94B" w14:textId="77777777">
+    <w:p w14:paraId="7C74D94B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00B84262" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84262">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00783889" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="2CE5BF49" w14:textId="1AD7AE71">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2CE5BF49" w14:textId="1AD7AE71" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="29C115AC" w14:textId="1D6AFFD8">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="29C115AC" w14:textId="1D6AFFD8" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>300 mgx2 per os i 7 dagar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00783889" w:rsidRDefault="007172AF" w14:paraId="6F693209" w14:textId="5F4BD2AE">
+    <w:p w14:paraId="6F693209" w14:textId="5F4BD2AE" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00783889" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="59495DCB" w14:textId="7ADE4ECD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="59495DCB" w14:textId="7ADE4ECD" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00FB25E0" w:rsidRDefault="007172AF" w14:paraId="31B17935" w14:textId="37A81840">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Trimetoprim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>sulfametoxazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="31B17935" w14:textId="37A81840" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FB25E0">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>160/800 mg x 2 per os i 7 dagar</w:t>
       </w:r>
       <w:r w:rsidR="00FB25E0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="0083BC80" w14:textId="77777777">
+    <w:p w14:paraId="0083BC80" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000526" w:id="531"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304733" w:id="533"/>
+      <w:bookmarkStart w:id="531" w:name="_Toc256000526"/>
+      <w:bookmarkStart w:id="532" w:name="_Toc98172068"/>
+      <w:bookmarkStart w:id="533" w:name="_Toc161304733"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Dokumentation för nytta med profylax saknas vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="58E33099" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="58E33099" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Inkontinens- och prolapskirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="1ECC3CF8" w14:textId="77777777">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1ECC3CF8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Laparoskopisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> kirurgi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4BBDCD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Konisering</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="20BD34CC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Manuell placentalösning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="159F28FD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="159F28FD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Abort</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="15F43234" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="15F43234" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Spiralinsättning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="5436A285" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5436A285" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Sterilisering</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="4F05B9E8" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4F05B9E8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Instrumentella förlossningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00497E39" w:rsidRDefault="007172AF" w14:paraId="29B9E135" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304734" w:id="551"/>
+    <w:p w14:paraId="065551BA" w14:textId="77777777" w:rsidR="00165617" w:rsidRDefault="00165617">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="534" w:name="_Toc256000527"/>
+      <w:bookmarkStart w:id="535" w:name="_Toc256000468"/>
+      <w:bookmarkStart w:id="536" w:name="_Toc454874443"/>
+      <w:bookmarkStart w:id="537" w:name="_Toc454878526"/>
+      <w:bookmarkStart w:id="538" w:name="_Toc454885263"/>
+      <w:bookmarkStart w:id="539" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="540" w:name="_Toc256000080"/>
+      <w:bookmarkStart w:id="541" w:name="_Toc256000133"/>
+      <w:bookmarkStart w:id="542" w:name="_Toc256000186"/>
+      <w:bookmarkStart w:id="543" w:name="_Toc485818616"/>
+      <w:bookmarkStart w:id="544" w:name="_Toc256000240"/>
+      <w:bookmarkStart w:id="545" w:name="_Toc487203703"/>
+      <w:bookmarkStart w:id="546" w:name="_Toc256000297"/>
+      <w:bookmarkStart w:id="547" w:name="_Toc256000354"/>
+      <w:bookmarkStart w:id="548" w:name="_Toc256000411"/>
+      <w:bookmarkStart w:id="549" w:name="_Toc526768045"/>
+      <w:bookmarkStart w:id="550" w:name="_Toc98172069"/>
+      <w:bookmarkStart w:id="551" w:name="_Toc161304734"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B9E135" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ortopedi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
       <w:bookmarkEnd w:id="536"/>
       <w:bookmarkEnd w:id="537"/>
       <w:bookmarkEnd w:id="538"/>
       <w:bookmarkEnd w:id="539"/>
       <w:bookmarkEnd w:id="540"/>
       <w:bookmarkEnd w:id="541"/>
       <w:bookmarkEnd w:id="542"/>
       <w:bookmarkEnd w:id="543"/>
       <w:bookmarkEnd w:id="544"/>
       <w:bookmarkEnd w:id="545"/>
       <w:bookmarkEnd w:id="546"/>
       <w:bookmarkEnd w:id="547"/>
       <w:bookmarkEnd w:id="548"/>
       <w:bookmarkEnd w:id="549"/>
       <w:bookmarkEnd w:id="550"/>
       <w:bookmarkEnd w:id="551"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="5B01859E" w14:textId="77777777">
+    <w:p w14:paraId="5B01859E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000528" w:id="552"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304735" w:id="569"/>
+      <w:bookmarkStart w:id="552" w:name="_Toc256000528"/>
+      <w:bookmarkStart w:id="553" w:name="_Toc256000469"/>
+      <w:bookmarkStart w:id="554" w:name="_Toc454874444"/>
+      <w:bookmarkStart w:id="555" w:name="_Toc454878527"/>
+      <w:bookmarkStart w:id="556" w:name="_Toc454885264"/>
+      <w:bookmarkStart w:id="557" w:name="_Toc256000028"/>
+      <w:bookmarkStart w:id="558" w:name="_Toc256000081"/>
+      <w:bookmarkStart w:id="559" w:name="_Toc256000134"/>
+      <w:bookmarkStart w:id="560" w:name="_Toc256000187"/>
+      <w:bookmarkStart w:id="561" w:name="_Toc485818617"/>
+      <w:bookmarkStart w:id="562" w:name="_Toc256000241"/>
+      <w:bookmarkStart w:id="563" w:name="_Toc487203704"/>
+      <w:bookmarkStart w:id="564" w:name="_Toc256000298"/>
+      <w:bookmarkStart w:id="565" w:name="_Toc256000355"/>
+      <w:bookmarkStart w:id="566" w:name="_Toc256000412"/>
+      <w:bookmarkStart w:id="567" w:name="_Toc526768046"/>
+      <w:bookmarkStart w:id="568" w:name="_Toc98172070"/>
+      <w:bookmarkStart w:id="569" w:name="_Toc161304735"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ledplastik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="552"/>
       <w:bookmarkEnd w:id="553"/>
       <w:bookmarkEnd w:id="554"/>
       <w:bookmarkEnd w:id="555"/>
       <w:bookmarkEnd w:id="556"/>
       <w:bookmarkEnd w:id="557"/>
       <w:bookmarkEnd w:id="558"/>
       <w:bookmarkEnd w:id="559"/>
       <w:bookmarkEnd w:id="560"/>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
     </w:p>
-    <w:p w:rsidR="002904C7" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="0BC8895D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0BC8895D" w14:textId="77777777" w:rsidR="002904C7" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Gentamycin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005C4099" w:rsidRDefault="007172AF" w14:paraId="646FF6A8" w14:textId="07CAD7E1">
+    <w:p w14:paraId="646FF6A8" w14:textId="07CAD7E1" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>i cement till alla</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002904C7" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="6EF2E876" w14:textId="68BFA700">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6EF2E876" w14:textId="68BFA700" w:rsidR="002904C7" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005C4099" w:rsidRDefault="007172AF" w14:paraId="36567954" w14:textId="5BFF0DC1">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="36567954" w14:textId="5BFF0DC1" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv 30 minuter före op.</w:t>
       </w:r>
       <w:r w:rsidR="002904C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="007172AF">
         <w:t>Dos upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B84262" w:rsidR="007172AF" w:rsidP="009953B1" w:rsidRDefault="007172AF" w14:paraId="2E794D61" w14:textId="77777777">
-      <w:pPr>
+    <w:p w14:paraId="44E5358E" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRPr="007172AF" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Preparatval och dosering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28445371" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B02B7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Kloxacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6041DB22" w14:textId="43D38941" w:rsidR="007D2E69" w:rsidRPr="007B02B7" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:pStyle w:val="Normalmedindrag"/>
+        <w:keepNext/>
+        <w:keepLines/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>2 g iv ges 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00165617">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF712F">
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t xml:space="preserve"> minuter före op.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59809352" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B84262">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A0A72D" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123A42E4" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6024DAA0" w14:textId="57F82AC5" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7442">
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25561">
+        <w:t xml:space="preserve">Dosen upprepas efter </w:t>
+      </w:r>
+      <w:r w:rsidR="00B410EB" w:rsidRPr="00A25561">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25561">
+        <w:t xml:space="preserve"> timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E41601" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492CCABA" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566A1B69" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRPr="00F61C83" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAA6848" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005C4099" w:rsidRDefault="007172AF" w14:paraId="7E9A4F1C" w14:textId="716E3546">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="076F6388" w14:textId="714B898B" w:rsidR="007D2E69" w:rsidRPr="005D0CF9" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...21 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="005C4099" w:rsidRDefault="007172AF" w14:paraId="00D9F351" w14:textId="77777777">
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv ges 30</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1081">
+        <w:t>-45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve">Dosen upprepas efter </w:t>
+      </w:r>
+      <w:r w:rsidR="00477F7F">
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve">timmar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D9F351" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000529" w:id="570"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304736" w:id="587"/>
+      <w:bookmarkStart w:id="570" w:name="_Toc256000529"/>
+      <w:bookmarkStart w:id="571" w:name="_Toc256000470"/>
+      <w:bookmarkStart w:id="572" w:name="_Toc454874445"/>
+      <w:bookmarkStart w:id="573" w:name="_Toc454878528"/>
+      <w:bookmarkStart w:id="574" w:name="_Toc454885265"/>
+      <w:bookmarkStart w:id="575" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="576" w:name="_Toc256000082"/>
+      <w:bookmarkStart w:id="577" w:name="_Toc256000135"/>
+      <w:bookmarkStart w:id="578" w:name="_Toc256000188"/>
+      <w:bookmarkStart w:id="579" w:name="_Toc485818618"/>
+      <w:bookmarkStart w:id="580" w:name="_Toc256000242"/>
+      <w:bookmarkStart w:id="581" w:name="_Toc487203705"/>
+      <w:bookmarkStart w:id="582" w:name="_Toc256000299"/>
+      <w:bookmarkStart w:id="583" w:name="_Toc256000356"/>
+      <w:bookmarkStart w:id="584" w:name="_Toc256000413"/>
+      <w:bookmarkStart w:id="585" w:name="_Toc526768047"/>
+      <w:bookmarkStart w:id="586" w:name="_Toc98172071"/>
+      <w:bookmarkStart w:id="587" w:name="_Toc161304736"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Slutna frakturer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
       <w:bookmarkEnd w:id="576"/>
       <w:bookmarkEnd w:id="577"/>
       <w:bookmarkEnd w:id="578"/>
       <w:bookmarkEnd w:id="579"/>
       <w:bookmarkEnd w:id="580"/>
       <w:bookmarkEnd w:id="581"/>
       <w:bookmarkEnd w:id="582"/>
       <w:bookmarkEnd w:id="583"/>
       <w:bookmarkEnd w:id="584"/>
       <w:bookmarkEnd w:id="585"/>
       <w:bookmarkEnd w:id="586"/>
       <w:bookmarkEnd w:id="587"/>
     </w:p>
-    <w:p w:rsidR="005C4099" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="751B75F0" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="751B75F0" w14:textId="77777777" w:rsidR="005C4099" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="005C4099" w:rsidR="007172AF" w:rsidP="005C4099" w:rsidRDefault="007172AF" w14:paraId="44580D91" w14:textId="79886570">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Kloxacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44580D91" w14:textId="49D075CC" w:rsidR="007172AF" w:rsidRPr="005C4099" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005C4099">
-        <w:t>2 g iv 30 min före op. Dos upprepas efter 2 och 6 timmar.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>2 g iv 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4770F">
+        <w:t>-60 min</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4099">
+        <w:t xml:space="preserve"> före op. Dos upprepas efter 2 och 6 timmar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D43EAED" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="007172AF" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Preparatval och dosering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11985B72" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B02B7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Kloxacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1CF8D39F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="007B02B7" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="Normalmedindrag"/>
+        <w:keepNext/>
+        <w:keepLines/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>2 g iv ges 30 minuter före op.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DB3EE0" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2E1D">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4607CF1F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A1B77F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3B0957CE" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F26A11">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Dosen upprepas efter 6 timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707A5D6A" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215E94B6" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447BBE7E" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="00F61C83" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A47C056" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DB2E1D" w:rsidRDefault="007172AF" w14:paraId="777A718B" w14:textId="1CA4820D">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0DAA97E9" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="005D0CF9" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...9 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="2F62C920" w14:textId="77777777">
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv ges 30 minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve">Dosen upprepas efter 6 timmar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F62C920" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000530" w:id="588"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304737" w:id="605"/>
+      <w:bookmarkStart w:id="588" w:name="_Toc256000530"/>
+      <w:bookmarkStart w:id="589" w:name="_Toc256000471"/>
+      <w:bookmarkStart w:id="590" w:name="_Toc454874446"/>
+      <w:bookmarkStart w:id="591" w:name="_Toc454878529"/>
+      <w:bookmarkStart w:id="592" w:name="_Toc454885266"/>
+      <w:bookmarkStart w:id="593" w:name="_Toc256000030"/>
+      <w:bookmarkStart w:id="594" w:name="_Toc256000083"/>
+      <w:bookmarkStart w:id="595" w:name="_Toc256000136"/>
+      <w:bookmarkStart w:id="596" w:name="_Toc256000189"/>
+      <w:bookmarkStart w:id="597" w:name="_Toc485818619"/>
+      <w:bookmarkStart w:id="598" w:name="_Toc256000243"/>
+      <w:bookmarkStart w:id="599" w:name="_Toc487203706"/>
+      <w:bookmarkStart w:id="600" w:name="_Toc256000300"/>
+      <w:bookmarkStart w:id="601" w:name="_Toc256000357"/>
+      <w:bookmarkStart w:id="602" w:name="_Toc256000414"/>
+      <w:bookmarkStart w:id="603" w:name="_Toc526768048"/>
+      <w:bookmarkStart w:id="604" w:name="_Toc98172072"/>
+      <w:bookmarkStart w:id="605" w:name="_Toc161304737"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Öppna frakturer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="588"/>
       <w:bookmarkEnd w:id="589"/>
       <w:bookmarkEnd w:id="590"/>
       <w:bookmarkEnd w:id="591"/>
       <w:bookmarkEnd w:id="592"/>
       <w:bookmarkEnd w:id="593"/>
       <w:bookmarkEnd w:id="594"/>
       <w:bookmarkEnd w:id="595"/>
       <w:bookmarkEnd w:id="596"/>
       <w:bookmarkEnd w:id="597"/>
       <w:bookmarkEnd w:id="598"/>
       <w:bookmarkEnd w:id="599"/>
       <w:bookmarkEnd w:id="600"/>
       <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
       <w:bookmarkEnd w:id="603"/>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
     </w:p>
-    <w:p w:rsidR="00DB2E1D" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="54DB4279" w14:textId="1D54C0D9">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="54DB4279" w14:textId="1D54C0D9" w:rsidR="00DB2E1D" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="7BCA97BB" w14:textId="4D3EBCE4">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BCA97BB" w14:textId="4D3EBCE4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 4 iv under ett dygn. Påbörjas vid första bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DB2E1D" w:rsidR="007172AF" w:rsidP="00DB2E1D" w:rsidRDefault="007172AF" w14:paraId="262BC93C" w14:textId="77777777">
-      <w:pPr>
+    <w:p w14:paraId="2BB36626" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2E1D">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6299A5" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAD209E" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="45C9006D" w14:textId="1F18AB6A" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3E48">
+        <w:t>x3 iv</w:t>
+      </w:r>
+      <w:r w:rsidR="0053207C">
+        <w:t xml:space="preserve"> under ett dygn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2223D3" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C52167" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609F5EC2" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="00F61C83" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D031982" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DB2E1D" w:rsidRDefault="007172AF" w14:paraId="78D3D6A3" w14:textId="367E62C3">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5AF672AE" w14:textId="232D86C0" w:rsidR="00E4770F" w:rsidRPr="005D0CF9" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...9 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="71DE353B" w14:textId="77777777">
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv</w:t>
+      </w:r>
+      <w:r w:rsidR="000917F4">
+        <w:t>x3 under ett dygn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5CE8">
+        <w:t xml:space="preserve"> Påbörjas vid första bedömning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DE353B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000531" w:id="606"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304738" w:id="623"/>
+      <w:bookmarkStart w:id="606" w:name="_Toc256000531"/>
+      <w:bookmarkStart w:id="607" w:name="_Toc256000472"/>
+      <w:bookmarkStart w:id="608" w:name="_Toc454874447"/>
+      <w:bookmarkStart w:id="609" w:name="_Toc454878530"/>
+      <w:bookmarkStart w:id="610" w:name="_Toc454885267"/>
+      <w:bookmarkStart w:id="611" w:name="_Toc256000031"/>
+      <w:bookmarkStart w:id="612" w:name="_Toc256000084"/>
+      <w:bookmarkStart w:id="613" w:name="_Toc256000137"/>
+      <w:bookmarkStart w:id="614" w:name="_Toc256000190"/>
+      <w:bookmarkStart w:id="615" w:name="_Toc485818620"/>
+      <w:bookmarkStart w:id="616" w:name="_Toc256000244"/>
+      <w:bookmarkStart w:id="617" w:name="_Toc487203707"/>
+      <w:bookmarkStart w:id="618" w:name="_Toc256000301"/>
+      <w:bookmarkStart w:id="619" w:name="_Toc256000358"/>
+      <w:bookmarkStart w:id="620" w:name="_Toc256000415"/>
+      <w:bookmarkStart w:id="621" w:name="_Toc526768049"/>
+      <w:bookmarkStart w:id="622" w:name="_Toc98172073"/>
+      <w:bookmarkStart w:id="623" w:name="_Toc161304738"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amputationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
       <w:bookmarkEnd w:id="608"/>
       <w:bookmarkEnd w:id="609"/>
       <w:bookmarkEnd w:id="610"/>
       <w:bookmarkEnd w:id="611"/>
       <w:bookmarkEnd w:id="612"/>
       <w:bookmarkEnd w:id="613"/>
       <w:bookmarkEnd w:id="614"/>
       <w:bookmarkEnd w:id="615"/>
       <w:bookmarkEnd w:id="616"/>
       <w:bookmarkEnd w:id="617"/>
       <w:bookmarkEnd w:id="618"/>
       <w:bookmarkEnd w:id="619"/>
       <w:bookmarkEnd w:id="620"/>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
     </w:p>
-    <w:p w:rsidR="00DB2E1D" w:rsidP="00640D05" w:rsidRDefault="007172AF" w14:paraId="6D546505" w14:textId="5BD9CDA6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="6D546505" w14:textId="5BD9CDA6" w:rsidR="00DB2E1D" w:rsidRDefault="007172AF" w:rsidP="00640D05">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00DB2E1D" w:rsidRDefault="007172AF" w14:paraId="2D359261" w14:textId="77D2907F">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2D359261" w14:textId="77D2907F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DB2E1D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv 30 min före operation</w:t>
       </w:r>
       <w:r w:rsidR="00DB2E1D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Dos upprepas efter 3 timmar om operationen då fortfarande pågår.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DB2E1D" w:rsidR="007172AF" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="7B3D6AFA" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:spacing w:after="40"/>
+    <w:p w14:paraId="6016E672" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="007172AF" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="624" w:name="_Toc256000532"/>
+      <w:bookmarkStart w:id="625" w:name="_Toc256000473"/>
+      <w:bookmarkStart w:id="626" w:name="_Toc454874448"/>
+      <w:bookmarkStart w:id="627" w:name="_Toc454878531"/>
+      <w:bookmarkStart w:id="628" w:name="_Toc454885268"/>
+      <w:bookmarkStart w:id="629" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="630" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="631" w:name="_Toc256000138"/>
+      <w:bookmarkStart w:id="632" w:name="_Toc256000191"/>
+      <w:bookmarkStart w:id="633" w:name="_Toc485818621"/>
+      <w:bookmarkStart w:id="634" w:name="_Toc256000245"/>
+      <w:bookmarkStart w:id="635" w:name="_Toc487203708"/>
+      <w:bookmarkStart w:id="636" w:name="_Toc256000302"/>
+      <w:bookmarkStart w:id="637" w:name="_Toc256000359"/>
+      <w:bookmarkStart w:id="638" w:name="_Toc256000416"/>
+      <w:bookmarkStart w:id="639" w:name="_Toc526768050"/>
+      <w:bookmarkStart w:id="640" w:name="_Toc98172074"/>
+      <w:bookmarkStart w:id="641" w:name="_Toc161304739"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Preparatval och dosering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6993892A" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B02B7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Kloxacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5C0203B9" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="007B02B7" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:pStyle w:val="Normalmedindrag"/>
+        <w:keepNext/>
+        <w:keepLines/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>2 g iv ges 30 minuter före op.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B02B7">
+        <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5455A686" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2E1D">
+      <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vid allergi mot penicillin</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare snabb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E2461B" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urticaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> luftvägssymtom)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A87B70" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="05943475" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> g iv ges 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve"> minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25561">
+        <w:t>Dosen upprepas efter 6 timmar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AD2BE5" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B79BD4C" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tidigare fördröjd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>allergi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>reaktion med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6621">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> penicillin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585FBC90" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="00F61C83" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>mukokutant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>epidermal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>nekrolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F61C83">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD1C3BD" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="7E3DED8E" w14:textId="43431761">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="694F2B49" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="005D0CF9" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="007172AF">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="28CF60CA" w14:textId="77777777">
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t>0,6 g iv ges 30 minuter före op</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0CF9">
+        <w:t xml:space="preserve">Dosen upprepas efter 6 timmar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CF60CA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000532" w:id="624"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304739" w:id="641"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Artroskopi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="624"/>
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
       <w:bookmarkEnd w:id="627"/>
       <w:bookmarkEnd w:id="628"/>
       <w:bookmarkEnd w:id="629"/>
       <w:bookmarkEnd w:id="630"/>
       <w:bookmarkEnd w:id="631"/>
       <w:bookmarkEnd w:id="632"/>
       <w:bookmarkEnd w:id="633"/>
       <w:bookmarkEnd w:id="634"/>
       <w:bookmarkEnd w:id="635"/>
       <w:bookmarkEnd w:id="636"/>
       <w:bookmarkEnd w:id="637"/>
       <w:bookmarkEnd w:id="638"/>
       <w:bookmarkEnd w:id="639"/>
       <w:bookmarkEnd w:id="640"/>
       <w:bookmarkEnd w:id="641"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="36C0F721" w14:textId="77777777">
+    <w:p w14:paraId="36C0F721" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="23D58D59" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304740" w:id="659"/>
+    <w:p w14:paraId="23D58D59" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="642" w:name="_Toc256000533"/>
+      <w:bookmarkStart w:id="643" w:name="_Toc256000474"/>
+      <w:bookmarkStart w:id="644" w:name="_Toc454874449"/>
+      <w:bookmarkStart w:id="645" w:name="_Toc454878532"/>
+      <w:bookmarkStart w:id="646" w:name="_Toc454885269"/>
+      <w:bookmarkStart w:id="647" w:name="_Toc256000033"/>
+      <w:bookmarkStart w:id="648" w:name="_Toc256000086"/>
+      <w:bookmarkStart w:id="649" w:name="_Toc256000139"/>
+      <w:bookmarkStart w:id="650" w:name="_Toc256000192"/>
+      <w:bookmarkStart w:id="651" w:name="_Toc485818622"/>
+      <w:bookmarkStart w:id="652" w:name="_Toc256000246"/>
+      <w:bookmarkStart w:id="653" w:name="_Toc487203709"/>
+      <w:bookmarkStart w:id="654" w:name="_Toc256000303"/>
+      <w:bookmarkStart w:id="655" w:name="_Toc256000360"/>
+      <w:bookmarkStart w:id="656" w:name="_Toc256000417"/>
+      <w:bookmarkStart w:id="657" w:name="_Toc526768051"/>
+      <w:bookmarkStart w:id="658" w:name="_Toc98172075"/>
+      <w:bookmarkStart w:id="659" w:name="_Toc161304740"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trauma</w:t>
       </w:r>
       <w:bookmarkEnd w:id="642"/>
       <w:bookmarkEnd w:id="643"/>
       <w:bookmarkEnd w:id="644"/>
       <w:bookmarkEnd w:id="645"/>
       <w:bookmarkEnd w:id="646"/>
       <w:bookmarkEnd w:id="647"/>
       <w:bookmarkEnd w:id="648"/>
       <w:bookmarkEnd w:id="649"/>
       <w:bookmarkEnd w:id="650"/>
       <w:bookmarkEnd w:id="651"/>
       <w:bookmarkEnd w:id="652"/>
       <w:bookmarkEnd w:id="653"/>
       <w:bookmarkEnd w:id="654"/>
       <w:bookmarkEnd w:id="655"/>
       <w:bookmarkEnd w:id="656"/>
       <w:bookmarkEnd w:id="657"/>
       <w:bookmarkEnd w:id="658"/>
       <w:bookmarkEnd w:id="659"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="529C596F" w14:textId="77777777">
+    <w:p w14:paraId="529C596F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:r w:rsidRPr="007172AF">
         <w:t>Alla traumatiska sår ska betraktas som kontaminerade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="531FE9D0" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00F26290" w:rsidRDefault="007172AF" w14:paraId="0A59BF63" w14:textId="77777777">
+    <w:p w14:paraId="531FE9D0" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Den viktigaste infektionsprofylaxen utgörs av mekanisk rengöring samt avlägsnande av främmande material och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>devitaliserad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> vävnad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A59BF63" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:r w:rsidRPr="007172AF">
         <w:t>Förorenade skador som inte kan rengöras ska heller inte primärsutureras.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009953B1" w:rsidRDefault="007172AF" w14:paraId="300FDEE1" w14:textId="77777777">
+    <w:p w14:paraId="300FDEE1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009953B1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000534" w:id="660"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304741" w:id="677"/>
+      <w:bookmarkStart w:id="660" w:name="_Toc256000534"/>
+      <w:bookmarkStart w:id="661" w:name="_Toc256000475"/>
+      <w:bookmarkStart w:id="662" w:name="_Toc454874450"/>
+      <w:bookmarkStart w:id="663" w:name="_Toc454878533"/>
+      <w:bookmarkStart w:id="664" w:name="_Toc454885270"/>
+      <w:bookmarkStart w:id="665" w:name="_Toc256000034"/>
+      <w:bookmarkStart w:id="666" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="667" w:name="_Toc256000140"/>
+      <w:bookmarkStart w:id="668" w:name="_Toc256000193"/>
+      <w:bookmarkStart w:id="669" w:name="_Toc485818623"/>
+      <w:bookmarkStart w:id="670" w:name="_Toc256000247"/>
+      <w:bookmarkStart w:id="671" w:name="_Toc487203710"/>
+      <w:bookmarkStart w:id="672" w:name="_Toc256000304"/>
+      <w:bookmarkStart w:id="673" w:name="_Toc256000361"/>
+      <w:bookmarkStart w:id="674" w:name="_Toc256000418"/>
+      <w:bookmarkStart w:id="675" w:name="_Toc526768052"/>
+      <w:bookmarkStart w:id="676" w:name="_Toc98172076"/>
+      <w:bookmarkStart w:id="677" w:name="_Toc161304741"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Öppen ansiktsfraktur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
       <w:bookmarkEnd w:id="664"/>
       <w:bookmarkEnd w:id="665"/>
       <w:bookmarkEnd w:id="666"/>
       <w:bookmarkEnd w:id="667"/>
       <w:bookmarkEnd w:id="668"/>
       <w:bookmarkEnd w:id="669"/>
       <w:bookmarkEnd w:id="670"/>
       <w:bookmarkEnd w:id="671"/>
       <w:bookmarkEnd w:id="672"/>
       <w:bookmarkEnd w:id="673"/>
       <w:bookmarkEnd w:id="674"/>
       <w:bookmarkEnd w:id="675"/>
       <w:bookmarkEnd w:id="676"/>
       <w:bookmarkEnd w:id="677"/>
     </w:p>
-    <w:p w:rsidR="00F26290" w:rsidP="009953B1" w:rsidRDefault="007172AF" w14:paraId="5B8D4A0C" w14:textId="7380AD47">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5B8D4A0C" w14:textId="7380AD47" w:rsidR="00F26290" w:rsidRDefault="007172AF" w:rsidP="009953B1">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="6BE63421" w14:textId="0F26B8D4">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6BE63421" w14:textId="0F26B8D4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 3 iv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="796AC062" w14:textId="77777777">
+    <w:p w14:paraId="796AC062" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26290" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="04903336" w14:textId="2A846791">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="04903336" w14:textId="2A846791" w:rsidR="00F26290" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="0F636D1C" w14:textId="02A90E21">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0F636D1C" w14:textId="02A90E21" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g x 3 iv</w:t>
       </w:r>
       <w:r w:rsidR="00F26290">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
-        <w:t>Båda påbörjas vid första bedömning och ges t.o.m. op, dock maximalt ett dygn.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="745D883C" w14:textId="77777777">
+        <w:t xml:space="preserve">Båda påbörjas vid första bedömning och ges t.o.m. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>, dock maximalt ett dygn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745D883C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000535" w:id="678"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304742" w:id="695"/>
+      <w:bookmarkStart w:id="678" w:name="_Toc256000535"/>
+      <w:bookmarkStart w:id="679" w:name="_Toc256000476"/>
+      <w:bookmarkStart w:id="680" w:name="_Toc454874451"/>
+      <w:bookmarkStart w:id="681" w:name="_Toc454878534"/>
+      <w:bookmarkStart w:id="682" w:name="_Toc454885271"/>
+      <w:bookmarkStart w:id="683" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="684" w:name="_Toc256000088"/>
+      <w:bookmarkStart w:id="685" w:name="_Toc256000141"/>
+      <w:bookmarkStart w:id="686" w:name="_Toc256000194"/>
+      <w:bookmarkStart w:id="687" w:name="_Toc485818624"/>
+      <w:bookmarkStart w:id="688" w:name="_Toc256000248"/>
+      <w:bookmarkStart w:id="689" w:name="_Toc487203711"/>
+      <w:bookmarkStart w:id="690" w:name="_Toc256000305"/>
+      <w:bookmarkStart w:id="691" w:name="_Toc256000362"/>
+      <w:bookmarkStart w:id="692" w:name="_Toc256000419"/>
+      <w:bookmarkStart w:id="693" w:name="_Toc526768053"/>
+      <w:bookmarkStart w:id="694" w:name="_Toc98172077"/>
+      <w:bookmarkStart w:id="695" w:name="_Toc161304742"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Brännskada</w:t>
       </w:r>
       <w:bookmarkEnd w:id="678"/>
       <w:bookmarkEnd w:id="679"/>
       <w:bookmarkEnd w:id="680"/>
       <w:bookmarkEnd w:id="681"/>
       <w:bookmarkEnd w:id="682"/>
       <w:bookmarkEnd w:id="683"/>
       <w:bookmarkEnd w:id="684"/>
       <w:bookmarkEnd w:id="685"/>
       <w:bookmarkEnd w:id="686"/>
       <w:bookmarkEnd w:id="687"/>
       <w:bookmarkEnd w:id="688"/>
       <w:bookmarkEnd w:id="689"/>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
       <w:bookmarkEnd w:id="692"/>
       <w:bookmarkEnd w:id="693"/>
       <w:bookmarkEnd w:id="694"/>
       <w:bookmarkEnd w:id="695"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="4340676C" w14:textId="77777777">
+    <w:p w14:paraId="4340676C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="18CC7D5E" w14:textId="77777777">
+    <w:p w14:paraId="18CC7D5E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000536" w:id="696"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304743" w:id="713"/>
+      <w:bookmarkStart w:id="696" w:name="_Toc256000536"/>
+      <w:bookmarkStart w:id="697" w:name="_Toc256000477"/>
+      <w:bookmarkStart w:id="698" w:name="_Toc454874452"/>
+      <w:bookmarkStart w:id="699" w:name="_Toc454878535"/>
+      <w:bookmarkStart w:id="700" w:name="_Toc454885272"/>
+      <w:bookmarkStart w:id="701" w:name="_Toc256000036"/>
+      <w:bookmarkStart w:id="702" w:name="_Toc256000089"/>
+      <w:bookmarkStart w:id="703" w:name="_Toc256000142"/>
+      <w:bookmarkStart w:id="704" w:name="_Toc256000195"/>
+      <w:bookmarkStart w:id="705" w:name="_Toc485818625"/>
+      <w:bookmarkStart w:id="706" w:name="_Toc256000249"/>
+      <w:bookmarkStart w:id="707" w:name="_Toc487203712"/>
+      <w:bookmarkStart w:id="708" w:name="_Toc256000306"/>
+      <w:bookmarkStart w:id="709" w:name="_Toc256000363"/>
+      <w:bookmarkStart w:id="710" w:name="_Toc256000420"/>
+      <w:bookmarkStart w:id="711" w:name="_Toc526768054"/>
+      <w:bookmarkStart w:id="712" w:name="_Toc98172078"/>
+      <w:bookmarkStart w:id="713" w:name="_Toc161304743"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Buktrauma, penetrerande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
       <w:bookmarkEnd w:id="713"/>
     </w:p>
-    <w:p w:rsidR="00842032" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="7ECB2B0F" w14:textId="3485F95F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7ECB2B0F" w14:textId="3485F95F" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Piperacillin-tazobactam</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="2356013C" w14:textId="38AEBF32">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2356013C" w14:textId="38AEBF32" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>4 g x 3 i maximalt ett dygn.</w:t>
       </w:r>
       <w:r w:rsidR="00842032">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Påbörjas vid första bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00842032" w:rsidR="007172AF" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="357A3131" w14:textId="77777777">
+    <w:p w14:paraId="357A3131" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00842032" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="7779824F" w14:textId="12BC873C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7779824F" w14:textId="12BC873C" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="2BBDE8D6" w14:textId="7C6CDD7A">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2BBDE8D6" w14:textId="7C6CDD7A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 3 i max ett dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="2F9A30E3" w14:textId="77777777">
+    <w:p w14:paraId="2F9A30E3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00842032" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="23DBC55B" w14:textId="47C4A88D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="23DBC55B" w14:textId="47C4A88D" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="49523175" w14:textId="0B890D9C">
+    <w:p w14:paraId="49523175" w14:textId="0B890D9C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="714029CC" w14:textId="77777777">
+    <w:p w14:paraId="714029CC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000537" w:id="714"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304744" w:id="731"/>
+      <w:bookmarkStart w:id="714" w:name="_Toc256000537"/>
+      <w:bookmarkStart w:id="715" w:name="_Toc256000478"/>
+      <w:bookmarkStart w:id="716" w:name="_Toc454874453"/>
+      <w:bookmarkStart w:id="717" w:name="_Toc454878536"/>
+      <w:bookmarkStart w:id="718" w:name="_Toc454885273"/>
+      <w:bookmarkStart w:id="719" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="720" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="721" w:name="_Toc256000143"/>
+      <w:bookmarkStart w:id="722" w:name="_Toc256000196"/>
+      <w:bookmarkStart w:id="723" w:name="_Toc485818626"/>
+      <w:bookmarkStart w:id="724" w:name="_Toc256000250"/>
+      <w:bookmarkStart w:id="725" w:name="_Toc487203713"/>
+      <w:bookmarkStart w:id="726" w:name="_Toc256000307"/>
+      <w:bookmarkStart w:id="727" w:name="_Toc256000364"/>
+      <w:bookmarkStart w:id="728" w:name="_Toc256000421"/>
+      <w:bookmarkStart w:id="729" w:name="_Toc526768055"/>
+      <w:bookmarkStart w:id="730" w:name="_Toc98172079"/>
+      <w:bookmarkStart w:id="731" w:name="_Toc161304744"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Mjukdelsskada</w:t>
       </w:r>
       <w:bookmarkEnd w:id="714"/>
       <w:bookmarkEnd w:id="715"/>
       <w:bookmarkEnd w:id="716"/>
       <w:bookmarkEnd w:id="717"/>
       <w:bookmarkEnd w:id="718"/>
       <w:bookmarkEnd w:id="719"/>
       <w:bookmarkEnd w:id="720"/>
       <w:bookmarkEnd w:id="721"/>
       <w:bookmarkEnd w:id="722"/>
       <w:bookmarkEnd w:id="723"/>
       <w:bookmarkEnd w:id="724"/>
       <w:bookmarkEnd w:id="725"/>
       <w:bookmarkEnd w:id="726"/>
       <w:bookmarkEnd w:id="727"/>
       <w:bookmarkEnd w:id="728"/>
       <w:bookmarkEnd w:id="729"/>
       <w:bookmarkEnd w:id="730"/>
       <w:bookmarkEnd w:id="731"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="45905E36" w14:textId="77777777">
+    <w:p w14:paraId="45905E36" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="4E7B150F" w14:textId="77777777">
+    <w:p w14:paraId="4E7B150F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000538" w:id="732"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304745" w:id="749"/>
+      <w:bookmarkStart w:id="732" w:name="_Toc256000538"/>
+      <w:bookmarkStart w:id="733" w:name="_Toc256000479"/>
+      <w:bookmarkStart w:id="734" w:name="_Toc454874454"/>
+      <w:bookmarkStart w:id="735" w:name="_Toc454878537"/>
+      <w:bookmarkStart w:id="736" w:name="_Toc454885274"/>
+      <w:bookmarkStart w:id="737" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="738" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="739" w:name="_Toc256000144"/>
+      <w:bookmarkStart w:id="740" w:name="_Toc256000197"/>
+      <w:bookmarkStart w:id="741" w:name="_Toc485818627"/>
+      <w:bookmarkStart w:id="742" w:name="_Toc256000251"/>
+      <w:bookmarkStart w:id="743" w:name="_Toc487203714"/>
+      <w:bookmarkStart w:id="744" w:name="_Toc256000308"/>
+      <w:bookmarkStart w:id="745" w:name="_Toc256000365"/>
+      <w:bookmarkStart w:id="746" w:name="_Toc256000422"/>
+      <w:bookmarkStart w:id="747" w:name="_Toc526768056"/>
+      <w:bookmarkStart w:id="748" w:name="_Toc98172080"/>
+      <w:bookmarkStart w:id="749" w:name="_Toc161304745"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Skallbasfraktur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="732"/>
       <w:bookmarkEnd w:id="733"/>
       <w:bookmarkEnd w:id="734"/>
       <w:bookmarkEnd w:id="735"/>
       <w:bookmarkEnd w:id="736"/>
       <w:bookmarkEnd w:id="737"/>
       <w:bookmarkEnd w:id="738"/>
       <w:bookmarkEnd w:id="739"/>
       <w:bookmarkEnd w:id="740"/>
       <w:bookmarkEnd w:id="741"/>
       <w:bookmarkEnd w:id="742"/>
       <w:bookmarkEnd w:id="743"/>
       <w:bookmarkEnd w:id="744"/>
       <w:bookmarkEnd w:id="745"/>
       <w:bookmarkEnd w:id="746"/>
       <w:bookmarkEnd w:id="747"/>
       <w:bookmarkEnd w:id="748"/>
       <w:bookmarkEnd w:id="749"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="62E3B950" w14:textId="77777777">
+    <w:p w14:paraId="62E3B950" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Ingen profylax i allmänhet men kan övervägas vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>likvorré</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710404" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="638873E3" w14:textId="5E830934">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="638873E3" w14:textId="5E830934" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00710404" w:rsidRDefault="007172AF" w14:paraId="55491C3C" w14:textId="32F45C5F">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="55491C3C" w14:textId="32F45C5F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 3 i ett dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00842032" w:rsidRDefault="007172AF" w14:paraId="70CD1265" w14:textId="77777777">
+    <w:p w14:paraId="70CD1265" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000539" w:id="750"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304746" w:id="767"/>
+      <w:bookmarkStart w:id="750" w:name="_Toc256000539"/>
+      <w:bookmarkStart w:id="751" w:name="_Toc256000480"/>
+      <w:bookmarkStart w:id="752" w:name="_Toc454874455"/>
+      <w:bookmarkStart w:id="753" w:name="_Toc454878538"/>
+      <w:bookmarkStart w:id="754" w:name="_Toc454885275"/>
+      <w:bookmarkStart w:id="755" w:name="_Toc256000039"/>
+      <w:bookmarkStart w:id="756" w:name="_Toc256000092"/>
+      <w:bookmarkStart w:id="757" w:name="_Toc256000145"/>
+      <w:bookmarkStart w:id="758" w:name="_Toc256000198"/>
+      <w:bookmarkStart w:id="759" w:name="_Toc485818628"/>
+      <w:bookmarkStart w:id="760" w:name="_Toc256000252"/>
+      <w:bookmarkStart w:id="761" w:name="_Toc487203715"/>
+      <w:bookmarkStart w:id="762" w:name="_Toc256000309"/>
+      <w:bookmarkStart w:id="763" w:name="_Toc256000366"/>
+      <w:bookmarkStart w:id="764" w:name="_Toc256000423"/>
+      <w:bookmarkStart w:id="765" w:name="_Toc526768057"/>
+      <w:bookmarkStart w:id="766" w:name="_Toc98172081"/>
+      <w:bookmarkStart w:id="767" w:name="_Toc161304746"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Thoraxtrauma, penetrerande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="750"/>
       <w:bookmarkEnd w:id="751"/>
       <w:bookmarkEnd w:id="752"/>
       <w:bookmarkEnd w:id="753"/>
       <w:bookmarkEnd w:id="754"/>
       <w:bookmarkEnd w:id="755"/>
       <w:bookmarkEnd w:id="756"/>
       <w:bookmarkEnd w:id="757"/>
       <w:bookmarkEnd w:id="758"/>
       <w:bookmarkEnd w:id="759"/>
       <w:bookmarkEnd w:id="760"/>
       <w:bookmarkEnd w:id="761"/>
       <w:bookmarkEnd w:id="762"/>
       <w:bookmarkEnd w:id="763"/>
       <w:bookmarkEnd w:id="764"/>
       <w:bookmarkEnd w:id="765"/>
       <w:bookmarkEnd w:id="766"/>
       <w:bookmarkEnd w:id="767"/>
     </w:p>
-    <w:p w:rsidR="00710404" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="244F82A4" w14:textId="640503E1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="244F82A4" w14:textId="640503E1" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00710404" w:rsidRDefault="007172AF" w14:paraId="06479C6A" w14:textId="04D2C155">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="06479C6A" w14:textId="04D2C155" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 3 i 1 dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710404" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="383691F6" w14:textId="66DD098A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="383691F6" w14:textId="66DD098A" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klindamycin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="3538CC8C">
         <w:t xml:space="preserve"> vid penicillinallergi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00710404" w:rsidRDefault="007172AF" w14:paraId="04483B65" w14:textId="1953A03A">
+    <w:p w14:paraId="04483B65" w14:textId="1953A03A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g x 3 iv i ett dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00710404" w:rsidRDefault="007172AF" w14:paraId="621B3D99" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304747" w:id="785"/>
+    <w:p w14:paraId="621B3D99" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="768" w:name="_Toc256000540"/>
+      <w:bookmarkStart w:id="769" w:name="_Toc256000481"/>
+      <w:bookmarkStart w:id="770" w:name="_Toc454874456"/>
+      <w:bookmarkStart w:id="771" w:name="_Toc454878539"/>
+      <w:bookmarkStart w:id="772" w:name="_Toc454885276"/>
+      <w:bookmarkStart w:id="773" w:name="_Toc256000040"/>
+      <w:bookmarkStart w:id="774" w:name="_Toc256000093"/>
+      <w:bookmarkStart w:id="775" w:name="_Toc256000146"/>
+      <w:bookmarkStart w:id="776" w:name="_Toc256000199"/>
+      <w:bookmarkStart w:id="777" w:name="_Toc485818629"/>
+      <w:bookmarkStart w:id="778" w:name="_Toc256000253"/>
+      <w:bookmarkStart w:id="779" w:name="_Toc487203716"/>
+      <w:bookmarkStart w:id="780" w:name="_Toc256000310"/>
+      <w:bookmarkStart w:id="781" w:name="_Toc256000367"/>
+      <w:bookmarkStart w:id="782" w:name="_Toc256000424"/>
+      <w:bookmarkStart w:id="783" w:name="_Toc526768058"/>
+      <w:bookmarkStart w:id="784" w:name="_Toc98172082"/>
+      <w:bookmarkStart w:id="785" w:name="_Toc161304747"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Öron-näsa-halskirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="768"/>
       <w:bookmarkEnd w:id="769"/>
       <w:bookmarkEnd w:id="770"/>
       <w:bookmarkEnd w:id="771"/>
       <w:bookmarkEnd w:id="772"/>
       <w:bookmarkEnd w:id="773"/>
       <w:bookmarkEnd w:id="774"/>
       <w:bookmarkEnd w:id="775"/>
       <w:bookmarkEnd w:id="776"/>
       <w:bookmarkEnd w:id="777"/>
       <w:bookmarkEnd w:id="778"/>
       <w:bookmarkEnd w:id="779"/>
       <w:bookmarkEnd w:id="780"/>
       <w:bookmarkEnd w:id="781"/>
       <w:bookmarkEnd w:id="782"/>
       <w:bookmarkEnd w:id="783"/>
       <w:bookmarkEnd w:id="784"/>
       <w:bookmarkEnd w:id="785"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00710404" w:rsidRDefault="007172AF" w14:paraId="4A17015B" w14:textId="5C18267A">
+    <w:p w14:paraId="4A17015B" w14:textId="5C18267A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se riktlinje ”</w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003431AC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax i samband med operation</w:t>
         </w:r>
         <w:r w:rsidRPr="007172AF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>öron-, näs- och halssjukvården, Sahlgrenska Universitetssjukhuset</w:t>
       </w:r>
       <w:r w:rsidR="003024DC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003431AC" w:rsidRDefault="007172AF" w14:paraId="6F9BD3AD" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304748" w:id="803"/>
+    <w:p w14:paraId="6F9BD3AD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003431AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="786" w:name="_Toc256000541"/>
+      <w:bookmarkStart w:id="787" w:name="_Toc256000482"/>
+      <w:bookmarkStart w:id="788" w:name="_Toc454874457"/>
+      <w:bookmarkStart w:id="789" w:name="_Toc454878540"/>
+      <w:bookmarkStart w:id="790" w:name="_Toc454885277"/>
+      <w:bookmarkStart w:id="791" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="792" w:name="_Toc256000094"/>
+      <w:bookmarkStart w:id="793" w:name="_Toc256000147"/>
+      <w:bookmarkStart w:id="794" w:name="_Toc256000200"/>
+      <w:bookmarkStart w:id="795" w:name="_Toc485818630"/>
+      <w:bookmarkStart w:id="796" w:name="_Toc256000254"/>
+      <w:bookmarkStart w:id="797" w:name="_Toc487203717"/>
+      <w:bookmarkStart w:id="798" w:name="_Toc256000311"/>
+      <w:bookmarkStart w:id="799" w:name="_Toc256000368"/>
+      <w:bookmarkStart w:id="800" w:name="_Toc256000425"/>
+      <w:bookmarkStart w:id="801" w:name="_Toc526768059"/>
+      <w:bookmarkStart w:id="802" w:name="_Toc98172083"/>
+      <w:bookmarkStart w:id="803" w:name="_Toc161304748"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Tandvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="786"/>
       <w:bookmarkEnd w:id="787"/>
       <w:bookmarkEnd w:id="788"/>
       <w:bookmarkEnd w:id="789"/>
       <w:bookmarkEnd w:id="790"/>
       <w:bookmarkEnd w:id="791"/>
       <w:bookmarkEnd w:id="792"/>
       <w:bookmarkEnd w:id="793"/>
       <w:bookmarkEnd w:id="794"/>
       <w:bookmarkEnd w:id="795"/>
       <w:bookmarkEnd w:id="796"/>
       <w:bookmarkEnd w:id="797"/>
       <w:bookmarkEnd w:id="798"/>
       <w:bookmarkEnd w:id="799"/>
       <w:bookmarkEnd w:id="800"/>
       <w:bookmarkEnd w:id="801"/>
       <w:bookmarkEnd w:id="802"/>
       <w:bookmarkEnd w:id="803"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00AF2A6E" w:rsidRDefault="007172AF" w14:paraId="481488F6" w14:textId="77777777">
+    <w:p w14:paraId="481488F6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000542" w:id="804"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304749" w:id="821"/>
+      <w:bookmarkStart w:id="804" w:name="_Toc256000542"/>
+      <w:bookmarkStart w:id="805" w:name="_Toc256000483"/>
+      <w:bookmarkStart w:id="806" w:name="_Toc454874458"/>
+      <w:bookmarkStart w:id="807" w:name="_Toc454878541"/>
+      <w:bookmarkStart w:id="808" w:name="_Toc454885278"/>
+      <w:bookmarkStart w:id="809" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="810" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="811" w:name="_Toc256000148"/>
+      <w:bookmarkStart w:id="812" w:name="_Toc256000201"/>
+      <w:bookmarkStart w:id="813" w:name="_Toc485818631"/>
+      <w:bookmarkStart w:id="814" w:name="_Toc256000255"/>
+      <w:bookmarkStart w:id="815" w:name="_Toc487203718"/>
+      <w:bookmarkStart w:id="816" w:name="_Toc256000312"/>
+      <w:bookmarkStart w:id="817" w:name="_Toc256000369"/>
+      <w:bookmarkStart w:id="818" w:name="_Toc256000426"/>
+      <w:bookmarkStart w:id="819" w:name="_Toc526768060"/>
+      <w:bookmarkStart w:id="820" w:name="_Toc98172084"/>
+      <w:bookmarkStart w:id="821" w:name="_Toc161304749"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Tandutdragning, tandstensskrapning och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>dentoalveolär</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> kirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="804"/>
       <w:bookmarkEnd w:id="805"/>
       <w:bookmarkEnd w:id="806"/>
       <w:bookmarkEnd w:id="807"/>
       <w:bookmarkEnd w:id="808"/>
       <w:bookmarkEnd w:id="809"/>
       <w:bookmarkEnd w:id="810"/>
       <w:bookmarkEnd w:id="811"/>
       <w:bookmarkEnd w:id="812"/>
       <w:bookmarkEnd w:id="813"/>
       <w:bookmarkEnd w:id="814"/>
       <w:bookmarkEnd w:id="815"/>
       <w:bookmarkEnd w:id="816"/>
       <w:bookmarkEnd w:id="817"/>
       <w:bookmarkEnd w:id="818"/>
       <w:bookmarkEnd w:id="819"/>
       <w:bookmarkEnd w:id="820"/>
       <w:bookmarkEnd w:id="821"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="56D71B9C" w14:textId="08D18753">
+    <w:p w14:paraId="56D71B9C" w14:textId="08D18753" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas vid grav</w:t>
       </w:r>
       <w:r w:rsidR="00AF2A6E">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> nedsatt immunförsvar</w:t>
       </w:r>
       <w:r w:rsidR="00AF2A6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="154B0C23" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="154B0C23" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>lågt antal neutrofila granulocyter (&lt;1x 10</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>/l)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="7B1D53BB" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">defekt granulocytfunktion t.ex. </w:t>
+    <w:p w14:paraId="7B1D53BB" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">defekt granulocytfunktion </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>myelodysplastiskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> syndrom</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="2F2235E7" w14:textId="77777777">
-[...7 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="4E7ABA41" w14:textId="77777777">
+    <w:p w14:paraId="2F2235E7" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">pågående tung </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>immunsuppression</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7ABA41" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:r w:rsidRPr="007172AF">
         <w:t>Profylax rekommenderas också till patienter som nyligen fått ledprotes (&lt;3 månader) och har flera riskfaktorer såsom BMI&gt;35, rökning, immunbrist, anemi, dålig munhälsa, försämrat allmäntillstånd och vid odontologiska ingrepp som tar lång tid. Helst bör dock tandingreppet skjutas upp.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003024DC" w:rsidRDefault="007172AF" w14:paraId="55483990" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003431AC" w:rsidRDefault="007172AF" w14:paraId="4ED51D02" w14:textId="77777777">
+    <w:p w14:paraId="55483990" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Hos patienter som haft </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>endokardit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> eller som har klaffprotes rekommenderas ej antibiotikaprofylax.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED51D02" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003431AC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000543" w:id="822"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304750" w:id="839"/>
+      <w:bookmarkStart w:id="822" w:name="_Toc256000543"/>
+      <w:bookmarkStart w:id="823" w:name="_Toc256000484"/>
+      <w:bookmarkStart w:id="824" w:name="_Toc454874459"/>
+      <w:bookmarkStart w:id="825" w:name="_Toc454878542"/>
+      <w:bookmarkStart w:id="826" w:name="_Toc454885279"/>
+      <w:bookmarkStart w:id="827" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="828" w:name="_Toc256000096"/>
+      <w:bookmarkStart w:id="829" w:name="_Toc256000149"/>
+      <w:bookmarkStart w:id="830" w:name="_Toc256000202"/>
+      <w:bookmarkStart w:id="831" w:name="_Toc485818632"/>
+      <w:bookmarkStart w:id="832" w:name="_Toc256000256"/>
+      <w:bookmarkStart w:id="833" w:name="_Toc487203719"/>
+      <w:bookmarkStart w:id="834" w:name="_Toc256000313"/>
+      <w:bookmarkStart w:id="835" w:name="_Toc256000370"/>
+      <w:bookmarkStart w:id="836" w:name="_Toc256000427"/>
+      <w:bookmarkStart w:id="837" w:name="_Toc526768061"/>
+      <w:bookmarkStart w:id="838" w:name="_Toc98172085"/>
+      <w:bookmarkStart w:id="839" w:name="_Toc161304750"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Benskadande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> odontologiska ingrepp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="822"/>
       <w:bookmarkEnd w:id="823"/>
       <w:bookmarkEnd w:id="824"/>
       <w:bookmarkEnd w:id="825"/>
       <w:bookmarkEnd w:id="826"/>
       <w:bookmarkEnd w:id="827"/>
       <w:bookmarkEnd w:id="828"/>
       <w:bookmarkEnd w:id="829"/>
       <w:bookmarkEnd w:id="830"/>
       <w:bookmarkEnd w:id="831"/>
       <w:bookmarkEnd w:id="832"/>
       <w:bookmarkEnd w:id="833"/>
       <w:bookmarkEnd w:id="834"/>
       <w:bookmarkEnd w:id="835"/>
       <w:bookmarkEnd w:id="836"/>
       <w:bookmarkEnd w:id="837"/>
       <w:bookmarkEnd w:id="838"/>
       <w:bookmarkEnd w:id="839"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="60C6AB71" w14:textId="77777777">
+    <w:p w14:paraId="60C6AB71" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas till</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="40AC0676" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="40AC0676" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">personer med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>högdosstrålat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> käkben</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="2280B2BD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2280B2BD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">cancerpatienter som fått intravenös behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>bifosfonater</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> i hög dos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="3E55B648" w14:textId="77777777">
+    <w:p w14:paraId="3E55B648" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000544" w:id="840"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304751" w:id="857"/>
+      <w:bookmarkStart w:id="840" w:name="_Toc256000544"/>
+      <w:bookmarkStart w:id="841" w:name="_Toc256000485"/>
+      <w:bookmarkStart w:id="842" w:name="_Toc454874460"/>
+      <w:bookmarkStart w:id="843" w:name="_Toc454878543"/>
+      <w:bookmarkStart w:id="844" w:name="_Toc454885280"/>
+      <w:bookmarkStart w:id="845" w:name="_Toc256000044"/>
+      <w:bookmarkStart w:id="846" w:name="_Toc256000097"/>
+      <w:bookmarkStart w:id="847" w:name="_Toc256000150"/>
+      <w:bookmarkStart w:id="848" w:name="_Toc256000203"/>
+      <w:bookmarkStart w:id="849" w:name="_Toc485818633"/>
+      <w:bookmarkStart w:id="850" w:name="_Toc256000257"/>
+      <w:bookmarkStart w:id="851" w:name="_Toc487203720"/>
+      <w:bookmarkStart w:id="852" w:name="_Toc256000314"/>
+      <w:bookmarkStart w:id="853" w:name="_Toc256000371"/>
+      <w:bookmarkStart w:id="854" w:name="_Toc256000428"/>
+      <w:bookmarkStart w:id="855" w:name="_Toc526768062"/>
+      <w:bookmarkStart w:id="856" w:name="_Toc98172086"/>
+      <w:bookmarkStart w:id="857" w:name="_Toc161304751"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingrepp med ökad infektionsrisk</w:t>
       </w:r>
       <w:bookmarkEnd w:id="840"/>
       <w:bookmarkEnd w:id="841"/>
       <w:bookmarkEnd w:id="842"/>
       <w:bookmarkEnd w:id="843"/>
       <w:bookmarkEnd w:id="844"/>
       <w:bookmarkEnd w:id="845"/>
       <w:bookmarkEnd w:id="846"/>
       <w:bookmarkEnd w:id="847"/>
       <w:bookmarkEnd w:id="848"/>
       <w:bookmarkEnd w:id="849"/>
       <w:bookmarkEnd w:id="850"/>
       <w:bookmarkEnd w:id="851"/>
       <w:bookmarkEnd w:id="852"/>
       <w:bookmarkEnd w:id="853"/>
       <w:bookmarkEnd w:id="854"/>
       <w:bookmarkEnd w:id="855"/>
       <w:bookmarkEnd w:id="856"/>
       <w:bookmarkEnd w:id="857"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="793EB5C7" w14:textId="77777777">
+    <w:p w14:paraId="793EB5C7" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas även till i övrigt friska personer vid</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="75D09A63" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="75D09A63" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>anomalikirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="5EBFB4FC" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5EBFB4FC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>frakturkirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="7B8F0C79" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="7B8F0C79" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>bentransplantation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="39DE717F" w14:textId="77777777">
+    <w:p w14:paraId="39DE717F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000545" w:id="858"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304752" w:id="875"/>
+      <w:bookmarkStart w:id="858" w:name="_Toc256000545"/>
+      <w:bookmarkStart w:id="859" w:name="_Toc256000486"/>
+      <w:bookmarkStart w:id="860" w:name="_Toc454874461"/>
+      <w:bookmarkStart w:id="861" w:name="_Toc454878544"/>
+      <w:bookmarkStart w:id="862" w:name="_Toc454885281"/>
+      <w:bookmarkStart w:id="863" w:name="_Toc256000045"/>
+      <w:bookmarkStart w:id="864" w:name="_Toc256000098"/>
+      <w:bookmarkStart w:id="865" w:name="_Toc256000151"/>
+      <w:bookmarkStart w:id="866" w:name="_Toc256000204"/>
+      <w:bookmarkStart w:id="867" w:name="_Toc485818634"/>
+      <w:bookmarkStart w:id="868" w:name="_Toc256000258"/>
+      <w:bookmarkStart w:id="869" w:name="_Toc487203721"/>
+      <w:bookmarkStart w:id="870" w:name="_Toc256000315"/>
+      <w:bookmarkStart w:id="871" w:name="_Toc256000372"/>
+      <w:bookmarkStart w:id="872" w:name="_Toc256000429"/>
+      <w:bookmarkStart w:id="873" w:name="_Toc526768063"/>
+      <w:bookmarkStart w:id="874" w:name="_Toc98172087"/>
+      <w:bookmarkStart w:id="875" w:name="_Toc161304752"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Implantatkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="858"/>
       <w:bookmarkEnd w:id="859"/>
       <w:bookmarkEnd w:id="860"/>
       <w:bookmarkEnd w:id="861"/>
       <w:bookmarkEnd w:id="862"/>
       <w:bookmarkEnd w:id="863"/>
       <w:bookmarkEnd w:id="864"/>
       <w:bookmarkEnd w:id="865"/>
       <w:bookmarkEnd w:id="866"/>
       <w:bookmarkEnd w:id="867"/>
       <w:bookmarkEnd w:id="868"/>
       <w:bookmarkEnd w:id="869"/>
       <w:bookmarkEnd w:id="870"/>
       <w:bookmarkEnd w:id="871"/>
       <w:bookmarkEnd w:id="872"/>
       <w:bookmarkEnd w:id="873"/>
       <w:bookmarkEnd w:id="874"/>
       <w:bookmarkEnd w:id="875"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="25B4F293" w14:textId="77777777">
+    <w:p w14:paraId="25B4F293" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax kan övervägas vid samtidig förekomst av andra komplicerande faktorer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="29CAB849" w14:textId="77777777">
+    <w:p w14:paraId="29CAB849" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000546" w:id="876"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304753" w:id="893"/>
+      <w:bookmarkStart w:id="876" w:name="_Toc256000546"/>
+      <w:bookmarkStart w:id="877" w:name="_Toc256000487"/>
+      <w:bookmarkStart w:id="878" w:name="_Toc454874462"/>
+      <w:bookmarkStart w:id="879" w:name="_Toc454878545"/>
+      <w:bookmarkStart w:id="880" w:name="_Toc454885282"/>
+      <w:bookmarkStart w:id="881" w:name="_Toc256000046"/>
+      <w:bookmarkStart w:id="882" w:name="_Toc256000099"/>
+      <w:bookmarkStart w:id="883" w:name="_Toc256000152"/>
+      <w:bookmarkStart w:id="884" w:name="_Toc256000205"/>
+      <w:bookmarkStart w:id="885" w:name="_Toc485818635"/>
+      <w:bookmarkStart w:id="886" w:name="_Toc256000259"/>
+      <w:bookmarkStart w:id="887" w:name="_Toc487203722"/>
+      <w:bookmarkStart w:id="888" w:name="_Toc256000316"/>
+      <w:bookmarkStart w:id="889" w:name="_Toc256000373"/>
+      <w:bookmarkStart w:id="890" w:name="_Toc256000430"/>
+      <w:bookmarkStart w:id="891" w:name="_Toc526768064"/>
+      <w:bookmarkStart w:id="892" w:name="_Toc98172088"/>
+      <w:bookmarkStart w:id="893" w:name="_Toc161304753"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Endokarditprofylax</w:t>
       </w:r>
       <w:bookmarkEnd w:id="876"/>
       <w:bookmarkEnd w:id="877"/>
       <w:bookmarkEnd w:id="878"/>
       <w:bookmarkEnd w:id="879"/>
       <w:bookmarkEnd w:id="880"/>
       <w:bookmarkEnd w:id="881"/>
       <w:bookmarkEnd w:id="882"/>
       <w:bookmarkEnd w:id="883"/>
       <w:bookmarkEnd w:id="884"/>
       <w:bookmarkEnd w:id="885"/>
       <w:bookmarkEnd w:id="886"/>
       <w:bookmarkEnd w:id="887"/>
       <w:bookmarkEnd w:id="888"/>
       <w:bookmarkEnd w:id="889"/>
       <w:bookmarkEnd w:id="890"/>
       <w:bookmarkEnd w:id="891"/>
       <w:bookmarkEnd w:id="892"/>
       <w:bookmarkEnd w:id="893"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="610C9BEA" w14:textId="226E28C9">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Uppföljning hos tandläkare och behandling för god tandhälsa är den viktigaste profylaxen mot endokardit hos patienter med riskfaktorer för </w:t>
+    <w:p w14:paraId="610C9BEA" w14:textId="226E28C9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Uppföljning hos tandläkare och behandling för god tandhälsa är den viktigaste profylaxen mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>endokardit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> hos patienter med riskfaktorer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>hjärtklaffs</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:softHyphen/>
         <w:t>infektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
-        <w:t>. Rutinmässig antibiotikaprofylax för att förebygga infektiös endokardit i samband med odontologiska ingrepp rekommenderas inte men profylax kan efter individuell bedömning av ansvarig läkare övervägas till enskilda högriskpatienter. Denna individuella bedömning skall i så fall meddelas till patienten och dennes tandläkare.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EA1FFD" w:rsidR="00EA1FFD">
+        <w:t xml:space="preserve">. Rutinmässig antibiotikaprofylax för att förebygga infektiös </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>endokardit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> i samband med odontologiska ingrepp rekommenderas inte men profylax kan efter individuell bedömning av ansvarig läkare övervägas till enskilda högriskpatienter. Denna individuella bedömning skall i så fall meddelas till patienten och dennes tandläkare.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1FFD" w:rsidRPr="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve">Vid individuell värdering beaktas definition av hög risk för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>endokardit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> enligt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>European</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>Society</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>Cardiology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
-        <w:t xml:space="preserve"> 2015: tidigare endokardit, hjärtklaffprotes och förekomst av </w:t>
+        <w:t xml:space="preserve"> 2015: tidigare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA1FFD">
+        <w:t>endokardit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA1FFD">
+        <w:t xml:space="preserve">, hjärtklaffprotes och förekomst av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>cyanotiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>hjärtvitier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CB648F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00542CDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve">Ingrepp där antibiotikaprofylax kan vara aktuellt enligt tillägget ovan är tandextraktion, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>subgingival</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>depuration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> (”tandstensskrapning”) och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>dentoalveolär</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> kirurgi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="3BC64037" w14:textId="77777777">
+    <w:p w14:paraId="3BC64037" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000547" w:id="894"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304754" w:id="911"/>
+      <w:bookmarkStart w:id="894" w:name="_Toc256000547"/>
+      <w:bookmarkStart w:id="895" w:name="_Toc256000488"/>
+      <w:bookmarkStart w:id="896" w:name="_Toc454874463"/>
+      <w:bookmarkStart w:id="897" w:name="_Toc454878546"/>
+      <w:bookmarkStart w:id="898" w:name="_Toc454885283"/>
+      <w:bookmarkStart w:id="899" w:name="_Toc256000047"/>
+      <w:bookmarkStart w:id="900" w:name="_Toc256000100"/>
+      <w:bookmarkStart w:id="901" w:name="_Toc256000153"/>
+      <w:bookmarkStart w:id="902" w:name="_Toc256000206"/>
+      <w:bookmarkStart w:id="903" w:name="_Toc485818636"/>
+      <w:bookmarkStart w:id="904" w:name="_Toc256000260"/>
+      <w:bookmarkStart w:id="905" w:name="_Toc487203723"/>
+      <w:bookmarkStart w:id="906" w:name="_Toc256000317"/>
+      <w:bookmarkStart w:id="907" w:name="_Toc256000374"/>
+      <w:bookmarkStart w:id="908" w:name="_Toc256000431"/>
+      <w:bookmarkStart w:id="909" w:name="_Toc526768065"/>
+      <w:bookmarkStart w:id="910" w:name="_Toc98172089"/>
+      <w:bookmarkStart w:id="911" w:name="_Toc161304754"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Peroralt antibiotikaval</w:t>
       </w:r>
       <w:bookmarkEnd w:id="894"/>
       <w:bookmarkEnd w:id="895"/>
       <w:bookmarkEnd w:id="896"/>
       <w:bookmarkEnd w:id="897"/>
       <w:bookmarkEnd w:id="898"/>
       <w:bookmarkEnd w:id="899"/>
       <w:bookmarkEnd w:id="900"/>
       <w:bookmarkEnd w:id="901"/>
       <w:bookmarkEnd w:id="902"/>
       <w:bookmarkEnd w:id="903"/>
       <w:bookmarkEnd w:id="904"/>
       <w:bookmarkEnd w:id="905"/>
       <w:bookmarkEnd w:id="906"/>
       <w:bookmarkEnd w:id="907"/>
       <w:bookmarkEnd w:id="908"/>
       <w:bookmarkEnd w:id="909"/>
       <w:bookmarkEnd w:id="910"/>
       <w:bookmarkEnd w:id="911"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="3F9A6083" w14:textId="3B312502">
+    <w:p w14:paraId="3F9A6083" w14:textId="3B312502" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:r w:rsidRPr="007172AF">
         <w:t>Administreras som engångsdos 60 min före ingreppet</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E3AF9" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="4C6691E0" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="4C6691E0" w14:textId="77777777" w:rsidR="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amoxicillin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="207555F6" w14:textId="0BCD87FC">
+    <w:p w14:paraId="207555F6" w14:textId="0BCD87FC" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>50 mg/kg till barn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E3AF9" w:rsidR="007172AF" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="506F8613" w14:textId="77777777">
+    <w:p w14:paraId="506F8613" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E3AF9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E3AF9" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="691C9670" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="691C9670" w14:textId="77777777" w:rsidR="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="009E3AF9" w:rsidRDefault="007172AF" w14:paraId="61775A39" w14:textId="003C545D">
+    <w:p w14:paraId="61775A39" w14:textId="003C545D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">15 mg/kg till barn </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="3ACD15F3" w14:textId="77777777">
+    <w:p w14:paraId="3ACD15F3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000548" w:id="912"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304755" w:id="929"/>
+      <w:bookmarkStart w:id="912" w:name="_Toc256000548"/>
+      <w:bookmarkStart w:id="913" w:name="_Toc256000489"/>
+      <w:bookmarkStart w:id="914" w:name="_Toc454874464"/>
+      <w:bookmarkStart w:id="915" w:name="_Toc454878547"/>
+      <w:bookmarkStart w:id="916" w:name="_Toc454885284"/>
+      <w:bookmarkStart w:id="917" w:name="_Toc256000048"/>
+      <w:bookmarkStart w:id="918" w:name="_Toc256000101"/>
+      <w:bookmarkStart w:id="919" w:name="_Toc256000154"/>
+      <w:bookmarkStart w:id="920" w:name="_Toc256000207"/>
+      <w:bookmarkStart w:id="921" w:name="_Toc485818637"/>
+      <w:bookmarkStart w:id="922" w:name="_Toc256000261"/>
+      <w:bookmarkStart w:id="923" w:name="_Toc487203724"/>
+      <w:bookmarkStart w:id="924" w:name="_Toc256000318"/>
+      <w:bookmarkStart w:id="925" w:name="_Toc256000375"/>
+      <w:bookmarkStart w:id="926" w:name="_Toc256000432"/>
+      <w:bookmarkStart w:id="927" w:name="_Toc526768066"/>
+      <w:bookmarkStart w:id="928" w:name="_Toc98172090"/>
+      <w:bookmarkStart w:id="929" w:name="_Toc161304755"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Parenteralt antibiotikaval</w:t>
       </w:r>
       <w:bookmarkEnd w:id="912"/>
       <w:bookmarkEnd w:id="913"/>
       <w:bookmarkEnd w:id="914"/>
       <w:bookmarkEnd w:id="915"/>
       <w:bookmarkEnd w:id="916"/>
       <w:bookmarkEnd w:id="917"/>
       <w:bookmarkEnd w:id="918"/>
       <w:bookmarkEnd w:id="919"/>
       <w:bookmarkEnd w:id="920"/>
       <w:bookmarkEnd w:id="921"/>
       <w:bookmarkEnd w:id="922"/>
       <w:bookmarkEnd w:id="923"/>
       <w:bookmarkEnd w:id="924"/>
       <w:bookmarkEnd w:id="925"/>
       <w:bookmarkEnd w:id="926"/>
       <w:bookmarkEnd w:id="927"/>
       <w:bookmarkEnd w:id="928"/>
       <w:bookmarkEnd w:id="929"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="68CFCB90" w14:textId="195B2CA5">
+    <w:p w14:paraId="68CFCB90" w14:textId="195B2CA5" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Administreras som engångsdos 30 min före ingreppet</w:t>
       </w:r>
       <w:r w:rsidR="00A90805">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00775F6B" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="5A45D77E" w14:textId="057613D8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="5A45D77E" w14:textId="057613D8" w:rsidR="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:spacing w:after="40"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="06C14DAD" w14:textId="76C71653">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="06C14DAD" w14:textId="76C71653" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="00775F6B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">50 mg/kg till barn </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00775F6B" w:rsidR="007172AF" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="40CD8AB6" w14:textId="77777777">
+    <w:p w14:paraId="40CD8AB6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00775F6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00775F6B" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="42361325" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="42361325" w14:textId="77777777" w:rsidR="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00A90805" w:rsidRDefault="007172AF" w14:paraId="284F500B" w14:textId="210A3B3B">
+    <w:p w14:paraId="284F500B" w14:textId="210A3B3B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="00775F6B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>15 mg/kg till barn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="001E451D" w:rsidRDefault="007172AF" w14:paraId="7A41FAAE" w14:textId="77777777">
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304756" w:id="947"/>
+    <w:p w14:paraId="7A41FAAE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001E451D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="930" w:name="_Toc256000549"/>
+      <w:bookmarkStart w:id="931" w:name="_Toc256000490"/>
+      <w:bookmarkStart w:id="932" w:name="_Toc454874465"/>
+      <w:bookmarkStart w:id="933" w:name="_Toc454878548"/>
+      <w:bookmarkStart w:id="934" w:name="_Toc454885285"/>
+      <w:bookmarkStart w:id="935" w:name="_Toc256000049"/>
+      <w:bookmarkStart w:id="936" w:name="_Toc256000102"/>
+      <w:bookmarkStart w:id="937" w:name="_Toc256000155"/>
+      <w:bookmarkStart w:id="938" w:name="_Toc256000208"/>
+      <w:bookmarkStart w:id="939" w:name="_Toc485818638"/>
+      <w:bookmarkStart w:id="940" w:name="_Toc256000262"/>
+      <w:bookmarkStart w:id="941" w:name="_Toc487203725"/>
+      <w:bookmarkStart w:id="942" w:name="_Toc256000319"/>
+      <w:bookmarkStart w:id="943" w:name="_Toc256000376"/>
+      <w:bookmarkStart w:id="944" w:name="_Toc256000433"/>
+      <w:bookmarkStart w:id="945" w:name="_Toc526768067"/>
+      <w:bookmarkStart w:id="946" w:name="_Toc98172091"/>
+      <w:bookmarkStart w:id="947" w:name="_Toc161304756"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="930"/>
       <w:bookmarkEnd w:id="931"/>
       <w:bookmarkEnd w:id="932"/>
       <w:bookmarkEnd w:id="933"/>
       <w:bookmarkEnd w:id="934"/>
       <w:bookmarkEnd w:id="935"/>
       <w:bookmarkEnd w:id="936"/>
       <w:bookmarkEnd w:id="937"/>
       <w:bookmarkEnd w:id="938"/>
       <w:bookmarkEnd w:id="939"/>
       <w:bookmarkEnd w:id="940"/>
       <w:bookmarkEnd w:id="941"/>
       <w:bookmarkEnd w:id="942"/>
       <w:bookmarkEnd w:id="943"/>
       <w:bookmarkEnd w:id="944"/>
       <w:bookmarkEnd w:id="945"/>
       <w:bookmarkEnd w:id="946"/>
       <w:bookmarkEnd w:id="947"/>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="503AD381" w14:textId="77777777">
+    <w:p w14:paraId="503AD381" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Alla opererande specialiteter ansvarar för uppföljning och uppdatering av aktuella rekommendationer, vilket med fördel kan göras med hjälp av verktygsläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="7BD0E416" w14:textId="77777777">
+    <w:p w14:paraId="7BD0E416" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Förekomsten av postoperativa infektioner registreras i Infektionsverktyget. I förekommande fall sker också registrering i verksamhetsspecifika kvalitetsregister.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="17CB133C" w14:textId="7B7BED2D">
+    <w:p w14:paraId="17CB133C" w14:textId="7B7BED2D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Se även riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003A6891">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Infektionsverktyget - ansvarsfördelning och arbetssätt vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00775F6B" w:rsidRDefault="007172AF" w14:paraId="64ADA65B" w14:textId="77777777">
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304757" w:id="966"/>
+    <w:p w14:paraId="64ADA65B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Uppgifter för kvalitetskontroll av profylaxhantering avseende ordination för åtgärd och läkemedelsval enligt denna riktlinje samt administration vid adekvat tidpunkt i förhållande till operationsstart kan hämtas ur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Cognos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve"> via en preformerad modul.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017C8D49" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="948" w:name="_Toc256000550"/>
+      <w:bookmarkStart w:id="949" w:name="_Toc256000491"/>
+      <w:bookmarkStart w:id="950" w:name="_Toc182366122"/>
+      <w:bookmarkStart w:id="951" w:name="_Toc454874466"/>
+      <w:bookmarkStart w:id="952" w:name="_Toc454878549"/>
+      <w:bookmarkStart w:id="953" w:name="_Toc454885286"/>
+      <w:bookmarkStart w:id="954" w:name="_Toc256000050"/>
+      <w:bookmarkStart w:id="955" w:name="_Toc256000103"/>
+      <w:bookmarkStart w:id="956" w:name="_Toc256000156"/>
+      <w:bookmarkStart w:id="957" w:name="_Toc256000209"/>
+      <w:bookmarkStart w:id="958" w:name="_Toc485818639"/>
+      <w:bookmarkStart w:id="959" w:name="_Toc256000263"/>
+      <w:bookmarkStart w:id="960" w:name="_Toc487203726"/>
+      <w:bookmarkStart w:id="961" w:name="_Toc256000320"/>
+      <w:bookmarkStart w:id="962" w:name="_Toc256000377"/>
+      <w:bookmarkStart w:id="963" w:name="_Toc256000434"/>
+      <w:bookmarkStart w:id="964" w:name="_Toc526768068"/>
+      <w:bookmarkStart w:id="965" w:name="_Toc98172092"/>
+      <w:bookmarkStart w:id="966" w:name="_Toc161304757"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="948"/>
       <w:bookmarkEnd w:id="949"/>
       <w:bookmarkEnd w:id="950"/>
       <w:bookmarkEnd w:id="951"/>
       <w:bookmarkEnd w:id="952"/>
       <w:bookmarkEnd w:id="953"/>
       <w:bookmarkEnd w:id="954"/>
       <w:bookmarkEnd w:id="955"/>
       <w:bookmarkEnd w:id="956"/>
       <w:bookmarkEnd w:id="957"/>
       <w:bookmarkEnd w:id="958"/>
       <w:bookmarkEnd w:id="959"/>
       <w:bookmarkEnd w:id="960"/>
       <w:bookmarkEnd w:id="961"/>
       <w:bookmarkEnd w:id="962"/>
       <w:bookmarkEnd w:id="963"/>
       <w:bookmarkEnd w:id="964"/>
       <w:bookmarkEnd w:id="965"/>
       <w:bookmarkEnd w:id="966"/>
     </w:p>
-    <w:p w:rsidRPr="003A6891" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="2244CB2A" w14:textId="2D5269A4">
+    <w:p w14:paraId="2244CB2A" w14:textId="2D5269A4" w:rsidR="007172AF" w:rsidRPr="003A6891" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sakkunnig</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="4432D317" w14:textId="77777777">
+    <w:p w14:paraId="4432D317" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Anders Lundqvist, överläkare, HIVÖ/infektionskliniken, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A6891" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="6CD8ED9C" w14:textId="77777777">
+    <w:p w14:paraId="6CD8ED9C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="003A6891" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc149035757" w:id="967"/>
-      <w:bookmarkStart w:name="_Toc149978547" w:id="968"/>
+      <w:bookmarkStart w:id="967" w:name="_Toc149035757"/>
+      <w:bookmarkStart w:id="968" w:name="_Toc149978547"/>
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="967"/>
       <w:bookmarkEnd w:id="968"/>
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="59207082" w14:textId="77777777">
+    <w:p w14:paraId="59207082" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A6891" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="4C89085D" w14:textId="77777777">
+    <w:p w14:paraId="4C89085D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="003A6891" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="4012A928" w14:textId="77777777">
+    <w:p w14:paraId="4012A928" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A6891" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="26F0476A" w14:textId="77777777">
+    <w:p w14:paraId="26F0476A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="003A6891" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00C44828" w:rsidRDefault="007172AF" w14:paraId="6AF065DA" w14:textId="77777777">
+    <w:p w14:paraId="6AF065DA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>antibiotika, allergier, överkänslighet, läkemedel, läkemedelsordinationer, läkemedelsförskrivningar, läkemedelsbehandlingar, ordinationer, antibiotikaprofylax, infektionsprofylax, preoperativa rutiner, kirurgi, trauma</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="003A6891" w:rsidRDefault="007172AF" w14:paraId="0C0FA1B4" w14:textId="77777777">
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304758" w:id="989"/>
+    <w:p w14:paraId="0C0FA1B4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003A6891">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="969" w:name="_Toc256000551"/>
+      <w:bookmarkStart w:id="970" w:name="_Toc256000492"/>
+      <w:bookmarkStart w:id="971" w:name="_Toc454874467"/>
+      <w:bookmarkStart w:id="972" w:name="_Toc454878550"/>
+      <w:bookmarkStart w:id="973" w:name="_Toc454885287"/>
+      <w:bookmarkStart w:id="974" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="975" w:name="_Toc256000104"/>
+      <w:bookmarkStart w:id="976" w:name="_Toc256000157"/>
+      <w:bookmarkStart w:id="977" w:name="_Toc256000210"/>
+      <w:bookmarkStart w:id="978" w:name="_Toc485818640"/>
+      <w:bookmarkStart w:id="979" w:name="_Toc256000264"/>
+      <w:bookmarkStart w:id="980" w:name="_Toc487203727"/>
+      <w:bookmarkStart w:id="981" w:name="_Toc256000321"/>
+      <w:bookmarkStart w:id="982" w:name="_Toc256000378"/>
+      <w:bookmarkStart w:id="983" w:name="_Toc256000435"/>
+      <w:bookmarkStart w:id="984" w:name="_Toc526768069"/>
+      <w:bookmarkStart w:id="985" w:name="_Toc98172093"/>
+      <w:bookmarkStart w:id="986" w:name="_Toc161304758"/>
+      <w:bookmarkStart w:id="987" w:name="_Toc169686209"/>
+      <w:bookmarkStart w:id="988" w:name="_Toc169686713"/>
+      <w:bookmarkStart w:id="989" w:name="_Toc182366123"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="969"/>
       <w:bookmarkEnd w:id="970"/>
       <w:bookmarkEnd w:id="971"/>
       <w:bookmarkEnd w:id="972"/>
       <w:bookmarkEnd w:id="973"/>
       <w:bookmarkEnd w:id="974"/>
       <w:bookmarkEnd w:id="975"/>
       <w:bookmarkEnd w:id="976"/>
       <w:bookmarkEnd w:id="977"/>
       <w:bookmarkEnd w:id="978"/>
       <w:bookmarkEnd w:id="979"/>
       <w:bookmarkEnd w:id="980"/>
       <w:bookmarkEnd w:id="981"/>
       <w:bookmarkEnd w:id="982"/>
       <w:bookmarkEnd w:id="983"/>
       <w:bookmarkEnd w:id="984"/>
       <w:bookmarkEnd w:id="985"/>
-      <w:bookmarkEnd w:id="989"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="Numreradlista"/>
+      <w:bookmarkEnd w:id="986"/>
+    </w:p>
+    <w:p w14:paraId="4EBB3D92" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E77437">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>SBU. Antibiotikaprofylax vid kirurgiska ingrepp. En systematisk litteraturöversikt. Stockholm: Statens beredning för medicinsk utvärdering (SBU); 2010. SBU-rapport nr 200. ISBN 978-91-85413-36-2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007172AF" w:rsidR="007172AF" w:rsidP="00E77437" w:rsidRDefault="007172AF" w14:paraId="0035F950" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Numreradlista"/>
+    <w:p w14:paraId="0035F950" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E77437">
+      <w:pPr>
+        <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Riktlinjer utgivna av terapigruppen för antibiotika. Läkemedelskommittén, Västra Götalandsregionen.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="986"/>
       <w:bookmarkEnd w:id="987"/>
       <w:bookmarkEnd w:id="988"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+      <w:bookmarkEnd w:id="989"/>
+    </w:p>
+    <w:p w14:paraId="65EAE243" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00C44828" w:rsidRDefault="007172AF" w:rsidP="00E77437">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000552" w:id="990"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc161304759" w:id="1007"/>
+      <w:bookmarkStart w:id="990" w:name="_Toc256000552"/>
+      <w:bookmarkStart w:id="991" w:name="_Toc256000493"/>
+      <w:bookmarkStart w:id="992" w:name="_Toc454874468"/>
+      <w:bookmarkStart w:id="993" w:name="_Toc454878551"/>
+      <w:bookmarkStart w:id="994" w:name="_Toc454885288"/>
+      <w:bookmarkStart w:id="995" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="996" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:id="997" w:name="_Toc256000158"/>
+      <w:bookmarkStart w:id="998" w:name="_Toc256000211"/>
+      <w:bookmarkStart w:id="999" w:name="_Toc485818641"/>
+      <w:bookmarkStart w:id="1000" w:name="_Toc256000265"/>
+      <w:bookmarkStart w:id="1001" w:name="_Toc487203728"/>
+      <w:bookmarkStart w:id="1002" w:name="_Toc256000322"/>
+      <w:bookmarkStart w:id="1003" w:name="_Toc256000379"/>
+      <w:bookmarkStart w:id="1004" w:name="_Toc256000436"/>
+      <w:bookmarkStart w:id="1005" w:name="_Toc526768070"/>
+      <w:bookmarkStart w:id="1006" w:name="_Toc98172094"/>
+      <w:bookmarkStart w:id="1007" w:name="_Toc161304759"/>
       <w:r w:rsidRPr="00C44828">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="990"/>
       <w:bookmarkEnd w:id="991"/>
       <w:bookmarkEnd w:id="992"/>
       <w:bookmarkEnd w:id="993"/>
       <w:bookmarkEnd w:id="994"/>
       <w:bookmarkEnd w:id="995"/>
       <w:bookmarkEnd w:id="996"/>
       <w:bookmarkEnd w:id="997"/>
       <w:bookmarkEnd w:id="998"/>
       <w:bookmarkEnd w:id="999"/>
       <w:bookmarkEnd w:id="1000"/>
       <w:bookmarkEnd w:id="1001"/>
       <w:bookmarkEnd w:id="1002"/>
       <w:bookmarkEnd w:id="1003"/>
       <w:bookmarkEnd w:id="1004"/>
       <w:bookmarkEnd w:id="1005"/>
       <w:bookmarkEnd w:id="1006"/>
       <w:bookmarkEnd w:id="1007"/>
     </w:p>
-    <w:p w:rsidRPr="00181B8A" w:rsidR="007172AF" w:rsidP="00181B8A" w:rsidRDefault="00E70445" w14:paraId="697B6317" w14:textId="0B34385C">
-[...6 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+    <w:p w14:paraId="697B6317" w14:textId="0B34385C" w:rsidR="007172AF" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="007172AF" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Infektionsverktyget – ansvarsfördelning och arbetssätt vid SÄS.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00181B8A" w:rsidR="007172AF">
+      <w:r w:rsidR="007172AF" w:rsidRPr="00181B8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidRPr="00181B8A" w:rsidR="0095478E" w:rsidP="00181B8A" w:rsidRDefault="00E70445" w14:paraId="446E09D5" w14:textId="0D531241">
-[...6 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+    <w:p w14:paraId="446E09D5" w14:textId="0D531241" w:rsidR="0095478E" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:anchor="hmainbody1" w:history="1">
+        <w:r w:rsidR="001F722E" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax i tandvården</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00181B8A" w:rsidR="00F73E05">
+      <w:r w:rsidR="00F73E05" w:rsidRPr="00181B8A">
         <w:t>, Läkemedelsverket 2012och 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00181B8A" w:rsidR="008E59E0" w:rsidP="00181B8A" w:rsidRDefault="00E70445" w14:paraId="29CA1997" w14:textId="0B62F400">
-[...6 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+    <w:p w14:paraId="29CA1997" w14:textId="0B62F400" w:rsidR="008E59E0" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="004F741A" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Antibiotikaprofylax </w:t>
         </w:r>
-        <w:r w:rsidRPr="00181B8A" w:rsidR="00A86915">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidR="00A86915" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vid</w:t>
         </w:r>
-        <w:r w:rsidRPr="00181B8A" w:rsidR="00A812EC">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidR="00A812EC" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00181B8A" w:rsidR="00712CD8">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidR="00712CD8" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>kirurgi inom</w:t>
         </w:r>
-        <w:r w:rsidRPr="00181B8A" w:rsidR="00A812EC">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidR="00A812EC" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00181B8A" w:rsidR="004F741A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidR="004F741A" w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>öron-, näs- och halssjukvården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidRPr="00181B8A" w:rsidR="008E59E0" w:rsidSect="007172AF">
+    <w:sectPr w:rsidR="008E59E0" w:rsidRPr="00181B8A" w:rsidSect="007172AF">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="29EFB57C" w14:textId="77777777">
+    <w:p w14:paraId="1F358F6B" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="0B7FC5CB" w14:textId="77777777">
+    <w:p w14:paraId="76716B39" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="393E73CF" w14:textId="77777777">
+    <w:p w14:paraId="33DE6927" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11284,173 +14512,173 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="Sidnummer"/>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -11481,323 +14709,323 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="4D81F1D1" w14:textId="77777777"/>
+    <w:p w14:paraId="243490B9" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="210F6E70" w14:textId="77777777">
+    <w:p w14:paraId="25D7C736" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D16E4E" w:rsidRDefault="00D16E4E" w14:paraId="44027EB6" w14:textId="77777777">
+    <w:p w14:paraId="08ED7C2A" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="006A5A04" w:rsidP="006A5A04" w:rsidRDefault="006A5A04" w14:paraId="05106C34" w14:textId="5EB0425D">
+                        <w:p w14:paraId="05106C34" w14:textId="5EB0425D" w:rsidR="006A5A04" w:rsidRDefault="006A5A04" w:rsidP="006A5A04">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Aktualiteten av utskriven version kan verifiera</w:t>
                           </w:r>
                           <w:r w:rsidR="00542CDD">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> på intranätet</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidRPr="00472A40" w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="2A1F125E">
+                        <w:p w14:paraId="70464969" w14:textId="2A1F125E" w:rsidR="00DA65C4" w:rsidRPr="00472A40" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="721BD115">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="006A5A04" w:rsidP="006A5A04" w:rsidRDefault="006A5A04" w14:paraId="2E6FE5BD" w14:textId="5EB0425D">
+                  <w:p w14:paraId="05106C34" w14:textId="5EB0425D" w:rsidR="006A5A04" w:rsidRDefault="006A5A04" w:rsidP="006A5A04">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Aktualiteten av utskriven version kan verifiera</w:t>
                     </w:r>
                     <w:r w:rsidR="00542CDD">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>s</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> på intranätet</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidRPr="00472A40" w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="672A6659" w14:textId="2A1F125E">
+                  <w:p w14:paraId="70464969" w14:textId="2A1F125E" w:rsidR="00DA65C4" w:rsidRPr="00472A40" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00476F75" w14:paraId="72D45401" w14:textId="19C42191">
+                        <w:p w14:paraId="72D45401" w14:textId="19C42191" w:rsidR="00413A60" w:rsidRDefault="00476F75">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Aktualiteten av utskriven version kan verifierad på intranätet</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="43F9D65C">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00476F75" w14:paraId="6B4DE207" w14:textId="19C42191">
+                  <w:p w14:paraId="72D45401" w14:textId="19C42191" w:rsidR="00413A60" w:rsidRDefault="00476F75">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Aktualiteten av utskriven version kan verifierad på intranätet</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
+    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -11833,496 +15061,609 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="61AECCA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B8F875F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numreradlista"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="33ACA176"/>
+    <w:tmpl w:val="7996D79E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07BA22DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B422EC58"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4A6FBE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E2EEC3A"/>
     <w:styleLink w:val="FormatmallNumreradlistaArialFetVnster472cmHngande06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12372,164 +15713,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13F72356"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22B8396E"/>
     <w:lvl w:ilvl="0" w:tplc="674439F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="07D86A7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12575,390 +15916,390 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="568A3FA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="486A6424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EA12FB5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E2EEC3A"/>
     <w:styleLink w:val="FormatmallNumreradlistaArialFetVnster472cmHngande061"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13008,51 +16349,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21AD2818"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A9C46C2"/>
     <w:lvl w:ilvl="0" w:tplc="5E1A62D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="45D2F1C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1F04235C" w:tentative="1">
@@ -13097,570 +16438,570 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C582C27E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCF8F56C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2625122C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B316D356"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32662D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C10679D2"/>
     <w:lvl w:ilvl="0" w:tplc="15B2A164">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista2"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3393"/>
         </w:tabs>
         <w:ind w:left="3393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1FFC5EE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4847"/>
         </w:tabs>
         <w:ind w:left="4847" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FF40E2EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5567"/>
         </w:tabs>
         <w:ind w:left="5567" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="7F647FD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6287"/>
         </w:tabs>
         <w:ind w:left="6287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="C10EF0E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7007"/>
         </w:tabs>
         <w:ind w:left="7007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="5BE846B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7727"/>
         </w:tabs>
         <w:ind w:left="7727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="4C12B338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8447"/>
         </w:tabs>
         <w:ind w:left="8447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EF2AD91A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9167"/>
         </w:tabs>
         <w:ind w:left="9167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="544C691A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9887"/>
         </w:tabs>
         <w:ind w:left="9887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F3D5436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1C61338"/>
     <w:lvl w:ilvl="0" w:tplc="A76087B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9C0E709C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7A963B2E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4476" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E31ADCF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -13692,418 +17033,531 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0FA0CFDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E142664A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B53031D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5F14E284"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D587EAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25082F2E"/>
     <w:lvl w:ilvl="0" w:tplc="D2FA55AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F70E809C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4CCA5B7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4476" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B7BE72E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5196" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="185CD080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5916" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="518835A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6636" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C1488528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D276A1DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E9013DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E624B98"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E2EEC3A"/>
     <w:styleLink w:val="FormatmallNumreradlistaArialFetVnster472cmHngande063"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -14154,390 +17608,390 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FE6391F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3464764"/>
     <w:lvl w:ilvl="0" w:tplc="CF7EA238">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Alfabetiskpunktlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3054" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BAE0D81C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4116" w:hanging="360"/>
@@ -14585,392 +18039,392 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7716" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2FEE4508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8436" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CAC21376" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9156" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="622C06A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25FA3DB2"/>
     <w:lvl w:ilvl="0" w:tplc="4496C5A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64194D3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="452ADDF0"/>
     <w:lvl w:ilvl="0" w:tplc="73F03C68">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista3"/>
       <w:lvlText w:val="˗"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ED56C44E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4116" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8544097C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4836" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="5E0C5E80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5556" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="C3F8A952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6276" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="365AA28C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="837252B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5C6648C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8436" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A2F063BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9156" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="651E7ED3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C1A84C0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="689C6B4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F328234"/>
     <w:lvl w:ilvl="0" w:tplc="685C2FE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Punktlistaalfabetisk"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -15013,278 +18467,278 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BCF374F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08121824"/>
     <w:lvl w:ilvl="0" w:tplc="D180AB3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlistaniv2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70C8779B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E2EEC3A"/>
     <w:styleLink w:val="FormatmallNumreradlistaArialFetVnster472cmHngande062"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15333,1400 +18787,1717 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8076" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="506676114">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1873878439">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="993489363">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="685324836">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1066219725">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1889024178">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1965499191">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="832330682">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="367099415">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2124228108">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="933628371">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="604507606">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2108037101">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1712729429">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="4134681">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1066882170">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1658264930">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2045785758">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1199784639">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1233546365">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="762994713">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="726954707">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1596475265">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="415977197">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1191410712">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="178129794">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1764644332">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1962227867">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="681981145">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="509226069">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="668169680">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2064133401">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1957445252">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="9801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000010F6"/>
     <w:rsid w:val="00004FF1"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00007379"/>
     <w:rsid w:val="00010043"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="000116C9"/>
+    <w:rsid w:val="00011A26"/>
+    <w:rsid w:val="000169A4"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00017905"/>
+    <w:rsid w:val="00022F90"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="0003001E"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00031AE0"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000354A7"/>
     <w:rsid w:val="00040FF3"/>
+    <w:rsid w:val="0004301C"/>
+    <w:rsid w:val="000439B6"/>
     <w:rsid w:val="00046A2E"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00057A0C"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00070B98"/>
+    <w:rsid w:val="00071B3F"/>
     <w:rsid w:val="00077011"/>
     <w:rsid w:val="00077FB0"/>
     <w:rsid w:val="00081E03"/>
     <w:rsid w:val="00082501"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00090273"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="000917F4"/>
     <w:rsid w:val="00093E80"/>
+    <w:rsid w:val="00094F8D"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="0009727A"/>
     <w:rsid w:val="000A114C"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A709C"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B435F"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B5498"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C2E7D"/>
+    <w:rsid w:val="000D23C0"/>
     <w:rsid w:val="000D2708"/>
+    <w:rsid w:val="000D6839"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="00103508"/>
+    <w:rsid w:val="0010444C"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00105EE4"/>
+    <w:rsid w:val="0011213B"/>
+    <w:rsid w:val="001128A1"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00125E4E"/>
+    <w:rsid w:val="00127831"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134438"/>
+    <w:rsid w:val="00134587"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001409F2"/>
     <w:rsid w:val="001412C7"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00143763"/>
     <w:rsid w:val="001455BA"/>
     <w:rsid w:val="001458E6"/>
+    <w:rsid w:val="00146FE6"/>
     <w:rsid w:val="0014716C"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00156858"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161D8C"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="0016329B"/>
     <w:rsid w:val="00163C71"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00165617"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="001676AA"/>
+    <w:rsid w:val="001705D7"/>
     <w:rsid w:val="00176D1F"/>
     <w:rsid w:val="00181B8A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00182058"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="0018735A"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00194800"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A0EF4"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A71BD"/>
+    <w:rsid w:val="001B4153"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4B2B"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D0314"/>
     <w:rsid w:val="001D3549"/>
     <w:rsid w:val="001D3F49"/>
+    <w:rsid w:val="001D573C"/>
     <w:rsid w:val="001E451D"/>
+    <w:rsid w:val="001E4B73"/>
     <w:rsid w:val="001F5269"/>
     <w:rsid w:val="001F722E"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00221240"/>
+    <w:rsid w:val="00222515"/>
     <w:rsid w:val="00222C4C"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00245250"/>
+    <w:rsid w:val="00245B3E"/>
+    <w:rsid w:val="00246DF1"/>
+    <w:rsid w:val="002508DD"/>
     <w:rsid w:val="00250F24"/>
+    <w:rsid w:val="002522A4"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="0025759B"/>
+    <w:rsid w:val="0026175A"/>
+    <w:rsid w:val="00261CF4"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00266D98"/>
     <w:rsid w:val="00271243"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00284760"/>
     <w:rsid w:val="002904C7"/>
+    <w:rsid w:val="00290767"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="00293000"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00294864"/>
     <w:rsid w:val="00296171"/>
+    <w:rsid w:val="0029784E"/>
     <w:rsid w:val="002A1B6E"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B4135"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C3AEE"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D61CA"/>
+    <w:rsid w:val="002E1C15"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F2569"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F5320"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00301E4F"/>
     <w:rsid w:val="003024DC"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="0032104B"/>
     <w:rsid w:val="00323AB4"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003315B4"/>
+    <w:rsid w:val="003337F5"/>
     <w:rsid w:val="0033613E"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003431AC"/>
     <w:rsid w:val="0034383D"/>
+    <w:rsid w:val="00343F2E"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="003511EA"/>
     <w:rsid w:val="003560BA"/>
     <w:rsid w:val="00360034"/>
     <w:rsid w:val="003605DF"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="00361EC9"/>
+    <w:rsid w:val="00362DEF"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="0036669C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="00383574"/>
     <w:rsid w:val="00384019"/>
+    <w:rsid w:val="00384535"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A1E0F"/>
     <w:rsid w:val="003A6891"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B4DB8"/>
+    <w:rsid w:val="003B795D"/>
     <w:rsid w:val="003C23DA"/>
     <w:rsid w:val="003C3E0C"/>
     <w:rsid w:val="003C640B"/>
     <w:rsid w:val="003D099E"/>
+    <w:rsid w:val="003D13A1"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6D64"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E0879"/>
     <w:rsid w:val="003E155D"/>
     <w:rsid w:val="003E26AC"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6190"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F649A"/>
+    <w:rsid w:val="00400772"/>
     <w:rsid w:val="0040114D"/>
+    <w:rsid w:val="00401287"/>
     <w:rsid w:val="00402834"/>
     <w:rsid w:val="00404692"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00407EE4"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="00420772"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="0042454B"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00440726"/>
+    <w:rsid w:val="00440F57"/>
     <w:rsid w:val="00442A32"/>
     <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="00445CF0"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="004469B6"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00453370"/>
+    <w:rsid w:val="0045680C"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004623CD"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="00467BCF"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00472A40"/>
     <w:rsid w:val="004736E5"/>
     <w:rsid w:val="00476F75"/>
     <w:rsid w:val="004775B6"/>
+    <w:rsid w:val="00477984"/>
+    <w:rsid w:val="00477F7F"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00482BAE"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00495422"/>
     <w:rsid w:val="00496B27"/>
+    <w:rsid w:val="004979C6"/>
     <w:rsid w:val="00497E39"/>
+    <w:rsid w:val="004A015F"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A7D78"/>
     <w:rsid w:val="004B091C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B57AE"/>
+    <w:rsid w:val="004C004B"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C7A4E"/>
+    <w:rsid w:val="004D0B13"/>
+    <w:rsid w:val="004D0DC9"/>
+    <w:rsid w:val="004D7442"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E7F71"/>
+    <w:rsid w:val="004F3DA8"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F5848"/>
+    <w:rsid w:val="004F5FF8"/>
     <w:rsid w:val="004F741A"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00504B83"/>
     <w:rsid w:val="005108FB"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00512F82"/>
+    <w:rsid w:val="005143E9"/>
+    <w:rsid w:val="00514F3A"/>
     <w:rsid w:val="00526D74"/>
+    <w:rsid w:val="00527744"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="0053207C"/>
+    <w:rsid w:val="00533BBE"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00541DA1"/>
     <w:rsid w:val="00542CDD"/>
+    <w:rsid w:val="00544881"/>
     <w:rsid w:val="00544BAB"/>
+    <w:rsid w:val="005456AC"/>
+    <w:rsid w:val="0054580F"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005511C9"/>
     <w:rsid w:val="005529BF"/>
     <w:rsid w:val="0055642F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005642F7"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="005704FC"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00582BB5"/>
     <w:rsid w:val="0059019D"/>
     <w:rsid w:val="0059478A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A32B0"/>
     <w:rsid w:val="005A39E1"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5B22"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A6A87"/>
     <w:rsid w:val="005B3BA2"/>
     <w:rsid w:val="005B4D1A"/>
+    <w:rsid w:val="005B5E60"/>
     <w:rsid w:val="005B6F25"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4099"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C5D89"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D0CF9"/>
     <w:rsid w:val="005D1A5D"/>
+    <w:rsid w:val="005D2A25"/>
     <w:rsid w:val="005D2B71"/>
+    <w:rsid w:val="005D5415"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E5565"/>
+    <w:rsid w:val="005F1081"/>
     <w:rsid w:val="005F36BA"/>
+    <w:rsid w:val="005F5E15"/>
     <w:rsid w:val="005F7F6F"/>
+    <w:rsid w:val="0060284A"/>
     <w:rsid w:val="00604CBC"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="0061047F"/>
+    <w:rsid w:val="0061291F"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
+    <w:rsid w:val="00621275"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00624CED"/>
+    <w:rsid w:val="00626C29"/>
     <w:rsid w:val="00626FC8"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00632383"/>
     <w:rsid w:val="00632E36"/>
     <w:rsid w:val="00640D05"/>
     <w:rsid w:val="0064267D"/>
+    <w:rsid w:val="006541F4"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00657F4D"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00660FD5"/>
     <w:rsid w:val="00661B70"/>
     <w:rsid w:val="006633F1"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0067039F"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="006754A9"/>
+    <w:rsid w:val="00683E2D"/>
+    <w:rsid w:val="006854FD"/>
+    <w:rsid w:val="00695DE7"/>
+    <w:rsid w:val="006A248E"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A4DCA"/>
     <w:rsid w:val="006A5A04"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B5956"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006B6C0A"/>
+    <w:rsid w:val="006B782A"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
+    <w:rsid w:val="006C7812"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D2277"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E4065"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E4E77"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F6F29"/>
+    <w:rsid w:val="007033A4"/>
+    <w:rsid w:val="00705D06"/>
     <w:rsid w:val="0071017C"/>
     <w:rsid w:val="00710404"/>
+    <w:rsid w:val="0071068F"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00710E7F"/>
     <w:rsid w:val="00712CD8"/>
     <w:rsid w:val="00713A0B"/>
     <w:rsid w:val="007160B0"/>
     <w:rsid w:val="0071702D"/>
     <w:rsid w:val="007172AF"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="00721C3C"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
+    <w:rsid w:val="00726222"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00731BB3"/>
     <w:rsid w:val="00732582"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="007343B8"/>
+    <w:rsid w:val="007345E6"/>
     <w:rsid w:val="00735EF2"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00740E83"/>
     <w:rsid w:val="00747477"/>
+    <w:rsid w:val="0075129E"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="0076080C"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="007647F3"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="007722D7"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00775F6B"/>
+    <w:rsid w:val="0078197D"/>
     <w:rsid w:val="007826E1"/>
     <w:rsid w:val="00783889"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00786431"/>
+    <w:rsid w:val="00786A43"/>
     <w:rsid w:val="00787693"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A2738"/>
+    <w:rsid w:val="007A5439"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A7A39"/>
     <w:rsid w:val="007B02B7"/>
     <w:rsid w:val="007B343E"/>
     <w:rsid w:val="007B48ED"/>
+    <w:rsid w:val="007B5881"/>
+    <w:rsid w:val="007D2E69"/>
     <w:rsid w:val="007D3059"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D5CE8"/>
     <w:rsid w:val="007D67DC"/>
     <w:rsid w:val="007D7ED6"/>
+    <w:rsid w:val="007E00A2"/>
+    <w:rsid w:val="007E3727"/>
     <w:rsid w:val="007E5088"/>
+    <w:rsid w:val="007E54B2"/>
     <w:rsid w:val="007E554D"/>
+    <w:rsid w:val="007F1387"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F4729"/>
+    <w:rsid w:val="007F560E"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008009E8"/>
+    <w:rsid w:val="008018A3"/>
+    <w:rsid w:val="008057D9"/>
     <w:rsid w:val="00810C57"/>
     <w:rsid w:val="00821484"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00823D14"/>
     <w:rsid w:val="00824F6C"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="0083109D"/>
     <w:rsid w:val="00832F67"/>
+    <w:rsid w:val="0083499F"/>
+    <w:rsid w:val="0083535B"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00835D9F"/>
     <w:rsid w:val="00837855"/>
     <w:rsid w:val="00842032"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="008470B6"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00856681"/>
     <w:rsid w:val="008571AA"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="0086036A"/>
     <w:rsid w:val="00864CFD"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00865CC6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00871957"/>
     <w:rsid w:val="00874125"/>
     <w:rsid w:val="008742FC"/>
+    <w:rsid w:val="008760C3"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00882576"/>
+    <w:rsid w:val="00883273"/>
     <w:rsid w:val="00885213"/>
+    <w:rsid w:val="008900C0"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A1735"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A458D"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B4410"/>
+    <w:rsid w:val="008C1F89"/>
+    <w:rsid w:val="008C2F8C"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E5500"/>
     <w:rsid w:val="008E59E0"/>
+    <w:rsid w:val="008E6092"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F3C5A"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F5A62"/>
     <w:rsid w:val="008F6950"/>
     <w:rsid w:val="009039CF"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00906739"/>
+    <w:rsid w:val="00907AF1"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
+    <w:rsid w:val="00914D2C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="009163DC"/>
     <w:rsid w:val="00921DCE"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00927C5A"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00932931"/>
+    <w:rsid w:val="00933352"/>
+    <w:rsid w:val="00933B1E"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="009374E5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471A1"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="0094757A"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953C1E"/>
     <w:rsid w:val="0095478E"/>
+    <w:rsid w:val="00957234"/>
+    <w:rsid w:val="00960BC0"/>
     <w:rsid w:val="00961AD8"/>
+    <w:rsid w:val="00965E68"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009739FC"/>
+    <w:rsid w:val="0097631D"/>
     <w:rsid w:val="00982AD3"/>
     <w:rsid w:val="00984902"/>
     <w:rsid w:val="009851B2"/>
+    <w:rsid w:val="00987F90"/>
     <w:rsid w:val="009953B1"/>
     <w:rsid w:val="009979E6"/>
     <w:rsid w:val="009A37DE"/>
     <w:rsid w:val="009A6158"/>
+    <w:rsid w:val="009B06A0"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B7471"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C6B11"/>
     <w:rsid w:val="009D084A"/>
     <w:rsid w:val="009D3046"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E352C"/>
     <w:rsid w:val="009E3AF9"/>
+    <w:rsid w:val="009E465E"/>
+    <w:rsid w:val="009E515F"/>
     <w:rsid w:val="009E531B"/>
+    <w:rsid w:val="009E58DB"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F14F5"/>
+    <w:rsid w:val="009F26A1"/>
     <w:rsid w:val="009F3244"/>
+    <w:rsid w:val="009F470A"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F664E"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
+    <w:rsid w:val="00A073E9"/>
     <w:rsid w:val="00A07BAF"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A17BD6"/>
+    <w:rsid w:val="00A25561"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A36250"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A40BDD"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A4437D"/>
+    <w:rsid w:val="00A45D85"/>
     <w:rsid w:val="00A466AE"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A53408"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55F3D"/>
+    <w:rsid w:val="00A646E0"/>
+    <w:rsid w:val="00A65650"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A700CB"/>
+    <w:rsid w:val="00A71D90"/>
+    <w:rsid w:val="00A74E91"/>
+    <w:rsid w:val="00A75A73"/>
     <w:rsid w:val="00A76FA3"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A812EC"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A82347"/>
     <w:rsid w:val="00A82B56"/>
     <w:rsid w:val="00A82F6B"/>
+    <w:rsid w:val="00A852AD"/>
     <w:rsid w:val="00A86915"/>
     <w:rsid w:val="00A90805"/>
     <w:rsid w:val="00A90D77"/>
+    <w:rsid w:val="00A913A4"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB1661"/>
     <w:rsid w:val="00AB2FB4"/>
+    <w:rsid w:val="00AB5B67"/>
+    <w:rsid w:val="00AC0A57"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC488B"/>
+    <w:rsid w:val="00AC63EE"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE25E1"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE5E8A"/>
+    <w:rsid w:val="00AE7768"/>
+    <w:rsid w:val="00AF0DE7"/>
     <w:rsid w:val="00AF2A6E"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF77D9"/>
+    <w:rsid w:val="00AF7E1A"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B04A8E"/>
+    <w:rsid w:val="00B0630A"/>
     <w:rsid w:val="00B06AC6"/>
     <w:rsid w:val="00B137EB"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14365"/>
+    <w:rsid w:val="00B1584A"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B24B13"/>
+    <w:rsid w:val="00B30C1A"/>
+    <w:rsid w:val="00B32C1D"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B4064F"/>
+    <w:rsid w:val="00B410EB"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B457B3"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B51C01"/>
     <w:rsid w:val="00B51EE3"/>
+    <w:rsid w:val="00B555A7"/>
+    <w:rsid w:val="00B56CB0"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B614EB"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B63C18"/>
+    <w:rsid w:val="00B6473D"/>
+    <w:rsid w:val="00B64BB7"/>
     <w:rsid w:val="00B653D9"/>
     <w:rsid w:val="00B655A2"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B8027A"/>
     <w:rsid w:val="00B82245"/>
     <w:rsid w:val="00B825B8"/>
     <w:rsid w:val="00B82708"/>
     <w:rsid w:val="00B84262"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B84965"/>
     <w:rsid w:val="00B849A8"/>
     <w:rsid w:val="00B851B9"/>
+    <w:rsid w:val="00B854B0"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B95484"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA054E"/>
+    <w:rsid w:val="00BA3C4E"/>
     <w:rsid w:val="00BA5F93"/>
+    <w:rsid w:val="00BB1E13"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB7147"/>
+    <w:rsid w:val="00BB7748"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD05EC"/>
     <w:rsid w:val="00BD3461"/>
+    <w:rsid w:val="00BD42F5"/>
+    <w:rsid w:val="00BD5E66"/>
+    <w:rsid w:val="00BD681F"/>
+    <w:rsid w:val="00BE0DF7"/>
     <w:rsid w:val="00BE263B"/>
     <w:rsid w:val="00BE450B"/>
     <w:rsid w:val="00BE46FF"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C0481C"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1121C"/>
     <w:rsid w:val="00C11B55"/>
     <w:rsid w:val="00C14657"/>
     <w:rsid w:val="00C21E73"/>
     <w:rsid w:val="00C25DBB"/>
+    <w:rsid w:val="00C26FD8"/>
+    <w:rsid w:val="00C3194C"/>
     <w:rsid w:val="00C31C33"/>
+    <w:rsid w:val="00C33D54"/>
     <w:rsid w:val="00C35E28"/>
+    <w:rsid w:val="00C36F7E"/>
     <w:rsid w:val="00C40A34"/>
     <w:rsid w:val="00C40CA0"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C44828"/>
     <w:rsid w:val="00C455CA"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50A55"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C55D90"/>
+    <w:rsid w:val="00C65930"/>
     <w:rsid w:val="00C70E19"/>
+    <w:rsid w:val="00C70E57"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C73AD6"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C75B46"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91B7A"/>
+    <w:rsid w:val="00C958C7"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA1B39"/>
+    <w:rsid w:val="00CA2BD1"/>
     <w:rsid w:val="00CA3416"/>
     <w:rsid w:val="00CA35BA"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB2695"/>
     <w:rsid w:val="00CB3D2E"/>
     <w:rsid w:val="00CB648F"/>
     <w:rsid w:val="00CB74AC"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC1CA0"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC71CD"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE1714"/>
     <w:rsid w:val="00CE453C"/>
     <w:rsid w:val="00CE46D2"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7354"/>
+    <w:rsid w:val="00CF362D"/>
+    <w:rsid w:val="00CF3E48"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D058E4"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D10923"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D16E4E"/>
+    <w:rsid w:val="00D20155"/>
+    <w:rsid w:val="00D216A8"/>
+    <w:rsid w:val="00D22D0B"/>
     <w:rsid w:val="00D23B13"/>
     <w:rsid w:val="00D2548E"/>
+    <w:rsid w:val="00D27F48"/>
+    <w:rsid w:val="00D37A00"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D419D4"/>
     <w:rsid w:val="00D434CB"/>
     <w:rsid w:val="00D43979"/>
     <w:rsid w:val="00D43E5B"/>
+    <w:rsid w:val="00D45635"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D531DD"/>
+    <w:rsid w:val="00D53206"/>
     <w:rsid w:val="00D565CF"/>
+    <w:rsid w:val="00D5788E"/>
+    <w:rsid w:val="00D6002C"/>
+    <w:rsid w:val="00D6214C"/>
     <w:rsid w:val="00D6298E"/>
+    <w:rsid w:val="00D70C0E"/>
     <w:rsid w:val="00D72FDA"/>
+    <w:rsid w:val="00D773CE"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86070"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D947FC"/>
+    <w:rsid w:val="00D956AE"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA6766"/>
     <w:rsid w:val="00DB2E1D"/>
     <w:rsid w:val="00DB6600"/>
+    <w:rsid w:val="00DC4E7C"/>
     <w:rsid w:val="00DC5BDF"/>
+    <w:rsid w:val="00DC63BE"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE74B7"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF172C"/>
     <w:rsid w:val="00DF2DBA"/>
+    <w:rsid w:val="00DF4155"/>
     <w:rsid w:val="00E00AF9"/>
+    <w:rsid w:val="00E00DF4"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E03063"/>
     <w:rsid w:val="00E0352C"/>
     <w:rsid w:val="00E052FE"/>
+    <w:rsid w:val="00E06C6F"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E165E7"/>
+    <w:rsid w:val="00E2284D"/>
     <w:rsid w:val="00E23122"/>
+    <w:rsid w:val="00E272A2"/>
+    <w:rsid w:val="00E379C4"/>
+    <w:rsid w:val="00E4770F"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E53105"/>
+    <w:rsid w:val="00E54360"/>
+    <w:rsid w:val="00E543E7"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E564BF"/>
     <w:rsid w:val="00E5657E"/>
+    <w:rsid w:val="00E565FB"/>
+    <w:rsid w:val="00E569B2"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E637FA"/>
     <w:rsid w:val="00E70445"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E745FE"/>
     <w:rsid w:val="00E77437"/>
     <w:rsid w:val="00E778AD"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85E3D"/>
     <w:rsid w:val="00E86CE8"/>
+    <w:rsid w:val="00E86D02"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E92BF3"/>
+    <w:rsid w:val="00E9578A"/>
     <w:rsid w:val="00E95A79"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA1FFD"/>
     <w:rsid w:val="00EA214C"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA4FBF"/>
+    <w:rsid w:val="00EA5B49"/>
     <w:rsid w:val="00EB0A70"/>
     <w:rsid w:val="00EB42DE"/>
+    <w:rsid w:val="00EB5412"/>
     <w:rsid w:val="00EB6714"/>
+    <w:rsid w:val="00EC0183"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC15B2"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE1EAF"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE3CA5"/>
     <w:rsid w:val="00EE5D1E"/>
+    <w:rsid w:val="00EF4BEC"/>
+    <w:rsid w:val="00EF58C2"/>
+    <w:rsid w:val="00EF5F7F"/>
     <w:rsid w:val="00F02AA6"/>
     <w:rsid w:val="00F05E18"/>
+    <w:rsid w:val="00F06175"/>
     <w:rsid w:val="00F07AAC"/>
+    <w:rsid w:val="00F14176"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F25DE8"/>
     <w:rsid w:val="00F26290"/>
+    <w:rsid w:val="00F26A11"/>
+    <w:rsid w:val="00F33775"/>
+    <w:rsid w:val="00F340D8"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F37C4A"/>
     <w:rsid w:val="00F400AB"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F43DA5"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F56C51"/>
+    <w:rsid w:val="00F57384"/>
+    <w:rsid w:val="00F61C83"/>
     <w:rsid w:val="00F62FAE"/>
+    <w:rsid w:val="00F66501"/>
     <w:rsid w:val="00F73E05"/>
     <w:rsid w:val="00F7599A"/>
+    <w:rsid w:val="00F763C7"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F90C36"/>
     <w:rsid w:val="00F93B8C"/>
     <w:rsid w:val="00F95AD9"/>
+    <w:rsid w:val="00F976BC"/>
+    <w:rsid w:val="00FA2475"/>
     <w:rsid w:val="00FA4763"/>
+    <w:rsid w:val="00FA4BA1"/>
     <w:rsid w:val="00FA53C3"/>
+    <w:rsid w:val="00FA67CB"/>
     <w:rsid w:val="00FA75EA"/>
+    <w:rsid w:val="00FB057B"/>
     <w:rsid w:val="00FB137A"/>
     <w:rsid w:val="00FB25E0"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB4B1C"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F37"/>
     <w:rsid w:val="00FC6BC4"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD7756"/>
     <w:rsid w:val="00FE0359"/>
+    <w:rsid w:val="00FE0F21"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE45A1"/>
     <w:rsid w:val="00FE6621"/>
     <w:rsid w:val="00FF1A6F"/>
+    <w:rsid w:val="00FF712F"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="07D597CD"/>
     <w:rsid w:val="08E09897"/>
     <w:rsid w:val="3538CC8C"/>
     <w:rsid w:val="37B18C31"/>
     <w:rsid w:val="49FB80D7"/>
     <w:rsid w:val="521E1773"/>
     <w:rsid w:val="58133DB0"/>
     <w:rsid w:val="5E19777E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6953635C"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B5FBDDD"/>
     <w:rsid w:val="7ACDD439"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{A5B3A4E2-2B1B-4EC5-9A68-7BA537CF1316}"/>
+  <w15:docId w15:val="{89A608F5-D31F-4A24-86BA-06202FCAE699}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Body Text Indent" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -16761,57 +20532,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -16869,2635 +20640,2634 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C40CA0"/>
+    <w:rsid w:val="007D2E69"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR,Huvudrubrik"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="005511C9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR,Styckerubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR,Avsnittsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DC5BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik,Underrubrik i avsnitt"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:aliases w:val="(Dokumentbenämning)"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik6Char"/>
+    <w:link w:val="Heading6Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:aliases w:val="Innehållsförteckning"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik7Char"/>
+    <w:link w:val="Heading7Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik9Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:aliases w:val="(Ledtexter)"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char,Huvudrubrik Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="005511C9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char,Styckerubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char,Avsnittsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:rsid w:val="00DC5BDF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char,Underrubrik i avsnitt Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E778AD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE46FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE46FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00DC5BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00712CD8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="30"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
-      <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
-    <w:name w:val="Sidhuvud Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:aliases w:val="(Ledtexter) Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Sidhuvud"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
-    <w:name w:val="Rubrik 6 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
     <w:aliases w:val="(Dokumentbenämning) Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik6"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
-    <w:name w:val="Rubrik 7 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
     <w:aliases w:val="Innehållsförteckning Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik7"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList1" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
     <w:name w:val="No List1"/>
-    <w:next w:val="Ingenlista"/>
+    <w:next w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007172AF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
-    <w:link w:val="BrdtextChar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:after="140"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
-    <w:name w:val="Brödtext Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Brdtext"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FormatmallArial14pt" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormatmallArial14pt">
     <w:name w:val="Formatmall Arial 14 pt"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
-    <w:link w:val="BrdtextmedindragChar"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="3033"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BrdtextmedindragChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Brdtextmedindrag"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabellrutnt1">
     <w:name w:val="Tabellrutnät1"/>
-    <w:basedOn w:val="Normaltabell"/>
-    <w:next w:val="Tabellrutnt"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
     <w:name w:val="Punktlista 1"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista2">
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
     <w:name w:val="List Bullet 2"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:rsid w:val="00E77437"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Egnauppgifterisidhuvud" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Egnauppgifterisidhuvud">
     <w:name w:val="Egna uppgifter i sidhuvud"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3827"/>
         <w:tab w:val="left" w:pos="5795"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dokumenttyp" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dokumenttyp">
     <w:name w:val="Dokumenttyp"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="20"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ledtextersidhuvudsidfot" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ledtextersidhuvudsidfot">
     <w:name w:val="Ledtexter sidhuvud/sidfot"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Mellanmrktrutnt1-dekorfrg21" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Mellanmrktrutnt1-dekorfrg21">
     <w:name w:val="Mellanmörkt rutnät 1 - dekorfärg 21"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="160" w:line="251" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Betoning">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="KommentarerChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2676" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentarer"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarsmneChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarsmne"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Frgadskuggning-dekorfrg11" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Frgadskuggning-dekorfrg11">
     <w:name w:val="Färgad skuggning - dekorfärg 11"/>
     <w:hidden/>
     <w:uiPriority w:val="71"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande06" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande06">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06..."/>
-    <w:basedOn w:val="Ingenlista"/>
+    <w:basedOn w:val="NoList"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande061" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande061">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...1"/>
-    <w:basedOn w:val="Ingenlista"/>
+    <w:basedOn w:val="NoList"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande062" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande062">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...2"/>
-    <w:basedOn w:val="Ingenlista"/>
+    <w:basedOn w:val="NoList"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande063" w:customStyle="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande063">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...3"/>
-    <w:basedOn w:val="Ingenlista"/>
+    <w:basedOn w:val="NoList"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Alfabetiskpunktlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alfabetiskpunktlista">
     <w:name w:val="Alfabetisk punktlista"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3033"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3036"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Frgadlista-dekorfrg11" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Frgadlista-dekorfrg11">
     <w:name w:val="Färgad lista - dekorfärg 11"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1304" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista3" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista3">
     <w:name w:val="Punktlista3"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3033"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FormatmallBrdtextmedindragFre4ptEfter4pt" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormatmallBrdtextmedindragFre4ptEfter4pt">
     <w:name w:val="Formatmall Brödtext med indrag + Före:  4 pt Efter:  4 pt"/>
-    <w:basedOn w:val="Brdtextmedindrag"/>
+    <w:basedOn w:val="BodyTextIndent"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="80"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlistaalfabetisk" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaalfabetisk">
     <w:name w:val="Punktlista alfabetisk"/>
     <w:qFormat/>
     <w:rsid w:val="007D67DC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalmedindrag" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalmedindrag">
     <w:name w:val="Normal med indrag"/>
     <w:qFormat/>
     <w:rsid w:val="00D6298E"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlistaniv2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
     <w:name w:val="Punktlista nivå2"/>
     <w:qFormat/>
     <w:rsid w:val="009851B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1707"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE263B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19525,96 +23295,63 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget%20%e2%80%93%20ansvarsf%c3%b6rdelning%20och%20arbetss%c3%a4tt%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax%20i%20samband%20med%20operation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax%20i%20samband%20med%20operation.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/antibiotikaprofylax-i-tandvarden---behandlingsrekommendation" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget%20%e2%80%93%20ansvarsf%c3%b6rdelning%20och%20arbetss%c3%a4tt%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="R4240af156afe4232" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget%20%e2%80%93%20ansvarsf%c3%b6rdelning%20och%20arbetss%c3%a4tt%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax%20i%20samband%20med%20operation.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax%20i%20samband%20med%20operation.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/antibiotikaprofylax-i-tandvarden---behandlingsrekommendation" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget%20%e2%80%93%20ansvarsf%c3%b6rdelning%20och%20arbetss%c3%a4tt%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
-</file>
-[...31 lines deleted...]
-</w:glossaryDocument>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -19894,53 +23631,1234 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>3729</Words>
+  <Characters>21260</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>4</DocSecurity>
+  <Lines>177</Lines>
+  <Paragraphs>49</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>24940</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="390" baseType="variant">
+      <vt:variant>
+        <vt:i4>1376272</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>375</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax i samband med operation.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5570582</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>372</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/antibiotikaprofylax-i-tandvarden---behandlingsrekommendation</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>hmainbody1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5242967</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>369</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget %e2%80%93 ansvarsf%c3%b6rdelning och arbetss%c3%a4tt vid S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5242967</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-98/SURROGATE/Infektionsverktyget %e2%80%93 ansvarsf%c3%b6rdelning och arbetss%c3%a4tt vid S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376272</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>363</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax i samband med operation.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>356</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304759</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>350</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304758</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>344</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304757</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>338</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304756</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>332</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304755</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>326</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304754</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>320</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304753</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>314</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304752</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>308</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304751</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245239</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>302</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304750</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>296</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304749</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>290</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304748</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>284</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304747</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>278</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304746</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>272</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304745</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>266</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304744</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>260</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304743</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304742</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>248</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304741</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179703</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>242</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304740</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304739</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304738</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>224</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304737</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304736</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304735</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304734</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304733</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304732</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>188</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304731</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376311</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304730</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>176</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304729</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304728</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304727</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304726</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304725</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304724</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304723</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304722</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304721</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304720</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304719</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304718</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304717</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304716</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304715</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304714</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304713</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304712</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304711</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507383</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304710</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304709</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304708</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304707</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304706</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304705</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304704</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304703</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304702</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304701</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441847</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc161304700</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Antibiotikaprofylax inför kirurgi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>291</revision>
+  <lastPrinted>2016-04-01T13:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>