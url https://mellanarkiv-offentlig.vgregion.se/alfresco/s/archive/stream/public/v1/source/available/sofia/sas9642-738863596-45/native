--- v1 (2026-02-19)
+++ v2 (2026-03-12)
@@ -10,60 +10,60 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0755A1F5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax inför kirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B32DC3D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc256000494"/>
       <w:bookmarkStart w:id="2" w:name="_Toc256000403"/>
       <w:bookmarkStart w:id="3" w:name="_Toc454874416"/>
       <w:bookmarkStart w:id="4" w:name="_Toc454878499"/>
       <w:bookmarkStart w:id="5" w:name="_Toc454885236"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000053"/>
       <w:bookmarkStart w:id="8" w:name="_Toc256000106"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000159"/>
       <w:bookmarkStart w:id="10" w:name="_Toc485818585"/>
       <w:bookmarkStart w:id="11" w:name="_Toc256000018"/>
       <w:bookmarkStart w:id="12" w:name="_Toc487203672"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000232"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000289"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000346"/>
       <w:bookmarkStart w:id="16" w:name="_Toc526768013"/>
       <w:bookmarkStart w:id="17" w:name="_Toc98172036"/>
       <w:bookmarkStart w:id="18" w:name="_Toc161304700"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
@@ -76,51 +76,51 @@
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="6937FEC1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E95A79">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Riktlinjen samlar alla specialiteters rekommendationer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> antibiotikaprofylax på SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28038269" w14:textId="3A4C5343" w:rsidR="00E95A79" w:rsidRPr="00932931" w:rsidRDefault="00E95A79" w:rsidP="00E95A79">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc161304701"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="0046929A" w14:textId="64A9823B" w:rsidR="5E19777E" w:rsidRDefault="37B18C31" w:rsidP="7ACDD439">
       <w:r>
         <w:t xml:space="preserve">Redaktionella </w:t>
       </w:r>
       <w:r w:rsidR="5E19777E">
         <w:t>ändringar</w:t>
       </w:r>
       <w:r w:rsidR="58133DB0">
         <w:t>, gil</w:t>
       </w:r>
       <w:r w:rsidR="08E09897">
         <w:t>tighetstiden förlängd.</w:t>
       </w:r>
     </w:p>
@@ -130,124 +130,119 @@
       </w:r>
       <w:r w:rsidR="009F664E">
         <w:t xml:space="preserve"> generellt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vid </w:t>
       </w:r>
       <w:r w:rsidR="00B555A7">
         <w:t>penicillinallergi</w:t>
       </w:r>
       <w:r w:rsidR="009163DC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009F664E">
         <w:t xml:space="preserve"> Om patienten är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009F664E">
         <w:t>penicillinallergisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F664E">
         <w:t xml:space="preserve"> kan man i huvudsak byta </w:t>
       </w:r>
       <w:r w:rsidR="00011A26">
-        <w:t xml:space="preserve">från penicillinpreparat till </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>från penicillinpreparat till cefotaxim</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24350FDA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E95A79" w:rsidRDefault="007172AF" w:rsidP="00661B70">
       <w:pPr>
         <w:spacing w:before="360" w:after="20"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E95A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0699545F" w14:textId="597C417D" w:rsidR="00712CD8" w:rsidRDefault="0059019D">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc161304700" w:history="1">
         <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304700 \h </w:instrText>
@@ -259,4260 +254,4261 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00712CD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43467A95" w14:textId="31F1EC33" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="43467A95" w14:textId="31F1EC33" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304701" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304701 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01D97735" w14:textId="5A7EC905" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="01D97735" w14:textId="5A7EC905" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304702" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304702 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EBECDE6" w14:textId="633ADD74" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="0EBECDE6" w14:textId="633ADD74" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304703" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304703 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48EDB963" w14:textId="376FB945" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="48EDB963" w14:textId="376FB945" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304704" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304704 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62EDEAB9" w14:textId="69367088" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="62EDEAB9" w14:textId="69367088" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304705" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kärlkirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304705 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C529A4A" w14:textId="0534C1E5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="5C529A4A" w14:textId="0534C1E5" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304706" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Aktuella operationer</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304706 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67F5F5FA" w14:textId="2EB329BD" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="67F5F5FA" w14:textId="2EB329BD" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304707" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Preparatval och dosering</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304707 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61EA63A4" w14:textId="28A0E65E" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="61EA63A4" w14:textId="28A0E65E" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304708" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304708 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77FD7306" w14:textId="05B44076" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="77FD7306" w14:textId="05B44076" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304709" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Urologisk kirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304709 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5132B553" w14:textId="0CE8F9AF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="5132B553" w14:textId="0CE8F9AF" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304710" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Ingrepp med låg risk för infektion</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304710 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21630CA4" w14:textId="6A6989A1" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="21630CA4" w14:textId="6A6989A1" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304711" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Ingrepp med viss risk för infektion</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304711 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FE8C119" w14:textId="1BF2B2AC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="6FE8C119" w14:textId="1BF2B2AC" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304712" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ingrepp med hög risk för infektion</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304712 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F44CDE6" w14:textId="0EA8FD15" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="4F44CDE6" w14:textId="0EA8FD15" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304713" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bukkirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304713 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D9BC719" w14:textId="718E2441" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="1D9BC719" w14:textId="718E2441" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304714" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Övre gastrointestinal kirurgi (esofagus, ventrikel, duodenum)</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304714 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C31DC0D" w14:textId="655487EF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="7C31DC0D" w14:textId="655487EF" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304715" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut öppen eller laparoskopisk gallvägskirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304715 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FD3D3FD" w14:textId="342088AA" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="1FD3D3FD" w14:textId="342088AA" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304716" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv gallvägskirurgi med riskfaktor</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304716 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C784EBA" w14:textId="577593F5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="1C784EBA" w14:textId="577593F5" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304717" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv gallvägskirurgi utan riskfaktor</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304717 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E7109CA" w14:textId="0E3F6334" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="4E7109CA" w14:textId="0E3F6334" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304718" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endoskopisk retrograd koledokoskopi med gallstas (ERC) resp. Perkutan transhepatisk kolangiografi (PTC)</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304718 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61916A84" w14:textId="29E1BD61" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="61916A84" w14:textId="29E1BD61" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304719" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endoskopisk retrograd koledokoskopi utan gallstas</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304719 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22B02585" w14:textId="0385FEB5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="22B02585" w14:textId="0385FEB5" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304720" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut kolonkirurgi utan infektionskomplikation</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304720 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A9C1171" w14:textId="6512E8DB" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="5A9C1171" w14:textId="6512E8DB" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304721" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiv kolonkirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304721 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="305609BF" w14:textId="6114CD33" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="305609BF" w14:textId="6114CD33" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304722" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendicit</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304722 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FC0BB3A" w14:textId="671C7AF4" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="6FC0BB3A" w14:textId="671C7AF4" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304723" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bröstkirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304723 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FDB8DEA" w14:textId="6A68B6AF" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="4FDB8DEA" w14:textId="6A68B6AF" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304724" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Profylax ges vid</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304724 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34E02EF0" w14:textId="1A2C553C" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="34E02EF0" w14:textId="1A2C553C" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304725" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Preparatval och dosering</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304725 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17757A5E" w14:textId="531B3B51" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="17757A5E" w14:textId="531B3B51" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304726" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304726 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10E41F13" w14:textId="5404128F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="10E41F13" w14:textId="5404128F" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304727" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gynekologi och obstetrik</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304727 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A88D4DA" w14:textId="29E9A2ED" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="1A88D4DA" w14:textId="29E9A2ED" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304728" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hysterektomi (abdominal och transvaginal)</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304728 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E5A6479" w14:textId="4E12CB54" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="0E5A6479" w14:textId="4E12CB54" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304729" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uretrocystopexi och bäckenbottenplastik</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304729 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CCD2F0E" w14:textId="0F5C98DC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="3CCD2F0E" w14:textId="0F5C98DC" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304730" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akut och elektivt sectio</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304730 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2692EF4C" w14:textId="1B04B1A6" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="2692EF4C" w14:textId="1B04B1A6" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304731" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>GBS (Grupp B Streptokocker)</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304731 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DF30DD3" w14:textId="0AA086C1" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="6DF30DD3" w14:textId="0AA086C1" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304732" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Perineala bristningar</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304732 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="206641FA" w14:textId="06DBDE86" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="206641FA" w14:textId="06DBDE86" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304733" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation för nytta med profylax saknas vid</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304733 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DFDE412" w14:textId="5F6D0699" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="0DFDE412" w14:textId="5F6D0699" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304734" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ortopedi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304734 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60234E9E" w14:textId="4EA25B45" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="60234E9E" w14:textId="4EA25B45" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304735" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ledplastik</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304735 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="458BF98F" w14:textId="283BAF65" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="458BF98F" w14:textId="283BAF65" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304736" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutna frakturer</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304736 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25F1CDF3" w14:textId="55C82465" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="25F1CDF3" w14:textId="55C82465" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304737" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppna frakturer</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304737 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4876A570" w14:textId="1A859F70" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="4876A570" w14:textId="1A859F70" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304738" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Amputationer</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304738 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AB5A271" w14:textId="55A3F026" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="0AB5A271" w14:textId="55A3F026" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304739" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Artroskopi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304739 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="752579FA" w14:textId="19CC83DE" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="752579FA" w14:textId="19CC83DE" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304740" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Trauma</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304740 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39C55D1D" w14:textId="13348726" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="39C55D1D" w14:textId="13348726" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304741" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppen ansiktsfraktur</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304741 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6391ED96" w14:textId="4F36DB10" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="6391ED96" w14:textId="4F36DB10" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304742" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Brännskada</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304742 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70547B57" w14:textId="26B0F03C" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="70547B57" w14:textId="26B0F03C" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304743" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Buktrauma, penetrerande</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304743 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="740CAF5D" w14:textId="0AF33222" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="740CAF5D" w14:textId="0AF33222" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304744" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mjukdelsskada</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304744 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25B07F3E" w14:textId="72CC7290" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="25B07F3E" w14:textId="72CC7290" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304745" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skallbasfraktur</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304745 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F0E3C1F" w14:textId="155CA880" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="7F0E3C1F" w14:textId="155CA880" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304746" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Thoraxtrauma, penetrerande</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304746 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60255FDB" w14:textId="2DBED1C5" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="60255FDB" w14:textId="2DBED1C5" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304747" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öron-näsa-halskirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304747 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14DB324C" w14:textId="3B58D171" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="14DB324C" w14:textId="3B58D171" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304748" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tandvård</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304748 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38254A01" w14:textId="588C6672" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="38254A01" w14:textId="588C6672" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304749" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tandutdragning, tandstensskrapning och dentoalveolär kirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304749 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0994CB47" w14:textId="2DA8CA94" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="0994CB47" w14:textId="2DA8CA94" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304750" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Benskadande odontologiska ingrepp</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304750 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C471E23" w14:textId="7D677CCA" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="2C471E23" w14:textId="7D677CCA" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304751" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ingrepp med ökad infektionsrisk</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304751 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F5BF929" w14:textId="102F2BA2" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="3F5BF929" w14:textId="102F2BA2" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304752" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Implantatkirurgi</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304752 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46726892" w14:textId="3753F16F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="46726892" w14:textId="3753F16F" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304753" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endokarditprofylax</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304753 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E22783D" w14:textId="7D1D3FC2" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="2E22783D" w14:textId="7D1D3FC2" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304754" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Peroralt antibiotikaval</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304754 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B6B95C5" w14:textId="5D2B7DEB" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC3"/>
+    <w:p w14:paraId="7B6B95C5" w14:textId="5D2B7DEB" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304755" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Parenteralt antibiotikaval</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304755 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="695DB00F" w14:textId="746E9E0F" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="695DB00F" w14:textId="746E9E0F" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304756" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304756 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A381547" w14:textId="7B873496" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="4A381547" w14:textId="7B873496" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304757" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304757 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="649518DC" w14:textId="0EAFE3C7" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="649518DC" w14:textId="0EAFE3C7" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304758" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304758 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46E7A87B" w14:textId="35216FEC" w:rsidR="00712CD8" w:rsidRDefault="00800982">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC1"/>
+    <w:p w14:paraId="46E7A87B" w14:textId="35216FEC" w:rsidR="00712CD8" w:rsidRDefault="00712CD8">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc161304759" w:history="1">
-        <w:r w:rsidR="00712CD8" w:rsidRPr="004626D6">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="004626D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc161304759 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00712CD8">
-[...5 lines deleted...]
-        <w:r w:rsidR="00712CD8">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00712CD8">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="77B4129E" w14:textId="40375A7D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="0059019D" w:rsidP="00C44828">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="_Toc256000495"/>
       <w:bookmarkStart w:id="21" w:name="_Toc454874417"/>
       <w:bookmarkStart w:id="22" w:name="_Toc454878500"/>
       <w:bookmarkStart w:id="23" w:name="_Toc454885237"/>
       <w:bookmarkStart w:id="24" w:name="_Toc256000001"/>
       <w:bookmarkStart w:id="25" w:name="_Toc256000054"/>
       <w:bookmarkStart w:id="26" w:name="_Toc256000107"/>
       <w:bookmarkStart w:id="27" w:name="_Toc256000160"/>
       <w:bookmarkStart w:id="28" w:name="_Toc485818586"/>
       <w:bookmarkStart w:id="29" w:name="_Toc256000071"/>
       <w:bookmarkStart w:id="30" w:name="_Toc487203673"/>
       <w:bookmarkStart w:id="31" w:name="_Toc256000266"/>
       <w:bookmarkStart w:id="32" w:name="_Toc256000323"/>
       <w:bookmarkStart w:id="33" w:name="_Toc256000380"/>
       <w:bookmarkStart w:id="34" w:name="_Toc256000437"/>
       <w:bookmarkStart w:id="35" w:name="_Toc526768014"/>
       <w:bookmarkStart w:id="36" w:name="_Toc98172037"/>
       <w:bookmarkStart w:id="37" w:name="_Toc161304702"/>
       <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
@@ -4569,51 +4565,51 @@
       <w:r w:rsidR="00906739">
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> % av tillfällena var indikationen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> profylax. Med tanke på den ökande graden av antibiotikaresistens är det angeläget att profylax ges på strikta indikationer och att sjukhuset har riktlinjer som följs. Rekommendationerna som följer är baserade på SBU:s (Statens Beredning för medicinsk Utvärdering) utredning om antibiotikaprofylax vid kirurgiska ingrepp, utgiven i augusti 2010 och riktlinjer utgivna av terapigruppen för antibiotika i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>VGR:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> läkemedelskommitté [1, 2].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765EA49F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E778AD" w:rsidRDefault="007172AF" w:rsidP="00E778AD">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc256000496"/>
       <w:bookmarkStart w:id="39" w:name="_Toc256000438"/>
       <w:bookmarkStart w:id="40" w:name="_Toc454874418"/>
       <w:bookmarkStart w:id="41" w:name="_Toc454878501"/>
       <w:bookmarkStart w:id="42" w:name="_Toc454885238"/>
       <w:bookmarkStart w:id="43" w:name="_Toc256000002"/>
       <w:bookmarkStart w:id="44" w:name="_Toc256000055"/>
       <w:bookmarkStart w:id="45" w:name="_Toc256000108"/>
       <w:bookmarkStart w:id="46" w:name="_Toc256000161"/>
       <w:bookmarkStart w:id="47" w:name="_Toc485818587"/>
       <w:bookmarkStart w:id="48" w:name="_Toc256000124"/>
       <w:bookmarkStart w:id="49" w:name="_Toc487203674"/>
       <w:bookmarkStart w:id="50" w:name="_Toc256000267"/>
       <w:bookmarkStart w:id="51" w:name="_Toc256000324"/>
       <w:bookmarkStart w:id="52" w:name="_Toc256000381"/>
       <w:bookmarkStart w:id="53" w:name="_Toc526768015"/>
       <w:bookmarkStart w:id="54" w:name="_Toc98172038"/>
       <w:bookmarkStart w:id="55" w:name="_Toc161304703"/>
       <w:r w:rsidRPr="00E778AD">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
@@ -4626,91 +4622,91 @@
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="27DE5216" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Antibiotika för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> profylax bör </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FFE63E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha ett antibakteriellt spektrum som täcker de viktigaste postoperativa infektionerna vid de aktuella ingreppen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7230A09A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha god vävnadspenetration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8E2A1B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>ha dokumenterad effekt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF238E2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>inte användas som terapi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7CFF3B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00082501">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>administreras på ett sådant sätt att maximal vävnadskoncentration föreligger vid ingreppsstart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C43C08E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00E778AD" w:rsidRDefault="007172AF" w:rsidP="00E778AD">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc454874419"/>
       <w:bookmarkStart w:id="57" w:name="_Toc454878502"/>
       <w:bookmarkStart w:id="58" w:name="_Toc454885239"/>
       <w:bookmarkStart w:id="59" w:name="_Toc256000003"/>
       <w:bookmarkStart w:id="60" w:name="_Toc256000056"/>
       <w:bookmarkStart w:id="61" w:name="_Toc256000109"/>
       <w:bookmarkStart w:id="62" w:name="_Toc256000162"/>
       <w:bookmarkStart w:id="63" w:name="_Toc485818588"/>
       <w:bookmarkStart w:id="64" w:name="_Toc256000177"/>
       <w:bookmarkStart w:id="65" w:name="_Toc487203675"/>
       <w:bookmarkStart w:id="66" w:name="_Toc256000268"/>
       <w:bookmarkStart w:id="67" w:name="_Toc256000325"/>
       <w:bookmarkStart w:id="68" w:name="_Toc256000382"/>
       <w:bookmarkStart w:id="69" w:name="_Toc256000497"/>
       <w:bookmarkStart w:id="70" w:name="_Toc256000439"/>
       <w:bookmarkStart w:id="71" w:name="_Toc526768016"/>
       <w:bookmarkStart w:id="72" w:name="_Toc98172039"/>
       <w:bookmarkStart w:id="73" w:name="_Toc161304704"/>
       <w:r w:rsidRPr="00E778AD">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
@@ -4720,149 +4716,122 @@
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="3E3ED609" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001D3549">
       <w:r w:rsidRPr="007172AF">
         <w:t>Peroperativ antibiotikaprofylax ska inte överstiga ett dygn och i allmänhet är en dos före operation tillräckligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA5F7EE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001D3549">
       <w:r w:rsidRPr="007172AF">
         <w:t>Tidpunkten för profylax bör, i förhållande till operationsstart, anpassas till halveringstiden för det antibiotikum som används.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79252512" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B137EB">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...26 lines deleted...]
-        <w:t>, bör ske cirka 30-60 minuter före ingreppet.</w:t>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Intravenös administration av betalaktamantibiotika, t.ex. kloxacillin, bör ske cirka 30-60 minuter före ingreppet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210C2BE9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B137EB">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Peroral administration av preparat med god absorption och lång halveringstid kan ges på operationsdagens morgon oavsett när under dagen operationen planeras, men bör ges minst 2 timmar före ingreppet (exempelvis trimsulfa, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>doxycyklin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7059D2B1" w14:textId="77777777" w:rsidR="00FE0F21" w:rsidRDefault="00FE0F21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322F5B5C" w14:textId="7B93BBAE" w:rsidR="001D0314" w:rsidRDefault="001D0314" w:rsidP="001D0314">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="322F5B5C" w14:textId="4479BA07" w:rsidR="001D0314" w:rsidRDefault="001D0314" w:rsidP="001D0314">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Penillinallergi</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pen</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A66">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>illinallergi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="563358AE" w14:textId="77777777" w:rsidR="00A53408" w:rsidRDefault="00482BAE" w:rsidP="00482BAE">
       <w:r>
         <w:t xml:space="preserve">Om patienten är allergisk mot penicillin kan man i allmänhet </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007E3727">
-        <w:t>istället</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">istället använda </w:t>
+      </w:r>
       <w:r>
-        <w:t>cefotaxim</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">cefotaxim. </w:t>
       </w:r>
       <w:r w:rsidR="0083109D">
         <w:t xml:space="preserve">Detta gäller även </w:t>
       </w:r>
       <w:r w:rsidR="00A45D85">
         <w:t xml:space="preserve">om patienten reagerat med </w:t>
       </w:r>
       <w:r w:rsidR="0083109D">
         <w:t>anafylaktisk reaktion efter penicilli</w:t>
       </w:r>
       <w:r w:rsidR="006A248E">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="005704FC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69E15473" w14:textId="397B3458" w:rsidR="00482BAE" w:rsidRDefault="005704FC" w:rsidP="00482BAE">
       <w:r>
         <w:t>Observera dock att</w:t>
       </w:r>
       <w:r w:rsidR="000D23C0">
         <w:t xml:space="preserve"> man efter</w:t>
       </w:r>
       <w:r w:rsidR="001B4153">
@@ -4904,68 +4873,60 @@
       <w:r w:rsidR="00A913A4">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00527744">
         <w:t>pidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00527744">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00527744">
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidR="00626C29">
         <w:t>krolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00626C29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0075129E">
         <w:t xml:space="preserve">inte </w:t>
       </w:r>
       <w:r w:rsidR="00EF5F7F">
-        <w:t xml:space="preserve">ska använda </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> alls</w:t>
+        <w:t>ska använda betalaktamantibiotika alls</w:t>
       </w:r>
       <w:r w:rsidR="00A53408">
         <w:t xml:space="preserve"> i fortsättningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493C2C29" w14:textId="77777777" w:rsidR="00E86D02" w:rsidRDefault="00E86D02" w:rsidP="00482BAE"/>
     <w:p w14:paraId="6AFD5399" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="_Toc256000498"/>
       <w:bookmarkStart w:id="75" w:name="_Toc256000440"/>
       <w:bookmarkStart w:id="76" w:name="_Toc454874420"/>
       <w:bookmarkStart w:id="77" w:name="_Toc454878503"/>
       <w:bookmarkStart w:id="78" w:name="_Toc454885240"/>
       <w:bookmarkStart w:id="79" w:name="_Toc256000004"/>
       <w:bookmarkStart w:id="80" w:name="_Toc256000057"/>
       <w:bookmarkStart w:id="81" w:name="_Toc256000110"/>
       <w:bookmarkStart w:id="82" w:name="_Toc256000163"/>
       <w:bookmarkStart w:id="83" w:name="_Toc485818589"/>
       <w:bookmarkStart w:id="84" w:name="_Toc256000212"/>
       <w:bookmarkStart w:id="85" w:name="_Toc487203676"/>
       <w:bookmarkStart w:id="86" w:name="_Toc256000269"/>
       <w:bookmarkStart w:id="87" w:name="_Toc256000326"/>
       <w:bookmarkStart w:id="88" w:name="_Toc256000383"/>
       <w:bookmarkStart w:id="89" w:name="_Toc526768017"/>
       <w:bookmarkStart w:id="90" w:name="_Toc98172040"/>
       <w:bookmarkStart w:id="91" w:name="_Toc161304705"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kärlkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
@@ -5018,110 +4979,110 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aktuella operationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:p w14:paraId="3C6E8490" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Perifer kärlkirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76E061C6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Aortaaneurysm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1913E47D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Axillofemoral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> bypass</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B31571E" w14:textId="6502E34F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DC5BDF">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>EVAR (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>EndoVascular</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -5193,69 +5154,67 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
     </w:p>
     <w:p w14:paraId="6370855D" w14:textId="1E796495" w:rsidR="007B02B7" w:rsidRDefault="007172AF" w:rsidP="004E7F71">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B02B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="69FA78C7" w14:textId="5CE9A1B9" w:rsidR="007172AF" w:rsidRPr="007B02B7" w:rsidRDefault="007172AF" w:rsidP="004E7F71">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007B02B7">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
       <w:r w:rsidR="007B02B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6245C06F" w14:textId="3D8350E6" w:rsidR="004A7D78" w:rsidRDefault="004A7D78" w:rsidP="006C7812">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
@@ -5314,70 +5273,68 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1470B8" w14:textId="5C92866D" w:rsidR="00F61C83" w:rsidRDefault="001E4B73" w:rsidP="004A7D78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F61C83">
         <w:t>Anafylaxi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9DEEC8" w14:textId="12C3BEE1" w:rsidR="001E4B73" w:rsidRDefault="00B64BB7" w:rsidP="001E4B73">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6DAD662F" w14:textId="47ADAD6B" w:rsidR="00F976BC" w:rsidRDefault="00E543E7" w:rsidP="001E4B73">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -5500,51 +5457,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E9578A" w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DBF2477" w14:textId="51DD1D0D" w:rsidR="007B02B7" w:rsidRDefault="007172AF" w:rsidP="007B02B7">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5DCCAA1E" w14:textId="4446B6EF" w:rsidR="007172AF" w:rsidRPr="005D0CF9" w:rsidRDefault="007172AF" w:rsidP="007B02B7">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30 minuter före op</w:t>
       </w:r>
       <w:r w:rsidR="007B02B7">
@@ -5586,347 +5543,348 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
     <w:p w14:paraId="185D9A79" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Varicerkirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FBD7C4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PTA (Perkutan transluminal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>angioplastik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9162CE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Anläggning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>AV-fistel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3D884231" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inläggning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>venport</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2F6024F9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Inläggning av CDK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16772FC3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Diagnostisk angiografi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7570145E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Trombolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="67CA53C1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Carotisoperation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="57FC0BD2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Armemboli</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5E6907" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="146" w:name="_Toc256000502"/>
       <w:bookmarkStart w:id="147" w:name="_Toc256000444"/>
       <w:bookmarkStart w:id="148" w:name="_Toc454874424"/>
       <w:bookmarkStart w:id="149" w:name="_Toc454878507"/>
       <w:bookmarkStart w:id="150" w:name="_Toc454885244"/>
       <w:bookmarkStart w:id="151" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="152" w:name="_Toc256000061"/>
       <w:bookmarkStart w:id="153" w:name="_Toc256000114"/>
       <w:bookmarkStart w:id="154" w:name="_Toc256000167"/>
       <w:bookmarkStart w:id="155" w:name="_Toc485818593"/>
       <w:bookmarkStart w:id="156" w:name="_Toc256000216"/>
       <w:bookmarkStart w:id="157" w:name="_Toc487203680"/>
       <w:bookmarkStart w:id="158" w:name="_Toc256000273"/>
       <w:bookmarkStart w:id="159" w:name="_Toc256000330"/>
       <w:bookmarkStart w:id="160" w:name="_Toc256000387"/>
       <w:bookmarkStart w:id="161" w:name="_Toc526768021"/>
       <w:bookmarkStart w:id="162" w:name="_Toc98172044"/>
       <w:bookmarkStart w:id="163" w:name="_Toc161304709"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Urologisk kirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
     </w:p>
     <w:p w14:paraId="6FF02767" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Engångsdos används i normalfallet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B248FFA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Peroral profylax i första hand och den ska ges minst 90 minuter före ingreppet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B469DF" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Trimsulfa ges med fördel på operationsdagens morgon.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484E7A2F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Intravenös profylax ge 30-60 minuter före operationsstart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B245C1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="008009E8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Urinodling ska tas utom vid lågriskingrepp enligt kategori A) nedan. Om positiv odling, KAD eller korallkonkrement inleds behandling som vid infektion och påbörjas minst tre dagar före ingreppet. Behandlingstid 7 dagar totalt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232AA713" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="164" w:name="_Toc256000503"/>
       <w:bookmarkStart w:id="165" w:name="_Toc256000445"/>
       <w:bookmarkStart w:id="166" w:name="_Toc454874425"/>
       <w:bookmarkStart w:id="167" w:name="_Toc454878508"/>
@@ -6146,51 +6104,51 @@
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Byte av KAD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E908EF" w14:textId="1E180E89" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005A5B22">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax bör övervägas om tidigare byte orsakat febril UVI</w:t>
       </w:r>
       <w:r w:rsidR="00C55D90">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574631D2" w14:textId="48201A62" w:rsidR="005F36BA" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005511C9">
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2130C1ED" w14:textId="2F28FCB6" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C55D90">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">160/800 mg x1 </w:t>
@@ -6240,51 +6198,51 @@
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0C688811" w14:textId="1F1EF66B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="007E554D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Antibiotikaprofylax ges vid byte men inte vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nyinsättning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007E554D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>(Evidens saknas dock)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648DA1B7" w14:textId="12A0FF57" w:rsidR="00222C4C" w:rsidRDefault="007172AF" w:rsidP="001C4B2B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="62A1D4C6" w14:textId="11FEB418" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B614EB">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">160/800 mg x1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -6364,143 +6322,136 @@
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> Särskild rekommendation enligt ovan vid positiv odling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAB9A7D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009979E6">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Enhetligt profylaxschema för följande ingrepp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51526DD9" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>TURP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624CFFC3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>TURB-komplicerat ingrepp (stor eller nekrotisk tumör)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFCC530" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Transuretral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> stenextraktion med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>litotripsi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0225AB1E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Öppen eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>laparoskopisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve"> operation med öppna urinvägar (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> njurbäckenplastik, operation av urinblåsa och partiell </w:t>
+        <w:t xml:space="preserve"> operation med öppna urinvägar (t.ex. njurbäckenplastik, operation av urinblåsa och partiell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nefrectomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2247DB" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Radikal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>prostatektomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="102B91FA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Byte av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> (evidens saknas dock för profylax)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C37099" w14:textId="457068FF" w:rsidR="00C25DBB" w:rsidRDefault="007172AF" w:rsidP="009739FC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7B228104" w14:textId="7B81CF85" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C25DBB">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">160/800 mg x1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
@@ -6514,90 +6465,90 @@
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ges minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BC82A4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00A40BDD" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40BDD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53673104" w14:textId="2D65B75A" w:rsidR="00A40BDD" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ciprofloxacin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5BECC816" w14:textId="781B96BC" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">750 mg x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A40BDD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A023717" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Transrektal prostatabiopsi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F204790" w14:textId="219F4FC1" w:rsidR="00E0352C" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ciprofloxacin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5C002723" w14:textId="1766E741" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">750 mg x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> i första hand.</w:t>
       </w:r>
       <w:r w:rsidR="00E0352C">
         <w:t xml:space="preserve"> </w:t>
@@ -6611,51 +6562,51 @@
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0352C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vid allergi mot </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E0352C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ciprofloxacin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7EE55862" w14:textId="77777777" w:rsidR="002C3AEE" w:rsidRDefault="007172AF" w:rsidP="00E0352C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sulfametoxazol</w:t>
       </w:r>
@@ -6664,138 +6615,138 @@
     <w:p w14:paraId="164B30D0" w14:textId="77C36E4F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>160/800 mg x1 po.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9C637E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Operation med tarmsubstitut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BF8D0A" w14:textId="0597EBFB" w:rsidR="00284760" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="53A1C0FF" w14:textId="6D4A3AD2" w:rsidR="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>160/800 mg x1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F75E9DF" w14:textId="7893B602" w:rsidR="007172AF" w:rsidRDefault="0064267D" w:rsidP="0064267D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>amt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE4CB74" w14:textId="3044BB93" w:rsidR="0064267D" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="088A832D" w14:textId="77777777" w:rsidR="005D2B71" w:rsidRDefault="007172AF" w:rsidP="00747477">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00747477">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699A1E26" w14:textId="432BF609" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00747477">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon</w:t>
       </w:r>
       <w:r w:rsidR="00747477">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>eller minst 2</w:t>
       </w:r>
       <w:r w:rsidR="00747477">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>timmar före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588387AC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00747477">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="205" w:name="_Toc256000506"/>
       <w:bookmarkStart w:id="206" w:name="_Toc256000448"/>
       <w:bookmarkStart w:id="207" w:name="_Toc454874427"/>
       <w:bookmarkStart w:id="208" w:name="_Toc454878510"/>
       <w:bookmarkStart w:id="209" w:name="_Toc454885247"/>
       <w:bookmarkStart w:id="210" w:name="_Toc256000011"/>
       <w:bookmarkStart w:id="211" w:name="_Toc256000064"/>
       <w:bookmarkStart w:id="212" w:name="_Toc256000117"/>
       <w:bookmarkStart w:id="213" w:name="_Toc256000170"/>
       <w:bookmarkStart w:id="214" w:name="_Toc485818596"/>
       <w:bookmarkStart w:id="215" w:name="_Toc256000219"/>
       <w:bookmarkStart w:id="216" w:name="_Toc487203683"/>
       <w:bookmarkStart w:id="217" w:name="_Toc256000276"/>
       <w:bookmarkStart w:id="218" w:name="_Toc256000333"/>
       <w:bookmarkStart w:id="219" w:name="_Toc256000390"/>
       <w:bookmarkStart w:id="220" w:name="_Toc526768025"/>
       <w:bookmarkStart w:id="221" w:name="_Toc98172048"/>
       <w:bookmarkStart w:id="222" w:name="_Toc161304713"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bukkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
@@ -6848,334 +6799,335 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> kirurgi (esofagus, ventrikel, duodenum)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
     </w:p>
     <w:p w14:paraId="3A9A30C0" w14:textId="57DCC381" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="07E83449" w14:textId="4E4B521E" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722A776F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43543E96" w14:textId="77777777" w:rsidR="005511C9" w:rsidRDefault="007172AF" w:rsidP="005511C9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6234CFE3" w14:textId="3894DC92" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005511C9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x1 iv </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F182D54" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tillägg vid sjukdom i duodenum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CC83E4" w14:textId="31718224" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7D8FBEA3" w14:textId="5C83FB44" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00CB74AC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E916C3A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C40CA0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="241" w:name="_Toc256000508"/>
       <w:bookmarkStart w:id="242" w:name="_Toc256000450"/>
       <w:bookmarkStart w:id="243" w:name="_Toc454874429"/>
       <w:bookmarkStart w:id="244" w:name="_Toc454878512"/>
       <w:bookmarkStart w:id="245" w:name="_Toc454885249"/>
       <w:bookmarkStart w:id="246" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="247" w:name="_Toc256000066"/>
       <w:bookmarkStart w:id="248" w:name="_Toc256000119"/>
       <w:bookmarkStart w:id="249" w:name="_Toc256000172"/>
       <w:bookmarkStart w:id="250" w:name="_Toc485818598"/>
       <w:bookmarkStart w:id="251" w:name="_Toc256000221"/>
       <w:bookmarkStart w:id="252" w:name="_Toc487203685"/>
       <w:bookmarkStart w:id="253" w:name="_Toc256000278"/>
       <w:bookmarkStart w:id="254" w:name="_Toc256000335"/>
       <w:bookmarkStart w:id="255" w:name="_Toc256000392"/>
       <w:bookmarkStart w:id="256" w:name="_Toc526768027"/>
       <w:bookmarkStart w:id="257" w:name="_Toc98172050"/>
       <w:bookmarkStart w:id="258" w:name="_Toc161304715"/>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Akut öppen eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>laparoskopisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> gallvägskirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
     </w:p>
     <w:p w14:paraId="20EB169C" w14:textId="76D2643B" w:rsidR="00CB74AC" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7BF1AE08" w14:textId="028E1C94" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01AE5542" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00CB74AC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508245C9" w14:textId="69A70DAF" w:rsidR="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="18096B45" w14:textId="7661025A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00CB74AC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C64E294" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00CB74AC" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB74AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29591406" w14:textId="77777777" w:rsidR="00AB1661" w:rsidRPr="00AB1661" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05550E34" w14:textId="22BC3564" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1 iv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0E8A7A" w14:textId="42E5676B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F01EEC" w14:textId="784188F8" w:rsidR="00AB1661" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="67E33CE4" w14:textId="144167C9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00AB1661">
         <w:t>. B</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>åda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A3D71D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AB1661">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
@@ -7235,94 +7187,94 @@
         <w:t xml:space="preserve">, tidigare </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>kolecystit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> inom 1 månad, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>koledokussten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:br/>
         <w:t>Ålder &gt;60 år, diabetes eller operation med buköppning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659B0C2B" w14:textId="33DC3A2F" w:rsidR="00735EF2" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="44BE34BC" w14:textId="6BC4526D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">160/800 mg 1 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4FF9D861" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00BD05EC">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02005E5A" w14:textId="79426915" w:rsidR="00735EF2" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="43DA47E1" w14:textId="77777777" w:rsidR="00856681" w:rsidRDefault="007172AF" w:rsidP="00735EF2">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00735EF2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEED10A" w14:textId="65C4A427" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00735EF2">
@@ -7330,78 +7282,78 @@
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AD63144" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B51EE3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B297FF3" w14:textId="690680FD" w:rsidR="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="362CE63B" w14:textId="248C085C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1 iv 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738927E4" w14:textId="4B9966B8" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB7E5FE" w14:textId="2EABBC9A" w:rsidR="00B51EE3" w:rsidRDefault="007172AF" w:rsidP="00E00AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6FCC5A73" w14:textId="721E4E8A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B51EE3">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,4 g 3 x 1 enligt dosering ovan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB6DB1A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00004FF1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="277" w:name="_Toc256000510"/>
       <w:bookmarkStart w:id="278" w:name="_Toc256000452"/>
       <w:bookmarkStart w:id="279" w:name="_Toc454874431"/>
       <w:bookmarkStart w:id="280" w:name="_Toc454878514"/>
       <w:bookmarkStart w:id="281" w:name="_Toc454885251"/>
@@ -7498,248 +7450,249 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> kolangiografi (PTC)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
     <w:p w14:paraId="301C7B0B" w14:textId="7BE0EA07" w:rsidR="00004FF1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1DB4704C" w14:textId="1FEBB21B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">160/800 mg 1 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2E44E4D5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27852447" w14:textId="6C655B8C" w:rsidR="00004FF1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="240B9553" w14:textId="13664D8C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">0,4 g 3 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00004FF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6C51BD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0016329B" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016329B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3588AF87" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0016329B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
         <w:t>1,5 g x 1 iv 30-60 min före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C2AF39" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0034383D" w:rsidRDefault="007172AF" w:rsidP="001412C7">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="0034383D">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB5951C" w14:textId="7A77B2CA" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="62C90E19" w14:textId="18637CC0" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">0,4 g 3 x 1 enligt dosering ovan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="562EC09A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0034383D" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034383D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Om hinder för peroral administration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1992C347" w14:textId="393C2DB9" w:rsidR="004775B6" w:rsidRPr="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5A9FC6E2" w14:textId="12CE90B9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>10 ml x 1 iv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E9DBE5E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>samt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154BAA3D" w14:textId="07A4F563" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="006633F1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="449CF610" w14:textId="2AA5AA0F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="006633F1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 30 minuter före op.</w:t>
       </w:r>
@@ -7836,164 +7789,164 @@
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:r w:rsidR="00CE453C">
         <w:t xml:space="preserve"> utan </w:t>
       </w:r>
       <w:r w:rsidR="00163C71">
         <w:t>infektionskomplikation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="348"/>
     </w:p>
     <w:p w14:paraId="034E5312" w14:textId="5E6680D9" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4832C4B1" w14:textId="31AE35AF" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">10 ml x 1 iv </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB09F14" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC9A413" w14:textId="1D69F347" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2ADBD52E" w14:textId="0A1ED32A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8DFDE8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="005B4D1A" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4D1A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A132E5" w14:textId="04A6BA98" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38528FF6" w14:textId="68A82505" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x 1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5269B2AC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43301211" w14:textId="41F31CB8" w:rsidR="004775B6" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3BF85650" w14:textId="021EA722" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r w:rsidR="004775B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41140F22" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="004775B6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
@@ -8023,174 +7976,175 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> kolonkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
     </w:p>
     <w:p w14:paraId="4646AF0B" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:bookmarkStart w:id="367" w:name="_Toc256000515"/>
       <w:bookmarkStart w:id="368" w:name="_Toc256000457"/>
       <w:bookmarkStart w:id="369" w:name="_Toc485818605"/>
       <w:bookmarkStart w:id="370" w:name="_Toc256000228"/>
       <w:bookmarkStart w:id="371" w:name="_Toc487203692"/>
       <w:bookmarkStart w:id="372" w:name="_Toc256000285"/>
       <w:bookmarkStart w:id="373" w:name="_Toc256000342"/>
       <w:bookmarkStart w:id="374" w:name="_Toc256000399"/>
       <w:bookmarkStart w:id="375" w:name="_Toc526768034"/>
       <w:bookmarkStart w:id="376" w:name="_Toc98172057"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="20B6080C" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">10 ml x 1 iv </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="025F800B" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BFC4A5" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6BE7AC95" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1 iv</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D4BB47" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="005B4D1A" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B4D1A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4921630A" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="20E16514" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1,5 g x 1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EF8012" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C10D0CF" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0C277DBB" w14:textId="77777777" w:rsidR="00713A0B" w:rsidRPr="007172AF" w:rsidRDefault="00713A0B" w:rsidP="00713A0B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 min före operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36ACB345" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
@@ -8199,102 +8153,102 @@
       <w:r w:rsidRPr="007172AF">
         <w:t>Appendicit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
     </w:p>
     <w:p w14:paraId="1A6630DD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Preoperativ profylax:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="137068A2" w14:textId="31BB3FD1" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5D6D5D1C" w14:textId="6E7ED9A4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">1 g x 1 iv 30-60 min före </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4F2085FE" w14:textId="4F25B4A8" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4799D84F" w14:textId="5A6AD2A9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">20 mg/kg iv 30-60 min </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>preop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> (&lt;12 år).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740C2012" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="378" w:name="_Toc256000516"/>
       <w:bookmarkStart w:id="379" w:name="_Toc256000458"/>
       <w:bookmarkStart w:id="380" w:name="_Toc485818606"/>
       <w:bookmarkStart w:id="381" w:name="_Toc256000229"/>
       <w:bookmarkStart w:id="382" w:name="_Toc487203693"/>
       <w:bookmarkStart w:id="383" w:name="_Toc256000286"/>
       <w:bookmarkStart w:id="384" w:name="_Toc256000343"/>
       <w:bookmarkStart w:id="385" w:name="_Toc256000400"/>
       <w:bookmarkStart w:id="386" w:name="_Toc526768035"/>
       <w:bookmarkStart w:id="387" w:name="_Toc98172058"/>
       <w:bookmarkStart w:id="388" w:name="_Toc161304723"/>
       <w:bookmarkStart w:id="389" w:name="_Toc454874437"/>
       <w:bookmarkStart w:id="390" w:name="_Toc454878520"/>
       <w:bookmarkStart w:id="391" w:name="_Toc454885257"/>
       <w:bookmarkStart w:id="392" w:name="_Toc256000021"/>
       <w:bookmarkStart w:id="393" w:name="_Toc256000074"/>
       <w:bookmarkStart w:id="394" w:name="_Toc256000127"/>
       <w:bookmarkStart w:id="395" w:name="_Toc256000180"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bröstkirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
@@ -8326,140 +8280,140 @@
       <w:bookmarkStart w:id="403" w:name="_Toc256000401"/>
       <w:bookmarkStart w:id="404" w:name="_Toc526768036"/>
       <w:bookmarkStart w:id="405" w:name="_Toc98172059"/>
       <w:bookmarkStart w:id="406" w:name="_Toc161304724"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Profylax ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
     </w:p>
     <w:p w14:paraId="312F85A8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Sektorresektion med axillutrymning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07274F42" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mastektomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> med axillutrymning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A18468F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Reoperation inom 6 veckor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60579C89" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kirurgi efter preoperativ kemoterapi (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Neoadjuvant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1D23A4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Annan högriskpatient efter individuell bedömning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24ED0553" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="407" w:name="_Toc256000518"/>
       <w:bookmarkStart w:id="408" w:name="_Toc256000460"/>
       <w:bookmarkStart w:id="409" w:name="_Toc485818608"/>
       <w:bookmarkStart w:id="410" w:name="_Toc256000231"/>
@@ -8469,64 +8423,62 @@
       <w:bookmarkStart w:id="414" w:name="_Toc256000402"/>
       <w:bookmarkStart w:id="415" w:name="_Toc526768037"/>
       <w:bookmarkStart w:id="416" w:name="_Toc98172060"/>
       <w:bookmarkStart w:id="417" w:name="_Toc161304725"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
     </w:p>
     <w:p w14:paraId="702AD16C" w14:textId="03B3683E" w:rsidR="00FE45A1" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="33F20437" w14:textId="487CA09F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68693DD2" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -8561,72 +8513,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28758C10" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408B156F" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="32C21213" w14:textId="2794CCDC" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -8737,51 +8681,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCD815F" w14:textId="77777777" w:rsidR="005F5E15" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="66987B42" w14:textId="0B28207D" w:rsidR="007172AF" w:rsidRPr="005B4D1A" w:rsidRDefault="005F5E15" w:rsidP="005F5E15">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
@@ -8805,147 +8749,148 @@
     </w:p>
     <w:p w14:paraId="3BB8F4EC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="418" w:name="_Toc256000519"/>
       <w:bookmarkStart w:id="419" w:name="_Toc256000461"/>
       <w:bookmarkStart w:id="420" w:name="_Toc485818609"/>
       <w:bookmarkStart w:id="421" w:name="_Toc256000233"/>
       <w:bookmarkStart w:id="422" w:name="_Toc487203696"/>
       <w:bookmarkStart w:id="423" w:name="_Toc256000290"/>
       <w:bookmarkStart w:id="424" w:name="_Toc256000347"/>
       <w:bookmarkStart w:id="425" w:name="_Toc256000404"/>
       <w:bookmarkStart w:id="426" w:name="_Toc526768038"/>
       <w:bookmarkStart w:id="427" w:name="_Toc98172061"/>
       <w:bookmarkStart w:id="428" w:name="_Toc161304726"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Antibiotikaprofylax ska inte rutinmässigt ges vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
     </w:p>
     <w:p w14:paraId="4198C9E5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Lokal excision</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D861D9A" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sektorresektion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2A5465" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FE45A1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sektorresektion med biopsi av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>sentinel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>node</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SN)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF46A0E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0071702D">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="429" w:name="_Toc256000520"/>
       <w:bookmarkStart w:id="430" w:name="_Toc256000462"/>
       <w:bookmarkStart w:id="431" w:name="_Toc485818610"/>
       <w:bookmarkStart w:id="432" w:name="_Toc256000234"/>
       <w:bookmarkStart w:id="433" w:name="_Toc487203697"/>
       <w:bookmarkStart w:id="434" w:name="_Toc256000291"/>
       <w:bookmarkStart w:id="435" w:name="_Toc256000348"/>
       <w:bookmarkStart w:id="436" w:name="_Toc256000405"/>
       <w:bookmarkStart w:id="437" w:name="_Toc526768039"/>
       <w:bookmarkStart w:id="438" w:name="_Toc98172062"/>
       <w:bookmarkStart w:id="439" w:name="_Toc161304727"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Gynekologi och obstetrik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
@@ -8988,172 +8933,172 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> (abdominal och transvaginal)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
     </w:p>
     <w:p w14:paraId="6AA52955" w14:textId="61E7611C" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="005B4D1A">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1EA5C875" w14:textId="19158BE9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">160/800 mg x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5908016D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A7F595" w14:textId="3D964B82" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="232B9308" w14:textId="50179594" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">400 mg 3 x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0071702D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges operationsdagens morgon eller minst 2 timmar före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B46AFA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="0071017C" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071017C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot trimsulfa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECBC6BC" w14:textId="49DB97E3" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7978E730" w14:textId="33D21DBE" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4A0BA2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6688B139" w14:textId="354273A5" w:rsidR="0071702D" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="69AD0E9B" w14:textId="248521A2" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1</w:t>
       </w:r>
       <w:r w:rsidR="00323AB4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Båda ges 30-60 minuter före op.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F163876" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="0071702D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
@@ -9247,51 +9192,51 @@
       <w:r w:rsidRPr="007172AF">
         <w:t>sectio</w:t>
       </w:r>
       <w:bookmarkEnd w:id="477"/>
       <w:bookmarkEnd w:id="478"/>
       <w:bookmarkEnd w:id="479"/>
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1DA96E3F" w14:textId="5F4DD8F8" w:rsidR="00323AB4" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Doktacillin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0F67459D" w14:textId="7B7CB2F2" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00323AB4">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 1 iv</w:t>
       </w:r>
       <w:r w:rsidR="00323AB4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>peroperativt</w:t>
       </w:r>
@@ -9371,72 +9316,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6247A904" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722BD751" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="16F0289A" w14:textId="77777777" w:rsidR="00F14176" w:rsidRDefault="00F14176" w:rsidP="00F14176">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -9553,268 +9490,259 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285E5F5A" w14:textId="77777777" w:rsidR="009B06A0" w:rsidRPr="009B06A0" w:rsidRDefault="00F14176">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B06A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC94C3D" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="00F14176" w:rsidP="00EF58C2">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:ind w:left="992"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30</w:t>
       </w:r>
       <w:r w:rsidR="009B06A0">
         <w:t>-60</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0CF9">
         <w:t xml:space="preserve"> minuter före op</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B99671" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="00F14176" w:rsidP="00EF58C2">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:ind w:left="992"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>Dosen upprepas efter 6 timmar</w:t>
       </w:r>
       <w:r w:rsidR="00EF58C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D8D30D" w14:textId="77777777" w:rsidR="003B795D" w:rsidRDefault="003B795D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="407E7E04" w14:textId="64A7017B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="003B795D" w:rsidP="003B795D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Streptockocckus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>dysgalactiae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006B6C0A">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>GBS</w:t>
       </w:r>
       <w:r w:rsidR="006B6C0A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007172AF" w:rsidRPr="007172AF">
         <w:t>Grupp B Streptokocker)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
       <w:bookmarkEnd w:id="510"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
     </w:p>
     <w:p w14:paraId="4FB527D5" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:r w:rsidRPr="007172AF">
         <w:t>Profylax mot neonatal GBS-infektion ges till kvinnor som uppfyller minst ett av nedanstående kriterier:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73C6020C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Vattenavgång sedan mer än 18 timmar och etablerat värkarbete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E49873D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Feber mer än 38</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>C*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D5F2D2" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Förlossning t o m graviditetsvecka 36+6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD13CF3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Känd GBS-bärare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551C2E3D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DF2DBA">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Tidigare anamnes med neonatal GBS-infektion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D3695A" w14:textId="77777777" w:rsidR="001A71BD" w:rsidRDefault="007172AF" w:rsidP="001A71BD">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> fosterdöd med GBS som trolig orsak</w:t>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Tidigare missfall eller intrauterin fosterdöd med GBS som trolig orsak</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3526ACA8" w14:textId="722D7386" w:rsidR="007172AF" w:rsidRPr="00EB5412" w:rsidRDefault="00EB5412" w:rsidP="0071017C">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB5412">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antibiotikaval</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506CC8F1" w14:textId="1C4AE670" w:rsidR="00DF2DBA" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="27BA8259" w14:textId="053153E9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001A71BD">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g x 4 iv under hela förlossningen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E0FC6E" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="513" w:name="_Toc256000525"/>
       <w:bookmarkStart w:id="514" w:name="_Toc98172067"/>
       <w:bookmarkStart w:id="515" w:name="_Toc161304732"/>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
@@ -9852,72 +9780,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A40C974" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727D112C" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4308C15E" w14:textId="0BAA6043" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -10022,71 +9942,71 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC8B311" w14:textId="77777777" w:rsidR="00871957" w:rsidRDefault="00871957" w:rsidP="00871957">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="63B17B71" w14:textId="119CEC5C" w:rsidR="009F14F5" w:rsidRPr="009F14F5" w:rsidRDefault="00871957" w:rsidP="004F5FF8">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:ind w:left="992"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F14F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">0,6 g </w:t>
       </w:r>
       <w:r w:rsidR="009F14F5" w:rsidRPr="009F14F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>iv x 3 under hela förlossningen</w:t>
       </w:r>
@@ -10115,66 +10035,56 @@
       <w:bookmarkStart w:id="525" w:name="_Toc256000239"/>
       <w:bookmarkStart w:id="526" w:name="_Toc487203702"/>
       <w:bookmarkStart w:id="527" w:name="_Toc256000296"/>
       <w:bookmarkStart w:id="528" w:name="_Toc256000353"/>
       <w:bookmarkStart w:id="529" w:name="_Toc256000410"/>
       <w:bookmarkStart w:id="530" w:name="_Toc526768044"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
     </w:p>
     <w:p w14:paraId="43B2003D" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Primär suturering vid bristning grad 3-4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206D7F00" w14:textId="4FEEAF19" w:rsidR="00B4064F" w:rsidRDefault="007172AF" w:rsidP="0071017C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007172AF">
+        <w:t>Piperacillin tazobactam</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1EBFF22A" w14:textId="5297B0FB" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>4 g iv som engångsdos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4385265E" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -10209,120 +10119,112 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661DB764" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D116FF7" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="41011B24" w14:textId="7F1A30BE" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:t>1,5</w:t>
       </w:r>
       <w:r w:rsidRPr="005D0CF9">
         <w:t xml:space="preserve"> g iv </w:t>
       </w:r>
       <w:r>
         <w:t>som engångsdos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C91D0E7" w14:textId="0B2C773D" w:rsidR="00D22D0B" w:rsidRDefault="00D22D0B" w:rsidP="00D22D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12444E95" w14:textId="107F62A6" w:rsidR="00D22D0B" w:rsidRDefault="00D22D0B" w:rsidP="002508DD">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CE574A" w14:textId="2228E802" w:rsidR="002508DD" w:rsidRDefault="00E03063" w:rsidP="002508DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
@@ -10418,218 +10320,219 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5067185C" w14:textId="77777777" w:rsidR="00D27F48" w:rsidRPr="009B06A0" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B06A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1E1E64EE" w14:textId="25315F26" w:rsidR="00D27F48" w:rsidRDefault="00D27F48" w:rsidP="00D27F48">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:ind w:left="992"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t xml:space="preserve">0,6 g iv </w:t>
       </w:r>
       <w:r w:rsidR="00914D2C">
         <w:t>som engångsdos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A243DD8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00B4064F">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Sekundär suturering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B65498E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:r w:rsidRPr="007172AF">
         <w:t>Behandling påbörjas någon dag före suturering om etablerad infektion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736FB927" w14:textId="77777777" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00821484">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amoxicillin-clavulansyra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C3AE5F" w14:textId="3C1B5E53" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>500</w:t>
       </w:r>
       <w:r w:rsidR="00783889">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">mg x3 per os i 7 dagar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7905278F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E5FD493" w14:textId="746FAB3A" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="55CB89DD" w14:textId="201EF313" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>500 mgx3 per os i 7 dagar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C74D94B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00B84262" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84262">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE5BF49" w14:textId="1AD7AE71" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="29C115AC" w14:textId="1D6AFFD8" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>300 mgx2 per os i 7 dagar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F693209" w14:textId="5F4BD2AE" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00783889">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59495DCB" w14:textId="7ADE4ECD" w:rsidR="00783889" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trimetoprim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>sulfametoxazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="31B17935" w14:textId="37A81840" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00FB25E0">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
@@ -10648,157 +10551,158 @@
       <w:bookmarkStart w:id="533" w:name="_Toc161304733"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Dokumentation för nytta med profylax saknas vid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
     </w:p>
     <w:p w14:paraId="58E33099" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Inkontinens- och prolapskirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECC3CF8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Laparoskopisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> kirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4BBDCD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Konisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="20BD34CC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Manuell placentalösning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159F28FD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Abort</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F43234" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Spiralinsättning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5436A285" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Sterilisering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F05B9E8" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Instrumentella förlossningar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065551BA" w14:textId="77777777" w:rsidR="00165617" w:rsidRDefault="00165617">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="534" w:name="_Toc256000527"/>
       <w:bookmarkStart w:id="535" w:name="_Toc256000468"/>
       <w:bookmarkStart w:id="536" w:name="_Toc454874443"/>
       <w:bookmarkStart w:id="537" w:name="_Toc454878526"/>
       <w:bookmarkStart w:id="538" w:name="_Toc454885263"/>
       <w:bookmarkStart w:id="539" w:name="_Toc256000027"/>
       <w:bookmarkStart w:id="540" w:name="_Toc256000080"/>
       <w:bookmarkStart w:id="541" w:name="_Toc256000133"/>
       <w:bookmarkStart w:id="542" w:name="_Toc256000186"/>
       <w:bookmarkStart w:id="543" w:name="_Toc485818616"/>
       <w:bookmarkStart w:id="544" w:name="_Toc256000240"/>
       <w:bookmarkStart w:id="545" w:name="_Toc487203703"/>
       <w:bookmarkStart w:id="546" w:name="_Toc256000297"/>
       <w:bookmarkStart w:id="547" w:name="_Toc256000354"/>
       <w:bookmarkStart w:id="548" w:name="_Toc256000411"/>
       <w:bookmarkStart w:id="549" w:name="_Toc526768045"/>
       <w:bookmarkStart w:id="550" w:name="_Toc98172069"/>
       <w:bookmarkStart w:id="551" w:name="_Toc161304734"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B9E135" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00497E39">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007172AF">
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Ortopedi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
       <w:bookmarkEnd w:id="536"/>
       <w:bookmarkEnd w:id="537"/>
       <w:bookmarkEnd w:id="538"/>
       <w:bookmarkEnd w:id="539"/>
       <w:bookmarkEnd w:id="540"/>
       <w:bookmarkEnd w:id="541"/>
       <w:bookmarkEnd w:id="542"/>
       <w:bookmarkEnd w:id="543"/>
       <w:bookmarkEnd w:id="544"/>
       <w:bookmarkEnd w:id="545"/>
       <w:bookmarkEnd w:id="546"/>
       <w:bookmarkEnd w:id="547"/>
       <w:bookmarkEnd w:id="548"/>
       <w:bookmarkEnd w:id="549"/>
       <w:bookmarkEnd w:id="550"/>
       <w:bookmarkEnd w:id="551"/>
     </w:p>
     <w:p w14:paraId="5B01859E" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
@@ -10823,133 +10727,129 @@
       <w:bookmarkStart w:id="569" w:name="_Toc161304735"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Ledplastik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="552"/>
       <w:bookmarkEnd w:id="553"/>
       <w:bookmarkEnd w:id="554"/>
       <w:bookmarkEnd w:id="555"/>
       <w:bookmarkEnd w:id="556"/>
       <w:bookmarkEnd w:id="557"/>
       <w:bookmarkEnd w:id="558"/>
       <w:bookmarkEnd w:id="559"/>
       <w:bookmarkEnd w:id="560"/>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
     </w:p>
     <w:p w14:paraId="0BC8895D" w14:textId="77777777" w:rsidR="002904C7" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Gentamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="646FF6A8" w14:textId="07CAD7E1" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>i cement till alla</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EF2E876" w14:textId="68BFA700" w:rsidR="002904C7" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="36567954" w14:textId="5BFF0DC1" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv 30 minuter före op.</w:t>
       </w:r>
       <w:r w:rsidR="002904C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
         <w:t>Dos upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E5358E" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRPr="007172AF" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28445371" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B02B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6041DB22" w14:textId="43D38941" w:rsidR="007D2E69" w:rsidRPr="007B02B7" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007B02B7">
         <w:t>2 g iv ges 30</w:t>
       </w:r>
       <w:r w:rsidR="00165617">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00FF712F">
         <w:t>45</w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t xml:space="preserve"> minuter före op.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
@@ -11001,72 +10901,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A0A72D" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A42E4" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6024DAA0" w14:textId="57F82AC5" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -11189,51 +11081,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAA6848" w14:textId="77777777" w:rsidR="007D2E69" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="076F6388" w14:textId="714B898B" w:rsidR="007D2E69" w:rsidRPr="005D0CF9" w:rsidRDefault="007D2E69" w:rsidP="007D2E69">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30</w:t>
       </w:r>
       <w:r w:rsidR="005F1081">
@@ -11279,113 +11171,106 @@
       <w:bookmarkStart w:id="587" w:name="_Toc161304736"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Slutna frakturer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
       <w:bookmarkEnd w:id="576"/>
       <w:bookmarkEnd w:id="577"/>
       <w:bookmarkEnd w:id="578"/>
       <w:bookmarkEnd w:id="579"/>
       <w:bookmarkEnd w:id="580"/>
       <w:bookmarkEnd w:id="581"/>
       <w:bookmarkEnd w:id="582"/>
       <w:bookmarkEnd w:id="583"/>
       <w:bookmarkEnd w:id="584"/>
       <w:bookmarkEnd w:id="585"/>
       <w:bookmarkEnd w:id="586"/>
       <w:bookmarkEnd w:id="587"/>
     </w:p>
     <w:p w14:paraId="751B75F0" w14:textId="77777777" w:rsidR="005C4099" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">Kloxacillin </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44580D91" w14:textId="49D075CC" w:rsidR="007172AF" w:rsidRPr="005C4099" w:rsidRDefault="007172AF" w:rsidP="005C4099">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005C4099">
         <w:t>2 g iv 30</w:t>
       </w:r>
       <w:r w:rsidR="00E4770F">
         <w:t>-60 min</w:t>
       </w:r>
       <w:r w:rsidRPr="005C4099">
         <w:t xml:space="preserve"> före op. Dos upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D43EAED" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="007172AF" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11985B72" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B02B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1CF8D39F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="007B02B7" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007B02B7">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10DB3EE0" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
@@ -11428,72 +11313,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4607CF1F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A1B77F" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3B0957CE" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -11610,51 +11487,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A47C056" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0DAA97E9" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRPr="005D0CF9" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30 minuter före op</w:t>
       </w:r>
       <w:r>
@@ -11665,83 +11542,82 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2F62C920" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="588" w:name="_Toc256000530"/>
       <w:bookmarkStart w:id="589" w:name="_Toc256000471"/>
       <w:bookmarkStart w:id="590" w:name="_Toc454874446"/>
       <w:bookmarkStart w:id="591" w:name="_Toc454878529"/>
       <w:bookmarkStart w:id="592" w:name="_Toc454885266"/>
       <w:bookmarkStart w:id="593" w:name="_Toc256000030"/>
       <w:bookmarkStart w:id="594" w:name="_Toc256000083"/>
       <w:bookmarkStart w:id="595" w:name="_Toc256000136"/>
       <w:bookmarkStart w:id="596" w:name="_Toc256000189"/>
       <w:bookmarkStart w:id="597" w:name="_Toc485818619"/>
       <w:bookmarkStart w:id="598" w:name="_Toc256000243"/>
       <w:bookmarkStart w:id="599" w:name="_Toc487203706"/>
       <w:bookmarkStart w:id="600" w:name="_Toc256000300"/>
       <w:bookmarkStart w:id="601" w:name="_Toc256000357"/>
       <w:bookmarkStart w:id="602" w:name="_Toc256000414"/>
       <w:bookmarkStart w:id="603" w:name="_Toc526768048"/>
       <w:bookmarkStart w:id="604" w:name="_Toc98172072"/>
       <w:bookmarkStart w:id="605" w:name="_Toc161304737"/>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Öppna frakturer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="588"/>
       <w:bookmarkEnd w:id="589"/>
       <w:bookmarkEnd w:id="590"/>
       <w:bookmarkEnd w:id="591"/>
       <w:bookmarkEnd w:id="592"/>
       <w:bookmarkEnd w:id="593"/>
       <w:bookmarkEnd w:id="594"/>
       <w:bookmarkEnd w:id="595"/>
       <w:bookmarkEnd w:id="596"/>
       <w:bookmarkEnd w:id="597"/>
       <w:bookmarkEnd w:id="598"/>
       <w:bookmarkEnd w:id="599"/>
       <w:bookmarkEnd w:id="600"/>
       <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
       <w:bookmarkEnd w:id="603"/>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
     </w:p>
     <w:p w14:paraId="54DB4279" w14:textId="1D54C0D9" w:rsidR="00DB2E1D" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7BCA97BB" w14:textId="4D3EBCE4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 4 iv under ett dygn. Påbörjas vid första bedömning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB36626" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
@@ -11778,72 +11654,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C6299A5" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAD209E" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="45C9006D" w14:textId="1F18AB6A" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -11951,51 +11819,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D031982" w14:textId="77777777" w:rsidR="00E4770F" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5AF672AE" w14:textId="232D86C0" w:rsidR="00E4770F" w:rsidRPr="005D0CF9" w:rsidRDefault="00E4770F" w:rsidP="00E4770F">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv</w:t>
       </w:r>
       <w:r w:rsidR="000917F4">
@@ -12035,58 +11903,56 @@
       <w:bookmarkStart w:id="623" w:name="_Toc161304738"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amputationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
       <w:bookmarkEnd w:id="608"/>
       <w:bookmarkEnd w:id="609"/>
       <w:bookmarkEnd w:id="610"/>
       <w:bookmarkEnd w:id="611"/>
       <w:bookmarkEnd w:id="612"/>
       <w:bookmarkEnd w:id="613"/>
       <w:bookmarkEnd w:id="614"/>
       <w:bookmarkEnd w:id="615"/>
       <w:bookmarkEnd w:id="616"/>
       <w:bookmarkEnd w:id="617"/>
       <w:bookmarkEnd w:id="618"/>
       <w:bookmarkEnd w:id="619"/>
       <w:bookmarkEnd w:id="620"/>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
     </w:p>
     <w:p w14:paraId="6D546505" w14:textId="5BD9CDA6" w:rsidR="00DB2E1D" w:rsidRDefault="007172AF" w:rsidP="00640D05">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2D359261" w14:textId="77D2907F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00DB2E1D">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g iv 30 min före operation</w:t>
       </w:r>
       <w:r w:rsidR="00DB2E1D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Dos upprepas efter 3 timmar om operationen då fortfarande pågår.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6016E672" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="007172AF" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="624" w:name="_Toc256000532"/>
       <w:bookmarkStart w:id="625" w:name="_Toc256000473"/>
@@ -12094,69 +11960,67 @@
       <w:bookmarkStart w:id="627" w:name="_Toc454878531"/>
       <w:bookmarkStart w:id="628" w:name="_Toc454885268"/>
       <w:bookmarkStart w:id="629" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="630" w:name="_Toc256000085"/>
       <w:bookmarkStart w:id="631" w:name="_Toc256000138"/>
       <w:bookmarkStart w:id="632" w:name="_Toc256000191"/>
       <w:bookmarkStart w:id="633" w:name="_Toc485818621"/>
       <w:bookmarkStart w:id="634" w:name="_Toc256000245"/>
       <w:bookmarkStart w:id="635" w:name="_Toc487203708"/>
       <w:bookmarkStart w:id="636" w:name="_Toc256000302"/>
       <w:bookmarkStart w:id="637" w:name="_Toc256000359"/>
       <w:bookmarkStart w:id="638" w:name="_Toc256000416"/>
       <w:bookmarkStart w:id="639" w:name="_Toc526768050"/>
       <w:bookmarkStart w:id="640" w:name="_Toc98172074"/>
       <w:bookmarkStart w:id="641" w:name="_Toc161304739"/>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Preparatval och dosering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6993892A" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B02B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5C0203B9" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="007B02B7" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007B02B7">
         <w:t>2 g iv ges 30 minuter före op.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B02B7">
         <w:t>Dosen upprepas efter 2 och 6 timmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5455A686" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
@@ -12199,72 +12063,64 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>reaktion med</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6621">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E2461B" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">(Anafylaxi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>urticaria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> luftvägssymtom)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A87B70" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="05943475" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:i/>
@@ -12378,51 +12234,51 @@
         <w:t>mukokutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> syndrom eller toxisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>epidermal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>nekrolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F61C83">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD1C3BD" w14:textId="77777777" w:rsidR="00C65930" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D0CF9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="694F2B49" w14:textId="77777777" w:rsidR="00C65930" w:rsidRPr="005D0CF9" w:rsidRDefault="00C65930" w:rsidP="00C65930">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="005D0CF9">
         <w:t>0,6 g iv ges 30 minuter före op</w:t>
       </w:r>
       <w:r>
@@ -12443,51 +12299,51 @@
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
       <w:bookmarkEnd w:id="627"/>
       <w:bookmarkEnd w:id="628"/>
       <w:bookmarkEnd w:id="629"/>
       <w:bookmarkEnd w:id="630"/>
       <w:bookmarkEnd w:id="631"/>
       <w:bookmarkEnd w:id="632"/>
       <w:bookmarkEnd w:id="633"/>
       <w:bookmarkEnd w:id="634"/>
       <w:bookmarkEnd w:id="635"/>
       <w:bookmarkEnd w:id="636"/>
       <w:bookmarkEnd w:id="637"/>
       <w:bookmarkEnd w:id="638"/>
       <w:bookmarkEnd w:id="639"/>
       <w:bookmarkEnd w:id="640"/>
       <w:bookmarkEnd w:id="641"/>
     </w:p>
     <w:p w14:paraId="36C0F721" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:r w:rsidRPr="007172AF">
         <w:t>Ingen profylax.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D58D59" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00F26290">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="642" w:name="_Toc256000533"/>
       <w:bookmarkStart w:id="643" w:name="_Toc256000474"/>
       <w:bookmarkStart w:id="644" w:name="_Toc454874449"/>
       <w:bookmarkStart w:id="645" w:name="_Toc454878532"/>
       <w:bookmarkStart w:id="646" w:name="_Toc454885269"/>
       <w:bookmarkStart w:id="647" w:name="_Toc256000033"/>
       <w:bookmarkStart w:id="648" w:name="_Toc256000086"/>
       <w:bookmarkStart w:id="649" w:name="_Toc256000139"/>
       <w:bookmarkStart w:id="650" w:name="_Toc256000192"/>
       <w:bookmarkStart w:id="651" w:name="_Toc485818622"/>
       <w:bookmarkStart w:id="652" w:name="_Toc256000246"/>
       <w:bookmarkStart w:id="653" w:name="_Toc487203709"/>
       <w:bookmarkStart w:id="654" w:name="_Toc256000303"/>
       <w:bookmarkStart w:id="655" w:name="_Toc256000360"/>
       <w:bookmarkStart w:id="656" w:name="_Toc256000417"/>
       <w:bookmarkStart w:id="657" w:name="_Toc526768051"/>
       <w:bookmarkStart w:id="658" w:name="_Toc98172075"/>
       <w:bookmarkStart w:id="659" w:name="_Toc161304740"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Trauma</w:t>
       </w:r>
       <w:bookmarkEnd w:id="642"/>
       <w:bookmarkEnd w:id="643"/>
       <w:bookmarkEnd w:id="644"/>
@@ -12531,110 +12387,107 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="300FDEE1" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009953B1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="660" w:name="_Toc256000534"/>
       <w:bookmarkStart w:id="661" w:name="_Toc256000475"/>
       <w:bookmarkStart w:id="662" w:name="_Toc454874450"/>
       <w:bookmarkStart w:id="663" w:name="_Toc454878533"/>
       <w:bookmarkStart w:id="664" w:name="_Toc454885270"/>
       <w:bookmarkStart w:id="665" w:name="_Toc256000034"/>
       <w:bookmarkStart w:id="666" w:name="_Toc256000087"/>
       <w:bookmarkStart w:id="667" w:name="_Toc256000140"/>
       <w:bookmarkStart w:id="668" w:name="_Toc256000193"/>
       <w:bookmarkStart w:id="669" w:name="_Toc485818623"/>
       <w:bookmarkStart w:id="670" w:name="_Toc256000247"/>
       <w:bookmarkStart w:id="671" w:name="_Toc487203710"/>
       <w:bookmarkStart w:id="672" w:name="_Toc256000304"/>
       <w:bookmarkStart w:id="673" w:name="_Toc256000361"/>
       <w:bookmarkStart w:id="674" w:name="_Toc256000418"/>
       <w:bookmarkStart w:id="675" w:name="_Toc526768052"/>
       <w:bookmarkStart w:id="676" w:name="_Toc98172076"/>
       <w:bookmarkStart w:id="677" w:name="_Toc161304741"/>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Öppen ansiktsfraktur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
       <w:bookmarkEnd w:id="664"/>
       <w:bookmarkEnd w:id="665"/>
       <w:bookmarkEnd w:id="666"/>
       <w:bookmarkEnd w:id="667"/>
       <w:bookmarkEnd w:id="668"/>
       <w:bookmarkEnd w:id="669"/>
       <w:bookmarkEnd w:id="670"/>
       <w:bookmarkEnd w:id="671"/>
       <w:bookmarkEnd w:id="672"/>
       <w:bookmarkEnd w:id="673"/>
       <w:bookmarkEnd w:id="674"/>
       <w:bookmarkEnd w:id="675"/>
       <w:bookmarkEnd w:id="676"/>
       <w:bookmarkEnd w:id="677"/>
     </w:p>
     <w:p w14:paraId="5B8D4A0C" w14:textId="7380AD47" w:rsidR="00F26290" w:rsidRDefault="007172AF" w:rsidP="009953B1">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6BE63421" w14:textId="0F26B8D4" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 3 iv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796AC062" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04903336" w14:textId="2A846791" w:rsidR="00F26290" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0F636D1C" w14:textId="02A90E21" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g x 3 iv</w:t>
       </w:r>
       <w:r w:rsidR="00F26290">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Båda påbörjas vid första bedömning och ges t.o.m. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>op</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>, dock maximalt ett dygn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745D883C" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
@@ -12709,119 +12562,117 @@
       <w:bookmarkStart w:id="713" w:name="_Toc161304743"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Buktrauma, penetrerande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
       <w:bookmarkEnd w:id="713"/>
     </w:p>
     <w:p w14:paraId="7ECB2B0F" w14:textId="3485F95F" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Piperacillin-tazobactam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2356013C" w14:textId="38AEBF32" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>4 g x 3 i maximalt ett dygn.</w:t>
       </w:r>
       <w:r w:rsidR="00842032">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>Påbörjas vid första bedömning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357A3131" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7779824F" w14:textId="12BC873C" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2BBDE8D6" w14:textId="7C6CDD7A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 3 i max ett dygn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9A30E3" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DBC55B" w14:textId="47C4A88D" w:rsidR="00842032" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Metronidazol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="49523175" w14:textId="0B890D9C" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1 g x 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714029CC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="714" w:name="_Toc256000537"/>
       <w:bookmarkStart w:id="715" w:name="_Toc256000478"/>
       <w:bookmarkStart w:id="716" w:name="_Toc454874453"/>
       <w:bookmarkStart w:id="717" w:name="_Toc454878536"/>
       <w:bookmarkStart w:id="718" w:name="_Toc454885273"/>
@@ -12902,51 +12753,51 @@
       <w:bookmarkEnd w:id="741"/>
       <w:bookmarkEnd w:id="742"/>
       <w:bookmarkEnd w:id="743"/>
       <w:bookmarkEnd w:id="744"/>
       <w:bookmarkEnd w:id="745"/>
       <w:bookmarkEnd w:id="746"/>
       <w:bookmarkEnd w:id="747"/>
       <w:bookmarkEnd w:id="748"/>
       <w:bookmarkEnd w:id="749"/>
     </w:p>
     <w:p w14:paraId="62E3B950" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Ingen profylax i allmänhet men kan övervägas vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>likvorré</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="638873E3" w14:textId="5E830934" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cefuroxim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="55491C3C" w14:textId="32F45C5F" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>1,5 g x 3 i ett dygn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CD1265" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00842032">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="750" w:name="_Toc256000539"/>
       <w:bookmarkStart w:id="751" w:name="_Toc256000480"/>
       <w:bookmarkStart w:id="752" w:name="_Toc454874455"/>
       <w:bookmarkStart w:id="753" w:name="_Toc454878538"/>
       <w:bookmarkStart w:id="754" w:name="_Toc454885275"/>
@@ -12965,95 +12816,93 @@
       <w:bookmarkStart w:id="767" w:name="_Toc161304746"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Thoraxtrauma, penetrerande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="750"/>
       <w:bookmarkEnd w:id="751"/>
       <w:bookmarkEnd w:id="752"/>
       <w:bookmarkEnd w:id="753"/>
       <w:bookmarkEnd w:id="754"/>
       <w:bookmarkEnd w:id="755"/>
       <w:bookmarkEnd w:id="756"/>
       <w:bookmarkEnd w:id="757"/>
       <w:bookmarkEnd w:id="758"/>
       <w:bookmarkEnd w:id="759"/>
       <w:bookmarkEnd w:id="760"/>
       <w:bookmarkEnd w:id="761"/>
       <w:bookmarkEnd w:id="762"/>
       <w:bookmarkEnd w:id="763"/>
       <w:bookmarkEnd w:id="764"/>
       <w:bookmarkEnd w:id="765"/>
       <w:bookmarkEnd w:id="766"/>
       <w:bookmarkEnd w:id="767"/>
     </w:p>
     <w:p w14:paraId="244F82A4" w14:textId="640503E1" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Kloxacillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="06479C6A" w14:textId="04D2C155" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g x 3 i 1 dygn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="383691F6" w14:textId="66DD098A" w:rsidR="00710404" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="3538CC8C">
         <w:t xml:space="preserve"> vid penicillinallergi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04483B65" w14:textId="1953A03A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g x 3 iv i ett dygn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621B3D99" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="768" w:name="_Toc256000540"/>
       <w:bookmarkStart w:id="769" w:name="_Toc256000481"/>
       <w:bookmarkStart w:id="770" w:name="_Toc454874456"/>
       <w:bookmarkStart w:id="771" w:name="_Toc454878539"/>
       <w:bookmarkStart w:id="772" w:name="_Toc454885276"/>
       <w:bookmarkStart w:id="773" w:name="_Toc256000040"/>
       <w:bookmarkStart w:id="774" w:name="_Toc256000093"/>
       <w:bookmarkStart w:id="775" w:name="_Toc256000146"/>
       <w:bookmarkStart w:id="776" w:name="_Toc256000199"/>
       <w:bookmarkStart w:id="777" w:name="_Toc485818629"/>
       <w:bookmarkStart w:id="778" w:name="_Toc256000253"/>
       <w:bookmarkStart w:id="779" w:name="_Toc487203716"/>
       <w:bookmarkStart w:id="780" w:name="_Toc256000310"/>
       <w:bookmarkStart w:id="781" w:name="_Toc256000367"/>
       <w:bookmarkStart w:id="782" w:name="_Toc256000424"/>
       <w:bookmarkStart w:id="783" w:name="_Toc526768058"/>
       <w:bookmarkStart w:id="784" w:name="_Toc98172082"/>
       <w:bookmarkStart w:id="785" w:name="_Toc161304747"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Öron-näsa-halskirurgi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="768"/>
       <w:bookmarkEnd w:id="769"/>
       <w:bookmarkEnd w:id="770"/>
@@ -13066,105 +12915,106 @@
       <w:bookmarkEnd w:id="777"/>
       <w:bookmarkEnd w:id="778"/>
       <w:bookmarkEnd w:id="779"/>
       <w:bookmarkEnd w:id="780"/>
       <w:bookmarkEnd w:id="781"/>
       <w:bookmarkEnd w:id="782"/>
       <w:bookmarkEnd w:id="783"/>
       <w:bookmarkEnd w:id="784"/>
       <w:bookmarkEnd w:id="785"/>
     </w:p>
     <w:p w14:paraId="4A17015B" w14:textId="5C18267A" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00710404">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se riktlinje ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003431AC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax i samband med operation</w:t>
         </w:r>
         <w:r w:rsidRPr="007172AF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>öron-, näs- och halssjukvården, Sahlgrenska Universitetssjukhuset</w:t>
       </w:r>
       <w:r w:rsidR="003024DC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9BD3AD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003431AC">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="786" w:name="_Toc256000541"/>
       <w:bookmarkStart w:id="787" w:name="_Toc256000482"/>
       <w:bookmarkStart w:id="788" w:name="_Toc454874457"/>
       <w:bookmarkStart w:id="789" w:name="_Toc454878540"/>
       <w:bookmarkStart w:id="790" w:name="_Toc454885277"/>
       <w:bookmarkStart w:id="791" w:name="_Toc256000041"/>
       <w:bookmarkStart w:id="792" w:name="_Toc256000094"/>
       <w:bookmarkStart w:id="793" w:name="_Toc256000147"/>
       <w:bookmarkStart w:id="794" w:name="_Toc256000200"/>
       <w:bookmarkStart w:id="795" w:name="_Toc485818630"/>
       <w:bookmarkStart w:id="796" w:name="_Toc256000254"/>
       <w:bookmarkStart w:id="797" w:name="_Toc487203717"/>
       <w:bookmarkStart w:id="798" w:name="_Toc256000311"/>
       <w:bookmarkStart w:id="799" w:name="_Toc256000368"/>
       <w:bookmarkStart w:id="800" w:name="_Toc256000425"/>
       <w:bookmarkStart w:id="801" w:name="_Toc526768059"/>
       <w:bookmarkStart w:id="802" w:name="_Toc98172083"/>
       <w:bookmarkStart w:id="803" w:name="_Toc161304748"/>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Tandvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="786"/>
       <w:bookmarkEnd w:id="787"/>
       <w:bookmarkEnd w:id="788"/>
       <w:bookmarkEnd w:id="789"/>
       <w:bookmarkEnd w:id="790"/>
       <w:bookmarkEnd w:id="791"/>
       <w:bookmarkEnd w:id="792"/>
       <w:bookmarkEnd w:id="793"/>
       <w:bookmarkEnd w:id="794"/>
       <w:bookmarkEnd w:id="795"/>
       <w:bookmarkEnd w:id="796"/>
       <w:bookmarkEnd w:id="797"/>
       <w:bookmarkEnd w:id="798"/>
       <w:bookmarkEnd w:id="799"/>
       <w:bookmarkEnd w:id="800"/>
       <w:bookmarkEnd w:id="801"/>
       <w:bookmarkEnd w:id="802"/>
       <w:bookmarkEnd w:id="803"/>
     </w:p>
     <w:p w14:paraId="481488F6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00AF2A6E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
@@ -13211,121 +13061,105 @@
       <w:bookmarkEnd w:id="814"/>
       <w:bookmarkEnd w:id="815"/>
       <w:bookmarkEnd w:id="816"/>
       <w:bookmarkEnd w:id="817"/>
       <w:bookmarkEnd w:id="818"/>
       <w:bookmarkEnd w:id="819"/>
       <w:bookmarkEnd w:id="820"/>
       <w:bookmarkEnd w:id="821"/>
     </w:p>
     <w:p w14:paraId="56D71B9C" w14:textId="08D18753" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas vid grav</w:t>
       </w:r>
       <w:r w:rsidR="00AF2A6E">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> nedsatt immunförsvar</w:t>
       </w:r>
       <w:r w:rsidR="00AF2A6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154B0C23" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>lågt antal neutrofila granulocyter (&lt;1x 10</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>/l)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1D53BB" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007172AF">
+        <w:t xml:space="preserve">defekt granulocytfunktion t.ex. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>myelodysplastiskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> syndrom</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F2235E7" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">pågående tung </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>immunsuppression</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7ABA41" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:r w:rsidRPr="007172AF">
         <w:t>Profylax rekommenderas också till patienter som nyligen fått ledprotes (&lt;3 månader) och har flera riskfaktorer såsom BMI&gt;35, rökning, immunbrist, anemi, dålig munhälsa, försämrat allmäntillstånd och vid odontologiska ingrepp som tar lång tid. Helst bör dock tandingreppet skjutas upp.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55483990" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003024DC">
       <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve">Hos patienter som haft </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> eller som har klaffprotes rekommenderas ej antibiotikaprofylax.</w:t>
+        <w:t>Hos patienter som haft endokardit eller som har klaffprotes rekommenderas ej antibiotikaprofylax.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED51D02" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003431AC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="822" w:name="_Toc256000543"/>
       <w:bookmarkStart w:id="823" w:name="_Toc256000484"/>
       <w:bookmarkStart w:id="824" w:name="_Toc454874459"/>
       <w:bookmarkStart w:id="825" w:name="_Toc454878542"/>
       <w:bookmarkStart w:id="826" w:name="_Toc454885279"/>
       <w:bookmarkStart w:id="827" w:name="_Toc256000043"/>
       <w:bookmarkStart w:id="828" w:name="_Toc256000096"/>
       <w:bookmarkStart w:id="829" w:name="_Toc256000149"/>
       <w:bookmarkStart w:id="830" w:name="_Toc256000202"/>
       <w:bookmarkStart w:id="831" w:name="_Toc485818632"/>
       <w:bookmarkStart w:id="832" w:name="_Toc256000256"/>
       <w:bookmarkStart w:id="833" w:name="_Toc487203719"/>
       <w:bookmarkStart w:id="834" w:name="_Toc256000313"/>
       <w:bookmarkStart w:id="835" w:name="_Toc256000370"/>
       <w:bookmarkStart w:id="836" w:name="_Toc256000427"/>
       <w:bookmarkStart w:id="837" w:name="_Toc526768061"/>
       <w:bookmarkStart w:id="838" w:name="_Toc98172085"/>
       <w:bookmarkStart w:id="839" w:name="_Toc161304750"/>
       <w:proofErr w:type="spellStart"/>
@@ -13343,67 +13177,67 @@
       <w:bookmarkEnd w:id="826"/>
       <w:bookmarkEnd w:id="827"/>
       <w:bookmarkEnd w:id="828"/>
       <w:bookmarkEnd w:id="829"/>
       <w:bookmarkEnd w:id="830"/>
       <w:bookmarkEnd w:id="831"/>
       <w:bookmarkEnd w:id="832"/>
       <w:bookmarkEnd w:id="833"/>
       <w:bookmarkEnd w:id="834"/>
       <w:bookmarkEnd w:id="835"/>
       <w:bookmarkEnd w:id="836"/>
       <w:bookmarkEnd w:id="837"/>
       <w:bookmarkEnd w:id="838"/>
       <w:bookmarkEnd w:id="839"/>
     </w:p>
     <w:p w14:paraId="60C6AB71" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas till</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AC0676" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">personer med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>högdosstrålat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> käkben</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2280B2BD" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">cancerpatienter som fått intravenös behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>bifosfonater</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> i hög dos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E55B648" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="840" w:name="_Toc256000544"/>
       <w:bookmarkStart w:id="841" w:name="_Toc256000485"/>
       <w:bookmarkStart w:id="842" w:name="_Toc454874460"/>
       <w:bookmarkStart w:id="843" w:name="_Toc454878543"/>
       <w:bookmarkStart w:id="844" w:name="_Toc454885280"/>
       <w:bookmarkStart w:id="845" w:name="_Toc256000044"/>
       <w:bookmarkStart w:id="846" w:name="_Toc256000097"/>
       <w:bookmarkStart w:id="847" w:name="_Toc256000150"/>
@@ -13427,67 +13261,67 @@
       <w:bookmarkEnd w:id="844"/>
       <w:bookmarkEnd w:id="845"/>
       <w:bookmarkEnd w:id="846"/>
       <w:bookmarkEnd w:id="847"/>
       <w:bookmarkEnd w:id="848"/>
       <w:bookmarkEnd w:id="849"/>
       <w:bookmarkEnd w:id="850"/>
       <w:bookmarkEnd w:id="851"/>
       <w:bookmarkEnd w:id="852"/>
       <w:bookmarkEnd w:id="853"/>
       <w:bookmarkEnd w:id="854"/>
       <w:bookmarkEnd w:id="855"/>
       <w:bookmarkEnd w:id="856"/>
       <w:bookmarkEnd w:id="857"/>
     </w:p>
     <w:p w14:paraId="793EB5C7" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Antibiotikaprofylax rekommenderas även till i övrigt friska personer vid</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D09A63" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>anomalikirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBFB4FC" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>frakturkirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8F0C79" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>bentransplantation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DE717F" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="858" w:name="_Toc256000545"/>
       <w:bookmarkStart w:id="859" w:name="_Toc256000486"/>
       <w:bookmarkStart w:id="860" w:name="_Toc454874461"/>
       <w:bookmarkStart w:id="861" w:name="_Toc454878544"/>
       <w:bookmarkStart w:id="862" w:name="_Toc454885281"/>
       <w:bookmarkStart w:id="863" w:name="_Toc256000045"/>
       <w:bookmarkStart w:id="864" w:name="_Toc256000098"/>
       <w:bookmarkStart w:id="865" w:name="_Toc256000151"/>
       <w:bookmarkStart w:id="866" w:name="_Toc256000204"/>
       <w:bookmarkStart w:id="867" w:name="_Toc485818634"/>
       <w:bookmarkStart w:id="868" w:name="_Toc256000258"/>
       <w:bookmarkStart w:id="869" w:name="_Toc487203721"/>
       <w:bookmarkStart w:id="870" w:name="_Toc256000315"/>
       <w:bookmarkStart w:id="871" w:name="_Toc256000372"/>
       <w:bookmarkStart w:id="872" w:name="_Toc256000429"/>
       <w:bookmarkStart w:id="873" w:name="_Toc526768063"/>
@@ -13546,133 +13380,105 @@
       <w:r w:rsidRPr="007172AF">
         <w:t>Endokarditprofylax</w:t>
       </w:r>
       <w:bookmarkEnd w:id="876"/>
       <w:bookmarkEnd w:id="877"/>
       <w:bookmarkEnd w:id="878"/>
       <w:bookmarkEnd w:id="879"/>
       <w:bookmarkEnd w:id="880"/>
       <w:bookmarkEnd w:id="881"/>
       <w:bookmarkEnd w:id="882"/>
       <w:bookmarkEnd w:id="883"/>
       <w:bookmarkEnd w:id="884"/>
       <w:bookmarkEnd w:id="885"/>
       <w:bookmarkEnd w:id="886"/>
       <w:bookmarkEnd w:id="887"/>
       <w:bookmarkEnd w:id="888"/>
       <w:bookmarkEnd w:id="889"/>
       <w:bookmarkEnd w:id="890"/>
       <w:bookmarkEnd w:id="891"/>
       <w:bookmarkEnd w:id="892"/>
       <w:bookmarkEnd w:id="893"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="610C9BEA" w14:textId="226E28C9" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve">Uppföljning hos tandläkare och behandling för god tandhälsa är den viktigaste profylaxen mot </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> hos patienter med riskfaktorer för </w:t>
+        <w:t xml:space="preserve">Uppföljning hos tandläkare och behandling för god tandhälsa är den viktigaste profylaxen mot endokardit hos patienter med riskfaktorer för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>hjärtklaffs</w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:softHyphen/>
         <w:t>infektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
-        <w:t xml:space="preserve">. Rutinmässig antibiotikaprofylax för att förebygga infektiös </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> i samband med odontologiska ingrepp rekommenderas inte men profylax kan efter individuell bedömning av ansvarig läkare övervägas till enskilda högriskpatienter. Denna individuella bedömning skall i så fall meddelas till patienten och dennes tandläkare.</w:t>
+        <w:t>. Rutinmässig antibiotikaprofylax för att förebygga infektiös endokardit i samband med odontologiska ingrepp rekommenderas inte men profylax kan efter individuell bedömning av ansvarig läkare övervägas till enskilda högriskpatienter. Denna individuella bedömning skall i så fall meddelas till patienten och dennes tandläkare.</w:t>
       </w:r>
       <w:r w:rsidR="00EA1FFD" w:rsidRPr="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA1FFD">
-        <w:t xml:space="preserve">Vid individuell värdering beaktas definition av hög risk för </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> enligt </w:t>
+        <w:t xml:space="preserve">Vid individuell värdering beaktas definition av hög risk för endokardit enligt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>European</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>Society</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>Cardiology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> 2015: tidigare </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
-        <w:t>endokardit</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, hjärtklaffprotes och förekomst av </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">endokardit, hjärtklaffprotes och förekomst av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>cyanotiska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
         <w:t>hjärtvitier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CB648F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00542CDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA1FFD">
         <w:t xml:space="preserve">Ingrepp där antibiotikaprofylax kan vara aktuellt enligt tillägget ovan är tandextraktion, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA1FFD">
@@ -13731,96 +13537,96 @@
       <w:bookmarkEnd w:id="898"/>
       <w:bookmarkEnd w:id="899"/>
       <w:bookmarkEnd w:id="900"/>
       <w:bookmarkEnd w:id="901"/>
       <w:bookmarkEnd w:id="902"/>
       <w:bookmarkEnd w:id="903"/>
       <w:bookmarkEnd w:id="904"/>
       <w:bookmarkEnd w:id="905"/>
       <w:bookmarkEnd w:id="906"/>
       <w:bookmarkEnd w:id="907"/>
       <w:bookmarkEnd w:id="908"/>
       <w:bookmarkEnd w:id="909"/>
       <w:bookmarkEnd w:id="910"/>
       <w:bookmarkEnd w:id="911"/>
     </w:p>
     <w:p w14:paraId="3F9A6083" w14:textId="3B312502" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:r w:rsidRPr="007172AF">
         <w:t>Administreras som engångsdos 60 min före ingreppet</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6691E0" w14:textId="77777777" w:rsidR="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Amoxicillin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="207555F6" w14:textId="0BCD87FC" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>2 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>50 mg/kg till barn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506F8613" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E3AF9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="691C9670" w14:textId="77777777" w:rsidR="009E3AF9" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61775A39" w14:textId="003C545D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="009E3AF9">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="009E3AF9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">15 mg/kg till barn </w:t>
       </w:r>
     </w:p>
@@ -13856,125 +13662,123 @@
       <w:bookmarkEnd w:id="916"/>
       <w:bookmarkEnd w:id="917"/>
       <w:bookmarkEnd w:id="918"/>
       <w:bookmarkEnd w:id="919"/>
       <w:bookmarkEnd w:id="920"/>
       <w:bookmarkEnd w:id="921"/>
       <w:bookmarkEnd w:id="922"/>
       <w:bookmarkEnd w:id="923"/>
       <w:bookmarkEnd w:id="924"/>
       <w:bookmarkEnd w:id="925"/>
       <w:bookmarkEnd w:id="926"/>
       <w:bookmarkEnd w:id="927"/>
       <w:bookmarkEnd w:id="928"/>
       <w:bookmarkEnd w:id="929"/>
     </w:p>
     <w:p w14:paraId="68CFCB90" w14:textId="195B2CA5" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Administreras som engångsdos 30 min före ingreppet</w:t>
       </w:r>
       <w:r w:rsidR="00A90805">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A45D77E" w14:textId="057613D8" w:rsidR="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="40"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Bensylpenicillin</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="06C14DAD" w14:textId="76C71653" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>3 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="00775F6B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">50 mg/kg till barn </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40CD8AB6" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00775F6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vid allergi mot penicillin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42361325" w14:textId="77777777" w:rsidR="00775F6B" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Klindamycin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="284F500B" w14:textId="210A3B3B" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00A90805">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>0,6 g till vuxna</w:t>
       </w:r>
       <w:r w:rsidR="00775F6B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007172AF">
         <w:t>15 mg/kg till barn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A41FAAE" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="001E451D">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="930" w:name="_Toc256000549"/>
       <w:bookmarkStart w:id="931" w:name="_Toc256000490"/>
       <w:bookmarkStart w:id="932" w:name="_Toc454874465"/>
       <w:bookmarkStart w:id="933" w:name="_Toc454878548"/>
       <w:bookmarkStart w:id="934" w:name="_Toc454885285"/>
       <w:bookmarkStart w:id="935" w:name="_Toc256000049"/>
       <w:bookmarkStart w:id="936" w:name="_Toc256000102"/>
       <w:bookmarkStart w:id="937" w:name="_Toc256000155"/>
       <w:bookmarkStart w:id="938" w:name="_Toc256000208"/>
       <w:bookmarkStart w:id="939" w:name="_Toc485818638"/>
       <w:bookmarkStart w:id="940" w:name="_Toc256000262"/>
       <w:bookmarkStart w:id="941" w:name="_Toc487203725"/>
       <w:bookmarkStart w:id="942" w:name="_Toc256000319"/>
       <w:bookmarkStart w:id="943" w:name="_Toc256000376"/>
       <w:bookmarkStart w:id="944" w:name="_Toc256000433"/>
       <w:bookmarkStart w:id="945" w:name="_Toc526768067"/>
       <w:bookmarkStart w:id="946" w:name="_Toc98172091"/>
       <w:bookmarkStart w:id="947" w:name="_Toc161304756"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="930"/>
       <w:bookmarkEnd w:id="931"/>
       <w:bookmarkEnd w:id="932"/>
@@ -13989,96 +13793,97 @@
       <w:bookmarkEnd w:id="941"/>
       <w:bookmarkEnd w:id="942"/>
       <w:bookmarkEnd w:id="943"/>
       <w:bookmarkEnd w:id="944"/>
       <w:bookmarkEnd w:id="945"/>
       <w:bookmarkEnd w:id="946"/>
       <w:bookmarkEnd w:id="947"/>
     </w:p>
     <w:p w14:paraId="503AD381" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Alla opererande specialiteter ansvarar för uppföljning och uppdatering av aktuella rekommendationer, vilket med fördel kan göras med hjälp av verktygsläkare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD0E416" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t>Förekomsten av postoperativa infektioner registreras i Infektionsverktyget. I förekommande fall sker också registrering i verksamhetsspecifika kvalitetsregister.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CB133C" w14:textId="7B7BED2D" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Se även riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003A6891">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Infektionsverktyget - ansvarsfördelning och arbetssätt vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007172AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64ADA65B" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00775F6B">
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve">Uppgifter för kvalitetskontroll av profylaxhantering avseende ordination för åtgärd och läkemedelsval enligt denna riktlinje samt administration vid adekvat tidpunkt i förhållande till operationsstart kan hämtas ur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Cognos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007172AF">
         <w:t xml:space="preserve"> via en preformerad modul.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="017C8D49" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="948" w:name="_Toc256000550"/>
       <w:bookmarkStart w:id="949" w:name="_Toc256000491"/>
       <w:bookmarkStart w:id="950" w:name="_Toc182366122"/>
       <w:bookmarkStart w:id="951" w:name="_Toc454874466"/>
       <w:bookmarkStart w:id="952" w:name="_Toc454878549"/>
       <w:bookmarkStart w:id="953" w:name="_Toc454885286"/>
       <w:bookmarkStart w:id="954" w:name="_Toc256000050"/>
       <w:bookmarkStart w:id="955" w:name="_Toc256000103"/>
       <w:bookmarkStart w:id="956" w:name="_Toc256000156"/>
       <w:bookmarkStart w:id="957" w:name="_Toc256000209"/>
       <w:bookmarkStart w:id="958" w:name="_Toc485818639"/>
       <w:bookmarkStart w:id="959" w:name="_Toc256000263"/>
       <w:bookmarkStart w:id="960" w:name="_Toc487203726"/>
       <w:bookmarkStart w:id="961" w:name="_Toc256000320"/>
       <w:bookmarkStart w:id="962" w:name="_Toc256000377"/>
       <w:bookmarkStart w:id="963" w:name="_Toc256000434"/>
       <w:bookmarkStart w:id="964" w:name="_Toc526768068"/>
       <w:bookmarkStart w:id="965" w:name="_Toc98172092"/>
       <w:bookmarkStart w:id="966" w:name="_Toc161304757"/>
       <w:r w:rsidRPr="007172AF">
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="948"/>
       <w:bookmarkEnd w:id="949"/>
       <w:bookmarkEnd w:id="950"/>
       <w:bookmarkEnd w:id="951"/>
       <w:bookmarkEnd w:id="952"/>
       <w:bookmarkEnd w:id="953"/>
       <w:bookmarkEnd w:id="954"/>
       <w:bookmarkEnd w:id="955"/>
       <w:bookmarkEnd w:id="956"/>
       <w:bookmarkEnd w:id="957"/>
       <w:bookmarkEnd w:id="958"/>
       <w:bookmarkEnd w:id="959"/>
       <w:bookmarkEnd w:id="960"/>
       <w:bookmarkEnd w:id="961"/>
       <w:bookmarkEnd w:id="962"/>
       <w:bookmarkEnd w:id="963"/>
       <w:bookmarkEnd w:id="964"/>
       <w:bookmarkEnd w:id="965"/>
       <w:bookmarkEnd w:id="966"/>
     </w:p>
     <w:p w14:paraId="2244CB2A" w14:textId="2D5269A4" w:rsidR="007172AF" w:rsidRPr="003A6891" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
@@ -14184,327 +13989,327 @@
       <w:r w:rsidRPr="003A6891">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF065DA" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00C44828">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>antibiotika, allergier, överkänslighet, läkemedel, läkemedelsordinationer, läkemedelsförskrivningar, läkemedelsbehandlingar, ordinationer, antibiotikaprofylax, infektionsprofylax, preoperativa rutiner, kirurgi, trauma</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C0FA1B4" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="003A6891">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="969" w:name="_Toc256000551"/>
       <w:bookmarkStart w:id="970" w:name="_Toc256000492"/>
       <w:bookmarkStart w:id="971" w:name="_Toc454874467"/>
       <w:bookmarkStart w:id="972" w:name="_Toc454878550"/>
       <w:bookmarkStart w:id="973" w:name="_Toc454885287"/>
       <w:bookmarkStart w:id="974" w:name="_Toc256000051"/>
       <w:bookmarkStart w:id="975" w:name="_Toc256000104"/>
       <w:bookmarkStart w:id="976" w:name="_Toc256000157"/>
       <w:bookmarkStart w:id="977" w:name="_Toc256000210"/>
       <w:bookmarkStart w:id="978" w:name="_Toc485818640"/>
       <w:bookmarkStart w:id="979" w:name="_Toc256000264"/>
       <w:bookmarkStart w:id="980" w:name="_Toc487203727"/>
       <w:bookmarkStart w:id="981" w:name="_Toc256000321"/>
       <w:bookmarkStart w:id="982" w:name="_Toc256000378"/>
       <w:bookmarkStart w:id="983" w:name="_Toc256000435"/>
       <w:bookmarkStart w:id="984" w:name="_Toc526768069"/>
       <w:bookmarkStart w:id="985" w:name="_Toc98172093"/>
       <w:bookmarkStart w:id="986" w:name="_Toc161304758"/>
       <w:bookmarkStart w:id="987" w:name="_Toc169686209"/>
       <w:bookmarkStart w:id="988" w:name="_Toc169686713"/>
       <w:bookmarkStart w:id="989" w:name="_Toc182366123"/>
       <w:r w:rsidRPr="007172AF">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="969"/>
       <w:bookmarkEnd w:id="970"/>
       <w:bookmarkEnd w:id="971"/>
       <w:bookmarkEnd w:id="972"/>
       <w:bookmarkEnd w:id="973"/>
       <w:bookmarkEnd w:id="974"/>
       <w:bookmarkEnd w:id="975"/>
       <w:bookmarkEnd w:id="976"/>
       <w:bookmarkEnd w:id="977"/>
       <w:bookmarkEnd w:id="978"/>
       <w:bookmarkEnd w:id="979"/>
       <w:bookmarkEnd w:id="980"/>
       <w:bookmarkEnd w:id="981"/>
       <w:bookmarkEnd w:id="982"/>
       <w:bookmarkEnd w:id="983"/>
       <w:bookmarkEnd w:id="984"/>
       <w:bookmarkEnd w:id="985"/>
       <w:bookmarkEnd w:id="986"/>
     </w:p>
     <w:p w14:paraId="4EBB3D92" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E77437">
       <w:pPr>
-        <w:pStyle w:val="ListNumber"/>
+        <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>SBU. Antibiotikaprofylax vid kirurgiska ingrepp. En systematisk litteraturöversikt. Stockholm: Statens beredning för medicinsk utvärdering (SBU); 2010. SBU-rapport nr 200. ISBN 978-91-85413-36-2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0035F950" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="007172AF" w:rsidRDefault="007172AF" w:rsidP="00E77437">
       <w:pPr>
-        <w:pStyle w:val="ListNumber"/>
+        <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007172AF">
         <w:t>Riktlinjer utgivna av terapigruppen för antibiotika. Läkemedelskommittén, Västra Götalandsregionen.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="987"/>
       <w:bookmarkEnd w:id="988"/>
       <w:bookmarkEnd w:id="989"/>
     </w:p>
     <w:p w14:paraId="65EAE243" w14:textId="77777777" w:rsidR="007172AF" w:rsidRPr="00C44828" w:rsidRDefault="007172AF" w:rsidP="00E77437">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="990" w:name="_Toc256000552"/>
       <w:bookmarkStart w:id="991" w:name="_Toc256000493"/>
       <w:bookmarkStart w:id="992" w:name="_Toc454874468"/>
       <w:bookmarkStart w:id="993" w:name="_Toc454878551"/>
       <w:bookmarkStart w:id="994" w:name="_Toc454885288"/>
       <w:bookmarkStart w:id="995" w:name="_Toc256000052"/>
       <w:bookmarkStart w:id="996" w:name="_Toc256000105"/>
       <w:bookmarkStart w:id="997" w:name="_Toc256000158"/>
       <w:bookmarkStart w:id="998" w:name="_Toc256000211"/>
       <w:bookmarkStart w:id="999" w:name="_Toc485818641"/>
       <w:bookmarkStart w:id="1000" w:name="_Toc256000265"/>
       <w:bookmarkStart w:id="1001" w:name="_Toc487203728"/>
       <w:bookmarkStart w:id="1002" w:name="_Toc256000322"/>
       <w:bookmarkStart w:id="1003" w:name="_Toc256000379"/>
       <w:bookmarkStart w:id="1004" w:name="_Toc256000436"/>
       <w:bookmarkStart w:id="1005" w:name="_Toc526768070"/>
       <w:bookmarkStart w:id="1006" w:name="_Toc98172094"/>
       <w:bookmarkStart w:id="1007" w:name="_Toc161304759"/>
       <w:r w:rsidRPr="00C44828">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="990"/>
       <w:bookmarkEnd w:id="991"/>
       <w:bookmarkEnd w:id="992"/>
       <w:bookmarkEnd w:id="993"/>
       <w:bookmarkEnd w:id="994"/>
       <w:bookmarkEnd w:id="995"/>
       <w:bookmarkEnd w:id="996"/>
       <w:bookmarkEnd w:id="997"/>
       <w:bookmarkEnd w:id="998"/>
       <w:bookmarkEnd w:id="999"/>
       <w:bookmarkEnd w:id="1000"/>
       <w:bookmarkEnd w:id="1001"/>
       <w:bookmarkEnd w:id="1002"/>
       <w:bookmarkEnd w:id="1003"/>
       <w:bookmarkEnd w:id="1004"/>
       <w:bookmarkEnd w:id="1005"/>
       <w:bookmarkEnd w:id="1006"/>
       <w:bookmarkEnd w:id="1007"/>
     </w:p>
-    <w:p w14:paraId="697B6317" w14:textId="0B34385C" w:rsidR="007172AF" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="697B6317" w14:textId="0B34385C" w:rsidR="007172AF" w:rsidRPr="00181B8A" w:rsidRDefault="007172AF" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="007172AF" w:rsidRPr="00181B8A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Infektionsverktyget – ansvarsfördelning och arbetssätt vid SÄS.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007172AF" w:rsidRPr="00181B8A">
+      <w:r w:rsidRPr="00181B8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="446E09D5" w14:textId="0D531241" w:rsidR="0095478E" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="446E09D5" w14:textId="0D531241" w:rsidR="0095478E" w:rsidRPr="00181B8A" w:rsidRDefault="001F722E" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:anchor="hmainbody1" w:history="1">
-        <w:r w:rsidR="001F722E" w:rsidRPr="00181B8A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotikaprofylax i tandvården</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F73E05" w:rsidRPr="00181B8A">
         <w:t>, Läkemedelsverket 2012och 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29CA1997" w14:textId="0B62F400" w:rsidR="008E59E0" w:rsidRPr="00181B8A" w:rsidRDefault="00800982" w:rsidP="00181B8A">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="29CA1997" w14:textId="0B62F400" w:rsidR="008E59E0" w:rsidRPr="00181B8A" w:rsidRDefault="004F741A" w:rsidP="00181B8A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="004F741A" w:rsidRPr="00181B8A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Antibiotikaprofylax </w:t>
         </w:r>
         <w:r w:rsidR="00A86915" w:rsidRPr="00181B8A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>vid</w:t>
         </w:r>
         <w:r w:rsidR="00A812EC" w:rsidRPr="00181B8A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00712CD8" w:rsidRPr="00181B8A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>kirurgi inom</w:t>
         </w:r>
         <w:r w:rsidR="00A812EC" w:rsidRPr="00181B8A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="004F741A" w:rsidRPr="00181B8A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00181B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>öron-, näs- och halssjukvården</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="008E59E0" w:rsidRPr="00181B8A" w:rsidSect="007172AF">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F358F6B" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
+    <w:p w14:paraId="0D8D2AFA" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76716B39" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
+    <w:p w14:paraId="2187C439" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33DE6927" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
+    <w:p w14:paraId="651B3D6F" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -14512,115 +14317,115 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -14634,51 +14439,51 @@
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -14711,74 +14516,74 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="243490B9" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A"/>
+    <w:p w14:paraId="72571DF0" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25D7C736" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
+    <w:p w14:paraId="77F729BF" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="08ED7C2A" w14:textId="77777777" w:rsidR="0094757A" w:rsidRDefault="0094757A">
+    <w:p w14:paraId="69193C0D" w14:textId="77777777" w:rsidR="003A0383" w:rsidRDefault="003A0383">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -14880,51 +14685,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> på intranätet</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="70464969" w14:textId="2A1F125E" w:rsidR="00DA65C4" w:rsidRPr="00472A40" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -15251,66 +15056,65 @@
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B8F875F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
+      <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7996D79E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -16557,51 +16361,51 @@
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32662D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C10679D2"/>
     <w:lvl w:ilvl="0" w:tplc="15B2A164">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Punktlista2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3393"/>
         </w:tabs>
         <w:ind w:left="3393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1FFC5EE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4847"/>
         </w:tabs>
         <w:ind w:left="4847" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -18046,51 +17850,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8436" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CAC21376" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9156" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="622C06A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25FA3DB2"/>
     <w:lvl w:ilvl="0" w:tplc="4496C5A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -19134,51 +18938,51 @@
   <w:num w:numId="28" w16cid:durableId="1962227867">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="681981145">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="509226069">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="668169680">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2064133401">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1957445252">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="9801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -19236,50 +19040,51 @@
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00090273"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="000917F4"/>
     <w:rsid w:val="00093E80"/>
     <w:rsid w:val="00094F8D"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="0009727A"/>
     <w:rsid w:val="000A114C"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A709C"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B435F"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B5498"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C2E7D"/>
     <w:rsid w:val="000D23C0"/>
     <w:rsid w:val="000D2708"/>
     <w:rsid w:val="000D6839"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F4E70"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="00103508"/>
     <w:rsid w:val="0010444C"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00105EE4"/>
     <w:rsid w:val="0011213B"/>
     <w:rsid w:val="001128A1"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00125E4E"/>
     <w:rsid w:val="00127831"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134438"/>
     <w:rsid w:val="00134587"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001409F2"/>
     <w:rsid w:val="001412C7"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00143763"/>
     <w:rsid w:val="001455BA"/>
@@ -19398,50 +19203,51 @@
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="003431AC"/>
     <w:rsid w:val="0034383D"/>
     <w:rsid w:val="00343F2E"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003511EA"/>
     <w:rsid w:val="003560BA"/>
     <w:rsid w:val="00360034"/>
     <w:rsid w:val="003605DF"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00361EC9"/>
     <w:rsid w:val="00362DEF"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="0036669C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00383574"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="00384535"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
+    <w:rsid w:val="003A0383"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A1E0F"/>
     <w:rsid w:val="003A6891"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B4DB8"/>
     <w:rsid w:val="003B795D"/>
     <w:rsid w:val="003C23DA"/>
     <w:rsid w:val="003C3E0C"/>
     <w:rsid w:val="003C640B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D13A1"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6D64"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E0879"/>
     <w:rsid w:val="003E155D"/>
     <w:rsid w:val="003E26AC"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6190"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F649A"/>
     <w:rsid w:val="00400772"/>
     <w:rsid w:val="0040114D"/>
@@ -19530,50 +19336,51 @@
     <w:rsid w:val="00544881"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="005456AC"/>
     <w:rsid w:val="0054580F"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005511C9"/>
     <w:rsid w:val="005529BF"/>
     <w:rsid w:val="0055642F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="005642F7"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005704FC"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00582BB5"/>
     <w:rsid w:val="0059019D"/>
     <w:rsid w:val="0059478A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A32B0"/>
     <w:rsid w:val="005A39E1"/>
+    <w:rsid w:val="005A3A66"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5B22"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A6A87"/>
     <w:rsid w:val="005B3BA2"/>
     <w:rsid w:val="005B4D1A"/>
     <w:rsid w:val="005B5E60"/>
     <w:rsid w:val="005B6F25"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4099"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C5D89"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D0CF9"/>
     <w:rsid w:val="005D1A5D"/>
     <w:rsid w:val="005D2A25"/>
     <w:rsid w:val="005D2B71"/>
     <w:rsid w:val="005D5415"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E5565"/>
     <w:rsid w:val="005F1081"/>
@@ -19650,50 +19457,51 @@
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00710E7F"/>
     <w:rsid w:val="00712CD8"/>
     <w:rsid w:val="00713A0B"/>
     <w:rsid w:val="007160B0"/>
     <w:rsid w:val="0071702D"/>
     <w:rsid w:val="007172AF"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00721C3C"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00726222"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00731BB3"/>
     <w:rsid w:val="00732582"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="007343B8"/>
     <w:rsid w:val="007345E6"/>
     <w:rsid w:val="00735EF2"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00740E83"/>
     <w:rsid w:val="00747477"/>
     <w:rsid w:val="0075129E"/>
+    <w:rsid w:val="007518B1"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="0076080C"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="007647F3"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007722D7"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00775F6B"/>
     <w:rsid w:val="0078197D"/>
     <w:rsid w:val="007826E1"/>
     <w:rsid w:val="00783889"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="00786431"/>
     <w:rsid w:val="00786A43"/>
     <w:rsid w:val="00787693"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A2738"/>
     <w:rsid w:val="007A5439"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A7A39"/>
     <w:rsid w:val="007B02B7"/>
     <w:rsid w:val="007B343E"/>
     <w:rsid w:val="007B48ED"/>
@@ -20252,52 +20060,52 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{89A608F5-D31F-4A24-86BA-06202FCAE699}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20653,255 +20461,255 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007D2E69"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR,Huvudrubrik"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="005511C9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR,Styckerubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR,Avsnittsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DC5BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik,Underrubrik i avsnitt"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:aliases w:val="(Dokumentbenämning)"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik6Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:aliases w:val="Innehållsförteckning"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading7Char"/>
+    <w:link w:val="Rubrik7Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading9Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -20979,602 +20787,602 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:aliases w:val="(Ledtexter)"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char,Huvudrubrik Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="005511C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char,Styckerubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char,Avsnittsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:rsid w:val="00DC5BDF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char,Underrubrik i avsnitt Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E778AD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE46FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE46FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00DC5BDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -21605,80 +21413,80 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -21717,53 +21525,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -21837,53 +21645,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -21957,53 +21765,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22053,53 +21861,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -22149,53 +21957,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -22231,53 +22039,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -22326,51 +22134,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -22414,51 +22222,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -22545,69 +22353,69 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00712CD8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="30"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -22651,290 +22459,290 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
     <w:aliases w:val="(Ledtexter) Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-    <w:name w:val="Heading 6 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
     <w:aliases w:val="(Dokumentbenämning) Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading6"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-    <w:name w:val="Heading 7 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
     <w:aliases w:val="Innehållsförteckning Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading7"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
     <w:name w:val="No List1"/>
-    <w:next w:val="NoList"/>
+    <w:next w:val="Ingenlista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007172AF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:after="140"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-    <w:name w:val="Body Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormatmallArial14pt">
     <w:name w:val="Formatmall Arial 14 pt"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
     <w:name w:val="Body Text Indent"/>
-    <w:link w:val="BodyTextIndentChar"/>
+    <w:link w:val="BrdtextmedindragChar"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="3033"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedindragChar">
+    <w:name w:val="Brödtext med indrag Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtextmedindrag"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Tabellrutnt1">
     <w:name w:val="Tabellrutnät1"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:next w:val="TableGrid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:next w:val="Tabellrutnt"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
     <w:name w:val="Punktlista 1"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Punktlista2">
     <w:name w:val="List Bullet 2"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:rsid w:val="00E77437"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Egnauppgifterisidhuvud">
     <w:name w:val="Egna uppgifter i sidhuvud"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3827"/>
         <w:tab w:val="left" w:pos="5795"/>
       </w:tabs>
     </w:pPr>
@@ -22964,160 +22772,160 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Mellanmrktrutnt1-dekorfrg21">
     <w:name w:val="Mellanmörkt rutnät 1 - dekorfärg 21"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="160" w:line="251" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2676" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007172AF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Frgadskuggning-dekorfrg11">
     <w:name w:val="Färgad skuggning - dekorfärg 11"/>
     <w:hidden/>
     <w:uiPriority w:val="71"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande06">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06..."/>
-    <w:basedOn w:val="NoList"/>
+    <w:basedOn w:val="Ingenlista"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande061">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...1"/>
-    <w:basedOn w:val="NoList"/>
+    <w:basedOn w:val="Ingenlista"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande062">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...2"/>
-    <w:basedOn w:val="NoList"/>
+    <w:basedOn w:val="Ingenlista"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="FormatmallNumreradlistaArialFetVnster472cmHngande063">
     <w:name w:val="Formatmall Numrerad lista Arial Fet Vänster:  472 cm Hängande:  06...3"/>
-    <w:basedOn w:val="NoList"/>
+    <w:basedOn w:val="Ingenlista"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alfabetiskpunktlista">
     <w:name w:val="Alfabetisk punktlista"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3033"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3036"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -23139,57 +22947,57 @@
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista3">
     <w:name w:val="Punktlista3"/>
     <w:qFormat/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3033"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormatmallBrdtextmedindragFre4ptEfter4pt">
     <w:name w:val="Formatmall Brödtext med indrag + Före:  4 pt Efter:  4 pt"/>
-    <w:basedOn w:val="BodyTextIndent"/>
+    <w:basedOn w:val="Brdtextmedindrag"/>
     <w:rsid w:val="007172AF"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="80"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="007172AF"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaalfabetisk">
     <w:name w:val="Punktlista alfabetisk"/>
     <w:qFormat/>
     <w:rsid w:val="007D67DC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
@@ -23207,53 +23015,53 @@
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
     <w:name w:val="Punktlista nivå2"/>
     <w:qFormat/>
     <w:rsid w:val="009851B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1707"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE263B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23632,64 +23440,64 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>21260</Characters>
+  <Pages>18</Pages>
+  <Words>3966</Words>
+  <Characters>21024</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>177</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>175</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24940</CharactersWithSpaces>
+  <CharactersWithSpaces>24941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="390" baseType="variant">
       <vt:variant>
         <vt:i4>1376272</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>375</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9821-892910994-5/SURROGATE/Antibiotikaprofylax i samband med operation.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5570582</vt:i4>
       </vt:variant>
@@ -24834,31 +24642,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc161304700</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Antibiotikaprofylax inför kirurgi</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
-  <revision>291</revision>
+  <revision>292</revision>
   <lastPrinted>2016-04-01T13:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>