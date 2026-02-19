--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A016EB4" w14:textId="408887A2" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50C82D0A" wp14:editId="04C9713F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50C82D0A" wp14:editId="04C9713F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3513015</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>217952</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3080630" cy="1125415"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="17780"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3080630" cy="1125415"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -117,51 +117,51 @@
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="50C82D0A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:276.6pt;margin-top:17.15pt;width:242.55pt;height:88.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQx/pAPwIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2zna50Rp8gSZBgQ&#10;tAXSoWdFlmNjsqhJSuzs14+SnY+2Ow27KJRIP5KPj5ndt7UkR2FsBSqjySCmRCgOeaX2Gf3xvP50&#10;R4l1TOVMghIZPQlL7+cfP8wanYohlCBzYQiCKJs2OqOlczqNIstLUTM7AC0UOgswNXN4NfsoN6xB&#10;9FpGwzieRg2YXBvgwlp8XXVOOg/4RSG4eywKKxyRGcXaXDhNOHf+jOYzlu4N02XF+zLYP1RRs0ph&#10;0gvUijlGDqZ6B1VX3ICFwg041BEURcVF6AG7SeI33WxLpkXoBcmx+kKT/X+w/OG41U+GuPYrtDhA&#10;T0ijbWrx0ffTFqb2v1gpQT9SeLrQJlpHOD6O4rt4OkIXR1+SDCfjZOJxouvn2lj3TUBNvJFRg3MJ&#10;dLHjxrou9Bzis1mQVb6upAwXrwWxlIYcGU5RulAkgr+Kkoo0GZ2OJnEAfuXz0Jfvd5Lxn31576JW&#10;zJZdmhytPkoq7OVKirdcu2t7pnaQn5BAA522rObrCvNtmHVPzKCYkBhcEPeIRyEBi4TeoqQE8/tv&#10;7z4eZ4xeShoUZ0btrwMzghL5XeH0vyTjsVdzuIwnn4d4Mbee3a1HHeolIHMJrqLmwfTxTp7NwkD9&#10;gnu08FnRxRTH3Bl1Z3PpupXBPeRisQhBqF/N3EZtNffQflKe5+f2hRndz9mhRB7gLGOWvhl3F+u/&#10;VLA4OCiqoAVPcMdqzztqP6ip31O/XLf3EHX9N5n/AQAA//8DAFBLAwQUAAYACAAAACEAbU0n4+AA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLPLRyENsjTaxHrwVDQ9T2EK&#10;tOwsYbcU/fVuT3qbyTx553nz9ax7MdFoO8MKwkUAgrgydceNgq/Pt6cVCOuQa+wNk4JvsrAu7u9y&#10;zGpz5R1NpWuED2GboYLWuSGT0lYtabQLMxD729GMGp1fx0bWI159uO5lFASp1Nix/9DiQJuWqnN5&#10;0QpO+G73x/SnTDcf/Mr7pd5tp61Sjw/zyzMIR7P7g+Gm79Wh8E4Hc+Hail5BksSRRxXEyxjEDQji&#10;lZ8OCqIwTEAWufzfofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0Mf6QD8CAACVBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbU0n4+AAAAAL&#10;AQAADwAAAAAAAAAAAAAAAACZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:276.6pt;margin-top:17.15pt;width:242.55pt;height:88.6pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQx/pAPwIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2zna50Rp8gSZBgQ&#10;tAXSoWdFlmNjsqhJSuzs14+SnY+2Ow27KJRIP5KPj5ndt7UkR2FsBSqjySCmRCgOeaX2Gf3xvP50&#10;R4l1TOVMghIZPQlL7+cfP8wanYohlCBzYQiCKJs2OqOlczqNIstLUTM7AC0UOgswNXN4NfsoN6xB&#10;9FpGwzieRg2YXBvgwlp8XXVOOg/4RSG4eywKKxyRGcXaXDhNOHf+jOYzlu4N02XF+zLYP1RRs0ph&#10;0gvUijlGDqZ6B1VX3ICFwg041BEURcVF6AG7SeI33WxLpkXoBcmx+kKT/X+w/OG41U+GuPYrtDhA&#10;T0ijbWrx0ffTFqb2v1gpQT9SeLrQJlpHOD6O4rt4OkIXR1+SDCfjZOJxouvn2lj3TUBNvJFRg3MJ&#10;dLHjxrou9Bzis1mQVb6upAwXrwWxlIYcGU5RulAkgr+Kkoo0GZ2OJnEAfuXz0Jfvd5Lxn31576JW&#10;zJZdmhytPkoq7OVKirdcu2t7pnaQn5BAA522rObrCvNtmHVPzKCYkBhcEPeIRyEBi4TeoqQE8/tv&#10;7z4eZ4xeShoUZ0btrwMzghL5XeH0vyTjsVdzuIwnn4d4Mbee3a1HHeolIHMJrqLmwfTxTp7NwkD9&#10;gnu08FnRxRTH3Bl1Z3PpupXBPeRisQhBqF/N3EZtNffQflKe5+f2hRndz9mhRB7gLGOWvhl3F+u/&#10;VLA4OCiqoAVPcMdqzztqP6ip31O/XLf3EHX9N5n/AQAA//8DAFBLAwQUAAYACAAAACEAbU0n4+AA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeLPLRyENsjTaxHrwVDQ9T2EK&#10;tOwsYbcU/fVuT3qbyTx553nz9ax7MdFoO8MKwkUAgrgydceNgq/Pt6cVCOuQa+wNk4JvsrAu7u9y&#10;zGpz5R1NpWuED2GboYLWuSGT0lYtabQLMxD729GMGp1fx0bWI159uO5lFASp1Nix/9DiQJuWqnN5&#10;0QpO+G73x/SnTDcf/Mr7pd5tp61Sjw/zyzMIR7P7g+Gm79Wh8E4Hc+Hail5BksSRRxXEyxjEDQji&#10;lZ8OCqIwTEAWufzfofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0Mf6QD8CAACVBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbU0n4+AAAAAL&#10;AQAADwAAAAAAAAAAAAAAAACZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:stroke dashstyle="dash"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5A42F9E1" w14:textId="7A5001C7" w:rsidR="00835684" w:rsidRPr="00835684" w:rsidRDefault="00835684" w:rsidP="009E35C1">
                       <w:pPr>
                         <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="0" w:right="17"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00835684">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Plats för etikett</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -170,120 +170,99 @@
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00835684">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>med patientidentitet</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t>Urinvägsinfektion hos vuxna patienter, standardvårdplan vid behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4684CC" w14:textId="3400DCC9" w:rsidR="001F3711" w:rsidRDefault="00835684" w:rsidP="00835684">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Instruktion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285212D9" w14:textId="032D3A57" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00752345">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t>Dokumentet upprättas förslagsvis direkt när en patient ordineras antibiotika mot urinvägsinfektion, inneliggande såväl som polikliniskt</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Dokumentet upprättas förslagsvis direkt när en patient ordineras antibiotika mot urinvägsinfektion, inneliggande såväl som polikliniskt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB5552E" w14:textId="76ED4311" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00752345">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t>Dokumentet är en checklista för att åtgärder är ordinerade/utförda och dokumenterade på rätt plats i Melior samma dag som antibiotikabehandling sätts in</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Dokumentet är en checklista för att åtgärder är ordinerade/utförda och dokumenterade på rätt plats i Melior samma dag som antibiotikabehandling sätts in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD0B3D3" w14:textId="0732C94F" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00752345">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t>Dokumentet nås via menyraden i Melior under rubriken länkar och skrivs ut för att användas som en manuell checklista</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Dokumentet nås via menyraden i Melior under rubriken länkar och skrivs ut för att användas som en manuell checklista.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A78499" w14:textId="01390739" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00752345">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ordinerande läkare signerar i respektive ruta när åtgärden är klar och </w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ordinerande läkare signerar i respektive ruta när åtgärden är klar och ritar en ring runt signaturen om åtgärden inte är tillämplig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A531C9A" w14:textId="2DBA76C0" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00752345">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r>
-        <w:t>Dokumentet kan makuleras i samband med att patienten skrivs ut eller mottagningsbesöket är klart</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Dokumentet kan makuleras i samband med att patienten skrivs ut eller mottagningsbesöket är klart.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5524"/>
@@ -461,57 +440,52 @@
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63BE4573" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Symtombild dokumenterad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="157B31A2" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Miktionssmärta</w:t>
-[...3 lines deleted...]
-              <w:t>, täta trängningar, flanksmärta och feber negeras eller bejakas</w:t>
+              <w:t>Miktionssmärta, täta trängningar, flanksmärta och feber negeras eller bejakas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="322BDA0F" w14:textId="77777777" w:rsidR="00835684" w:rsidRPr="00CE5B0D" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE5B0D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Intagning, Besök eller Anteckning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -754,57 +728,52 @@
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DCCE85D" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>KAD-användning ordinerad/dokumenterad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28FB0D0E" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Ordinatör</w:t>
-[...3 lines deleted...]
-              <w:t>, planerad dragning</w:t>
+              <w:t>Ordinatör, planerad dragning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4230A0B0" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kateterjournal/Fri aktivitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
@@ -833,89 +802,70 @@
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00835684" w14:paraId="51B016AC" w14:textId="77777777" w:rsidTr="00CE5B0D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="091ED4D7" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Mätning av </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> övervägd/ordinerad/dokumenterad</w:t>
+              <w:t>Mätning av residualurin övervägd/ordinerad/dokumenterad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ED7F772" w14:textId="77777777" w:rsidR="00835684" w:rsidRPr="00C95710" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Läkemedel/Mätvärden/</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Läkemedel/Mätvärden/Bladderscan</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E3CCB39" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3172" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
@@ -1010,51 +960,50 @@
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00835684" w14:paraId="50BA9951" w14:textId="77777777" w:rsidTr="00CE5B0D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B836564" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Urinprov taget/ordinerat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AD599C1" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Urinsticka och odling före antibiotikabehandling</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F782E38" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Planering/Provtagning</w:t>
             </w:r>
           </w:p>
@@ -1366,71 +1315,51 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2DC3E36B" w14:textId="77777777" w:rsidR="00835684" w:rsidRDefault="00835684" w:rsidP="00835684">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FEE51BB" w14:textId="2F50BACE" w:rsidR="00835684" w:rsidRDefault="00C95710" w:rsidP="00A943C6">
       <w:pPr>
         <w:spacing w:before="40" w:after="200"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C95710">
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...19 lines deleted...]
-        <w:t>, Puls=hjärtslag/minut, BT=blodtryck</w:t>
+        <w:t>*F= andetag/minut, POX=syrgassaturation, Puls=hjärtslag/minut, BT=blodtryck</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9775" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2503"/>
         <w:gridCol w:w="3039"/>
@@ -1590,57 +1519,52 @@
           <w:tcPr>
             <w:tcW w:w="1813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72E3B388" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95710" w14:paraId="7345A449" w14:textId="77777777" w:rsidTr="00C95710">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4393E8B8" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Pyelonefrit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> eller annan</w:t>
+              <w:t>Pyelonefrit eller annan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C53A660" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>febril UVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="502267F2" w14:textId="54196E27" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">UVI-symtom </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1694,101 +1618,91 @@
             </w:pPr>
             <w:r>
               <w:t>KAD-relaterad UVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4930D3E3" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">KAD-bärare </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">och </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">feber utan annat fokus, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> njurloge och/eller tecken på sepsis</w:t>
+              <w:t>feber utan annat fokus, dunköm njurloge och/eller tecken på sepsis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="713D7FD5" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95710" w14:paraId="2612E211" w14:textId="77777777" w:rsidTr="00C95710">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33AA9B2C" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>KAD-relaterad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="330FC732" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>bakteriuri</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F598554" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">KAD-bärare </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">och </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">positiv urinodling </w:t>
@@ -1878,57 +1792,52 @@
           <w:p w14:paraId="13A4E3C1" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Nej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95710" w14:paraId="4DDF91C0" w14:textId="77777777" w:rsidTr="00C95710">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2E9591C0" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Asymtomatisk </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Asymtomatisk bakteriuri</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3B053669" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Positiv urinodling </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">men </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="520534CF" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
@@ -2099,612 +2008,687 @@
       <w:tblPr>
         <w:tblW w:w="9775" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3079"/>
         <w:gridCol w:w="2214"/>
         <w:gridCol w:w="2741"/>
         <w:gridCol w:w="1741"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C95710" w14:paraId="79FA425D" w14:textId="77777777" w:rsidTr="009E35C1">
-[...2 lines deleted...]
-            <w:tcW w:w="3189" w:type="dxa"/>
+      <w:tr w:rsidR="00C95710" w14:paraId="79FA425D" w14:textId="77777777" w:rsidTr="00B93C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="27EED52F" w14:textId="4DFAC3DA" w:rsidR="00C95710" w:rsidRPr="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Klinisk situation</w:t>
             </w:r>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:tcW w:w="6696" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="10752ADE" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Empirisk behandling</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C95710">
               <w:t>(Lika val för kvinnor och män)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95710" w14:paraId="4A640456" w14:textId="77777777" w:rsidTr="009E35C1">
-[...2 lines deleted...]
-            <w:tcW w:w="3189" w:type="dxa"/>
+      <w:tr w:rsidR="00C95710" w14:paraId="4A640456" w14:textId="77777777" w:rsidTr="00B93C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="10D0E113" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="38574FF9" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Antibiotika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2741" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="08A3D488" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Dos</w:t>
             </w:r>
             <w:r w:rsidRPr="00C95710">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(normal njurfunktion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="101D2D6A" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95710">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Antal dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95710" w14:paraId="40A3807F" w14:textId="77777777" w:rsidTr="00C95710">
-[...2 lines deleted...]
-            <w:tcW w:w="3189" w:type="dxa"/>
+      <w:tr w:rsidR="00C95710" w14:paraId="40A3807F" w14:textId="77777777" w:rsidTr="00B93C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04231F94" w14:textId="632ADE65" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="009E35C1">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>Okomplicerad cystit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="527F1076" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>Pivmecillinam</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> eller</w:t>
+              <w:t>Pivmecillinam eller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA75256" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
               <w:t>nitrofurantoin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2741" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="010E946C" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>200 mg x 3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2760AB5C" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>50 mg x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcW w:w="1741" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="429A9DC6" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="009E35C1">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="753"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Kvinna</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>5 dagar</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>Man</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>7 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95710" w14:paraId="3D7DCE63" w14:textId="77777777" w:rsidTr="00C95710">
-[...4 lines deleted...]
-          <w:p w14:paraId="5B8555E9" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+      <w:tr w:rsidR="00C95710" w14:paraId="3D7DCE63" w14:textId="77777777" w:rsidTr="00B93C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8555E9" w14:textId="14E65BC2" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="008E3997" w:rsidP="00C95710">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00C95710" w:rsidRPr="00064DAC">
+              <w:t xml:space="preserve">ebril UVI hos patient med eller utan KAD men </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB46FE">
+              <w:t>utan septisk chock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253DBA51" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>Pyelonefrit</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Tobramycin iv</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2173C4" w14:textId="2CC123E1" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00395C27" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>eller</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6304D7" w14:textId="04108476" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00395C27" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Piperacillin</w:t>
+            </w:r>
+            <w:r w:rsidR="00940328">
+              <w:t>-tazobactam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2741" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BD6F65" w14:textId="09C421B0" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r w:rsidRPr="00064DAC">
-              <w:t xml:space="preserve"> eller annan febril UVI hos patient med eller utan KAD men </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4,5 mg/kg x 1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15672D84" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3249E0CB" w14:textId="771C0A4D" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00940328" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
-              <w:t>svår sepsis/</w:t>
-[...80 lines deleted...]
-          <w:p w14:paraId="57419C4B" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="009E35C1">
+              <w:t>4 g x 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6E0334" w14:textId="1A8529B7" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00395C27" w:rsidP="009E35C1">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="753"/>
               </w:tabs>
-              <w:rPr>
-[...2 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Se nästa sida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4254" w14:paraId="0C1403CA" w14:textId="77777777" w:rsidTr="00854AE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E638668" w14:textId="13CAA83E" w:rsidR="000C4254" w:rsidRPr="00064DAC" w:rsidRDefault="00607B06" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk220677991"/>
             <w:r w:rsidRPr="00064DAC">
-              <w:rPr>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Febril UVI hos patient med eller utan KAD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B93C59">
+              <w:t>med</w:t>
+            </w:r>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>Kvinna</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> septisk chock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39D44A52" w14:textId="6B680D67" w:rsidR="000C4254" w:rsidRPr="00064DAC" w:rsidRDefault="00607B06" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
-              <w:tab/>
-            </w:r>
+              <w:t>Meropenem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07417DBB" w14:textId="45582CA1" w:rsidR="000C4254" w:rsidRPr="00064DAC" w:rsidRDefault="002C2102" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E604A9">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0037722E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E604A9">
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0F62">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E604A9">
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidR="0037722E">
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55CF4843" w14:textId="0207C0B7" w:rsidR="000C4254" w:rsidRPr="00064DAC" w:rsidRDefault="00395C27" w:rsidP="00C95710">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Se nästa sida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00607B06" w14:paraId="64FAD41A" w14:textId="77777777" w:rsidTr="00854AE2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="150AB999" w14:textId="485AA334" w:rsidR="00607B06" w:rsidRPr="00064DAC" w:rsidRDefault="00607B06" w:rsidP="00607B06">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>7 dagar</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Febril UVI hos patient med eller utan KAD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B93C59">
+              <w:t>med</w:t>
+            </w:r>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>Man</w:t>
-[...41 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> septisk chock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5833E8D7" w14:textId="77777777" w:rsidR="00607B06" w:rsidRDefault="00607B06" w:rsidP="00607B06">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>Piperacillin-tazobactam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78A700BD" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+          </w:p>
+          <w:p w14:paraId="5A786FF9" w14:textId="77777777" w:rsidR="00607B06" w:rsidRDefault="00607B06" w:rsidP="00607B06">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>och</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D44A52" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w14:paraId="577ED0F6" w14:textId="596C8490" w:rsidR="00607B06" w:rsidRDefault="00607B06" w:rsidP="00607B06">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>tobramycin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332671BD" w14:textId="77777777" w:rsidR="00607B06" w:rsidRPr="00064DAC" w:rsidRDefault="00607B06" w:rsidP="00607B06">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>*</w:t>
+            </w:r>
             <w:r w:rsidRPr="00064DAC">
               <w:t xml:space="preserve">4gx4 dag 1, sedan 4gx3 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07417DBB" w14:textId="77777777" w:rsidR="00C95710" w:rsidRPr="00064DAC" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+          <w:p w14:paraId="372357EB" w14:textId="64E628F0" w:rsidR="00607B06" w:rsidRPr="00064DAC" w:rsidRDefault="00607B06" w:rsidP="00607B06">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00064DAC">
               <w:t xml:space="preserve">7 mg/kg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1780" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:t>bedömning</w:t>
+            <w:tcW w:w="1741" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61F09116" w14:textId="3614B8D1" w:rsidR="00607B06" w:rsidRPr="00064DAC" w:rsidRDefault="00395C27" w:rsidP="00607B06">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Se nästa sida</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19FAC92C" w14:textId="77777777" w:rsidR="00C95710" w:rsidRDefault="00C95710" w:rsidP="00C95710">
+    <w:p w14:paraId="19FAC92C" w14:textId="0BCAC38D" w:rsidR="00C95710" w:rsidRDefault="006235E3" w:rsidP="00C95710">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7777">
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>Initiala</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B32">
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B32">
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doser ges med halverat dosintervall</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9775" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="70" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3337"/>
         <w:gridCol w:w="1874"/>
         <w:gridCol w:w="4564"/>
       </w:tblGrid>
       <w:tr w:rsidR="009E35C1" w14:paraId="23ADDB7F" w14:textId="77777777" w:rsidTr="009E35C1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="23016C62" w14:textId="3B54505D" w:rsidR="009E35C1" w:rsidRPr="009E35C1" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E35C1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Klinisk situation</w:t>
             </w:r>
             <w:r w:rsidRPr="009E35C1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="009E35C1">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6438" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="08A7AD3E" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="009E35C1" w:rsidRDefault="009E35C1" w:rsidP="00752345">
@@ -2802,544 +2786,613 @@
           <w:tcPr>
             <w:tcW w:w="3337" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725A1083" w14:textId="2C9BE2D8" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>Okomplicerad cystit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="043857CC" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>Pivmecillinam</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> eller</w:t>
+              <w:t>Pivmecillinam eller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="008CD74C" w14:textId="735A30E3" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
               <w:t>nitrofurantoin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4564" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="362C3C34" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>Båda är alternativa förstahandsval om möjligt enligt resistensbesked</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E35C1" w14:paraId="5209E941" w14:textId="77777777" w:rsidTr="009E35C1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3337" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730E00D9" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
+          <w:p w14:paraId="730E00D9" w14:textId="3A35021F" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="00E04617" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> eller annan febril UVI hos patient med eller utan KAD </w:t>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="009E35C1" w:rsidRPr="00064DAC">
+              <w:t xml:space="preserve">ebril UVI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B437D9D" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
               <w:t>Trim</w:t>
             </w:r>
             <w:r>
               <w:t>etoprimsulfa</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6736E8BE" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>eller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="408BB2D7" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
               <w:t>ciprofloxacin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="4A58B893" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="00064DAC">
               <w:t>eller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48ADAA68" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRPr="00064DAC" w:rsidRDefault="009E35C1" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00064DAC">
-              <w:t>trimetoprim</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (män)</w:t>
+              <w:t>trimetoprim (män)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4564" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="496F2ACD" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRDefault="009E35C1" w:rsidP="00752345">
+          <w:p w14:paraId="071EAD7A" w14:textId="77777777" w:rsidR="00CD3602" w:rsidRDefault="00CB7D22" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Två alternativa förstahandsval hos kvinnor men </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Kvinnor</w:t>
+            </w:r>
+            <w:r w:rsidR="00141429">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0BC8">
+              <w:t>och män</w:t>
+            </w:r>
+            <w:r w:rsidR="00F62F4E">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E37D677" w14:textId="77777777" w:rsidR="009750C7" w:rsidRDefault="00C84AD3" w:rsidP="009750C7">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+              <w:keepNext/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
-              <w:t>trimetoprimsulfa</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Trimsulfa förstahandsval</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5779">
+              <w:t xml:space="preserve"> om möjligt enligt resistensbesked</w:t>
+            </w:r>
+            <w:r w:rsidR="00B224CE">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC4A98">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496F2ACD" w14:textId="0CEFFFDF" w:rsidR="009E35C1" w:rsidRDefault="00BC4A98" w:rsidP="009750C7">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+              <w:keepNext/>
+              <w:ind w:left="720"/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> väljs om möjligt enligt resistensbesked. Total behandlingstid är då 10 dagar men enbart 7 dagar om </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="48C9DE34" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRDefault="009E35C1" w:rsidP="00752345">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="009E35C1">
+              <w:t>ehandlingstid är då 10 dagar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA79EA1" w14:textId="452E41B9" w:rsidR="00853F13" w:rsidRDefault="00DB7269" w:rsidP="00853F13">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
-            </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:t>Ciprofloxacin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="035E41AB" w14:textId="093FECC6" w:rsidR="009E35C1" w:rsidRDefault="00F80E5B" w:rsidP="003B4922">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+              <w:keepNext/>
+              <w:ind w:left="720"/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> är förstahandsval hos män men </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Behand</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3CB3">
+              <w:t>l</w:t>
+            </w:r>
             <w:r>
-              <w:t>trimetoprim</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">ingstid </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3CB3">
+              <w:t xml:space="preserve">7 dagar för kvinnor och i </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4922">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3CB3">
+              <w:t>normalfallet 10 dagar för mä</w:t>
+            </w:r>
+            <w:r w:rsidR="002E300F">
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00853F13" w14:paraId="59BA59DD" w14:textId="77777777" w:rsidTr="009E35C1">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3337" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27521F51" w14:textId="5A3A5EC6" w:rsidR="00853F13" w:rsidRDefault="009869C1" w:rsidP="00752345">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+              <w:keepNext/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> kan väljas vid känslig stam. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="035E41AB" w14:textId="77777777" w:rsidR="009E35C1" w:rsidRDefault="009E35C1" w:rsidP="00752345">
+              <w:t>Kateterassocierad febril U</w:t>
+            </w:r>
+            <w:r w:rsidR="0080490C">
+              <w:t>VI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14881EF6" w14:textId="59D48976" w:rsidR="00853F13" w:rsidRPr="00064DAC" w:rsidRDefault="0080490C" w:rsidP="00752345">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
             </w:pPr>
             <w:r>
-              <w:t>Total behandlingstid för män är 14 dagar.</w:t>
+              <w:t>Som ovan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4564" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45188BDC" w14:textId="6016F691" w:rsidR="00853F13" w:rsidRDefault="0080490C" w:rsidP="00752345">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:t>Behandlingstid för kvinnor och män 7-10 dagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="061FD8AA" w14:textId="01028240" w:rsidR="009E35C1" w:rsidRPr="00C95710" w:rsidRDefault="009E35C1" w:rsidP="00752345">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E35C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="009E35C1">
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> Antibiotikarekommendationerna avser förstahandsval för behandling av patienter med normal njurfunktion. Odlingssvar och njurfunktionsnedsättning och eventuell graviditet kan innebära behov av justering av indikation, antibiotikaval och dosering.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009E35C1" w:rsidRPr="00C95710" w:rsidSect="00136D67">
-      <w:headerReference w:type="default" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F108037" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="2E7C16CB" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5477F330" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="6C5A1C70" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1776CC66" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="5AAD0826" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Agency FB">
-    <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4552950</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -3361,332 +3414,416 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897920" cy="384860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="536C2094" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419"/>
+    <w:p w14:paraId="1F6FC20E" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FE23AA8" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="1111707F" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="330015E8" w14:textId="77777777" w:rsidR="00873419" w:rsidRDefault="00873419">
+    <w:p w14:paraId="024F91E4" w14:textId="77777777" w:rsidR="008F5CDC" w:rsidRDefault="008F5CDC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="1670"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w14:paraId="3C8B2CDB" w14:textId="560B15B8" w:rsidR="004B5C86" w:rsidRDefault="00974159" w:rsidP="004B5C86">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
-[...5 lines deleted...]
-                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>.</w:t>
+                            <w:t>Aktualitete</w:t>
+                          </w:r>
+                          <w:r w:rsidR="009225CD">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>n i utskrivet dokument kan verifieras på intranätet</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                  <w:p w14:paraId="3C8B2CDB" w14:textId="560B15B8" w:rsidR="004B5C86" w:rsidRDefault="00974159" w:rsidP="004B5C86">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
-[...5 lines deleted...]
-                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>.</w:t>
+                      <w:t>Aktualitete</w:t>
+                    </w:r>
+                    <w:r w:rsidR="009225CD">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>n i utskrivet dokument kan verifieras på intranätet</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-5080</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="270510"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669155" cy="270510"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w14:paraId="18075F67" w14:textId="7D3C14BF" w:rsidR="00A5066F" w:rsidRDefault="0080490C" w:rsidP="00A5066F">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                            <w:t>Aktual</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00974159">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>i</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>.</w:t>
+                            <w:t>t</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00974159">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>et</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>en av utskr</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00974159">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>i</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>vet dokum</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00974159">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>ent kan verifieras på SÄS intranät</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                  <w:p w14:paraId="18075F67" w14:textId="7D3C14BF" w:rsidR="00A5066F" w:rsidRDefault="0080490C" w:rsidP="00A5066F">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                      <w:t>Aktual</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00974159">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>i</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>.</w:t>
+                      <w:t>t</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00974159">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>et</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>en av utskr</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00974159">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>i</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>vet dokum</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00974159">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>ent kan verifieras på SÄS intranät</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EE881B5" wp14:editId="6DFAD303">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EE881B5" wp14:editId="6DFAD303">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-6086</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>263525</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3720,51 +3857,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4794,51 +4931,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5275,51 +5412,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5615,50 +5752,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64026304"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33BC056C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5727,51 +5977,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5840,51 +6090,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5954,647 +6204,1070 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="378750199">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="915092585">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1310554619">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1779762354">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1190946001">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="829096820">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1469662030">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1550149483">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2087990656">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="542602259">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="882716506">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1901743583">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="991912581">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="351148625">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1516268121">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="295180367">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1617176599">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1400442350">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1763532171">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2089495734">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="484665927">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1603606806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1456681652">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="24" w16cid:durableId="2131510148">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00001D2C"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="0000583B"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00023F5C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000349F5"/>
+    <w:rsid w:val="00040BE9"/>
+    <w:rsid w:val="0004117F"/>
+    <w:rsid w:val="00044A5E"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00051653"/>
+    <w:rsid w:val="000531C9"/>
+    <w:rsid w:val="00054819"/>
+    <w:rsid w:val="00055144"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00060C3B"/>
     <w:rsid w:val="00061969"/>
+    <w:rsid w:val="0006406B"/>
+    <w:rsid w:val="00064BDA"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="000662A5"/>
+    <w:rsid w:val="00067891"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00073FBF"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="0009637F"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A6811"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B6F8C"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C19AC"/>
+    <w:rsid w:val="000C4254"/>
+    <w:rsid w:val="000D3164"/>
+    <w:rsid w:val="000D5716"/>
+    <w:rsid w:val="000E133D"/>
+    <w:rsid w:val="000E29F7"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F3AED"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="000F78DE"/>
+    <w:rsid w:val="00101371"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00107521"/>
+    <w:rsid w:val="00110232"/>
+    <w:rsid w:val="0011182F"/>
+    <w:rsid w:val="00112004"/>
+    <w:rsid w:val="00112E14"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00124286"/>
+    <w:rsid w:val="001247A3"/>
+    <w:rsid w:val="00130DE8"/>
+    <w:rsid w:val="001318B2"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="0013470B"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136D67"/>
+    <w:rsid w:val="001372BC"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00141429"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00156EAE"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="00160831"/>
+    <w:rsid w:val="00161793"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="0016484A"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00165269"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="001675A2"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00182B8B"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00195E7E"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A3FBF"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A7E32"/>
+    <w:rsid w:val="001B4F15"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C2273"/>
+    <w:rsid w:val="001C2C22"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D0F62"/>
+    <w:rsid w:val="001D765B"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001F3711"/>
+    <w:rsid w:val="00201F25"/>
+    <w:rsid w:val="00203655"/>
+    <w:rsid w:val="00203D34"/>
+    <w:rsid w:val="00205A52"/>
+    <w:rsid w:val="002100AF"/>
+    <w:rsid w:val="00210F6F"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0023014A"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="0024262F"/>
+    <w:rsid w:val="0024274C"/>
+    <w:rsid w:val="002427B5"/>
+    <w:rsid w:val="00242A1D"/>
+    <w:rsid w:val="00247EF9"/>
+    <w:rsid w:val="00250B35"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="00257060"/>
+    <w:rsid w:val="00257CAD"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="002704CD"/>
+    <w:rsid w:val="002705C6"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="0027396C"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00284028"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00284AA8"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
+    <w:rsid w:val="002C104E"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C1862"/>
+    <w:rsid w:val="002C2102"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D2A2F"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E300F"/>
+    <w:rsid w:val="002E50BC"/>
+    <w:rsid w:val="002E5CD7"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00300939"/>
+    <w:rsid w:val="00306386"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="003101D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="003131EB"/>
+    <w:rsid w:val="0031692F"/>
+    <w:rsid w:val="003169E5"/>
     <w:rsid w:val="003203D7"/>
+    <w:rsid w:val="003205A4"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="00324F8D"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="0033359A"/>
+    <w:rsid w:val="00335653"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
+    <w:rsid w:val="003427E2"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00357A25"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="0037591B"/>
+    <w:rsid w:val="0037722E"/>
+    <w:rsid w:val="0038044C"/>
+    <w:rsid w:val="00382502"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="003931D7"/>
+    <w:rsid w:val="00394B2B"/>
+    <w:rsid w:val="00395C27"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A0E8B"/>
+    <w:rsid w:val="003A4D8F"/>
+    <w:rsid w:val="003A534C"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B4922"/>
+    <w:rsid w:val="003C0066"/>
+    <w:rsid w:val="003C6B8B"/>
     <w:rsid w:val="003D099E"/>
+    <w:rsid w:val="003D13A9"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
+    <w:rsid w:val="003D78EB"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F1FCD"/>
+    <w:rsid w:val="00402D77"/>
+    <w:rsid w:val="00402DB7"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00404F07"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="004208D0"/>
+    <w:rsid w:val="00423063"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443A8D"/>
+    <w:rsid w:val="0044414E"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00447687"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
+    <w:rsid w:val="00463242"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00474569"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B1142"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B5C86"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C6883"/>
+    <w:rsid w:val="004D4AF7"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E2DE5"/>
+    <w:rsid w:val="004F0239"/>
+    <w:rsid w:val="004F2F5C"/>
+    <w:rsid w:val="004F3451"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F56BF"/>
+    <w:rsid w:val="004F5779"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00503323"/>
+    <w:rsid w:val="0050397F"/>
     <w:rsid w:val="005113D5"/>
+    <w:rsid w:val="005117BE"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00513AF4"/>
+    <w:rsid w:val="00517479"/>
+    <w:rsid w:val="00517834"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00534B32"/>
+    <w:rsid w:val="00537FC1"/>
+    <w:rsid w:val="005405F2"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
+    <w:rsid w:val="0054535D"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00546F8A"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
+    <w:rsid w:val="00565882"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00572368"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="0058333A"/>
+    <w:rsid w:val="00583DC2"/>
+    <w:rsid w:val="00586D0D"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A270D"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B1C32"/>
     <w:rsid w:val="005C0045"/>
+    <w:rsid w:val="005C031B"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C1961"/>
+    <w:rsid w:val="005C3166"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D2B99"/>
+    <w:rsid w:val="005D4C0A"/>
+    <w:rsid w:val="005D5151"/>
+    <w:rsid w:val="005D7D13"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F5376"/>
+    <w:rsid w:val="006010EF"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00607B06"/>
+    <w:rsid w:val="0061157E"/>
+    <w:rsid w:val="00613912"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
+    <w:rsid w:val="00620ABA"/>
     <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="006218B7"/>
+    <w:rsid w:val="006235E3"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006359BA"/>
+    <w:rsid w:val="00637114"/>
+    <w:rsid w:val="006379A8"/>
+    <w:rsid w:val="006515F2"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00655E47"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="006626A2"/>
+    <w:rsid w:val="00665157"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00685332"/>
+    <w:rsid w:val="00692422"/>
+    <w:rsid w:val="00695019"/>
+    <w:rsid w:val="00695883"/>
     <w:rsid w:val="006A2789"/>
+    <w:rsid w:val="006A396F"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006C183A"/>
+    <w:rsid w:val="006C2BB7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
+    <w:rsid w:val="006D0B1E"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E2B6C"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E4C1A"/>
+    <w:rsid w:val="006F0C03"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F55FA"/>
+    <w:rsid w:val="00700406"/>
+    <w:rsid w:val="00700AE6"/>
+    <w:rsid w:val="007022E9"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00711436"/>
+    <w:rsid w:val="00714BCB"/>
+    <w:rsid w:val="007151C7"/>
     <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717106"/>
     <w:rsid w:val="0072075B"/>
+    <w:rsid w:val="00721B9E"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00726DFE"/>
+    <w:rsid w:val="007273FE"/>
+    <w:rsid w:val="007301D9"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="0073491A"/>
+    <w:rsid w:val="0073587E"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
+    <w:rsid w:val="00736EE0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00742005"/>
+    <w:rsid w:val="00745A5D"/>
+    <w:rsid w:val="007464A9"/>
     <w:rsid w:val="00752345"/>
+    <w:rsid w:val="0075356F"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00756C1D"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="007612F3"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00767DDA"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="007842C7"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00790EA7"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="0079544F"/>
+    <w:rsid w:val="007961B9"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A64C0"/>
+    <w:rsid w:val="007A7A69"/>
+    <w:rsid w:val="007B0B69"/>
+    <w:rsid w:val="007B0ED3"/>
+    <w:rsid w:val="007B3BE6"/>
+    <w:rsid w:val="007B4B07"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F4531"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00802718"/>
+    <w:rsid w:val="0080413B"/>
+    <w:rsid w:val="0080490C"/>
+    <w:rsid w:val="00805CE8"/>
+    <w:rsid w:val="00810E33"/>
+    <w:rsid w:val="00810E69"/>
+    <w:rsid w:val="00812520"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00834C06"/>
     <w:rsid w:val="00835684"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008430E7"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00852AF3"/>
+    <w:rsid w:val="00853F13"/>
+    <w:rsid w:val="00854AE2"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="008626DC"/>
     <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="00867FD9"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00880F4B"/>
+    <w:rsid w:val="00881B3D"/>
+    <w:rsid w:val="00886E99"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A10A0"/>
+    <w:rsid w:val="008A2F87"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B3E64"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008E1AC0"/>
     <w:rsid w:val="008E36F8"/>
+    <w:rsid w:val="008E38BB"/>
+    <w:rsid w:val="008E3997"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F5CDC"/>
+    <w:rsid w:val="008F5DF3"/>
+    <w:rsid w:val="009013ED"/>
+    <w:rsid w:val="00903D69"/>
+    <w:rsid w:val="00904839"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="00907398"/>
+    <w:rsid w:val="00907498"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="009202D8"/>
+    <w:rsid w:val="009203F9"/>
     <w:rsid w:val="00921F47"/>
+    <w:rsid w:val="009225CD"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00931CDF"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00936BBE"/>
+    <w:rsid w:val="00940328"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="009511A1"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957C66"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00961312"/>
+    <w:rsid w:val="009663C9"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00974159"/>
+    <w:rsid w:val="009750C7"/>
+    <w:rsid w:val="00983368"/>
+    <w:rsid w:val="0098405D"/>
+    <w:rsid w:val="009869C1"/>
+    <w:rsid w:val="00991FF1"/>
+    <w:rsid w:val="00996AA5"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A298F"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B2B57"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C47FC"/>
     <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D06F1"/>
+    <w:rsid w:val="009D0846"/>
+    <w:rsid w:val="009D2EE2"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E35C1"/>
     <w:rsid w:val="009E531B"/>
+    <w:rsid w:val="009E6983"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
+    <w:rsid w:val="009F4B97"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F5313"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A16A49"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A31551"/>
+    <w:rsid w:val="00A32144"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A4350B"/>
     <w:rsid w:val="00A5066F"/>
+    <w:rsid w:val="00A511C3"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A57C7F"/>
+    <w:rsid w:val="00A609EF"/>
+    <w:rsid w:val="00A61E97"/>
+    <w:rsid w:val="00A62E4A"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A673CF"/>
+    <w:rsid w:val="00A76090"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A86551"/>
     <w:rsid w:val="00A90D77"/>
+    <w:rsid w:val="00A90E18"/>
+    <w:rsid w:val="00A92AFF"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A943C6"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA3877"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AA7EEF"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD073E"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7A68"/>
     <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AE5574"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7E48"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B063F4"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B1447F"/>
+    <w:rsid w:val="00B151E5"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B224CE"/>
+    <w:rsid w:val="00B244EA"/>
+    <w:rsid w:val="00B26450"/>
+    <w:rsid w:val="00B3212C"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B569C9"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B63629"/>
+    <w:rsid w:val="00B65424"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B6774F"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
+    <w:rsid w:val="00B86AEE"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B92DF7"/>
+    <w:rsid w:val="00B93C59"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA141C"/>
+    <w:rsid w:val="00BA3C68"/>
+    <w:rsid w:val="00BA4EF2"/>
+    <w:rsid w:val="00BB36CF"/>
+    <w:rsid w:val="00BB46FE"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC4A98"/>
+    <w:rsid w:val="00BC5E59"/>
+    <w:rsid w:val="00BC7D1C"/>
+    <w:rsid w:val="00BD52D8"/>
+    <w:rsid w:val="00BD6486"/>
+    <w:rsid w:val="00BE112B"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
+    <w:rsid w:val="00C041E7"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C16746"/>
+    <w:rsid w:val="00C2287A"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
+    <w:rsid w:val="00C51589"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C54535"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C55B70"/>
+    <w:rsid w:val="00C6028A"/>
+    <w:rsid w:val="00C62B93"/>
     <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00C67274"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C806C2"/>
+    <w:rsid w:val="00C81B0E"/>
+    <w:rsid w:val="00C83109"/>
+    <w:rsid w:val="00C831E7"/>
+    <w:rsid w:val="00C832BA"/>
+    <w:rsid w:val="00C84AD3"/>
+    <w:rsid w:val="00C84DF4"/>
     <w:rsid w:val="00C85DA1"/>
+    <w:rsid w:val="00C86A34"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C95710"/>
+    <w:rsid w:val="00C9610C"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA09B1"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB7D22"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD014B"/>
+    <w:rsid w:val="00CD3602"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE5B0D"/>
+    <w:rsid w:val="00CE637A"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D018EB"/>
+    <w:rsid w:val="00D0303E"/>
+    <w:rsid w:val="00D0747A"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D11234"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D20ADD"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D4170B"/>
+    <w:rsid w:val="00D41A34"/>
+    <w:rsid w:val="00D424CB"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D61B16"/>
+    <w:rsid w:val="00D70D5E"/>
+    <w:rsid w:val="00D72881"/>
+    <w:rsid w:val="00D729D2"/>
+    <w:rsid w:val="00D72B29"/>
+    <w:rsid w:val="00D73316"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D91820"/>
+    <w:rsid w:val="00D935A7"/>
+    <w:rsid w:val="00D96284"/>
+    <w:rsid w:val="00DA0840"/>
+    <w:rsid w:val="00DA0BC8"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA5860"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB7269"/>
+    <w:rsid w:val="00DB7529"/>
+    <w:rsid w:val="00DB7DB7"/>
+    <w:rsid w:val="00DC06C6"/>
+    <w:rsid w:val="00DC2334"/>
+    <w:rsid w:val="00DD5D62"/>
     <w:rsid w:val="00DE4447"/>
+    <w:rsid w:val="00DE4B57"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF1410"/>
+    <w:rsid w:val="00E001AD"/>
+    <w:rsid w:val="00E00674"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E031D9"/>
+    <w:rsid w:val="00E034E7"/>
+    <w:rsid w:val="00E04617"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E1793C"/>
+    <w:rsid w:val="00E22788"/>
+    <w:rsid w:val="00E327D0"/>
+    <w:rsid w:val="00E358EB"/>
+    <w:rsid w:val="00E4322A"/>
+    <w:rsid w:val="00E4592D"/>
+    <w:rsid w:val="00E52325"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E5792F"/>
+    <w:rsid w:val="00E604A9"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E64723"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E843B5"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E91DAD"/>
     <w:rsid w:val="00E9482E"/>
+    <w:rsid w:val="00E95A6D"/>
+    <w:rsid w:val="00E96116"/>
+    <w:rsid w:val="00E961AE"/>
+    <w:rsid w:val="00E96E16"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA2303"/>
+    <w:rsid w:val="00EA2B92"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA6A22"/>
+    <w:rsid w:val="00EA74F6"/>
+    <w:rsid w:val="00EB1038"/>
+    <w:rsid w:val="00EB4438"/>
+    <w:rsid w:val="00EB486F"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED23C4"/>
+    <w:rsid w:val="00ED27BB"/>
+    <w:rsid w:val="00ED418F"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
+    <w:rsid w:val="00ED6D4E"/>
+    <w:rsid w:val="00ED7777"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE0DFF"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF21D7"/>
+    <w:rsid w:val="00EF267B"/>
+    <w:rsid w:val="00EF3CB3"/>
+    <w:rsid w:val="00F00281"/>
+    <w:rsid w:val="00F13A0D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F25BA3"/>
+    <w:rsid w:val="00F352AB"/>
+    <w:rsid w:val="00F359F3"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F425E9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F570DD"/>
+    <w:rsid w:val="00F62F4E"/>
+    <w:rsid w:val="00F671A0"/>
+    <w:rsid w:val="00F80E5B"/>
+    <w:rsid w:val="00F81CC0"/>
+    <w:rsid w:val="00F82024"/>
+    <w:rsid w:val="00F84B4A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F910CD"/>
+    <w:rsid w:val="00FA7224"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC42EB"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC6FF5"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD5591"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF12CB"/>
+    <w:rsid w:val="00FF235E"/>
+    <w:rsid w:val="00FF3582"/>
+    <w:rsid w:val="00FF74C6"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{C475ACDA-4C07-43AC-9647-F0D4C79FA465}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6932,251 +7605,251 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00B93C59"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00752345"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="2400" w:after="240"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00752345"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik6Char"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00835684"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik7Char"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00835684"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -7254,614 +7927,614 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00752345"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00752345"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004B5C86"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64000"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64000"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64000"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="004B5C86"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -7892,81 +8565,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -8005,53 +8678,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8125,53 +8798,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -8245,53 +8918,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8341,53 +9014,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8437,53 +9110,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -8519,53 +9192,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -8614,51 +9287,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -8702,51 +9375,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -8833,73 +9506,73 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00752345"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="924"/>
       </w:tabs>
       <w:ind w:left="924" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -8943,182 +9616,182 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00685332"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
     <w:name w:val="Punktlista nivå 2"/>
     <w:qFormat/>
     <w:rsid w:val="00685332"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00835684"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00835684"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brdtextitabell">
     <w:name w:val="Brödtext i tabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00835684"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:qFormat/>
     <w:rsid w:val="009E35C1"/>
@@ -9127,51 +9800,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ledtextersidhuvudsidfot">
     <w:name w:val="Ledtexter sidhuvud/sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C95710"/>
     <w:pPr>
       <w:spacing w:before="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9186,51 +9859,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -9519,73 +10192,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3793</Characters>
+  <Pages>1</Pages>
+  <Words>638</Words>
+  <Characters>3641</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4311</CharactersWithSpaces>
+  <CharactersWithSpaces>4271</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Urinvägsinfektion hos vuxna patienter, standardvårdplan vid behandling</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>133</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>