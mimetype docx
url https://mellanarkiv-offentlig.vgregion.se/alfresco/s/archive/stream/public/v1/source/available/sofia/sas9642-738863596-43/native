--- v0 (2025-11-26)
+++ v1 (2026-01-09)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="24D7D1C4" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>Antibiotikabehandling till vuxna, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0697218D" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc161649607"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6EEECD6D" w14:textId="40C4C67A" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
       <w:r>
         <w:t>Riktlinjen beskriver, dels grundläggande behandlingsprinciper och indikationer för antibiotikabehandling, dels administrationssätt beroende på indikation. Med utgångspunkt från resistensmönster och infektionsfokus ges också förslag på antibiotikaval med dosering och behandlingstid vid intravenös respektive peroral behandling samt koncentrationsbestämning och toxicitet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FC41D6" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
@@ -106,57 +106,60 @@
         <w:t xml:space="preserve">vid </w:t>
       </w:r>
       <w:r>
         <w:t>njursvikt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB76DB9" w14:textId="2ED6AE85" w:rsidR="0035268F" w:rsidRDefault="0035268F" w:rsidP="002011E5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Länk till regionala pneumoniprocessen och RMR för pneumoni</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671DFF54" w14:textId="276A7C1D" w:rsidR="0035268F" w:rsidRDefault="0035268F" w:rsidP="002011E5">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Länk till </w:t>
       </w:r>
       <w:r w:rsidR="00BA11CE">
         <w:t>Stramas digitala verktyg</w:t>
       </w:r>
       <w:r w:rsidR="00D53AC8">
-        <w:t xml:space="preserve">: Strama Nationell </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>: Strama Nationell App</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28511C19" w14:textId="05AA7110" w:rsidR="00BE7EF5" w:rsidRDefault="00BE7EF5" w:rsidP="002011E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hänvisning till sökare på infektion borttagen</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D06766D" w14:textId="7A57EFBE" w:rsidR="004B5C86" w:rsidRDefault="003910A0" w:rsidP="003910A0">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418B00CC" w14:textId="07E6DE7D" w:rsidR="00423760" w:rsidRDefault="006C57C0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
@@ -3201,118 +3204,118 @@
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="1B805F6E" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:r w:rsidRPr="00C07788">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Antibiotikaval anpassas efter resistensmönster och infektionsfokus med att ge preparat med så smalt spektrum som möjligt med hänsyn tagen till infektionsfokus och farmakokinetik.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D9BF8B" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRPr="006C57C0" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc161649624"/>
       <w:r w:rsidRPr="006C57C0">
         <w:t>2) Parenteralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0A95F1C2" w14:textId="7A703549" w:rsidR="00CB1ACF" w:rsidRDefault="00423760" w:rsidP="00CB1ACF">
+    <w:p w14:paraId="0A95F1C2" w14:textId="7A703549" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:hyperlink w:anchor="Bilaga1" w:history="1">
-        <w:r w:rsidR="00CB1ACF" w:rsidRPr="006C57C0">
+        <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se bilaga 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB1ACF" w:rsidRPr="006C57C0">
+      <w:r w:rsidRPr="006C57C0">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CB1ACF">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3568486D" w14:textId="49766AB1" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:r w:rsidRPr="00CB1ACF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vikt och njurfunktion kan ha stor betydelse för dosering av antibiotika och angivna doser gäller normalviktiga patienter med normal njurfunktion. Njurfunktionen ska särskilt beaktas när tobramycin eller trimetoprimsulfa ordineras. Doseringen av tobramycin i mg/kg ska också justeras vid öve</w:t>
       </w:r>
       <w:r w:rsidR="00C07788">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vikt, se </w:t>
       </w:r>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve">rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Dosering" w:history="1">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dosering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve"> nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CAF4E7B" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRPr="006C57C0" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc161649625"/>
       <w:r w:rsidRPr="006C57C0">
         <w:t>3) Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="6C62B4C6" w14:textId="5408B308" w:rsidR="00CB1ACF" w:rsidRDefault="00423760" w:rsidP="00CB1ACF">
+    <w:p w14:paraId="6C62B4C6" w14:textId="5408B308" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:hyperlink w:anchor="Bilaga2" w:history="1">
-        <w:r w:rsidR="00CB1ACF" w:rsidRPr="006C57C0">
+        <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se bilaga 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB1ACF" w:rsidRPr="006C57C0">
+      <w:r w:rsidRPr="006C57C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BE05F2" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00C07788">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc161649626"/>
       <w:r>
         <w:t>Behandlingstid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="00806976" w14:textId="66059A67" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
       <w:r>
         <w:t>Rekommenderade tider i tabell avser sammanlagd tid med intravenös och peroral behandling. Utsättning av intravenöst antibiotikum eller byte till peroralt medel ska övervägas senast efter tre dygns behandling</w:t>
       </w:r>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve">, se bilaga 3, </w:t>
       </w:r>
       <w:hyperlink w:anchor="Bilaga3" w:history="1">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
@@ -3758,90 +3761,74 @@
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="337092BD" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Behandling rekommenderas inte, om ändå nödvändigt;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00BA257F" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,5 mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000D75" w14:paraId="3E4DC6AF" w14:textId="77777777" w:rsidTr="00000D75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4355F232" w14:textId="5D3277B8" w:rsidR="00000D75" w:rsidRDefault="00423760" w:rsidP="007D5BD9">
+          <w:p w14:paraId="4355F232" w14:textId="5D3277B8" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00000D75" w:rsidRPr="00EA6FB8">
+              <w:r w:rsidRPr="00EA6FB8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Alternativ vid intermittent hemodialys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53393992" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">4,5 en timma före dialys om </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> före dos är &lt;1 mg/l</w:t>
+              <w:t>4,5 en timma före dialys om konc 4 tim före dos är &lt;1 mg/l</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55627C77" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58F3E355" w14:textId="31D3D3DA" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7920" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4668,169 +4655,153 @@
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01794">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69679A68" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:r>
         <w:t>Doseringen 7 mg/kg används endast vid septisk chock och fortsatt dosering bedöms individuellt från dag till dag. Samråd med infektionskonsult.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A26F4D4" w14:textId="469B7CBF" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:r>
         <w:t>Om långsam eliminering leder till att intervallet blir mer än 48 timmar bör antibiotikabyte övervägas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019D5AAB" w14:textId="733CFCF1" w:rsidR="00A01794" w:rsidRDefault="007E1A49" w:rsidP="00A01794">
+    <w:p w14:paraId="019D5AAB" w14:textId="733CFCF1" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:bookmarkStart w:id="27" w:name="_Toc161649632"/>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00A01794" w:rsidRPr="007E1A49">
+        <w:r w:rsidRPr="007E1A49">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Vankomycin</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> - behandling intravenöst</w:t>
+          <w:t>Vankomycin - behandling intravenöst</w:t>
         </w:r>
         <w:bookmarkEnd w:id="27"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="538934D9" w14:textId="279F8D13" w:rsidR="00970A39" w:rsidRDefault="00A01794" w:rsidP="002011E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E1A49">
         <w:t>Rekommendationer utgivna av terapigrupp Infektion i VGR [7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A11AC3">
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05177634" w14:textId="6BCA8625" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc161649633"/>
       <w:r>
         <w:t>Antibiotikadosering vid nedsatt njurfunktion och dialys</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="701E4BF4" w14:textId="112AA263" w:rsidR="00A01794" w:rsidRDefault="00423760" w:rsidP="00A01794">
+    <w:p w14:paraId="701E4BF4" w14:textId="112AA263" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00A01794" w:rsidRPr="00A11AC3">
+        <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dosering av antibiotika vid nedsatt njurfunktion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00970A39">
         <w:t xml:space="preserve"> (Janusmed)</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38" w:rsidRPr="00E32B38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00D60FA8">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5554D024" w14:textId="5FE3E864" w:rsidR="00A01794" w:rsidRDefault="00423760" w:rsidP="00A01794">
+    <w:p w14:paraId="5554D024" w14:textId="5FE3E864" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00A01794" w:rsidRPr="00A11AC3">
+        <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationella rekommendationer (dialys)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A01794">
+      <w:r>
         <w:t xml:space="preserve"> utgivna av referensgruppen för antibiotikafrågor (RAF) [</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00A01794">
+      <w:r>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C1E2B3" w14:textId="78B6D792" w:rsidR="00A01794" w:rsidRDefault="00423760" w:rsidP="00A11AC3">
+    <w:p w14:paraId="31C1E2B3" w14:textId="78B6D792" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" w:history="1">
         <w:bookmarkStart w:id="29" w:name="_Toc161649634"/>
-        <w:r w:rsidR="00A01794" w:rsidRPr="00A11AC3">
+        <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotika vid graviditet och amning</w:t>
         </w:r>
         <w:bookmarkEnd w:id="29"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7622BCE6" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:r>
-        <w:t>Regionala rekommendationer (</w:t>
-[...7 lines deleted...]
-        <w:t>) utgivna av terapigrupp Infektion i VGR [10].</w:t>
+        <w:t>Regionala rekommendationer (Rek-lista) utgivna av terapigrupp Infektion i VGR [10].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB5B586" w14:textId="33CF7AE8" w:rsidR="00A01794" w:rsidRPr="00452471" w:rsidRDefault="00452471" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://infektion.net/wp-content/uploads/2023/06/nationellt_vardprogram_covid-19_ver5_revision-5_1.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="_Toc161649635"/>
       <w:r w:rsidR="00A01794" w:rsidRPr="00452471">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Antibiotika vid covid-19</w:t>
       </w:r>
@@ -4852,140 +4823,106 @@
       <w:r w:rsidR="00E32B38">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00266EBB">
         <w:t>För dessa individer är det ovanligt med samtidig bakteriell infektion när de söker sjukhusvård och därför sällan motiverat att inleda antibiotikabehandling förutsatt att patienten är cirkulatoriskt stabil och söker relativt tidigt i förloppet</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CF4543">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D90282">
         <w:t>Se nationellt vårdprogram</w:t>
       </w:r>
       <w:r w:rsidR="00A01794">
         <w:t xml:space="preserve"> [1</w:t>
       </w:r>
       <w:r w:rsidR="00CC7DF5">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A01794">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8FC2D6" w14:textId="75543382" w:rsidR="00A01794" w:rsidRDefault="00433F8B" w:rsidP="00A11AC3">
+    <w:p w14:paraId="6A8FC2D6" w14:textId="75543382" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:bookmarkStart w:id="31" w:name="_Toc161649636"/>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00A01794" w:rsidRPr="00433F8B">
+        <w:r w:rsidRPr="00433F8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Antimykotikaval</w:t>
-[...27 lines deleted...]
-          <w:t>Candidainfektion</w:t>
+          <w:t>Antimykotikaval vid invasiv Candidainfektion</w:t>
         </w:r>
         <w:bookmarkEnd w:id="31"/>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="283281C2" w14:textId="0638D695" w:rsidR="00A01794" w:rsidRDefault="00423760" w:rsidP="00A01794">
+    <w:p w14:paraId="283281C2" w14:textId="0638D695" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00A01794" w:rsidRPr="008A6301">
+        <w:r w:rsidRPr="008A6301">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se riktlinjer och terapiråd framtagna av terapigrupp Infektion i VGR [1</w:t>
         </w:r>
         <w:r w:rsidR="00CC7DF5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00A01794" w:rsidRPr="008A6301">
+        <w:r w:rsidRPr="008A6301">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>].</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34A8A62D" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc161649637"/>
       <w:r>
         <w:t>Infektionskonsult</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="4E618469" w14:textId="49897926" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w14:paraId="4E618469" w14:textId="7710A8DC" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
       <w:r>
-        <w:t xml:space="preserve">Tillgänglig dygnet runt och nås kontorstid på sökare </w:t>
-[...6 lines deleted...]
-        <w:t>7043</w:t>
+        <w:t xml:space="preserve">Tillgänglig dygnet runt och </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7EF5">
+        <w:t>nås via televäxeln</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> och jourtid via telefonväxeln.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="321520D6" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc161649638"/>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="39F98584" w14:textId="28335807" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
       <w:r>
         <w:t>Sjukhusledningen ansvarar för att resurser finns tillgängliga för monitorering av antibiotikaanvändningen och återkoppling till förskrivare med hjälp av dataprogrammet Infektionsverktyget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28BE7AB8" w14:textId="77777777" w:rsidR="00356699" w:rsidRDefault="00356699">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5070,439 +5007,401 @@
       <w:r>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D173694" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRPr="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C4BFBC" w14:textId="1BA9C79D" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
       <w:r>
         <w:t>Antibiotika, läkemedel, blododling, infektion, tobramycin, vankomycin</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-        <w:t>sepsis pn</w:t>
+        <w:t>, sepsis pn</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
-        <w:t>umoni</w:t>
-[...3 lines deleted...]
-        <w:t>, urinvägsinfekti</w:t>
+        <w:t>umoni, urinvägsinfekti</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68642634" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc161649640"/>
       <w:r>
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="438D97A6" w14:textId="5586544A" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="438D97A6" w14:textId="5586544A" w:rsidR="00A11AC3" w:rsidRDefault="0039203F" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="0039203F" w:rsidRPr="003F1462">
+        <w:r w:rsidRPr="003F1462">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regionala pneumoniprocessen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00620140">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1740E23F" w14:textId="6FB38942" w:rsidR="001731A5" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="1740E23F" w14:textId="6FB38942" w:rsidR="001731A5" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="001731A5">
+        <w:r w:rsidRPr="001731A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diabetes mellitus - att utreda och hantera fotkomplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00584FFA">
         <w:t xml:space="preserve"> (SÄS)</w:t>
       </w:r>
-      <w:r w:rsidR="00A11AC3">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D04F867" w14:textId="210BC5C6" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="2D04F867" w14:textId="210BC5C6" w:rsidR="00A11AC3" w:rsidRDefault="004252AC" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="004252AC" w:rsidRPr="003478C1">
+        <w:r w:rsidRPr="003478C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sepsis och septisk chock</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004252AC">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003478C1">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004252AC">
+      <w:r>
         <w:t>SÄS</w:t>
       </w:r>
       <w:r w:rsidR="003478C1">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306ED277" w14:textId="347A7EF4" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="306ED277" w14:textId="347A7EF4" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00DC29C4">
+        <w:r w:rsidRPr="00DC29C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Standardvårdplan vid urinvägsinfektion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC29C4">
         <w:t xml:space="preserve"> (SÄS)</w:t>
       </w:r>
-      <w:r w:rsidR="00A11AC3">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22504ECF" w14:textId="3E3384C6" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="22504ECF" w14:textId="3E3384C6" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00BB6768">
+        <w:r w:rsidRPr="00BB6768">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Infektionsläkarföreningens vårdprogram</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DEC2C1E" w14:textId="4C480CEE" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="7DEC2C1E" w14:textId="4C480CEE" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="002545CF">
+        <w:r w:rsidRPr="002545CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vankomycin - rekommendationer för intravenös behandling.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00620140">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
-      <w:r w:rsidR="00A11AC3">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192D5AD0" w14:textId="2A94AAB2" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="192D5AD0" w14:textId="2A94AAB2" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00975371">
+        <w:r w:rsidRPr="00975371">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Terapiråd vid nedsatt njurfunktion </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A11AC3">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E691D">
         <w:t>(Janusmed)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8B9DAC" w14:textId="6AF89596" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="5A8B9DAC" w14:textId="6AF89596" w:rsidR="00A11AC3" w:rsidRDefault="00012A80" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00012A80">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anti</w:t>
         </w:r>
         <w:r w:rsidR="00EA170A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>biotikabehandling vid dialys</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E691D">
         <w:t xml:space="preserve"> ( RAF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0411E82E" w14:textId="6BC1D59F" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="0411E82E" w14:textId="6BC1D59F" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00D174A3">
+        <w:r w:rsidRPr="00D174A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotika vid graviditet och amning.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A4C5B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="006E691D">
         <w:t>VGR</w:t>
       </w:r>
       <w:r w:rsidR="002A4C5B">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5964A247" w14:textId="5D1B890B" w:rsidR="00A11AC3" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="5964A247" w14:textId="5D1B890B" w:rsidR="00A11AC3" w:rsidRDefault="00CF4543" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00CF4543" w:rsidRPr="002F18D2">
+        <w:r w:rsidRPr="002F18D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationellt vårdprogram för misstänkt och bekräftad covid-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CF4543">
+      <w:r>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00A11AC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1024AF1D" w14:textId="77777777" w:rsidR="00D53AC8" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="1024AF1D" w14:textId="77777777" w:rsidR="00D53AC8" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00361752">
+        <w:r w:rsidRPr="00361752">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Antibiotikaval vid </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00361752">
+          <w:t>Antibiotikaval vid invasiv candidainfektion</w:t>
+        </w:r>
+        <w:r w:rsidR="00693B47">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>invasiv</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:r w:rsidR="00A11AC3" w:rsidRPr="00361752">
+        <w:r w:rsidRPr="00361752">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A4C5B">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671A6C0E" w14:textId="19DFD2EF" w:rsidR="00B4441C" w:rsidRDefault="00423760" w:rsidP="006E691D">
+    <w:p w14:paraId="671A6C0E" w14:textId="19DFD2EF" w:rsidR="00B4441C" w:rsidRDefault="00D53AC8" w:rsidP="006E691D">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:sectPr w:rsidR="00B4441C" w:rsidSect="00136D67">
           <w:headerReference w:type="default" r:id="rId30"/>
           <w:footerReference w:type="default" r:id="rId31"/>
           <w:headerReference w:type="first" r:id="rId32"/>
           <w:footerReference w:type="first" r:id="rId33"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00D53AC8" w:rsidRPr="006B0F86">
+        <w:r w:rsidRPr="006B0F86">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strama Nationell</w:t>
         </w:r>
         <w:r w:rsidR="006B0F86" w:rsidRPr="006B0F86">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t xml:space="preserve"> App</w:t>
+        </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00076220">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB04985" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="00AC4ADB" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="Bilaga1"/>
       <w:bookmarkStart w:id="37" w:name="_Toc256000427"/>
       <w:bookmarkStart w:id="38" w:name="_Toc256000391"/>
       <w:bookmarkStart w:id="39" w:name="_Toc428958111"/>
       <w:bookmarkStart w:id="40" w:name="_Toc256000035"/>
       <w:bookmarkStart w:id="41" w:name="_Toc256000073"/>
       <w:bookmarkStart w:id="42" w:name="_Toc483395217"/>
       <w:bookmarkStart w:id="43" w:name="_Toc256000075"/>
       <w:bookmarkStart w:id="44" w:name="_Toc256000114"/>
       <w:bookmarkStart w:id="45" w:name="_Toc256000152"/>
       <w:bookmarkStart w:id="46" w:name="_Toc256000190"/>
       <w:bookmarkStart w:id="47" w:name="_Toc43293742"/>
       <w:bookmarkStart w:id="48" w:name="_Toc256000211"/>
       <w:bookmarkStart w:id="49" w:name="_Toc256000247"/>
@@ -5605,60 +5504,52 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00F13563" w:rsidRPr="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Länk till </w:t>
         </w:r>
         <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Nationell </w:t>
         </w:r>
         <w:r w:rsidR="00F13563" w:rsidRPr="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strama</w:t>
         </w:r>
         <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>-</w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>-app</w:t>
+        </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14630" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="11" w:type="dxa"/>
           <w:bottom w:w="11" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Parenteralt antibiotikaval"/>
         <w:tblDescription w:val="Tabellen ger förslag på parenteralt antibiotikapreparat och dosering för, dels olika diagnoser/tillstånd där den mikrobiologiska orsaken inte är känd, dels alternativt preparat om patienten är allergisk mot det föreslagna preparatet. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3646"/>
@@ -6479,55 +6370,53 @@
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>1-1,5gx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B4441C" w14:paraId="5522FE3F" w14:textId="77777777" w:rsidTr="00B4441C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63DED45B" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0046333F">
               <w:t>Erysipelas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76859E57" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6579,70 +6468,62 @@
           </w:tcPr>
           <w:p w14:paraId="09386FBB" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>0,6gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B4441C" w14:paraId="24D61B59" w14:textId="77777777" w:rsidTr="00B4441C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A80A242" w14:textId="6CB22D79" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00423760" w:rsidP="00B4441C">
+          <w:p w14:paraId="3A80A242" w14:textId="6CB22D79" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidR="00B4441C" w:rsidRPr="008B03C9">
+              <w:r w:rsidRPr="008B03C9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infekterat </w:t>
+                <w:t>Infekterat djurbett</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73DDA2FA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6963,64 +6844,64 @@
           </w:p>
           <w:p w14:paraId="071DC6F8" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>0,6gx3 + 4,5mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B4441C" w14:paraId="3061A4B0" w14:textId="77777777" w:rsidTr="00B4441C">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F3C" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00423760" w:rsidP="00B4441C">
+          <w:p w14:paraId="48FB8F3C" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r w:rsidR="00B4441C" w:rsidRPr="00B4441C">
+              <w:r w:rsidRPr="00B4441C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Sepsis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00B4441C">
+            <w:r>
               <w:t xml:space="preserve"> (se ovan) men ej chock</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30965AF3" w14:textId="5D32E8A2" w:rsidR="00206890" w:rsidRDefault="008B03C9" w:rsidP="00B4441C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00206890">
               <w:t>Om pneumoni</w:t>
             </w:r>
             <w:r>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00040491">
               <w:t xml:space="preserve"> Följ standardvårdplan</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00040491">
               <w:t>.</w:t>
@@ -7906,75 +7787,59 @@
         </w:rPr>
         <w:t xml:space="preserve">Vid septisk chock ökar distributionsvolymen, varför tätare/högre doser ges. </w:t>
       </w:r>
       <w:r w:rsidR="00964CF8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Ge en </w:t>
       </w:r>
       <w:r w:rsidR="006D6FF6">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>andra</w:t>
       </w:r>
       <w:r w:rsidR="00964CF8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dos</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dvs. efter 3-4 timmar och den tredje 6-8 timmar efter den första </w:t>
-[...6 lines deleted...]
-        <w:t>dosen.</w:t>
+        <w:t xml:space="preserve"> dvs. efter 3-4 timmar och den tredje 6-8 timmar efter den första dosen.</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>OBS</w:t>
-[...8 lines deleted...]
-        <w:t>! Anpassa doseringen efter njurfunktion, framför allt vid behandling med trimetoprimsulfa och tobramycin</w:t>
+        <w:t>OBS! Anpassa doseringen efter njurfunktion, framför allt vid behandling med trimetoprimsulfa och tobramycin</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D5AD26" w14:textId="77777777" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="Bilaga2"/>
       <w:bookmarkStart w:id="57" w:name="_Toc161649642"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 2 - Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="1D76CB91" w14:textId="3A71B6F3" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
       <w:pPr>
@@ -7992,60 +7857,52 @@
           <w:t>Utbytbarhet i FASS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00237EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hamlet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (behörighet krävs).</w:t>
       </w:r>
       <w:r w:rsidR="00C35A3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Länk till Nationell Strama-</w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>Länk till Nationell Strama-app</w:t>
+        </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14259" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="17" w:type="dxa"/>
           <w:bottom w:w="17" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Tabellen ger förslag på peroralt antibiotikapreparat och dosering för, dels olika diagnoser/tillstånd där den mikrobiologiska orsaken inte är känd, dels alternativt preparat om patienten är allergisk mot det föreslagna preparatet. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3715"/>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="1559"/>
@@ -8962,58 +8819,56 @@
             <w:r w:rsidRPr="00B364A8">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00897B51" w14:paraId="07BA75E8" w14:textId="77777777" w:rsidTr="00B530A9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DE8C937" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Erysipelas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="567C001F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9106,60 +8961,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00897B51" w14:paraId="757D12B2" w14:textId="77777777" w:rsidTr="00B530A9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="174A080C" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infekterat </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Infekterat djurbett</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E2361C5" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9243,91 +9090,89 @@
       <w:tr w:rsidR="00897B51" w14:paraId="3985AF14" w14:textId="77777777" w:rsidTr="00B530A9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A433FA2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Infekterad diabetesfot</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60ED0530" w14:textId="6C368323" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00423760" w:rsidP="00897B51">
+          <w:p w14:paraId="60ED0530" w14:textId="6C368323" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r w:rsidR="00897B51" w:rsidRPr="00897B51">
+              <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Processriktlinje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FECEC62" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flukloxacillin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="3F3565A9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E89DA2F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
@@ -9459,122 +9304,118 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Okomplicerad UVI</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33ED9F1E" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ej feber</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DFDFEE4" w14:textId="345D9D23" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00423760" w:rsidP="00897B51">
+          <w:p w14:paraId="3DFDFEE4" w14:textId="345D9D23" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r w:rsidR="00897B51" w:rsidRPr="00897B51">
+              <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Standardvårdplan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5428451F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pivmecillinam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="27F09D5D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>eller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54D1D03A" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nitrofurantoin</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="102E19F0" w14:textId="3515C638" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9627,58 +9468,56 @@
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nitrofurantoin (vid pc-allergi)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36411620" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79FA94ED" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pivmecillinam</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D3036FE" w14:textId="52D28453" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9863,63 +9702,55 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01BA4019" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6139C045" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Cefixim</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (regional licens)</w:t>
+              <w:t>Cefixim (regional licens)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F9208F3" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="206E4E70" w14:textId="26546426" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
@@ -10045,63 +9876,55 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28037D15" w14:textId="0EC79176" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Cefixim</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (regional licens)</w:t>
+              <w:t>Cefixim (regional licens)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E256DD" w14:textId="0E92D6A8" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
@@ -10145,60 +9968,60 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3811664B" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Divertikulit </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Inte alltid antibiotika</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E8E2CF5" w14:textId="20992319" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00423760" w:rsidP="00897B51">
+          <w:p w14:paraId="0E8E2CF5" w14:textId="20992319" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r w:rsidR="00897B51" w:rsidRPr="00897B51">
+              <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>SÄS-riktlinje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F5F6115" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10461,59 +10284,51 @@
             <w:r w:rsidRPr="00B364A8">
               <w:t>7-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00897B51" w14:paraId="48379137" w14:textId="77777777" w:rsidTr="00B530A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14259" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E993FF6" w14:textId="223F1871" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="008346F1">
             <w:pPr>
               <w:pStyle w:val="Beskrivning"/>
               <w:spacing w:before="40"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">* I normalfallet ges ”fortevarianten” av </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> (160/800</w:t>
+              <w:t>* I normalfallet ges ”fortevarianten” av trimetoprim-sulfametoxazol (160/800</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mg). Dosreduktion vid nedsatt njurfunktion (80/400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50FD3C48" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="58" w:name="Bilaga3"/>
     <w:bookmarkStart w:id="59" w:name="_Toc161649643"/>
     <w:bookmarkEnd w:id="58"/>
@@ -15537,125 +15352,125 @@
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AC36B5" w:rsidRPr="00AC36B5" w:rsidSect="002509D7">
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="1276" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="598BAB4E" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="18C6907F" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="28F4A894" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Agency FB">
     <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -15676,51 +15491,51 @@
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
@@ -15803,51 +15618,51 @@
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4552950</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="23" name="Bildobjekt 23">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -15881,73 +15696,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897920" cy="384860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4AC5CD6A" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6B49EFC8" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7E55E5E0" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="1670"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
@@ -16033,51 +15848,51 @@
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-5080</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="270510"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -16240,51 +16055,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18937,56 +18752,55 @@
   <w:num w:numId="22" w16cid:durableId="1603606806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1456681652">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="306936336">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="626859144">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1169103754">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="462160334">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -19092,50 +18906,51 @@
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00266EBB"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00291A13"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A4C5B"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D2D13"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E2844"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F0999"/>
     <w:rsid w:val="002F18D2"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="003478C1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="0035268F"/>
     <w:rsid w:val="00356699"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00361752"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00373F50"/>
@@ -19420,50 +19235,51 @@
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B530A9"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B679CC"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B8303D"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA11CE"/>
     <w:rsid w:val="00BB6768"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BE7EF5"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07788"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C35A3E"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C64000"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C94485"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
@@ -19516,50 +19332,51 @@
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA170A"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA6FB8"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE22A8"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F07EE2"/>
     <w:rsid w:val="00F13563"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F30A57"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE6E2E"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="625C605E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -19573,51 +19390,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22228,51 +22045,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C57C0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006C57C0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22624,69 +22441,69 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>2189</Words>
-  <Characters>24316</Characters>
+  <Characters>24247</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>202</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26453</CharactersWithSpaces>
+  <CharactersWithSpaces>26384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Antibiotikabehandling till vuxna, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>