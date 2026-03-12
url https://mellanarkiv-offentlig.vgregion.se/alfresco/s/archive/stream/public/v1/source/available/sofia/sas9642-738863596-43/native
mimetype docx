--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -5,203 +5,143 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24D7D1C4" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="24D7D1C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>Antibiotikabehandling till vuxna, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0697218D" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="0697218D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc161649607"/>
+      <w:bookmarkStart w:name="_Toc161649607" w:id="0"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6EEECD6D" w14:textId="40C4C67A" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="6EEECD6D" w14:textId="40C4C67A">
       <w:r>
         <w:t>Riktlinjen beskriver, dels grundläggande behandlingsprinciper och indikationer för antibiotikabehandling, dels administrationssätt beroende på indikation. Med utgångspunkt från resistensmönster och infektionsfokus ges också förslag på antibiotikaval med dosering och behandlingstid vid intravenös respektive peroral behandling samt koncentrationsbestämning och toxicitet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FC41D6" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="58FC41D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc147837366"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:name="_Toc147837366" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc161649608" w:id="2"/>
+      <w:r w:rsidR="003910A0">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="60768EF3" w14:textId="4442F03C" w:rsidR="003910A0" w:rsidRDefault="00221047" w:rsidP="002011E5">
-[...10 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="61FF4BE0" w:rsidP="14A50234" w:rsidRDefault="61FF4BE0" w14:paraId="5A56E2F4" w14:textId="72DA1C8A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="61FF4BE0">
+        <w:rPr/>
+        <w:t>Oförändrat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078AD9D0" w14:textId="5706F713" w:rsidR="00CF1B68" w:rsidRDefault="00CF1B68" w:rsidP="002011E5">
-[...60 lines deleted...]
-    <w:p w14:paraId="0D06766D" w14:textId="7A57EFBE" w:rsidR="004B5C86" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="004B5C86" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="0D06766D" w14:textId="7A57EFBE">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418B00CC" w14:textId="07E6DE7D" w:rsidR="00423760" w:rsidRDefault="006C57C0">
+    <w:p w:rsidR="00423760" w:rsidRDefault="006C57C0" w14:paraId="418B00CC" w14:textId="07E6DE7D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc161649607" w:history="1">
-        <w:r w:rsidR="00423760" w:rsidRPr="003F6E24">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649607">
+        <w:r w:rsidRPr="003F6E24" w:rsidR="00423760">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -215,63 +155,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00423760">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CAA5E3D" w14:textId="2F27A03E" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="0CAA5E3D" w14:textId="2F27A03E">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649608" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649608">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -286,63 +226,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EEE129D" w14:textId="5BC2FC8A" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="7EEE129D" w14:textId="5BC2FC8A">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649609" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649609">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -357,63 +297,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E4D03AE" w14:textId="758CCBA0" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="0E4D03AE" w14:textId="758CCBA0">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649610" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649610">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -428,63 +368,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B92DA64" w14:textId="227D5ED1" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="3B92DA64" w14:textId="227D5ED1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649611" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649611">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Grundläggande behandlingsprinciper</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -499,63 +439,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BD1004E" w14:textId="59C53E57" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="0BD1004E" w14:textId="59C53E57">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649612" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649612">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotikaindikationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -570,63 +510,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C0558DF" w14:textId="0F0F4164" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="6C0558DF" w14:textId="0F0F4164">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649613" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649613">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektioner som ska behandlas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -641,63 +581,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="242F471E" w14:textId="06A07B06" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="242F471E" w14:textId="06A07B06">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649614" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649614">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektioner som inte alltid ska behandlas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -712,63 +652,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44C81726" w14:textId="74DBDFAD" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="44C81726" w14:textId="74DBDFAD">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649615" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649615">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektioner som inte ska behandlas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -783,63 +723,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B2CF10F" w14:textId="5C580D4B" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="4B2CF10F" w14:textId="5C580D4B">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649616" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649616">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotikaadministration</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -854,63 +794,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1628A7A4" w14:textId="6107128D" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="1628A7A4" w14:textId="6107128D">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649617" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649617">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1) Kännedom om infektionsfokus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -925,63 +865,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30B3F43A" w14:textId="01F1016F" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="30B3F43A" w14:textId="01F1016F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649618" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649618">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2) Typ av infektionsfokus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -996,63 +936,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02AD3103" w14:textId="120C89B7" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="02AD3103" w14:textId="120C89B7">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649619" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649619">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3) Infektionens allvarlighetsgrad</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1067,63 +1007,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="493DEEB2" w14:textId="358B5219" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="493DEEB2" w14:textId="358B5219">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649620" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649620">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4) Egenskaper hos aktuellt antibiotikum</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1138,63 +1078,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67FAFBC1" w14:textId="1A8429BB" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="67FAFBC1" w14:textId="1A8429BB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649621" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649621">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotikaordination i Melior</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1209,63 +1149,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22990AD5" w14:textId="5C67DAFB" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="22990AD5" w14:textId="5C67DAFB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649622" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649622">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotikaval, dosering och behandlingstid</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1280,63 +1220,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6441608C" w14:textId="151E871F" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="6441608C" w14:textId="151E871F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649623" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649623">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1) Antibiotikaval; mikrobiologisk etiologi känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1351,63 +1291,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B21CC87" w14:textId="3713AC33" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="3B21CC87" w14:textId="3713AC33">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649624" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649624">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2) Parenteralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1422,63 +1362,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AB01F93" w14:textId="24003C3D" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="1AB01F93" w14:textId="24003C3D">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649625" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649625">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3) Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1493,63 +1433,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="71B81DA5" w14:textId="65295DA1" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="71B81DA5" w14:textId="65295DA1">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649626" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649626">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Behandlingstid</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1564,63 +1504,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F563B94" w14:textId="3AF73A9D" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="3F563B94" w14:textId="3AF73A9D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649627" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649627">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tobramycinbehandling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1635,63 +1575,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A386153" w14:textId="177CB999" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="6A386153" w14:textId="177CB999">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649628" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649628">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Indikationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1706,63 +1646,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FFA8EB6" w14:textId="6214BAE8" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="0FFA8EB6" w14:textId="6214BAE8">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649629" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649629">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dosering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1777,63 +1717,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A41A2A1" w14:textId="0065816F" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="1A41A2A1" w14:textId="0065816F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649630" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649630">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Koncentrationsbestämning av s-tobramycin</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1848,63 +1788,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6308AB0A" w14:textId="62C7D031" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="6308AB0A" w14:textId="62C7D031">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649631" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649631">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dosjustering efter koncentrationsbestämning vid dos 4,5 mg/kg</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1919,63 +1859,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E969372" w14:textId="17542972" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="5E969372" w14:textId="17542972">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649632" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649632">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vankomycin - behandling intravenöst</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1990,63 +1930,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51A35D12" w14:textId="0303FDD5" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="51A35D12" w14:textId="0303FDD5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649633" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649633">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotikadosering vid nedsatt njurfunktion och dialys</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2061,63 +2001,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03366185" w14:textId="156C335C" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="03366185" w14:textId="156C335C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649634" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649634">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotika vid graviditet och amning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2132,63 +2072,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5847E6F5" w14:textId="570E144F" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="5847E6F5" w14:textId="570E144F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649635" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649635">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antibiotika vid covid-19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2203,63 +2143,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59743553" w14:textId="253EDB68" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="59743553" w14:textId="253EDB68">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649636" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649636">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Antimykotikaval vid invasiv Candidainfektion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2274,63 +2214,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A2E8658" w14:textId="0A654AAA" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="5A2E8658" w14:textId="0A654AAA">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649637" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649637">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektionskonsult</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2345,63 +2285,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45E4CBF7" w14:textId="26FEF0BE" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="45E4CBF7" w14:textId="26FEF0BE">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649638" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649638">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2416,63 +2356,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75718F14" w14:textId="087A2087" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="75718F14" w14:textId="087A2087">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649639" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649639">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2487,63 +2427,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="208AF5FE" w14:textId="18170ABC" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="208AF5FE" w14:textId="18170ABC">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649640" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649640">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2558,63 +2498,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E0BD157" w14:textId="669B127B" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="0E0BD157" w14:textId="669B127B">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649641" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649641">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 1 - Parenteralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2629,63 +2569,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="766AB5B1" w14:textId="2185F48A" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="766AB5B1" w14:textId="2185F48A">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649642" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649642">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 2 - Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2700,63 +2640,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76C94541" w14:textId="19389382" w:rsidR="00423760" w:rsidRDefault="00423760">
+    <w:p w:rsidR="00423760" w:rsidRDefault="00423760" w14:paraId="76C94541" w14:textId="19389382">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161649643" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161649643">
         <w:r w:rsidRPr="003F6E24">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 3 - Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2771,5015 +2711,5024 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A9545B6" w14:textId="2272B57E" w:rsidR="003910A0" w:rsidRDefault="006C57C0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="006C57C0" w14:paraId="1A9545B6" w14:textId="2272B57E">
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F248683" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="3F248683" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc161649609"/>
+      <w:bookmarkStart w:name="_Toc161649609" w:id="3"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="7749339E" w14:textId="4C174605" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="7749339E" w14:textId="4C174605">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Antibiotikabehandling är livräddande vid många allvarliga sjukdomar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4E210B" w14:textId="1A0891FC" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="4E4E210B" w14:textId="1A0891FC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Resistensutveckling hos bakterier är ett hot mot en välfungerande sjuk-vård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26568B86" w14:textId="6C0A94E7" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="26568B86" w14:textId="6C0A94E7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Risken för resistensutveckling är ett internationellt problem men kan också påverkas av hur vi använder antibiotika lokalt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61335611" w14:textId="198FB19A" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="61335611" w14:textId="198FB19A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>E coli är vanligaste orsaken till urinvägsinfektioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0979A179" w14:textId="01D44E0E" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="0979A179" w14:textId="01D44E0E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Under senare år har en ökning av ESBL (E coli och Klebsiella med resistens mot cefalosporiner) skett i världen och även Sverige. Bakterier med ESBL är ofta också resistenta mot ciprofloxacin och andra antibiotika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A344386" w14:textId="272DDAEE" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="1A344386" w14:textId="272DDAEE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Stafylokocker och streptokocker dominerar som orsak till hud och mjukdelsinfektioner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79219417" w14:textId="21372A26" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="79219417" w14:textId="21372A26">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Pneumokocker är dominerande orsak till allvarlig sinuit, mediaotit, pneumoni och meningit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D5D72F" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="02D5D72F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc161649610"/>
+      <w:bookmarkStart w:name="_Toc161649610" w:id="4"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="60ACCFCF" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="006C57C0">
+    <w:p w:rsidR="003910A0" w:rsidP="006C57C0" w:rsidRDefault="003910A0" w14:paraId="60ACCFCF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc161649611"/>
+      <w:bookmarkStart w:name="_Toc161649611" w:id="5"/>
       <w:r>
         <w:t>Grundläggande behandlingsprinciper</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="60AD18B5" w14:textId="48C32017" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="60AD18B5" w14:textId="48C32017">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Antibiotikaansvarig läkare, s.k. verktygsläkare ska finnas på alla kliniker och i samråd med Strama och med hjälp av Infektionsverktyget följa förskrivning, styra mot optimal antibiotikaanvändning samt ansvara för riktlinjer som är antibiotikarelaterade.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B99C6CC" w14:textId="1B8AF97F" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="6B99C6CC" w14:textId="1B8AF97F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Antibiotikabehandling när det behövs, inte annars.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056C614C" w14:textId="2BC48FB1" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="056C614C" w14:textId="2BC48FB1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Antibiotikabehandling ska oftast föregås av mikrobiologisk diagnostik.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DD445A" w14:textId="7B50EBB7" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="29DD445A" w14:textId="7B50EBB7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>All intravenös antibiotikabehandling ska föregås av blododling som ska initieras av sjuksköterska även utan läkarordination. Detta gäller vid nyinsättning såväl som vid byte av preparat p.g.a. terapisvikt men inte vid profylaktisk indikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2893FCD3" w14:textId="5B8A257A" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="2893FCD3" w14:textId="5B8A257A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Rätt antibiotikaval ur terapeutisk och ekologisk synpunkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5056F31B" w14:textId="65EAB83C" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="5056F31B" w14:textId="65EAB83C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Minskad användning av cefalosporiner, piperacillin-tazobactam, karbapenemer och kinoloner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B94573" w14:textId="23B9073F" w:rsidR="003910A0" w:rsidRPr="006C57C0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="006C57C0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="32B94573" w14:textId="23B9073F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t xml:space="preserve">Utsättning av intravenöst antibiotikum eller byte till peroralt medel </w:t>
       </w:r>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve">ska övervägas senast efter tre dygns behandling, se bilaga 3, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="Bilaga3" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="Bilaga3">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utsättning av intravenöst antibiotikum - utvärdering efter tre dygns behandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C57C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AA232C" w14:textId="5BAFCA11" w:rsidR="003910A0" w:rsidRPr="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidRPr="003910A0" w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="08AA232C" w14:textId="5BAFCA11">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="006C57C0">
         <w:t>Adekvat</w:t>
       </w:r>
       <w:r w:rsidRPr="003910A0">
         <w:t xml:space="preserve"> behandlingstid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C58C83F" w14:textId="78AABA46" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="5C58C83F" w14:textId="78AABA46">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003910A0">
         <w:t>Rätt dos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785B9979" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="785B9979" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc161649612"/>
+      <w:bookmarkStart w:name="_Toc161649612" w:id="6"/>
       <w:r>
         <w:t>Antibiotikaindikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="6D1BB1B0" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="6D1BB1B0" w14:textId="77777777">
       <w:r>
         <w:t>Allvarliga bakteriella infektioner där antibiotikabehandling kan minska mortalitet och risken för resttillstånd eller komplicerat sjukdomsförlopp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7CA68B" w14:textId="2F90BA80" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="5A7CA68B" w14:textId="2F90BA80">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc161649613"/>
+      <w:bookmarkStart w:name="_Toc161649613" w:id="7"/>
       <w:r>
         <w:t>Infektioner som ska behandlas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="7B0E1B34" w14:textId="3A6A5836" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="7B0E1B34" w14:textId="3A6A5836">
       <w:r>
         <w:t>Rosfeber och andra djupa hud och mjukdelsinfektioner, pneumoni, urinvägsinfektion, peritonit, skelettinfektioner, meningit, endokardit och sepsis oavsett infektionsfokus [</w:t>
       </w:r>
       <w:r w:rsidR="00104FB3">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67368BA1" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="67368BA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc161649614"/>
+      <w:bookmarkStart w:name="_Toc161649614" w:id="8"/>
       <w:r>
         <w:t>Infektioner som inte alltid ska behandlas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="32979580" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="32979580" w14:textId="77777777">
       <w:r>
         <w:t>KOL med exacerbation, divertikulit, kolecystit, sinuit, mediaotit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4F2C8F" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="7C4F2C8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc161649615"/>
+      <w:bookmarkStart w:name="_Toc161649615" w:id="9"/>
       <w:r>
         <w:t>Infektioner som inte ska behandlas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="48B8FF86" w14:textId="677C0EBA" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="48B8FF86" w14:textId="677C0EBA">
       <w:r>
         <w:t>Övre luftvägsinfektion, akut bronkit även om den orsakas av bakterier. KAD-relaterad bakteriuri. Asymtomatisk bakteriuri (undantag vid graviditet</w:t>
       </w:r>
       <w:r w:rsidR="008D4FDE">
         <w:t xml:space="preserve"> och inför prostatakirurgi</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752FAA53" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="752FAA53" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc161649616"/>
+      <w:bookmarkStart w:name="_Toc161649616" w:id="10"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Antibiotikaadministration</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="40A62D7C" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="40A62D7C" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Valet mellan intravenös och peroral behandling sker på basen av: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422BC749" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="422BC749" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc161649617"/>
+      <w:bookmarkStart w:name="_Toc161649617" w:id="11"/>
       <w:r>
         <w:t>1) Kännedom om infektionsfokus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="2489222C" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="2489222C" w14:textId="77777777">
       <w:r>
         <w:t>Vid okänt infektionsfokus men behov av antibiotikabehandling ska den alltid vara intravenös.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF0C5FB" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="3BF0C5FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc161649618"/>
+      <w:bookmarkStart w:name="_Toc161649618" w:id="12"/>
       <w:r>
         <w:t>2) Typ av infektionsfokus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="1EE7F96A" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="1EE7F96A" w14:textId="77777777">
       <w:r>
         <w:t>Svårbehandlade infektionsfokus behandlas ibland intravenöst oavsett patientens allmäntillstånd. Detta gäller exempelvis svåra fotinfektioner hos patienter med diabetes mellitus och behandling av endokardit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44581912" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="44581912" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc161649619"/>
+      <w:bookmarkStart w:name="_Toc161649619" w:id="13"/>
       <w:r>
         <w:t>3) Infektionens allvarlighetsgrad</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C69EE9" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="02C69EE9" w14:textId="77777777">
       <w:r>
         <w:t>Ju svårare sjuk en patient är, desto större skäl till intravenös terapi men peroral behandling kan ibland vara möjlig trots feber, exempelvis vid pyelonefrit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18CAFC2E" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="18CAFC2E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc161649620"/>
+      <w:bookmarkStart w:name="_Toc161649620" w:id="14"/>
       <w:r>
         <w:t>4) Egenskaper hos aktuellt antibiotikum</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="3E3938A5" w14:textId="77777777" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="3E3938A5" w14:textId="77777777">
       <w:r>
         <w:t>Vid normal mag-tarmfunktion hos en cirkulatoriskt stabil patient är parenteral behandling inte bättre än peroral vid behandling med metronidazol eller kinolon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343EEACF" w14:textId="3BB6AF90" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="343EEACF" w14:textId="3BB6AF90">
       <w:r>
         <w:t>Vankomycinbehandling peroralt kan bara användas vid tarminfektion med Clostrid</w:t>
       </w:r>
       <w:r w:rsidR="00920CC3">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00583622">
         <w:t>oides</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> difficile. All annan behandling måste vara parenteral oavsett diagnos och sjukdomstyp eftersom absorptionen i tarmen är försumbar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F59FE62" w14:textId="6A408541" w:rsidR="003910A0" w:rsidRDefault="003910A0" w:rsidP="003910A0">
+    <w:p w:rsidR="003910A0" w:rsidP="003910A0" w:rsidRDefault="003910A0" w14:paraId="0F59FE62" w14:textId="6A408541">
       <w:r w:rsidRPr="00CB1ACF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> All intravenös antibiotikabehandling ska föregås av blododling som ska initieras av sjuksköterska även utan läkarordination. Detta gäller vid nyinsättning såväl som vid byte av preparat p.g.a. terapisvikt men inte vid profylaktisk indikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570813EE" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="570813EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc161649621"/>
+      <w:bookmarkStart w:name="_Toc161649621" w:id="15"/>
       <w:r>
         <w:t>Antibiotikaordination i Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="4844EFA5" w14:textId="6BF16621" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="4844EFA5" w14:textId="6BF16621">
       <w:r>
         <w:t>Det är av stor vikt att antibiotika ges i rätt tid och att tidpunkt för ordination och administration är väl dokumenterad. Läkare ska därför ordinera första dygnets doser enligt ”likamedmetoden” i Melior och sjuksköterska ska ange faktisk utdelningstid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E5B643" w14:textId="77777777" w:rsidR="002011E5" w:rsidRDefault="002011E5">
+    <w:p w:rsidR="002011E5" w:rsidRDefault="002011E5" w14:paraId="70E5B643" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02943645" w14:textId="366C3979" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="02943645" w14:textId="366C3979">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc161649622"/>
+      <w:bookmarkStart w:name="_Toc161649622" w:id="16"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Antibiotikaval, dosering och behandlingstid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="0AF2B116" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="0023093E">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="0023093E" w:rsidRDefault="00CB1ACF" w14:paraId="0AF2B116" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc161649623"/>
+      <w:bookmarkStart w:name="_Toc161649623" w:id="17"/>
       <w:r>
         <w:t>1) Antibiotikaval; mikrobiologisk etiologi känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="1B805F6E" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="1B805F6E" w14:textId="77777777">
       <w:r w:rsidRPr="00C07788">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Antibiotikaval anpassas efter resistensmönster och infektionsfokus med att ge preparat med så smalt spektrum som möjligt med hänsyn tagen till infektionsfokus och farmakokinetik.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D9BF8B" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRPr="006C57C0" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidRPr="006C57C0" w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="26D9BF8B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc161649624"/>
+      <w:bookmarkStart w:name="_Toc161649624" w:id="18"/>
       <w:r w:rsidRPr="006C57C0">
         <w:t>2) Parenteralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0A95F1C2" w14:textId="7A703549" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
-      <w:hyperlink w:anchor="Bilaga1" w:history="1">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="0A95F1C2" w14:textId="7A703549">
+      <w:hyperlink w:history="1" w:anchor="Bilaga1">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se bilaga 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C57C0">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3568486D" w14:textId="49766AB1" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="3568486D" w14:textId="49766AB1">
       <w:r w:rsidRPr="00CB1ACF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vikt och njurfunktion kan ha stor betydelse för dosering av antibiotika och angivna doser gäller normalviktiga patienter med normal njurfunktion. Njurfunktionen ska särskilt beaktas när tobramycin eller trimetoprimsulfa ordineras. Doseringen av tobramycin i mg/kg ska också justeras vid öve</w:t>
       </w:r>
       <w:r w:rsidR="00C07788">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vikt, se </w:t>
       </w:r>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve">rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Dosering" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Dosering">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dosering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve"> nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAF4E7B" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRPr="006C57C0" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidRPr="006C57C0" w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="7CAF4E7B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc161649625"/>
+      <w:bookmarkStart w:name="_Toc161649625" w:id="19"/>
       <w:r w:rsidRPr="006C57C0">
         <w:t>3) Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="6C62B4C6" w14:textId="5408B308" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
-      <w:hyperlink w:anchor="Bilaga2" w:history="1">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="6C62B4C6" w14:textId="5408B308">
+      <w:hyperlink w:history="1" w:anchor="Bilaga2">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se bilaga 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006C57C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BE05F2" w14:textId="77777777" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00C07788">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00C07788" w:rsidRDefault="00CB1ACF" w14:paraId="21BE05F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc161649626"/>
+      <w:bookmarkStart w:name="_Toc161649626" w:id="20"/>
       <w:r>
         <w:t>Behandlingstid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="00806976" w14:textId="66059A67" w:rsidR="00CB1ACF" w:rsidRDefault="00CB1ACF" w:rsidP="00CB1ACF">
+    <w:p w:rsidR="00CB1ACF" w:rsidP="00CB1ACF" w:rsidRDefault="00CB1ACF" w14:paraId="00806976" w14:textId="66059A67">
       <w:r>
         <w:t>Rekommenderade tider i tabell avser sammanlagd tid med intravenös och peroral behandling. Utsättning av intravenöst antibiotikum eller byte till peroralt medel ska övervägas senast efter tre dygns behandling</w:t>
       </w:r>
       <w:r w:rsidRPr="006C57C0">
         <w:t xml:space="preserve">, se bilaga 3, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="Bilaga3" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="Bilaga3">
         <w:r w:rsidRPr="006C57C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utsättning av intravenöst antibiotikum - utvärdering efter tre dygns behandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>. Terapiskifte sker när så är möjligt med hänsyn till allmänpåverkan, terapisvar och typ av infektionsfokus. Använd standardvårdplan vid behandling av pneumoni och UVI (Meliors menyrad; länkar).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4154DE10" w14:textId="77777777" w:rsidR="00C07788" w:rsidRDefault="00C07788" w:rsidP="00C07788">
+    <w:p w:rsidR="00C07788" w:rsidP="00C07788" w:rsidRDefault="00C07788" w14:paraId="4154DE10" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc161649627"/>
+      <w:bookmarkStart w:name="_Toc161649627" w:id="21"/>
       <w:r>
         <w:t>Tobramycinbehandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="6FD7D3D1" w14:textId="7B2F2156" w:rsidR="00C07788" w:rsidRDefault="00C07788" w:rsidP="00C07788">
+    <w:p w:rsidR="00C07788" w:rsidP="00C07788" w:rsidRDefault="00C07788" w14:paraId="6FD7D3D1" w14:textId="7B2F2156">
       <w:r>
         <w:t>Tobramycin (Nebcina</w:t>
       </w:r>
       <w:r w:rsidRPr="00C07788">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t>)) tillhör gruppen aminoglykosider som har en hög baktericid effekt mot stafylokocker och gramnegativa stavar. Anaeroba bakterier och streptokocker är naturligt resistenta. Vid kombinationsbehandling med betalaktamantibiotika får man en synergistisk effekt mot streptokocker som utnyttjas vid endokarditbehandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474BB956" w14:textId="59BE6421" w:rsidR="00C07788" w:rsidRDefault="00C07788" w:rsidP="00C07788">
+    <w:p w:rsidR="00C07788" w:rsidP="00C07788" w:rsidRDefault="00C07788" w14:paraId="474BB956" w14:textId="59BE6421">
       <w:r>
         <w:t xml:space="preserve">Koncentrationsbestämningar av tobramycin görs därför att biverkningarna, njursvikt och neurogen hörselskada, beror på ackumulation av läkemedlet som påvisas med stigande dalvärden. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3465">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vid känd hörselskada och svår njursvikt bör aminoglykosider undvikas</w:t>
       </w:r>
       <w:r w:rsidR="00DF1ABC">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3465">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tobramycin ska heller inte ges under pågående eller planerad behandling med cisplatin</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE0B651" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="5BE0B651" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc161649628"/>
+      <w:bookmarkStart w:name="_Toc161649628" w:id="22"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Indikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="56BF1B44" w14:textId="46B8BD72" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="56BF1B44" w14:textId="46B8BD72">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Singelbehandling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C85D15F" w14:textId="565BAC62" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="7C85D15F" w14:textId="565BAC62">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r>
         <w:t>Pyelonefrit eller annan febril UVI hos patient utan tecken på svår sepsis eller septisk chock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BE2944" w14:textId="6C29BF83" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="34BE2944" w14:textId="6C29BF83">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r>
         <w:t>Kombinationsbehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E41E400" w14:textId="24093FE7" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="7E41E400" w14:textId="24093FE7">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Med bensylpc </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>septisk infektion utan känt fokus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D4CD16" w14:textId="247351B2" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="40D4CD16" w14:textId="247351B2">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Med bensylpc </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>febril neutropeni</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECC8CD9" w14:textId="05F6D634" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="3ECC8CD9" w14:textId="05F6D634">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Med piptaz</w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>septisk chock</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF15347" w14:textId="67B57ADD" w:rsidR="00C07788" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00C07788" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="2CF15347" w14:textId="67B57ADD">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid endokardit </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:r>
         <w:t>se nationellt vårdprogram [6].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062A3B0E" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="062A3B0E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Dosering"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc161649629"/>
+      <w:bookmarkStart w:name="_Dosering" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc161649629" w:id="24"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>Dosering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="1D28392B" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="1D28392B" w14:textId="77777777">
       <w:r>
         <w:t xml:space="preserve">Doseringen är 4,5-7 mg/kg en gång per dygn givet som iv injektion. Den lägre dosen ges i normalfallet och </w:t>
       </w:r>
       <w:r w:rsidRPr="00000D75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>dosen 7 mg/kg används endast som första dos vid septisk chock</w:t>
       </w:r>
       <w:r>
         <w:t>. Ordinera i enheten mg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38376553" w14:textId="63F48B18" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75">
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="38376553" w14:textId="63F48B18">
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00000D75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Annan dosering vid endokardit).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7920" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Dosering av Nebcina anpassaat till njurfunktion"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad dosering utifrån njurvärden beroende på om paatienten har septisk chock eller inte."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2252"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="3117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000D75" w14:paraId="472D6C12" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="472D6C12" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3722A555" w14:textId="77777777" w:rsidR="00000D75" w:rsidRPr="006558A9" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="3722A555" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t xml:space="preserve">Dosering av Nebcina </w:t>
             </w:r>
             <w:r>
               <w:t>anpassat till njurfunktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="4DD749DF" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="4DD749DF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3497BF3D" w14:textId="77777777" w:rsidR="00000D75" w:rsidRPr="006558A9" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="3497BF3D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Kreatininclearence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C9052B0" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="3C9052B0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>(ml/min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C10760" w14:textId="77777777" w:rsidR="00000D75" w:rsidRPr="006558A9" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="07C10760" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Normalfallet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1344B4C3" w14:textId="77777777" w:rsidR="00000D75" w:rsidRPr="006558A9" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="1344B4C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Septisk chock</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="5F051E17" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="5F051E17" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5739D038" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="5739D038" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF5D6DF" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="5FF5D6DF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Första dos (mg/kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754123BE" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="754123BE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Första dos (mg/kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="1D78BCF5" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="1D78BCF5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6260521D" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="6260521D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">&gt;40 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="243B02BF" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="243B02BF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06E5158F" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="06E5158F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="1E677AC0" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="1E677AC0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF5CAB6" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="3BF5CAB6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>20-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6E7B70" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="5F6E7B70" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8250EE" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="2C8250EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="003D1B88" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="003D1B88" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="704CC99D" w14:textId="14168672" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="704CC99D" w14:textId="14168672">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;20 inklusive patienter med hemodialys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDF73F6" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="4CDF73F6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Behandling rekommenderas inte, om ändå nödvändigt; 1,5 mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="337092BD" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="337092BD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Behandling rekommenderas inte, om ändå nödvändigt;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00BA257F" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="00BA257F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,5 mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000D75" w14:paraId="3E4DC6AF" w14:textId="77777777" w:rsidTr="00000D75">
+      <w:tr w:rsidR="00000D75" w:rsidTr="00000D75" w14:paraId="3E4DC6AF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4355F232" w14:textId="5D3277B8" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="4355F232" w14:textId="5D3277B8">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId12">
               <w:r w:rsidRPr="00EA6FB8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Alternativ vid intermittent hemodialys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53393992" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="53393992" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>4,5 en timma före dialys om konc 4 tim före dos är &lt;1 mg/l</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55627C77" w14:textId="77777777" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="007D5BD9">
+          <w:p w:rsidR="00000D75" w:rsidP="007D5BD9" w:rsidRDefault="00000D75" w14:paraId="55627C77" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58F3E355" w14:textId="31D3D3DA" w:rsidR="00000D75" w:rsidRDefault="00000D75" w:rsidP="00000D75"/>
+    <w:p w:rsidR="00000D75" w:rsidP="00000D75" w:rsidRDefault="00000D75" w14:paraId="58F3E355" w14:textId="31D3D3DA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7920" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Dosering av tobramycin vid fettrelaterad övervikt"/>
         <w:tblDescription w:val="Tabellen ger tydliga rekommendationer om dosering utifrån patientens vikt, sjukdomstillstånd samt kroppsmassa."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="036EC047" w14:textId="77777777" w:rsidTr="007D5BD9">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="007D5BD9" w14:paraId="036EC047" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="02F81C9F" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="007D5BD9" w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="02F81C9F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="007D5BD9">
               <w:t>Dosering av tobramycin vid fettrelaterad övervikt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="0F97A4FF" w14:textId="77777777" w:rsidTr="007D5BD9">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="007D5BD9" w14:paraId="0F97A4FF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD32655" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="4AD32655" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Tobramycin distribueras i huvudsak i extracellulärvätskan.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="217260BD" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="217260BD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Om patienten har en fettrelaterad övervikt bör dosen därför reduceras och detta är av särskild betydelse vid uttalad övervikt.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF6035C" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="3BF6035C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Man bör göra en individuell bedömning av patientens ”idealvikt” och också i dessa fall frikostigt monitorera serumkoncentrationen av tobramycin.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67EBABF3" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="67EBABF3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ett stöd för att värdera patienten idealvikt är nedanstående formler:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="573066B6" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="573066B6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="256" w:hanging="256"/>
             </w:pPr>
             <w:r w:rsidRPr="0099356F">
               <w:t>Män:</w:t>
             </w:r>
             <w:r w:rsidRPr="0099356F">
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0099356F">
               <w:t>50 kg + 0,9 kg/cm som överstiger 152 cm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76E1415C" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="0099356F" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+          <w:p w:rsidRPr="0099356F" w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="76E1415C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="256" w:hanging="256"/>
             </w:pPr>
             <w:r w:rsidRPr="0099356F">
               <w:t xml:space="preserve">Kvinnor: </w:t>
             </w:r>
             <w:r w:rsidRPr="0099356F">
               <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0099356F">
               <w:t>46 kg + 0,9 kg/cm som överstiger 152 cm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A95602E" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00F377F0" w:rsidRDefault="007D5BD9" w:rsidP="00674914">
+          <w:p w:rsidRPr="00F377F0" w:rsidR="007D5BD9" w:rsidP="00674914" w:rsidRDefault="007D5BD9" w14:paraId="3A95602E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtexttabell"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F377F0">
               <w:rPr>
                 <w:sz w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C013236" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+    <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="6C013236" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc161649630"/>
+      <w:bookmarkStart w:name="_Toc161649630" w:id="25"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Koncentrationsbestämning av s-tobramycin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="50D18E7A" w14:textId="0BB4A67A" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="007D5BD9">
+    <w:p w:rsidR="007D5BD9" w:rsidP="007D5BD9" w:rsidRDefault="007D5BD9" w14:paraId="50D18E7A" w14:textId="0BB4A67A">
       <w:r>
         <w:t>Koncentrationsprov för tobramycin ordineras i Meliors laboratoriemodul och analyseras på Klin Kem Lab vid SÄS. Ange provtagningstidpunkt.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7920" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Koncentrationsbestämning av s-tobramycin"/>
         <w:tblDescription w:val="Tabellen ger en överskådlig bild av lämplig tidpunkt för koncentrationsprov utifrån njurfunktion och målvärde."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2092"/>
         <w:gridCol w:w="2286"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="2A52E0DE" w14:textId="77777777" w:rsidTr="009A2FEA">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="009A2FEA" w14:paraId="2A52E0DE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="017031CC" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00E03360" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="00E03360" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="017031CC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00E03360">
               <w:t>Benämning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="483306E5" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00E03360" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="00E03360" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="483306E5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00E03360">
               <w:t>Aktuella patienter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="689C6A56" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00E03360" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="00E03360" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="689C6A56" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00E03360">
               <w:t>När</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="53A8672B" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00E03360" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="00E03360" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="53A8672B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00E03360">
               <w:t>Målvärde</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E8AB51C" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="00E03360" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="00E03360" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="7E8AB51C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00E03360">
               <w:t>(mg/l)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="0FB8EC47" w14:textId="77777777" w:rsidTr="005142A9">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="005142A9" w14:paraId="0FB8EC47" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48897B7D" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="48897B7D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>A) 8-timmarsprov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D535841" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="5D535841" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Alla patienter</w:t>
             </w:r>
             <w:r w:rsidRPr="006558A9">
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006558A9">
               <w:t>förutom vid endokardit (separat</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> riktlinje)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616D9A64" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="616D9A64" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t xml:space="preserve">Efter 1:a och </w:t>
             </w:r>
             <w:r>
               <w:t>2:a</w:t>
             </w:r>
             <w:r w:rsidRPr="006558A9">
               <w:t xml:space="preserve"> dos</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44C8D3EE" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="44C8D3EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Därefter beroende på svar och njurfunktion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63856678" w14:textId="794D6027" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="63856678" w14:textId="794D6027">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>1,5 - 4*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="5620DDBA" w14:textId="77777777" w:rsidTr="005142A9">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="005142A9" w14:paraId="5620DDBA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="444D1BBC" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="444D1BBC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>B) Dalvärde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2DE11F" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="004C4EFA" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="004C4EFA" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="5D2DE11F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Alla patienter om ny dos ska ges</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44225CB2" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="004C4EFA" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="004C4EFA" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="44225CB2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>24 timmar efter första dos. Invänta svar före nästa dosering om 8-timmarsvärdet är förhöjt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754AEADC" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="004C4EFA" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="004C4EFA" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="754AEADC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&lt;1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D5BD9" w14:paraId="43EDF717" w14:textId="77777777" w:rsidTr="005142A9">
+      <w:tr w:rsidR="007D5BD9" w:rsidTr="005142A9" w14:paraId="43EDF717" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E70050" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRPr="006558A9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidRPr="006558A9" w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="45E70050" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A03CB70" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="4A03CB70" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Dialyspatienter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA06161" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="0EA06161" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>4 timmar före dialys så att provsvar finns 2 timmar före för ställningstagande till ny dos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C489F9" w14:textId="77777777" w:rsidR="007D5BD9" w:rsidRDefault="007D5BD9" w:rsidP="00E03360">
+          <w:p w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="007D5BD9" w14:paraId="39C489F9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&lt;2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65666FED" w14:textId="01797328" w:rsidR="007D5BD9" w:rsidRDefault="00E03360" w:rsidP="00E03360">
+    <w:p w:rsidR="007D5BD9" w:rsidP="00E03360" w:rsidRDefault="00E03360" w14:paraId="65666FED" w14:textId="01797328">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00E03360">
         <w:t>* Om den första dosen var 4,5 mg/kg. Mål värdet är inte fastställt vid andra doseringar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B437CAE" w14:textId="6F444C10" w:rsidR="00E03360" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00E03360" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="2B437CAE" w14:textId="6F444C10">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc161649631"/>
+      <w:bookmarkStart w:name="_Toc161649631" w:id="26"/>
       <w:r w:rsidRPr="00A01794">
         <w:t>Dosjustering efter koncentrationsbestämning vid dos 4,5 mg/kg</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7920" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Dosjustering efter koncentrationsbestämning vid dos 4,5 mg/kg"/>
         <w:tblDescription w:val="Tabellen tydliggör värdering av koncentrationsbestämning och ger rekommendation om åtgärder beroende på analysvärde efter koncentrationsprov."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="3684"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A01794" w14:paraId="0EB2325B" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="0EB2325B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D5DD506" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6D5DD506" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Tobramycinkoncentration (mg/l)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43C243DC" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="43C243DC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Åtgärd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01794" w14:paraId="38E6598F" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="38E6598F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="654281F5" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="654281F5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>8-timmarsvärde</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="438076FC" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="438076FC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3261795D" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="3261795D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6079BA20" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6079BA20" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Höj initial dos med 50 %.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01794" w14:paraId="4ED740BE" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="4ED740BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7806870E" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="7806870E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D782890" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="2D782890" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,5-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75B8D52E" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="75B8D52E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Oförändrad dosering.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01794" w14:paraId="766DB753" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="766DB753" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32DB9CC1" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="32DB9CC1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E1968E3" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="2E1968E3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1FD99EF7" w14:textId="09D07905" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="1FD99EF7" w14:textId="09D07905">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">- Kontrollera </w:t>
             </w:r>
             <w:r w:rsidR="00D650D9">
               <w:t>kreatininclearance</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB41CAE" w14:textId="562A3339" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="7AB41CAE" w14:textId="562A3339">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">- Ta ny </w:t>
             </w:r>
             <w:r w:rsidR="00D650D9">
               <w:t>Tobramycinkoncentration</w:t>
             </w:r>
             <w:r>
               <w:br/>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">   24 timmar efter dos.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ABD2CD4" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6ABD2CD4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>- Invänta svar innan nästa dos ges.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01794" w14:paraId="58CB169A" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="58CB169A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A1EE416" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6A1EE416" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="006558A9">
               <w:t>Dalvärde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E21006D" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="3E21006D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="131A26AC" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="131A26AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ta ny koncentration om 8-12 timmar. Invänta svar.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D4A5C7D" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6D4A5C7D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Reducera dos eller öka intervall. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01794" w14:paraId="74A0EF1D" w14:textId="77777777" w:rsidTr="00A01794">
+      <w:tr w:rsidR="00A01794" w:rsidTr="00A01794" w14:paraId="74A0EF1D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="022F0111" w14:textId="77777777" w:rsidR="00A01794" w:rsidRPr="006558A9" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidRPr="006558A9" w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="022F0111" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r>
               <w:t>Allmänt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6048AAF6" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="6048AAF6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3684" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ED38BA4" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00674914">
+          <w:p w:rsidR="00A01794" w:rsidP="00674914" w:rsidRDefault="00A01794" w14:paraId="5ED38BA4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Samråd med infektionskonsult.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49B2BF74" w14:textId="56EC4517" w:rsidR="00A01794" w:rsidRPr="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidRPr="00A01794" w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="49B2BF74" w14:textId="56EC4517">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01794">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69679A68" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="69679A68" w14:textId="77777777">
       <w:r>
         <w:t>Doseringen 7 mg/kg används endast vid septisk chock och fortsatt dosering bedöms individuellt från dag till dag. Samråd med infektionskonsult.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A26F4D4" w14:textId="469B7CBF" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="2A26F4D4" w14:textId="469B7CBF">
       <w:r>
         <w:t>Om långsam eliminering leder till att intervallet blir mer än 48 timmar bör antibiotikabyte övervägas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019D5AAB" w14:textId="733CFCF1" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="019D5AAB" w14:textId="733CFCF1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:bookmarkStart w:id="27" w:name="_Toc161649632"/>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:bookmarkStart w:name="_Toc161649632" w:id="27"/>
         <w:r w:rsidRPr="007E1A49">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vankomycin - behandling intravenöst</w:t>
         </w:r>
         <w:bookmarkEnd w:id="27"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="538934D9" w14:textId="279F8D13" w:rsidR="00970A39" w:rsidRDefault="00A01794" w:rsidP="002011E5">
+    <w:p w:rsidR="00970A39" w:rsidP="002011E5" w:rsidRDefault="00A01794" w14:paraId="538934D9" w14:textId="279F8D13">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E1A49">
         <w:t>Rekommendationer utgivna av terapigrupp Infektion i VGR [7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A11AC3">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05177634" w14:textId="6BCA8625" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="05177634" w14:textId="6BCA8625">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc161649633"/>
+      <w:bookmarkStart w:name="_Toc161649633" w:id="28"/>
       <w:r>
         <w:t>Antibiotikadosering vid nedsatt njurfunktion och dialys</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="701E4BF4" w14:textId="112AA263" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
-      <w:hyperlink r:id="rId14" w:history="1">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="701E4BF4" w14:textId="112AA263">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dosering av antibiotika vid nedsatt njurfunktion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00970A39">
         <w:t xml:space="preserve"> (Janusmed)</w:t>
       </w:r>
-      <w:r w:rsidR="00E32B38" w:rsidRPr="00E32B38">
+      <w:r w:rsidRPr="00E32B38" w:rsidR="00E32B38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00D60FA8">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5554D024" w14:textId="5FE3E864" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
-      <w:hyperlink r:id="rId15" w:history="1">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="5554D024" w14:textId="5FE3E864">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationella rekommendationer (dialys)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> utgivna av referensgruppen för antibiotikafrågor (RAF) [</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C1E2B3" w14:textId="78B6D792" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A01794" w:rsidP="00A11AC3" w:rsidRDefault="00A01794" w14:paraId="31C1E2B3" w14:textId="78B6D792">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="_Toc161649634"/>
+      <w:hyperlink w:history="1" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" r:id="rId16">
+        <w:bookmarkStart w:name="_Toc161649634" w:id="29"/>
         <w:r w:rsidRPr="00A11AC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotika vid graviditet och amning</w:t>
         </w:r>
         <w:bookmarkEnd w:id="29"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7622BCE6" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="7622BCE6" w14:textId="77777777">
       <w:r>
         <w:t>Regionala rekommendationer (Rek-lista) utgivna av terapigrupp Infektion i VGR [10].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB5B586" w14:textId="33CF7AE8" w:rsidR="00A01794" w:rsidRPr="00452471" w:rsidRDefault="00452471" w:rsidP="00A11AC3">
+    <w:p w:rsidRPr="00452471" w:rsidR="00A01794" w:rsidP="00A11AC3" w:rsidRDefault="00452471" w14:paraId="2DB5B586" w14:textId="33CF7AE8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://infektion.net/wp-content/uploads/2023/06/nationellt_vardprogram_covid-19_ver5_revision-5_1.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Toc161649635"/>
-      <w:r w:rsidR="00A01794" w:rsidRPr="00452471">
+      <w:bookmarkStart w:name="_Toc161649635" w:id="30"/>
+      <w:r w:rsidRPr="00452471" w:rsidR="00A01794">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Antibiotika vid covid-19</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="2F0193CC" w14:textId="44CBB9C1" w:rsidR="00A01794" w:rsidRDefault="00452471" w:rsidP="002011E5">
+    <w:p w:rsidR="00A01794" w:rsidP="002011E5" w:rsidRDefault="00452471" w14:paraId="2F0193CC" w14:textId="44CBB9C1">
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00266EBB">
         <w:t>Till skillnad från andra luftvägsvirus ger SARS-CoV-2 en kraftig inflammatorisk reaktion med bland annat CRP-stegring, i nivå med bakteriella luftvägsinfektioner, hos individer som inte har tidigare immunitet (genomgången infektion eller vaccination)</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00266EBB">
         <w:t>För dessa individer är det ovanligt med samtidig bakteriell infektion när de söker sjukhusvård och därför sällan motiverat att inleda antibiotikabehandling förutsatt att patienten är cirkulatoriskt stabil och söker relativt tidigt i förloppet</w:t>
       </w:r>
       <w:r w:rsidR="00E32B38">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CF4543">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D90282">
         <w:t>Se nationellt vårdprogram</w:t>
       </w:r>
       <w:r w:rsidR="00A01794">
         <w:t xml:space="preserve"> [1</w:t>
       </w:r>
       <w:r w:rsidR="00CC7DF5">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A01794">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8FC2D6" w14:textId="75543382" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A01794" w:rsidP="00A11AC3" w:rsidRDefault="00A01794" w14:paraId="6A8FC2D6" w14:textId="75543382">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="_Toc161649636"/>
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:bookmarkStart w:name="_Toc161649636" w:id="31"/>
         <w:r w:rsidRPr="00433F8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antimykotikaval vid invasiv Candidainfektion</w:t>
         </w:r>
         <w:bookmarkEnd w:id="31"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="283281C2" w14:textId="0638D695" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
-      <w:hyperlink r:id="rId18" w:history="1">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="283281C2" w14:textId="0638D695">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="008A6301">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se riktlinjer och terapiråd framtagna av terapigrupp Infektion i VGR [1</w:t>
         </w:r>
         <w:r w:rsidR="00CC7DF5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="008A6301">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>].</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34A8A62D" w14:textId="77777777" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A01794" w:rsidP="00A11AC3" w:rsidRDefault="00A01794" w14:paraId="34A8A62D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc161649637"/>
+      <w:bookmarkStart w:name="_Toc161649637" w:id="32"/>
       <w:r>
         <w:t>Infektionskonsult</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="4E618469" w14:textId="7710A8DC" w:rsidR="00A01794" w:rsidRDefault="00A01794" w:rsidP="00A01794">
+    <w:p w:rsidR="00A01794" w:rsidP="00A01794" w:rsidRDefault="00A01794" w14:paraId="4E618469" w14:textId="7710A8DC">
       <w:r>
         <w:t xml:space="preserve">Tillgänglig dygnet runt och </w:t>
       </w:r>
       <w:r w:rsidR="00BE7EF5">
         <w:t>nås via televäxeln</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321520D6" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="321520D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc161649638"/>
+      <w:bookmarkStart w:name="_Toc161649638" w:id="33"/>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="39F98584" w14:textId="28335807" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="39F98584" w14:textId="28335807">
       <w:r>
         <w:t>Sjukhusledningen ansvarar för att resurser finns tillgängliga för monitorering av antibiotikaanvändningen och återkoppling till förskrivare med hjälp av dataprogrammet Infektionsverktyget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BE7AB8" w14:textId="77777777" w:rsidR="00356699" w:rsidRDefault="00356699">
+    <w:p w:rsidR="00356699" w:rsidRDefault="00356699" w14:paraId="28BE7AB8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777D2D8B" w14:textId="4903902A" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="777D2D8B" w14:textId="4903902A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc161649639"/>
+      <w:bookmarkStart w:name="_Toc161649639" w:id="34"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="18493019" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRPr="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidRPr="00A11AC3" w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="18493019" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC6F9A3" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="4AC6F9A3" w14:textId="77777777">
       <w:r>
         <w:t>Anders Lundqvist, överläkare, HIVÖ/infektionsenheten, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E63B1CA" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRPr="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidRPr="00A11AC3" w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="4E63B1CA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A86879" w14:textId="47A678B8" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="61A86879" w14:textId="47A678B8">
       <w:r>
         <w:t>Verksamhetschefer, specialitetsansvariga läkare, processledare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BCDED9" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRPr="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidRPr="00A11AC3" w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="14BCDED9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBDEC19" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="2CBDEC19" w14:textId="77777777">
       <w:r>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D173694" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRPr="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidRPr="00A11AC3" w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="0D173694" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11AC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C4BFBC" w14:textId="1BA9C79D" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="54C4BFBC" w14:textId="1BA9C79D">
       <w:r>
         <w:t>Antibiotika, läkemedel, blododling, infektion, tobramycin, vankomycin</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
         <w:t>, sepsis pn</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
         <w:t>umoni, urinvägsinfekti</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00356699">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00EE22A8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68642634" w14:textId="77777777" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="00A11AC3">
+    <w:p w:rsidR="00A11AC3" w:rsidP="00A11AC3" w:rsidRDefault="00A11AC3" w14:paraId="68642634" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc161649640"/>
+      <w:bookmarkStart w:name="_Toc161649640" w:id="35"/>
       <w:r>
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="438D97A6" w14:textId="5586544A" w:rsidR="00A11AC3" w:rsidRDefault="0039203F" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="0039203F" w14:paraId="438D97A6" w14:textId="5586544A">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="003F1462">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regionala pneumoniprocessen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00620140">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1740E23F" w14:textId="6FB38942" w:rsidR="001731A5" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="001731A5" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="1740E23F" w14:textId="6FB38942">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:r w:rsidRPr="001731A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diabetes mellitus - att utreda och hantera fotkomplikationer</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00584FFA">
         <w:t xml:space="preserve"> (SÄS)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D04F867" w14:textId="210BC5C6" w:rsidR="00A11AC3" w:rsidRDefault="004252AC" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="004252AC" w14:paraId="2D04F867" w14:textId="210BC5C6">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId21">
         <w:r w:rsidRPr="003478C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sepsis och septisk chock</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003478C1">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>SÄS</w:t>
       </w:r>
       <w:r w:rsidR="003478C1">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306ED277" w14:textId="347A7EF4" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="306ED277" w14:textId="347A7EF4">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00DC29C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Standardvårdplan vid urinvägsinfektion</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC29C4">
         <w:t xml:space="preserve"> (SÄS)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22504ECF" w14:textId="3E3384C6" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="22504ECF" w14:textId="3E3384C6">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="00BB6768">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Infektionsläkarföreningens vårdprogram</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DEC2C1E" w14:textId="4C480CEE" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="7DEC2C1E" w14:textId="4C480CEE">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId24">
         <w:r w:rsidRPr="002545CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vankomycin - rekommendationer för intravenös behandling.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00620140">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192D5AD0" w14:textId="2A94AAB2" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="192D5AD0" w14:textId="2A94AAB2">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="00975371">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Terapiråd vid nedsatt njurfunktion </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E691D">
         <w:t>(Janusmed)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8B9DAC" w14:textId="6AF89596" w:rsidR="00A11AC3" w:rsidRDefault="00012A80" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00012A80" w14:paraId="5A8B9DAC" w14:textId="6AF89596">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anti</w:t>
         </w:r>
         <w:r w:rsidR="00EA170A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>biotikabehandling vid dialys</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E691D">
         <w:t xml:space="preserve"> ( RAF)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0411E82E" w14:textId="6BC1D59F" w:rsidR="00A11AC3" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="0411E82E" w14:textId="6BC1D59F">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="/advice/Infektion/Antibiotika_under_graviditet_och_amning" r:id="rId27">
         <w:r w:rsidRPr="00D174A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotika vid graviditet och amning.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A4C5B">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="006E691D">
         <w:t>VGR</w:t>
       </w:r>
       <w:r w:rsidR="002A4C5B">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5964A247" w14:textId="5D1B890B" w:rsidR="00A11AC3" w:rsidRDefault="00CF4543" w:rsidP="006E691D">
+    <w:p w:rsidR="00A11AC3" w:rsidP="006E691D" w:rsidRDefault="00CF4543" w14:paraId="5964A247" w14:textId="5D1B890B">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId28">
         <w:r w:rsidRPr="002F18D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationellt vårdprogram för misstänkt och bekräftad covid-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00A11AC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1024AF1D" w14:textId="77777777" w:rsidR="00D53AC8" w:rsidRDefault="00A11AC3" w:rsidP="006E691D">
+    <w:p w:rsidR="00D53AC8" w:rsidP="006E691D" w:rsidRDefault="00A11AC3" w14:paraId="1024AF1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId29">
         <w:r w:rsidRPr="00361752">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antibiotikaval vid invasiv candidainfektion</w:t>
         </w:r>
         <w:r w:rsidR="00693B47">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00361752">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A4C5B">
         <w:t xml:space="preserve"> (VGR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671A6C0E" w14:textId="19DFD2EF" w:rsidR="00B4441C" w:rsidRDefault="00D53AC8" w:rsidP="006E691D">
+    <w:p w:rsidR="00B4441C" w:rsidP="006E691D" w:rsidRDefault="00D53AC8" w14:paraId="671A6C0E" w14:textId="19DFD2EF">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:sectPr w:rsidR="00B4441C" w:rsidSect="00136D67">
           <w:headerReference w:type="default" r:id="rId30"/>
           <w:footerReference w:type="default" r:id="rId31"/>
           <w:headerReference w:type="first" r:id="rId32"/>
           <w:footerReference w:type="first" r:id="rId33"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId34">
         <w:r w:rsidRPr="006B0F86">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strama Nationell</w:t>
         </w:r>
-        <w:r w:rsidR="006B0F86" w:rsidRPr="006B0F86">
+        <w:r w:rsidRPr="006B0F86" w:rsidR="006B0F86">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> App</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00076220">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB04985" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="00AC4ADB" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+    <w:p w:rsidRPr="00AC4ADB" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7BB04985" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="Bilaga1"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="54" w:name="_Toc161649641"/>
+      <w:bookmarkStart w:name="Bilaga1" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000427" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000391" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc428958111" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc483395217" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc256000190" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc43293742" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000211" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000247" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000283" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc256000319" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000355" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc98344681" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc161649641" w:id="54"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bilaga 1 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4ADB">
         <w:t>Parenteralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w14:paraId="35017DDC" w14:textId="26940F58" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+    <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="35017DDC" w14:textId="26940F58">
       <w:pPr>
         <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0089051F">
         <w:t>Tabelle</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0089051F">
         <w:t xml:space="preserve"> anger substansnamn. För preparatval, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>U</w:t>
         </w:r>
         <w:r w:rsidRPr="003049CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>tbytbar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">het </w:t>
         </w:r>
         <w:r w:rsidRPr="003049CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>i FASS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0089051F">
         <w:t xml:space="preserve">eller </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId36">
         <w:r w:rsidRPr="00A2720B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hamlet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0089051F">
         <w:t xml:space="preserve"> (behörighet krävs)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="_Tabell_1_-"/>
+      <w:bookmarkStart w:name="_Tabell_1_-" w:id="55"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="00F13563">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidR="00F13563" w:rsidRPr="00C35A3E">
+      <w:hyperlink w:history="1" r:id="rId37">
+        <w:r w:rsidRPr="00C35A3E" w:rsidR="00F13563">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Länk till </w:t>
         </w:r>
-        <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
+        <w:r w:rsidRPr="00C35A3E" w:rsidR="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Nationell </w:t>
         </w:r>
-        <w:r w:rsidR="00F13563" w:rsidRPr="00C35A3E">
+        <w:r w:rsidRPr="00C35A3E" w:rsidR="00F13563">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Strama</w:t>
         </w:r>
-        <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
+        <w:r w:rsidRPr="00C35A3E" w:rsidR="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>-app</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14630" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="11" w:type="dxa"/>
           <w:bottom w:w="11" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Parenteralt antibiotikaval"/>
         <w:tblDescription w:val="Tabellen ger förslag på parenteralt antibiotikapreparat och dosering för, dels olika diagnoser/tillstånd där den mikrobiologiska orsaken inte är känd, dels alternativt preparat om patienten är allergisk mot det föreslagna preparatet. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3646"/>
         <w:gridCol w:w="3187"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3299"/>
         <w:gridCol w:w="2230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B4441C" w14:paraId="3629BAD4" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="3629BAD4" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="093CAEAA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0004637D" w:rsidRDefault="00B4441C" w:rsidP="00897B51">
+          <w:p w:rsidRPr="0004637D" w:rsidR="00B4441C" w:rsidP="00897B51" w:rsidRDefault="00B4441C" w14:paraId="093CAEAA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="0004637D">
               <w:t>Diagnos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="780565B4" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0004637D" w:rsidRDefault="00B4441C" w:rsidP="00897B51">
+          <w:p w:rsidRPr="0004637D" w:rsidR="00B4441C" w:rsidP="00897B51" w:rsidRDefault="00B4441C" w14:paraId="780565B4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r>
               <w:t>Förstahandsv</w:t>
             </w:r>
             <w:r w:rsidRPr="0004637D">
               <w:t>al</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="021BA234" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0004637D" w:rsidRDefault="00B4441C" w:rsidP="00897B51">
+          <w:p w:rsidRPr="0004637D" w:rsidR="00B4441C" w:rsidP="00897B51" w:rsidRDefault="00B4441C" w14:paraId="021BA234" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="0004637D">
               <w:t>Dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="792A6972" w14:textId="4DF59ED2" w:rsidR="00B4441C" w:rsidRPr="0004637D" w:rsidRDefault="00B4441C" w:rsidP="00897B51">
+          <w:p w:rsidRPr="0004637D" w:rsidR="00B4441C" w:rsidP="00897B51" w:rsidRDefault="00B4441C" w14:paraId="792A6972" w14:textId="4DF59ED2">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="007A5D7E">
               <w:t>Vid allergi mot 1:a</w:t>
             </w:r>
             <w:r w:rsidR="00291A13">
               <w:t>-hands</w:t>
             </w:r>
             <w:r w:rsidRPr="007A5D7E">
               <w:t>val</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B1C4256" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0004637D" w:rsidRDefault="00B4441C" w:rsidP="00897B51">
+          <w:p w:rsidRPr="0004637D" w:rsidR="00B4441C" w:rsidP="00897B51" w:rsidRDefault="00B4441C" w14:paraId="6B1C4256" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="0004637D">
               <w:t>Dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="6664B63C" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="6664B63C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="356"/>
+          <w:trHeight w:val="356" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F12BE8" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="79F12BE8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>KOL med exacerbation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="342E5BC4" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="342E5BC4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71834B09" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="71834B09" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54E29A7E" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="54E29A7E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="144DC84A" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="144DC84A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="070983AC" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="070983AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130D0739" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="130D0739" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00053EC5">
               <w:t>Trimetoprim-su</w:t>
             </w:r>
             <w:r>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="00053EC5">
               <w:t>fametoxazol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75DACFD9" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="75DACFD9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00E42A44">
               <w:t>10mlx2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="08519054" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="08519054" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="520C0F1D" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="520C0F1D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pneumoni, normalfall</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId38">
               <w:r w:rsidR="001B6FC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>RMR</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009B37C0">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40B0061F" w14:textId="39261895" w:rsidR="009B37C0" w:rsidRPr="0046333F" w:rsidRDefault="009B37C0" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="009B37C0" w:rsidP="00B4441C" w:rsidRDefault="009B37C0" w14:paraId="40B0061F" w14:textId="39261895">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009B37C0">
               <w:t>Standardvårdplan i Melior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BE7A370" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3BE7A370" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4075C0CD" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="4075C0CD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00724C66" w14:textId="71C0935A" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00A84E94" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00A84E94" w14:paraId="00724C66" w14:textId="71C0935A">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Cefotaxim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BE982F4" w14:textId="076D344B" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00A84E94" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00A84E94" w14:paraId="3BE982F4" w14:textId="076D344B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B4441C" w:rsidRPr="0046333F">
+            <w:r w:rsidRPr="0046333F" w:rsidR="00B4441C">
               <w:t>gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="673A6117" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="673A6117" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C1AA29C" w14:textId="62735AAF" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3C1AA29C" w14:textId="62735AAF">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pneumoni, IVA-vård</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId39">
               <w:r w:rsidR="001B6FC7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>RMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="64DD0812" w14:textId="50B56FB6" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="009B37C0" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="009B37C0" w14:paraId="64DD0812" w14:textId="50B56FB6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B37C0">
               <w:t>Standardvårdplan i Melior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E8B8CBC" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="0E8B8CBC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pip</w:t>
             </w:r>
             <w:r>
               <w:t>eracillin-tazobactam</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AA2B4E2" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1AA2B4E2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>erytromycin*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F01F87F" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="6F01F87F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4gx4+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39A71B65" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="39A71B65" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AD2C3E3" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5AD2C3E3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Cefotaxim+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62B1BF44" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="62B1BF44" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>erytromycin*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="580391CE" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="580391CE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>gx3+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BFD8094" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1BFD8094" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="269846F0" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="269846F0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AB9974" w14:textId="3880A7F3" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="45AB9974" w14:textId="3880A7F3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Febril UVI</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId40">
               <w:r w:rsidRPr="0046333F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standardvårdplan </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="632AD8C5" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="632AD8C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Tobramycin**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCAF167" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7DCAF167" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t xml:space="preserve">4,5mg/kg </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9BF593" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="6D9BF593" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pip</w:t>
             </w:r>
             <w:r>
               <w:t>eracillin-tazobactam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1328FDAB" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1328FDAB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="647B28F3" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="647B28F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3AE63968" w14:textId="218D33F9" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3AE63968" w14:textId="218D33F9">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Akut bukinfektion</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, se riktlinje </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId41">
               <w:r w:rsidRPr="00E27C28">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Antibiotikabehandling vid akut bu</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t xml:space="preserve">k </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D352AEA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="2D352AEA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pip</w:t>
             </w:r>
             <w:r>
               <w:t>eracillin-</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>taz</w:t>
             </w:r>
             <w:r>
               <w:t>obactam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BBC2E91" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="6BBC2E91" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D536F88" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="2D536F88" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Trimetoprim-sulfametoxazol+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74EA7BCF" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="74EA7BCF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>metronidazol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="629CB85F" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="629CB85F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>10mlx2+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3159FE3D" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3159FE3D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>1-1,5gx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="5522FE3F" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="5522FE3F" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63DED45B" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="63DED45B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Erysipelas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76859E57" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="76859E57" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F187666" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7F187666" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="68831E90" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="68831E90" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Klindamycin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="09386FBB" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="09386FBB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>0,6gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="24D61B59" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="24D61B59" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A80A242" w14:textId="6CB22D79" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3A80A242" w14:textId="6CB22D79">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId42">
               <w:r w:rsidRPr="008B03C9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Infekterat djurbett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73DDA2FA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="73DDA2FA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18C24B55" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="18C24B55" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70D0AEC1" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="70D0AEC1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Doxycyklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10CD08C5" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="10CD08C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>100mgx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="24232695" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="24232695" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="44E3FE7F" w14:textId="257D9E75" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="44E3FE7F" w14:textId="257D9E75">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Infekterad diabetesfot</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId43">
               <w:r w:rsidRPr="0046333F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Processriktlinje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79A72DD1" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="79A72DD1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Kloxacillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D95A968" w14:textId="3B5B1EA2" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1D95A968" w14:textId="3B5B1EA2">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>2gx</w:t>
             </w:r>
             <w:r w:rsidR="00C94485">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1190C5A3" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1190C5A3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Klindamycin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79FAC34C" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="79FAC34C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>0,6gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="1C66D8C2" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="1C66D8C2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="738BF239" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="738BF239" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Bakteriell inf med okänt fokus men ej </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD87B94" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5AD87B94" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>livshotande organdysfunktion (sepsis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E09B4CF" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3E09B4CF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Bensylpenicillin</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="156A2D16" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="156A2D16" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>tobramycin**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25506E33" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="25506E33" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19A05FC4" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="19A05FC4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4,5mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38868F63" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="38868F63" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Cefotaxim </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D3790C0" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1D3790C0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> eller Klindamycin + tobramycin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77B8C9AC" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="77B8C9AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>gx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="071DC6F8" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="071DC6F8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>0,6gx3 + 4,5mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="3061A4B0" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="3061A4B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48FB8F3C" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="48FB8F3C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId44">
               <w:r w:rsidRPr="00B4441C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Sepsis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> (se ovan) men ej chock</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30965AF3" w14:textId="5D32E8A2" w:rsidR="00206890" w:rsidRDefault="008B03C9" w:rsidP="00B4441C">
+          <w:p w:rsidR="00206890" w:rsidP="00B4441C" w:rsidRDefault="008B03C9" w14:paraId="30965AF3" w14:textId="5D32E8A2">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00206890">
               <w:t>Om pneumoni</w:t>
             </w:r>
             <w:r>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00040491">
               <w:t xml:space="preserve"> Följ standardvårdplan</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00040491">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64490285" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="64490285" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Piperacillin-tazobactam</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="132BF944" w14:textId="77E053D3" w:rsidR="009B37C0" w:rsidRDefault="00040491" w:rsidP="00B4441C">
+          <w:p w:rsidR="009B37C0" w:rsidP="00B4441C" w:rsidRDefault="00040491" w14:paraId="132BF944" w14:textId="77E053D3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>om okänt infektionsfokus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19066924" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="19066924" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>4gx3-4***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25FC4FD7" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="25FC4FD7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Cefotaxim***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B8FA2B3" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5B8FA2B3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="5BD98A1E" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="5BD98A1E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E184CFF" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="4E184CFF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Septisk chock***</w:t>
             </w:r>
             <w:r w:rsidRPr="00C52723">
               <w:t>Processriktlinje</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId45">
               <w:r w:rsidRPr="00C52723">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Sepsis och septisk chock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2CF7D0DA" w14:textId="154EAB34" w:rsidR="009B37C0" w:rsidRPr="0046333F" w:rsidRDefault="009B37C0" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="009B37C0" w:rsidP="00B4441C" w:rsidRDefault="009B37C0" w14:paraId="2CF7D0DA" w14:textId="154EAB34">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B37C0">
               <w:t>Standardvårdplan i Melior</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A13F7AA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3A13F7AA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Piperacillin-tazobactam</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B10FEA4" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="2B10FEA4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>tobramycin**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460590CD" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="460590CD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4gx3-4*** +</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E90DD4A" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5E90DD4A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>5-</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>7 mg/kg*</w:t>
             </w:r>
             <w:r>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76865165" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="76865165" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Meropenem***</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19ED9704" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="19ED9704" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>tobramycin**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AC729BA" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="4AC729BA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>gx3+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5598A407" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5598A407" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>5-</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>7 mg/kgx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="34E039FA" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="34E039FA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4394781D" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="4394781D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Febril neutropeni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31D0DADC" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="31D0DADC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bensylp</w:t>
             </w:r>
             <w:r>
               <w:t>enicillin</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t xml:space="preserve"> + tobramycin**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3468FA19" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3468FA19" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>3gx3</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> +</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t xml:space="preserve"> 6 mg/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A4F5232" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="3A4F5232" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Trimetoprim</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>sulfa</w:t>
             </w:r>
             <w:r>
               <w:t>metoxazol</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10111C16" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="10111C16" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>tobramycin**</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B6F3C40" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7B6F3C40" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75674F4B" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="75674F4B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>10mlx2+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1759EDC1" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="1759EDC1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>6mg/kgx1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7002C22D" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7002C22D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="7442E6C3" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="7442E6C3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="191CE897" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="191CE897" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0513A840" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="0513A840" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Pip</w:t>
             </w:r>
             <w:r>
               <w:t>eracillin-</w:t>
             </w:r>
             <w:r w:rsidRPr="0046333F">
               <w:t>taz</w:t>
             </w:r>
             <w:r>
               <w:t>obactam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2A45FD" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5E2A45FD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>4gx3-4***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16CBD13B" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="16CBD13B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24268181" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="24268181" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="0410380D" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="0410380D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="459BA9D2" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="459BA9D2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FCEB52D" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7FCEB52D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Meropenem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38098206" w14:textId="33A0F23A" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="002E2844" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="002E2844" w14:paraId="38098206" w14:textId="33A0F23A">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5FCDF1A0" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="5FCDF1A0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ABB71F8" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7ABB71F8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B4441C" w14:paraId="2007F332" w14:textId="77777777" w:rsidTr="00B4441C">
+      <w:tr w:rsidR="00B4441C" w:rsidTr="00B4441C" w14:paraId="2007F332" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D42EF0F" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="7D42EF0F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Bakteriell Meningit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDA1654" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="0BDA1654" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Meropenem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48973C01" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="48973C01" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>2gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE5C1A3" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="6CE5C1A3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0046333F">
               <w:t>Sök infektionskonsult</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="68" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45426ACC" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="0046333F" w:rsidRDefault="00B4441C" w:rsidP="00B4441C">
+          <w:p w:rsidRPr="0046333F" w:rsidR="00B4441C" w:rsidP="00B4441C" w:rsidRDefault="00B4441C" w14:paraId="45426ACC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43C36CE1" w14:textId="77777777" w:rsidR="00B4441C" w:rsidRPr="002509D7" w:rsidRDefault="00B4441C" w:rsidP="002509D7">
+    <w:p w:rsidRPr="002509D7" w:rsidR="00B4441C" w:rsidP="002509D7" w:rsidRDefault="00B4441C" w14:paraId="43C36CE1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ALLMÄNT: sök gärna infektionskonsult vid osäkerhet kring dosering, antibiotikaval och värdering av allvarlighetsgrad. (Sökare </w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>7043</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B34BEF8" w14:textId="4A499F00" w:rsidR="00B4441C" w:rsidRPr="002509D7" w:rsidRDefault="00B4441C" w:rsidP="002509D7">
+    <w:p w:rsidRPr="002509D7" w:rsidR="00B4441C" w:rsidP="002509D7" w:rsidRDefault="00B4441C" w14:paraId="3B34BEF8" w14:textId="4A499F00">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Uteslut långt QT-syndrom med EKG innan erytromycin ges intravenöst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718EF1A7" w14:textId="6667E657" w:rsidR="00B4441C" w:rsidRPr="002509D7" w:rsidRDefault="00B4441C" w:rsidP="002509D7">
+    <w:p w:rsidRPr="002509D7" w:rsidR="00B4441C" w:rsidP="002509D7" w:rsidRDefault="00B4441C" w14:paraId="718EF1A7" w14:textId="6667E657">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Tobramycinkoncentration ska kontrolleras fortlöpande, se rubrik Koncentrationsbestämning av s-tobramycin. </w:t>
       </w:r>
       <w:r w:rsidR="002D2D13">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Ej  </w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Tobramycin s pågående/ planerad behandling med cisplatin</w:t>
       </w:r>
       <w:r w:rsidR="002D2D13">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F83F3D" w14:textId="0A56D808" w:rsidR="00B4441C" w:rsidRDefault="00B4441C" w:rsidP="006D6FF6">
+    <w:p w:rsidR="00B4441C" w:rsidP="006D6FF6" w:rsidRDefault="00B4441C" w14:paraId="64F83F3D" w14:textId="0A56D808">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>***</w:t>
       </w:r>
       <w:r w:rsidR="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
@@ -7804,2745 +7753,2748 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dos</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dvs. efter 3-4 timmar och den tredje 6-8 timmar efter den första dosen.</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>OBS! Anpassa doseringen efter njurfunktion, framför allt vid behandling med trimetoprimsulfa och tobramycin</w:t>
       </w:r>
       <w:r w:rsidRPr="002509D7">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D5AD26" w14:textId="77777777" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+    <w:p w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="75D5AD26" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="Bilaga2"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc161649642"/>
+      <w:bookmarkStart w:name="Bilaga2" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc161649642" w:id="57"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 2 - Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
-    <w:p w14:paraId="1D76CB91" w14:textId="3A71B6F3" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+    <w:p w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1D76CB91" w14:textId="3A71B6F3">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabellen anger substansnamn. För preparatval, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId46">
         <w:r w:rsidRPr="00237EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utbytbarhet i FASS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId47">
         <w:r w:rsidRPr="00237EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hamlet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (behörighet krävs).</w:t>
       </w:r>
       <w:r w:rsidR="00C35A3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
-        <w:r w:rsidR="00C35A3E" w:rsidRPr="00C35A3E">
+      <w:hyperlink w:history="1" r:id="rId48">
+        <w:r w:rsidRPr="00C35A3E" w:rsidR="00C35A3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Länk till Nationell Strama-app</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14259" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="17" w:type="dxa"/>
           <w:bottom w:w="17" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblDescription w:val="Tabellen ger förslag på peroralt antibiotikapreparat och dosering för, dels olika diagnoser/tillstånd där den mikrobiologiska orsaken inte är känd, dels alternativt preparat om patienten är allergisk mot det föreslagna preparatet. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3715"/>
         <w:gridCol w:w="3045"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2979"/>
         <w:gridCol w:w="1914"/>
         <w:gridCol w:w="995"/>
         <w:gridCol w:w="52"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00897B51" w14:paraId="7985BF72" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="7985BF72" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="312"/>
+          <w:trHeight w:val="312" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="32E0DFB6" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="32E0DFB6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Diagnos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="77F325E0" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="77F325E0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="007A5D7E">
               <w:t>Förstahandsval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4600FDA2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4600FDA2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0F020D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2F0F020D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Vid allergi</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> mot 1:a val</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCE6A29" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6DCE6A29" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:spacing w:before="0" w:after="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Dos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="22CBA500" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="22CBA500" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Dgr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="6DB80498" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="6DB80498" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0E7F70" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1B0E7F70" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sinuit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="163BAB74" w14:textId="015B3499" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="163BAB74" w14:textId="015B3499">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Riktlinje: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId49">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Antibiotikaval inom ÖNH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2D4AB9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0A2D4AB9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06985CEC" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="06985CEC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1,6gx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E3188AD" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1E3188AD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D551E80" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6D551E80" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Doxycyklin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7580038A" w14:textId="107484B8" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7580038A" w14:textId="107484B8">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mg dag 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B14CCD4" w14:textId="62FDE97D" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4B14CCD4" w14:textId="62FDE97D">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sedan 100</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7802B90E" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7802B90E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B823856" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1B823856" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="263AC392" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="263AC392" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="479534C1" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="479534C1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GAS-tonsillit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42159B91" w14:textId="7EC6420A" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="42159B91" w14:textId="7EC6420A">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Riktlinje: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId50">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Antibiotikaval inom ÖNH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51FDE024" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="51FDE024" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="138CB673" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="138CB673" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18400670" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="18400670" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klindamycin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B43B40D" w14:textId="61144DF3" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6B43B40D" w14:textId="61144DF3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5F4DDC" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1F5F4DDC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="6EBE2D3A" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="6EBE2D3A" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="376D78EE" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="376D78EE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akut mediaotit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DC50179" w14:textId="0CA25B3E" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7DC50179" w14:textId="0CA25B3E">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Riktlinje: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId51">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Antibiotikaval inom ÖNH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09D675F2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="09D675F2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0377897A" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0377897A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1,6-2gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE1C884" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1BE1C884" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Doxycyklin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD63676" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3FD63676" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17F423C9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="17F423C9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Se sinuitdosering </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0DA479" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0C0DA479" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="026B7041" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="026B7041" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="5F7953E8" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="5F7953E8" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10D9EC15" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="10D9EC15" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>KOL-exacerbation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13429C4D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="13429C4D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Amoxicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D72F210" w14:textId="1F6212B6" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7D72F210" w14:textId="1F6212B6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>750</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBD4394" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3DBD4394" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Doxycyklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20D650AC" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="20D650AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Se sinuitdosering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58E18A09" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="58E18A09" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="4A9E1718" w14:textId="77777777" w:rsidTr="00180324">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00180324" w14:paraId="4A9E1718" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="076B6D9D" w14:textId="2F87100D" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00180324">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00180324" w:rsidRDefault="00897B51" w14:paraId="076B6D9D" w14:textId="2F87100D">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pneumoni</w:t>
             </w:r>
             <w:r w:rsidR="00180324">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId52">
               <w:r w:rsidR="00180324">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>RMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F58C1E7" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3F58C1E7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1398A7" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4B1398A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49D4216C" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="49D4216C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Doxycyklin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A131582" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6A131582" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Se sinuitdosering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="525CBBD1" w14:textId="2D50B14F" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00180324">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00180324" w:rsidRDefault="00897B51" w14:paraId="525CBBD1" w14:textId="2D50B14F">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="07BA75E8" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="07BA75E8" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE8C937" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2DE8C937" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Erysipelas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="567C001F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="567C001F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1D877D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6E1D877D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE3CBA1" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7DE3CBA1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klindamycin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2707DE32" w14:textId="62FF4B93" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2707DE32" w14:textId="62FF4B93">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73E3DDA2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="73E3DDA2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="757D12B2" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="757D12B2" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="174A080C" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="174A080C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Infekterat djurbett</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2361C5" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0E2361C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fenoximetylpenicillin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6A78E3" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7E6A78E3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55AC90C1" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="55AC90C1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Doxyferm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="583A125B" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="583A125B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Se sinuitdosering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46DF0985" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="46DF0985" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="3985AF14" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="3985AF14" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A433FA2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="5A433FA2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Infekterad diabetesfot</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60ED0530" w14:textId="6C368323" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="60ED0530" w14:textId="6C368323">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId53">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Processriktlinje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FECEC62" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7FECEC62" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flukloxacillin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F3565A9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3F3565A9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E89DA2F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7E89DA2F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1gx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09843C75" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="09843C75" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="310FFFE3" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="310FFFE3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Klindamycin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD887D2" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4DD887D2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06DF73C3" w14:textId="7703409B" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="06DF73C3" w14:textId="7703409B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2-3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4568A59B" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4568A59B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA5F3C3" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="5AA5F3C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>Olika</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B85727B" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2B85727B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="1C904417" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="1C904417" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="589A564D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="589A564D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Okomplicerad UVI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33ED9F1E" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="33ED9F1E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ej feber</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DFDFEE4" w14:textId="345D9D23" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3DFDFEE4" w14:textId="345D9D23">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId54">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Standardvårdplan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5428451F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="5428451F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pivmecillinam</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27F09D5D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="27F09D5D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>eller</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54D1D03A" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="54D1D03A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nitrofurantoin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="102E19F0" w14:textId="3515C638" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="102E19F0" w14:textId="3515C638">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53A5CFFF" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="53A5CFFF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B29523D" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1B29523D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50 mgx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B44B784" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1B44B784" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nitrofurantoin (vid pc-allergi)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36411620" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="36411620" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79FA94ED" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="79FA94ED" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pivmecillinam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3036FE" w14:textId="52D28453" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1D3036FE" w14:textId="52D28453">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DBA8184" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="5DBA8184" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57079D96" w14:textId="712B5478" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="57079D96" w14:textId="712B5478">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A356E44" w14:textId="77777777" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="5A356E44" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="353710E7" w14:textId="0F0475AE" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="353710E7" w14:textId="0F0475AE">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Q5 M7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="24536EF2" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="24536EF2" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6590D57C" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6590D57C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Febril UVI kvinnor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="005AD98E" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="005AD98E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3858D874" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3858D874" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ciprofloxacin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4374B900" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="4374B900" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEA1B93" w14:textId="69997460" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6FEA1B93" w14:textId="69997460">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0330C9CC" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0330C9CC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01BA4019" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="01BA4019" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6139C045" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6139C045" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cefixim (regional licens)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9208F3" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7F9208F3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206E4E70" w14:textId="26546426" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="206E4E70" w14:textId="26546426">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42C3D16A" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="42C3D16A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D45A838" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="6D45A838" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="259DF6CA" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="259DF6CA" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD40478" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2FD40478" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Febril UVI män</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73BC3F2A" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="73BC3F2A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ciprofloxacin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17D02AB7" w14:textId="3F127219" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="17D02AB7" w14:textId="3F127219">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28037D15" w14:textId="0EC79176" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="28037D15" w14:textId="0EC79176">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cefixim (regional licens)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28E256DD" w14:textId="0E92D6A8" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="28E256DD" w14:textId="0E92D6A8">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2B13A9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0E2B13A9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="34F82466" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="34F82466" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="52" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3811664B" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="3811664B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Divertikulit </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00897B51">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Inte alltid antibiotika</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E8E2CF5" w14:textId="20992319" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="0E8E2CF5" w14:textId="20992319">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId55">
               <w:r w:rsidRPr="00897B51">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>SÄS-riktlinje</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3045" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5F6115" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7F5F6115" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Trimetoprim-sulfametoxazol* </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="091C57AC" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="091C57AC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">och </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F5C0A79" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="1F5C0A79" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metronidazol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="290A8525" w14:textId="41B00026" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="290A8525" w14:textId="41B00026">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>160/800</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13A2B755" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="13A2B755" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="645FF804" w14:textId="18028E32" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="645FF804" w14:textId="18028E32">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50BA9DE0" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="50BA9DE0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ciprofloxacin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22476DD9" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="22476DD9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">och </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="294DDEA6" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="294DDEA6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>metronidazol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B633E5A" w14:textId="32419E22" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="2B633E5A" w14:textId="32419E22">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="195BD771" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="195BD771" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7364CE3C" w14:textId="1A5C538C" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7364CE3C" w14:textId="1A5C538C">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00897B51">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgx3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D48B8DF" w14:textId="77777777" w:rsidR="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="7D48B8DF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="69E9448F" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="69E9448F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B364A8">
               <w:t>7-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00897B51" w14:paraId="48379137" w14:textId="77777777" w:rsidTr="00B530A9">
+      <w:tr w:rsidR="00897B51" w:rsidTr="00B530A9" w14:paraId="48379137" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14259" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E993FF6" w14:textId="223F1871" w:rsidR="00897B51" w:rsidRPr="00B364A8" w:rsidRDefault="00897B51" w:rsidP="008346F1">
+          <w:p w:rsidRPr="00B364A8" w:rsidR="00897B51" w:rsidP="008346F1" w:rsidRDefault="00897B51" w14:paraId="2E993FF6" w14:textId="223F1871">
             <w:pPr>
               <w:pStyle w:val="Beskrivning"/>
               <w:spacing w:before="40"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>* I normalfallet ges ”fortevarianten” av trimetoprim-sulfametoxazol (160/800</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mg). Dosreduktion vid nedsatt njurfunktion (80/400</w:t>
             </w:r>
             <w:r w:rsidR="008346F1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50FD3C48" w14:textId="77777777" w:rsidR="00897B51" w:rsidRPr="00897B51" w:rsidRDefault="00897B51" w:rsidP="00897B51">
+    <w:p w:rsidRPr="00897B51" w:rsidR="00897B51" w:rsidP="00897B51" w:rsidRDefault="00897B51" w14:paraId="50FD3C48" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="58" w:name="Bilaga3"/>
-    <w:bookmarkStart w:id="59" w:name="_Toc161649643"/>
+    <w:bookmarkStart w:name="Bilaga3" w:id="58"/>
+    <w:bookmarkStart w:name="_Toc161649643" w:id="59"/>
     <w:bookmarkEnd w:id="58"/>
-    <w:p w14:paraId="2A8B1D4F" w14:textId="7C193E2B" w:rsidR="00B4441C" w:rsidRDefault="00A414CC" w:rsidP="00AC36B5">
+    <w:p w:rsidR="00B4441C" w:rsidP="00AC36B5" w:rsidRDefault="00A414CC" w14:paraId="2A8B1D4F" w14:textId="7C193E2B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="40"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00BDB972" wp14:editId="3D2C66EC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-3810</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>322580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="9245600" cy="762635"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="18415"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Textruta 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="9245600" cy="762635"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="72156"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="42EDDA49" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CB77AF" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00CB77AF" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="42EDDA49" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="Rubrik6"/>
                               <w:spacing w:before="20"/>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00CB77AF">
                               <w:rPr>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                               </w:rPr>
                               <w:t>Utsättning av intravenöst antibiotikum</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="39DC0DBE" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00AD56A2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00AD56A2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="39DC0DBE" w14:textId="77777777">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00AD56A2">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>utvärdering efter tre dygns behandling</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4A080917" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00230FB9" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00230FB9" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="4A080917" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="00BDB972" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <w:pict w14:anchorId="5D5015BF">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="00BDB972">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 20" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-.3pt;margin-top:25.4pt;width:728pt;height:60.05pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoOWfJKQIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06ShzZao6WrpUoS0&#10;XKSFD3AcJ7FwPMZ2m5SvZ2K33S6IF0QerLHHPmfmzEzWt2OvyEFYJ0GXdD5LKRGaQy11W9JvX3ev&#10;VpQ4z3TNFGhR0qNw9Hbz8sV6MIXIoANVC0sQRLtiMCXtvDdFkjjeiZ65GRih0dmA7ZnHrW2T2rIB&#10;0XuVZGmaJwPY2ljgwjk8vY9Ougn4TSO4/9w0TniiSoqx+bDasFbTmmzWrGgtM53kpzDYP0TRM6mR&#10;9AJ1zzwjeyv/gOolt+Cg8TMOfQJNI7kIOWA28/S3bB47ZkTIBcVx5iKT+3+w/NPh0XyxxI9vYcQC&#10;hiSceQD+3REN247pVtxZC0MnWI3E80myZDCuOD2dpHaFm0Cq4SPUWGS29xCAxsb2kyqYJ0F0LMDx&#10;IroYPeF4+CZbLPMUXRx9N3mWv14GClacXxvr/HsBPZmMklosakBnhwfnp2hYcb4ykTlQst5JpcLG&#10;ttVWWXJg2AA7/JApPnl2TWkylBSp0yjAXyHS8EV6ZToWgW+y+TI/40bGENYzjl56bHUl+5KuIkpo&#10;vknXd7oOtmdSRRtzUvok9KRtVNmP1YgXJ8ErqI8ouYXY0jiCaHRgf1IyYDuX1P3YMysoUR80lm21&#10;mGdL7P+wWWRpnlFirz3VtYdpjlAl9ZREc+vjzOyNlW2HTLFRNNxhqRsZqvAU1SlubNmgwmm8ppm4&#10;3odbTz+BzS8AAAD//wMAUEsDBBQABgAIAAAAIQCesuXo3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWruoKSXEqRAVhx7bInF14yWJEq+t2GnC37M9wW1XM5p5U+xm14sr&#10;DrH1pGG1VCCQKm9bqjV8nj8WWxAxGbKm94QafjDCrry/K0xu/URHvJ5SLTiEYm40NCmFXMpYNehM&#10;XPqAxNq3H5xJ/A61tIOZONz18kmpjXSmJW5oTMD3BqvuNDouqcYw+e5w2IevvQ2rLmXHbdL68WF+&#10;ewWRcE5/ZrjhMzqUzHTxI9koeg2LDRs1ZIoH3OR1lq1BXPh6Vi8gy0L+X1D+AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACg5Z8kpAgAATAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJ6y5ejcAAAACQEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" fillcolor="yellow" strokeweight=".5pt">
+              <v:shape id="Textruta 20" style="position:absolute;margin-left:-.3pt;margin-top:25.4pt;width:728pt;height:60.05pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="yellow" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoOWfJKQIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06ShzZao6WrpUoS0&#10;XKSFD3AcJ7FwPMZ2m5SvZ2K33S6IF0QerLHHPmfmzEzWt2OvyEFYJ0GXdD5LKRGaQy11W9JvX3ev&#10;VpQ4z3TNFGhR0qNw9Hbz8sV6MIXIoANVC0sQRLtiMCXtvDdFkjjeiZ65GRih0dmA7ZnHrW2T2rIB&#10;0XuVZGmaJwPY2ljgwjk8vY9Ougn4TSO4/9w0TniiSoqx+bDasFbTmmzWrGgtM53kpzDYP0TRM6mR&#10;9AJ1zzwjeyv/gOolt+Cg8TMOfQJNI7kIOWA28/S3bB47ZkTIBcVx5iKT+3+w/NPh0XyxxI9vYcQC&#10;hiSceQD+3REN247pVtxZC0MnWI3E80myZDCuOD2dpHaFm0Cq4SPUWGS29xCAxsb2kyqYJ0F0LMDx&#10;IroYPeF4+CZbLPMUXRx9N3mWv14GClacXxvr/HsBPZmMklosakBnhwfnp2hYcb4ykTlQst5JpcLG&#10;ttVWWXJg2AA7/JApPnl2TWkylBSp0yjAXyHS8EV6ZToWgW+y+TI/40bGENYzjl56bHUl+5KuIkpo&#10;vknXd7oOtmdSRRtzUvok9KRtVNmP1YgXJ8ErqI8ouYXY0jiCaHRgf1IyYDuX1P3YMysoUR80lm21&#10;mGdL7P+wWWRpnlFirz3VtYdpjlAl9ZREc+vjzOyNlW2HTLFRNNxhqRsZqvAU1SlubNmgwmm8ppm4&#10;3odbTz+BzS8AAAD//wMAUEsDBBQABgAIAAAAIQCesuXo3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcWruoKSXEqRAVhx7bInF14yWJEq+t2GnC37M9wW1XM5p5U+xm14sr&#10;DrH1pGG1VCCQKm9bqjV8nj8WWxAxGbKm94QafjDCrry/K0xu/URHvJ5SLTiEYm40NCmFXMpYNehM&#10;XPqAxNq3H5xJ/A61tIOZONz18kmpjXSmJW5oTMD3BqvuNDouqcYw+e5w2IevvQ2rLmXHbdL68WF+&#10;ewWRcE5/ZrjhMzqUzHTxI9koeg2LDRs1ZIoH3OR1lq1BXPh6Vi8gy0L+X1D+AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACg5Z8kpAgAATAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJ6y5ejcAAAACQEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;">
                 <v:stroke opacity="47288f"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="42EDDA49" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CB77AF" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00CB77AF" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="1A781520" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Rubrik6"/>
                         <w:spacing w:before="20"/>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00CB77AF">
                         <w:rPr>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                         </w:rPr>
                         <w:t>Utsättning av intravenöst antibiotikum</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="39DC0DBE" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00AD56A2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00AD56A2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="63CA941B" w14:textId="77777777">
                       <w:pPr>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00AD56A2">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>utvärdering efter tre dygns behandling</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4A080917" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00230FB9" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00230FB9" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="672A6659" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00AC36B5" w:rsidRPr="00AC36B5">
+      <w:r w:rsidRPr="00AC36B5" w:rsidR="00AC36B5">
         <w:t>Bilaga 3 - Peroralt antibiotikaval; mikrobiologisk etiologi inte känd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w14:paraId="5E929ABD" w14:textId="52A561B6" w:rsidR="00AC36B5" w:rsidRPr="00AC36B5" w:rsidRDefault="006C57C0" w:rsidP="00AC36B5">
+    <w:p w:rsidRPr="00AC36B5" w:rsidR="00AC36B5" w:rsidP="00AC36B5" w:rsidRDefault="006C57C0" w14:paraId="5E929ABD" w14:textId="52A561B6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DA25251" wp14:editId="7401F06F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7956550</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3930650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="312420" cy="328424"/>
                 <wp:effectExtent l="19050" t="0" r="11430" b="33655"/>
                 <wp:wrapNone/>
                 <wp:docPr id="29" name="Pil: nedåt 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -10552,103 +10504,103 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="312420" cy="328424"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 56511"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="37B41027" w14:textId="77777777" w:rsidR="006C57C0" w:rsidRPr="006F71F2" w:rsidRDefault="006C57C0" w:rsidP="006C57C0">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="006C57C0" w:rsidP="006C57C0" w:rsidRDefault="006C57C0" w14:paraId="37B41027" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="2DA25251" id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+            <w:pict w14:anchorId="3E0758AE">
+              <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe" w14:anchorId="2DA25251">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
-                <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                <v:path textboxrect="@1,0,@2,@6" o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0"/>
                 <v:handles>
                   <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
-              <v:shape id="Pil: nedåt 29" o:spid="_x0000_s1027" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:626.5pt;margin-top:309.5pt;width:24.6pt;height:25.85pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYtnoCLwIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0zTZtipR09WqSxHS&#10;cpEWPsCxncTgeIztNi1fz8RJSwo8IfJgzXjsMzPnjLO5P7WaHKXzCkxB09mcEmk4CGXqgn75vH+1&#10;psQHZgTTYGRBz9LT++3LF5vO5jKDBrSQjiCI8XlnC9qEYPMk8byRLfMzsNJgsALXsoCuqxPhWIfo&#10;rU6y+XyVdOCEdcCl97j7OATpNuJXleThY1V5GYguKNYW4uriWvZrst2wvHbMNoqPZbB/qKJlymDS&#10;K9QjC4wcnPoDqlXcgYcqzDi0CVSV4jL2gN2k89+6eW6YlbEXJMfbK03+/8HyD8dn+8n1pXv7BPyb&#10;JwZ2DTO1fHAOukYygenSnqiksz6/Xugdj1dJ2b0HgdKyQ4DIwalybQ+I3ZFTpPp8pVqeAuG4eZdm&#10;iwwF4Ri6y9aLbBEzsPxy2Tof3kpoSW8UVEBnYkExAzs++RDpFsSwtk8uvqaUVK1G9Y5Mk+Ucv1Hd&#10;yZns5sxqmQ6NsXxETFh+SRwpAa3EXmkdHVeXO+0Iwhd0j9+QAK/46TFtSFfQ18tsGUu9ifkpRF/h&#10;3yEcHIyIk9nT/2a0A1N6sDGlNqMevQT9tPs8nMoTUWIUq98pQZxRIAfD2OMzRaMB94OSDke+oP77&#10;gTlJiX5nUOT1IsWiSYgOqrNCttw0Uk4jzHCEKmigZDB3YXhXB+tU3WCmNBJg4AEHo1LhMkFDVWP5&#10;ONZo3bybqR9P/fpRbH8CAAD//wMAUEsDBBQABgAIAAAAIQCQ7nBp4QAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ1UJCHEqQCJGwhayqE3J16SCP9EsdOGt2d7gtvO7mj2&#10;m2qzWMOOOIXBOwnJSgBD13o9uE7C/uP5pgAWonJaGe9Qwg8G2NSXF5UqtT+5LR53sWMU4kKpJPQx&#10;jiXnoe3RqrDyIzq6ffnJqkhy6rie1InCreGpEBm3anD0oVcjPvXYfu9mK+E9+XzdHorJqMcsf2v2&#10;xawPLyjl9dXycA8s4hL/zHDGJ3Soianxs9OBGdLp7ZrKRAlZckfD2bIWaQqsoVUucuB1xf+3qH8B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmLZ6Ai8CAABwBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkO5waeEAAAANAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" adj="9988" fillcolor="yellow">
+              <v:shape id="Pil: nedåt 29" style="position:absolute;left:0;text-align:left;margin-left:626.5pt;margin-top:309.5pt;width:24.6pt;height:25.85pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="yellow" type="#_x0000_t67" adj="9988" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYtnoCLwIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/0zTZtipR09WqSxHS&#10;cpEWPsCxncTgeIztNi1fz8RJSwo8IfJgzXjsMzPnjLO5P7WaHKXzCkxB09mcEmk4CGXqgn75vH+1&#10;psQHZgTTYGRBz9LT++3LF5vO5jKDBrSQjiCI8XlnC9qEYPMk8byRLfMzsNJgsALXsoCuqxPhWIfo&#10;rU6y+XyVdOCEdcCl97j7OATpNuJXleThY1V5GYguKNYW4uriWvZrst2wvHbMNoqPZbB/qKJlymDS&#10;K9QjC4wcnPoDqlXcgYcqzDi0CVSV4jL2gN2k89+6eW6YlbEXJMfbK03+/8HyD8dn+8n1pXv7BPyb&#10;JwZ2DTO1fHAOukYygenSnqiksz6/Xugdj1dJ2b0HgdKyQ4DIwalybQ+I3ZFTpPp8pVqeAuG4eZdm&#10;iwwF4Ri6y9aLbBEzsPxy2Tof3kpoSW8UVEBnYkExAzs++RDpFsSwtk8uvqaUVK1G9Y5Mk+Ucv1Hd&#10;yZns5sxqmQ6NsXxETFh+SRwpAa3EXmkdHVeXO+0Iwhd0j9+QAK/46TFtSFfQ18tsGUu9ifkpRF/h&#10;3yEcHIyIk9nT/2a0A1N6sDGlNqMevQT9tPs8nMoTUWIUq98pQZxRIAfD2OMzRaMB94OSDke+oP77&#10;gTlJiX5nUOT1IsWiSYgOqrNCttw0Uk4jzHCEKmigZDB3YXhXB+tU3WCmNBJg4AEHo1LhMkFDVWP5&#10;ONZo3bybqR9P/fpRbH8CAAD//wMAUEsDBBQABgAIAAAAIQCQ7nBp4QAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ1UJCHEqQCJGwhayqE3J16SCP9EsdOGt2d7gtvO7mj2&#10;m2qzWMOOOIXBOwnJSgBD13o9uE7C/uP5pgAWonJaGe9Qwg8G2NSXF5UqtT+5LR53sWMU4kKpJPQx&#10;jiXnoe3RqrDyIzq6ffnJqkhy6rie1InCreGpEBm3anD0oVcjPvXYfu9mK+E9+XzdHorJqMcsf2v2&#10;xawPLyjl9dXycA8s4hL/zHDGJ3Soianxs9OBGdLp7ZrKRAlZckfD2bIWaQqsoVUucuB1xf+3qH8B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmLZ6Ai8CAABwBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkO5waeEAAAANAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="37B41027" w14:textId="77777777" w:rsidR="006C57C0" w:rsidRPr="006F71F2" w:rsidRDefault="006C57C0" w:rsidP="006C57C0">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="006C57C0" w:rsidP="006C57C0" w:rsidRDefault="006C57C0" w14:paraId="0A37501D" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ABBD8AE" wp14:editId="59BA46DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>878840</wp:posOffset>
                 </wp:positionH>
@@ -10671,88 +10623,88 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="313690" cy="2089150"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 56375"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="27841539" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00924AD7" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00924AD7" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="27841539" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="1ABBD8AE" id="Pil: nedåt 4" o:spid="_x0000_s1028" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:69.2pt;margin-top:169.5pt;width:24.7pt;height:164.5pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqqhssNQIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XnJhoRARVivoVpW2&#10;F2nbDzC2Q9w6Htc2BPr1O3aAQvtWNQ/W2DM+c+bMOIv7Q6fJXjqvwNS0GOWUSMNBKLOt6bevj29m&#10;lPjAjGAajKzpUXp6v3z9atHbSpbQghbSEQQxvuptTdsQbJVlnreyY34EVhp0NuA6FnDrtplwrEf0&#10;Tmdlnk+zHpywDrj0Hk/Xg5MuE37TSB4+N42XgeiaIreQVpfWTVyz5YJVW8dsq/iJBvsHFh1TBpNe&#10;oNYsMLJz6i+oTnEHHpow4tBl0DSKy1QDVlPkf1Tz3DIrUy0ojrcXmfz/g+Wf9s/2i4vUvX0C/sMT&#10;A6uWma18cA76VjKB6YooVNZbX10uxI3Hq2TTfwSBrWW7AEmDQ+O6CIjVkUOS+niRWh4C4Xg4LsbT&#10;OTaEo6vMZ/NiknqRsep82zof3kvoSDRqKqA3iVFKwfZPPiS9BTGsi9nF94KSptPYvj3TZJLjd2rv&#10;VUx5EzMdv52kylh1QkQC58RJE9BKPCqt08ZtNyvtCMLXdF6u8wtnfx2mDenRPyknieqNz19DRIYD&#10;R8x6E+ZgZ0Qazaj/u5MdmNKDjfHanBoSexDH3VfhsDkQJVDQWFM82YA4YoccDHOP7xSNFtwvSnqc&#10;+Zr6nzvmJCX6g8Euz+4KJE1C2tyV+RTVcteezbWHGY5QNQ2UDOYqDA9rZ53atpipSAIYeMDJaFQ4&#10;j9DA6kQf5xqtm4dzvU9Rv/8UyxcAAAD//wMAUEsDBBQABgAIAAAAIQCwHhVJ3wAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4tAEJGlMcbGS3so2nrdwghEdpawS8F/7/Sk&#10;x5d5efN9+XoxvTjj6DpLCu5XAQikytYdNQo+3jd3KQjnNdW6t4QKftDBuri+ynVW25n2eC59I3iE&#10;XKYVtN4PmZSuatFot7IDEt++7Gi05zg2sh71zOOml2EQJNLojvhDqwd8abH6LiejAONNuNuGn2W8&#10;mw5vc7U9lq9LqNTtzfL8BMLj4v/KcMFndCiY6WQnqp3oOUdpzFUFUfTIUpdG+sAyJwVJkgYgi1z+&#10;dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGqqGyw1AgAAcQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALAeFUnfAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" adj="19772" fillcolor="#92d050">
+            <w:pict w14:anchorId="60C540B8">
+              <v:shape id="Pil: nedåt 4" style="position:absolute;left:0;text-align:left;margin-left:69.2pt;margin-top:169.5pt;width:24.7pt;height:164.5pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#92d050" type="#_x0000_t67" adj="19772" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqqhssNQIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XnJhoRARVivoVpW2&#10;F2nbDzC2Q9w6Htc2BPr1O3aAQvtWNQ/W2DM+c+bMOIv7Q6fJXjqvwNS0GOWUSMNBKLOt6bevj29m&#10;lPjAjGAajKzpUXp6v3z9atHbSpbQghbSEQQxvuptTdsQbJVlnreyY34EVhp0NuA6FnDrtplwrEf0&#10;Tmdlnk+zHpywDrj0Hk/Xg5MuE37TSB4+N42XgeiaIreQVpfWTVyz5YJVW8dsq/iJBvsHFh1TBpNe&#10;oNYsMLJz6i+oTnEHHpow4tBl0DSKy1QDVlPkf1Tz3DIrUy0ojrcXmfz/g+Wf9s/2i4vUvX0C/sMT&#10;A6uWma18cA76VjKB6YooVNZbX10uxI3Hq2TTfwSBrWW7AEmDQ+O6CIjVkUOS+niRWh4C4Xg4LsbT&#10;OTaEo6vMZ/NiknqRsep82zof3kvoSDRqKqA3iVFKwfZPPiS9BTGsi9nF94KSptPYvj3TZJLjd2rv&#10;VUx5EzMdv52kylh1QkQC58RJE9BKPCqt08ZtNyvtCMLXdF6u8wtnfx2mDenRPyknieqNz19DRIYD&#10;R8x6E+ZgZ0Qazaj/u5MdmNKDjfHanBoSexDH3VfhsDkQJVDQWFM82YA4YoccDHOP7xSNFtwvSnqc&#10;+Zr6nzvmJCX6g8Euz+4KJE1C2tyV+RTVcteezbWHGY5QNQ2UDOYqDA9rZ53atpipSAIYeMDJaFQ4&#10;j9DA6kQf5xqtm4dzvU9Rv/8UyxcAAAD//wMAUEsDBBQABgAIAAAAIQCwHhVJ3wAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s4tAEJGlMcbGS3so2nrdwghEdpawS8F/7/Sk&#10;x5d5efN9+XoxvTjj6DpLCu5XAQikytYdNQo+3jd3KQjnNdW6t4QKftDBuri+ynVW25n2eC59I3iE&#10;XKYVtN4PmZSuatFot7IDEt++7Gi05zg2sh71zOOml2EQJNLojvhDqwd8abH6LiejAONNuNuGn2W8&#10;mw5vc7U9lq9LqNTtzfL8BMLj4v/KcMFndCiY6WQnqp3oOUdpzFUFUfTIUpdG+sAyJwVJkgYgi1z+&#10;dyh+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGqqGyw1AgAAcQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALAeFUnfAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" w14:anchorId="1ABBD8AE">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="27841539" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00924AD7" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00924AD7" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="5DAB6C7B" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10787660" wp14:editId="2992F6BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3164840</wp:posOffset>
@@ -10776,87 +10728,87 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="312420" cy="1377950"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 56511"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5059E70B" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="5059E70B" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="10787660" id="Pil: nedåt 16" o:spid="_x0000_s1029" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:249.2pt;margin-top:225.5pt;width:24.6pt;height:108.5pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4dn2gNAIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh2m7Q14hRFsg4D&#10;ugvQ7QNkSba1yaImKXG6rx8lO1myvQ3zg0CJ1OHhIeXV/aHXZC+dV2Aqms/mlEjDQSjTVvTrl8c3&#10;t5T4wIxgGoys6Iv09H79+tVqsKUsoAMtpCMIYnw52Ip2IdgyyzzvZM/8DKw06GzA9Szg1rWZcGxA&#10;9F5nxXy+zAZwwjrg0ns83Y5Ouk74TSN5+NQ0XgaiK4rcQlpdWuu4ZusVK1vHbKf4RIP9A4ueKYNJ&#10;T1BbFhjZOfUXVK+4Aw9NmHHoM2gaxWWqAavJ539U89wxK1MtKI63J5n8/4PlH/fP9rOL1L19Av7d&#10;EwObjplWPjgHQyeZwHR5FCobrC9PF+LG41VSDx9AYGvZLkDS4NC4PgJideSQpH45SS0PgXA8vMqL&#10;6wIbwtGVX93c3C1SLzJWHm9b58M7CT2JRkUFDCYxSinY/smHpLcghvUxu/iWU9L0Gtu3Z5os5vhN&#10;7T2LKS5ilot8rIyVEyISOCZOmoBW4lFpnTaurTfaEYSv6F2xnZ84+/MwbciA/kWxSFQvfP4cIjIc&#10;OWLWizAHOyPSaEb93052YEqPNsZrMzUk9iCOuy/DoT4QJVDcWHc8qUG8YIccjHOP7xSNDtxPSgac&#10;+Yr6HzvmJCX6vcEu317nSJqEtMH2LFEtd+6pzz3McISqaKBkNDdhfFg761TbYaY8CWDgASejUeE4&#10;QiOriT7ONVoXD+d8n6J+/ynWvwAAAP//AwBQSwMEFAAGAAgAAAAhAFlARLfkAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IJYO2lNJ0GqBJu0xiAwmOaRPaao1TNVlbeHrM&#10;CW62/On39+er2XZsNINvHUpYLgQwg5XTLdYS3l431ykwHxRq1Tk0Er6Mh1VxfparTLsJ92Y8hJpR&#10;CPpMSWhC6DPOfdUYq/zC9Qbp9ukGqwKtQ831oCYKtx2/ESLhVrVIHxrVm6fGVMfDyUrYjL2YXnbb&#10;+Pi8fr/a774fy9uPRsrLi3n9ACyYOfzB8KtP6lCQU+lOqD3rJET3aUQoDfGSShERR3cJsFJCkqQC&#10;eJHz/x2KHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4dn2gNAIAAHEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBZQES35AAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" adj="18832" fillcolor="#92d050">
+            <w:pict w14:anchorId="63A0033A">
+              <v:shape id="Pil: nedåt 16" style="position:absolute;left:0;text-align:left;margin-left:249.2pt;margin-top:225.5pt;width:24.6pt;height:108.5pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1029" fillcolor="#92d050" type="#_x0000_t67" adj="18832" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4dn2gNAIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh2m7Q14hRFsg4D&#10;ugvQ7QNkSba1yaImKXG6rx8lO1myvQ3zg0CJ1OHhIeXV/aHXZC+dV2Aqms/mlEjDQSjTVvTrl8c3&#10;t5T4wIxgGoys6Iv09H79+tVqsKUsoAMtpCMIYnw52Ip2IdgyyzzvZM/8DKw06GzA9Szg1rWZcGxA&#10;9F5nxXy+zAZwwjrg0ns83Y5Ouk74TSN5+NQ0XgaiK4rcQlpdWuu4ZusVK1vHbKf4RIP9A4ueKYNJ&#10;T1BbFhjZOfUXVK+4Aw9NmHHoM2gaxWWqAavJ539U89wxK1MtKI63J5n8/4PlH/fP9rOL1L19Av7d&#10;EwObjplWPjgHQyeZwHR5FCobrC9PF+LG41VSDx9AYGvZLkDS4NC4PgJideSQpH45SS0PgXA8vMqL&#10;6wIbwtGVX93c3C1SLzJWHm9b58M7CT2JRkUFDCYxSinY/smHpLcghvUxu/iWU9L0Gtu3Z5os5vhN&#10;7T2LKS5ilot8rIyVEyISOCZOmoBW4lFpnTaurTfaEYSv6F2xnZ84+/MwbciA/kWxSFQvfP4cIjIc&#10;OWLWizAHOyPSaEb93052YEqPNsZrMzUk9iCOuy/DoT4QJVDcWHc8qUG8YIccjHOP7xSNDtxPSgac&#10;+Yr6HzvmJCX6vcEu317nSJqEtMH2LFEtd+6pzz3McISqaKBkNDdhfFg761TbYaY8CWDgASejUeE4&#10;QiOriT7ONVoXD+d8n6J+/ynWvwAAAP//AwBQSwMEFAAGAAgAAAAhAFlARLfkAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC6IJYO2lNJ0GqBJu0xiAwmOaRPaao1TNVlbeHrM&#10;CW62/On39+er2XZsNINvHUpYLgQwg5XTLdYS3l431ykwHxRq1Tk0Er6Mh1VxfparTLsJ92Y8hJpR&#10;CPpMSWhC6DPOfdUYq/zC9Qbp9ukGqwKtQ831oCYKtx2/ESLhVrVIHxrVm6fGVMfDyUrYjL2YXnbb&#10;+Pi8fr/a774fy9uPRsrLi3n9ACyYOfzB8KtP6lCQU+lOqD3rJET3aUQoDfGSShERR3cJsFJCkqQC&#10;eJHz/x2KHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4dn2gNAIAAHEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBZQES35AAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAI4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" w14:anchorId="10787660">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="5059E70B" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="02EB378F" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658261" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12866FDE" wp14:editId="398AD347">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5543550</wp:posOffset>
                 </wp:positionH>
@@ -10879,87 +10831,87 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="312420" cy="328424"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 56511"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4C55C5E3" w14:textId="77777777" w:rsidR="006C57C0" w:rsidRPr="006F71F2" w:rsidRDefault="006C57C0" w:rsidP="006C57C0">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="006C57C0" w:rsidP="006C57C0" w:rsidRDefault="006C57C0" w14:paraId="4C55C5E3" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="12866FDE" id="Pil: nedåt 28" o:spid="_x0000_s1030" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:436.5pt;margin-top:309.5pt;width:24.6pt;height:25.85pt;z-index:251658261;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmodWcMgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N75sEqVWnNUq6VaV&#10;thdp2w8ggGNazFAgcdKv74CdNNm+VfUDmmHgzJkzg5f3x06Tg3RegalpMckpkYaDUGZX029fH98s&#10;KPGBGcE0GFnTk/T0fvX61bK3lSyhBS2kIwhifNXbmrYh2CrLPG9lx/wErDQYbMB1LKDrdplwrEf0&#10;Tmdlns+zHpywDrj0Hnc3Q5CuEn7TSB4+N42XgeiaIreQVpfWbVyz1ZJVO8dsq/hIg/0Di44pg0kv&#10;UBsWGNk79RdUp7gDD02YcOgyaBrFZaoBqynyF9U8t8zKVAuK4+1FJv//YPmnw7P94iJ1b5+A//DE&#10;wLplZicfnIO+lUxguiIKlfXWV5cL0fF4lWz7jyCwtWwfIGlwbFwXAbE6ckxSny5Sy2MgHDfvinJa&#10;YkM4hu7KxbScpgysOl+2zof3EjoSjZoK6E0ilDKww5MPSW5BDOticvG9oKTpNHbvwDSZ5fiN3b06&#10;U96cmc+KoTBWjYgZq86JkySglXhUWifH7bZr7QjC1/RtuclnKQFe8dfHtCE9xmflLFG9iflriMhw&#10;4PgSwsHeiDSZUf53ox2Y0oON57UZ+xFbEKfdV+G4PRIlapqkjDtbECdskINh7PGZotGC+0VJjyNf&#10;U/9zz5ykRH8w2OTFtEDSJCQHuzNHtdx1ZHsdYYYjVE0DJYO5DsO72lundi1mKpIABh5wMBoVzhM0&#10;sBrp41ijdfNurv106s+PYvUbAAD//wMAUEsDBBQABgAIAAAAIQCI/NZ94wAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNQkibEqRCoQlyKaCshbm5s4oh4HcVu4/L1LCe4&#10;7e6MZt9Uq2h7dtKj7xwKmM8SYBobpzpsBex365slMB8kKtk71ALO2sOqvryoZKnchG/6tA0toxD0&#10;pRRgQhhKzn1jtJV+5gaNpH260cpA69hyNcqJwm3P0yTJuJUd0gcjB/1odPO1PVoB78WmzRYv8ftp&#10;/RzPi45/mNfpTojrq/hwDyzoGP7M8ItP6FAT08EdUXnWC1jmt9QlCMjmBQ3kKNI0BXagS57kwOuK&#10;/+9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmodWcMgIAAHAEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCI/NZ94wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" adj="9988" fillcolor="#92d050">
+            <w:pict w14:anchorId="241504C6">
+              <v:shape id="Pil: nedåt 28" style="position:absolute;left:0;text-align:left;margin-left:436.5pt;margin-top:309.5pt;width:24.6pt;height:25.85pt;z-index:251658261;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1030" fillcolor="#92d050" type="#_x0000_t67" adj="9988" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmodWcMgIAAHAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8N75sEqVWnNUq6VaV&#10;thdp2w8ggGNazFAgcdKv74CdNNm+VfUDmmHgzJkzg5f3x06Tg3RegalpMckpkYaDUGZX029fH98s&#10;KPGBGcE0GFnTk/T0fvX61bK3lSyhBS2kIwhifNXbmrYh2CrLPG9lx/wErDQYbMB1LKDrdplwrEf0&#10;Tmdlns+zHpywDrj0Hnc3Q5CuEn7TSB4+N42XgeiaIreQVpfWbVyz1ZJVO8dsq/hIg/0Di44pg0kv&#10;UBsWGNk79RdUp7gDD02YcOgyaBrFZaoBqynyF9U8t8zKVAuK4+1FJv//YPmnw7P94iJ1b5+A//DE&#10;wLplZicfnIO+lUxguiIKlfXWV5cL0fF4lWz7jyCwtWwfIGlwbFwXAbE6ckxSny5Sy2MgHDfvinJa&#10;YkM4hu7KxbScpgysOl+2zof3EjoSjZoK6E0ilDKww5MPSW5BDOticvG9oKTpNHbvwDSZ5fiN3b06&#10;U96cmc+KoTBWjYgZq86JkySglXhUWifH7bZr7QjC1/RtuclnKQFe8dfHtCE9xmflLFG9iflriMhw&#10;4PgSwsHeiDSZUf53ox2Y0oON57UZ+xFbEKfdV+G4PRIlapqkjDtbECdskINh7PGZotGC+0VJjyNf&#10;U/9zz5ykRH8w2OTFtEDSJCQHuzNHtdx1ZHsdYYYjVE0DJYO5DsO72lundi1mKpIABh5wMBoVzhM0&#10;sBrp41ijdfNurv106s+PYvUbAAD//wMAUEsDBBQABgAIAAAAIQCI/NZ94wAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNQkibEqRCoQlyKaCshbm5s4oh4HcVu4/L1LCe4&#10;7e6MZt9Uq2h7dtKj7xwKmM8SYBobpzpsBex365slMB8kKtk71ALO2sOqvryoZKnchG/6tA0toxD0&#10;pRRgQhhKzn1jtJV+5gaNpH260cpA69hyNcqJwm3P0yTJuJUd0gcjB/1odPO1PVoB78WmzRYv8ftp&#10;/RzPi45/mNfpTojrq/hwDyzoGP7M8ItP6FAT08EdUXnWC1jmt9QlCMjmBQ3kKNI0BXagS57kwOuK&#10;/+9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmodWcMgIAAHAEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCI/NZ94wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" w14:anchorId="12866FDE">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="4C55C5E3" w14:textId="77777777" w:rsidR="006C57C0" w:rsidRPr="006F71F2" w:rsidRDefault="006C57C0" w:rsidP="006C57C0">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="006C57C0" w:rsidP="006C57C0" w:rsidRDefault="006C57C0" w14:paraId="6A05A809" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0052313C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05F39111" wp14:editId="76933ED1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2155190</wp:posOffset>
                 </wp:positionH>
@@ -10979,114 +10931,114 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7080250" cy="670560"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6A049DD9" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="6A049DD9" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:before="160" w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>Diagnos oklar</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="05F39111" id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe">
+            <w:pict w14:anchorId="522CC444">
+              <v:shapetype id="_x0000_t109" coordsize="21600,21600" o:spt="109" path="m,l,21600r21600,l21600,xe" w14:anchorId="05F39111">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Flödesschema: Process 14" o:spid="_x0000_s1031" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:169.7pt;margin-top:116pt;width:557.5pt;height:52.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/NPeQGQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxmjQz4hRFugwD&#10;urVAtw9QZDkWJosapcTOvn6Ucqm3vQ3TgyCK0uHhIbm8GzrDDgq9Blvx6STnTFkJtba7in/7unm3&#10;4MwHYWthwKqKH5Xnd6u3b5a9K1UBLZhaISMQ68veVbwNwZVZ5mWrOuEn4JQlZwPYiUAm7rIaRU/o&#10;ncmKPJ9nPWDtEKTynm4fTk6+SvhNo2R4ahqvAjMVJ24h7Zj2bdyz1VKUOxSu1fJMQ/wDi05oS0Gv&#10;UA8iCLZH/RdUpyWChyZMJHQZNI2WKuVA2UzzP7J5aYVTKRcSx7urTP7/wcovhxf3jJG6d48gv3tm&#10;Yd0Ku1P3iNC3StQUbhqFynrny+uHaHj6yrb9Z6iptGIfIGkwNNhFQMqODUnq41VqNQQm6fI2X+TF&#10;jCoiyTe/zWfzVItMlJffDn34qKBj8VDxxkBPvDA8n4qdIonDow+RmSgvz1MmYHS90cYkA3fbtUF2&#10;ENQCG1r5JZIfPzOW9RV/PytmCfk3nx9D5GklPUizMQTC3tapoaJqH87nILQ5nYmlsWcZo3KxSX0Z&#10;hu3AdF3xWcSMN1uoj6Qrwqlbabro0AL+5KynTq24/7EXqDgznyzVZnEzJdIsJOOmyOcFZzj2bMce&#10;YSVBVVwG5OxkrMNpIPYO9a6lWNMkgYV7qmijk8CvvM4JUD8m3c+zExt+bKdXrxO++gUAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAEAJWHTeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoQxIKhDgVQuKAOFGQgJubLHHAXlux24S/Z3Mqx90ZzbypN7Oz4oBjHDwpuFxlIJBa3w3UK3h7&#10;fby4ARGTpk5bT6jgFyNsmtOTWledn+gFD9vUCw6hWGkFJqVQSRlbg07HlQ9IrH350enE59jLbtQT&#10;hzsr8yxbS6cH4gajAz4YbH+2e8clH8ZrY8OzTO/l9O3dkwnZp1LnZ/P9HYiEczqaYcFndGiYaef3&#10;1EVhFRTFbclWBXmR86jFUV6V/Not2vUaZFPL/yOaPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB/NPeQGQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBACVh03gAAAAwBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" fillcolor="yellow">
+              <v:shape id="Flödesschema: Process 14" style="position:absolute;left:0;text-align:left;margin-left:169.7pt;margin-top:116pt;width:557.5pt;height:52.8pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:spid="_x0000_s1031" fillcolor="yellow" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/NPeQGQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxmjQz4hRFugwD&#10;urVAtw9QZDkWJosapcTOvn6Ucqm3vQ3TgyCK0uHhIbm8GzrDDgq9Blvx6STnTFkJtba7in/7unm3&#10;4MwHYWthwKqKH5Xnd6u3b5a9K1UBLZhaISMQ68veVbwNwZVZ5mWrOuEn4JQlZwPYiUAm7rIaRU/o&#10;ncmKPJ9nPWDtEKTynm4fTk6+SvhNo2R4ahqvAjMVJ24h7Zj2bdyz1VKUOxSu1fJMQ/wDi05oS0Gv&#10;UA8iCLZH/RdUpyWChyZMJHQZNI2WKuVA2UzzP7J5aYVTKRcSx7urTP7/wcovhxf3jJG6d48gv3tm&#10;Yd0Ku1P3iNC3StQUbhqFynrny+uHaHj6yrb9Z6iptGIfIGkwNNhFQMqODUnq41VqNQQm6fI2X+TF&#10;jCoiyTe/zWfzVItMlJffDn34qKBj8VDxxkBPvDA8n4qdIonDow+RmSgvz1MmYHS90cYkA3fbtUF2&#10;ENQCG1r5JZIfPzOW9RV/PytmCfk3nx9D5GklPUizMQTC3tapoaJqH87nILQ5nYmlsWcZo3KxSX0Z&#10;hu3AdF3xWcSMN1uoj6Qrwqlbabro0AL+5KynTq24/7EXqDgznyzVZnEzJdIsJOOmyOcFZzj2bMce&#10;YSVBVVwG5OxkrMNpIPYO9a6lWNMkgYV7qmijk8CvvM4JUD8m3c+zExt+bKdXrxO++gUAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAEAJWHTeAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoQxIKhDgVQuKAOFGQgJubLHHAXlux24S/Z3Mqx90ZzbypN7Oz4oBjHDwpuFxlIJBa3w3UK3h7&#10;fby4ARGTpk5bT6jgFyNsmtOTWledn+gFD9vUCw6hWGkFJqVQSRlbg07HlQ9IrH350enE59jLbtQT&#10;hzsr8yxbS6cH4gajAz4YbH+2e8clH8ZrY8OzTO/l9O3dkwnZp1LnZ/P9HYiEczqaYcFndGiYaef3&#10;1EVhFRTFbclWBXmR86jFUV6V/Not2vUaZFPL/yOaPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB/NPeQGQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBACVh03gAAAAwBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="6A049DD9" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="659EECBB" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:before="160" w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>Diagnos oklar</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0052313C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57DA8B48" wp14:editId="156E6118">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-3810</wp:posOffset>
@@ -11109,149 +11061,149 @@
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="9245600" cy="665480"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="D7E4BD"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:srgbClr val="000000">
                               <a:alpha val="72156"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="58DA0193" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CA44C8" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00CA44C8" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="58DA0193" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="Punktlista"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="9"/>
                               </w:numPr>
                               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="0"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00CA44C8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Ibland kan byte till peroralt preparat ske tidigare än efter tre dygn vid känd diagnos</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E7B3C5E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CA44C8" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00CA44C8" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="3E7B3C5E" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="Punktlista"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="9"/>
                               </w:numPr>
                               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="0"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00CA44C8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Vid okänt infektionsfokus ska dock aldrig peroral behandling användas</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="57DA8B48" id="Textruta 19" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.3pt;margin-top:59.5pt;width:728pt;height:52.4pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA78RT4MAIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjxEjcz4hRt0g4D&#10;ugvQ7QNkWbaFyaImKbG7rx8lJ2nWYS/D/CBQonR4eEh6fT32ihyEdRJ0SeezlBKhOdRStyX99vX+&#10;zYoS55mumQItSvokHL3evH61HkwhMuhA1cISBNGuGExJO+9NkSSOd6JnbgZGaHQ2YHvmcWvbpLZs&#10;QPReJVma5skAtjYWuHAOT3eTk24iftMI7j83jROeqJIiNx9XG9cqrMlmzYrWMtNJfqTB/oFFz6TG&#10;oGeoHfOM7K38A6qX3IKDxs849Ak0jeQi5oDZzNMX2Tx2zIiYC4rjzFkm9/9g+afDo/liiR9vYcQC&#10;xiSceQD+3REN247pVtxYC0MnWI2B50GyZDCuOD4NUrvCBZBq+Ag1FpntPUSgsbF9UAXzJIiOBXg6&#10;iy5GTzgevssWyzxFF0dfni8Xq1iVhBWn18Y6/15AT4JRUotFjejs8OB8YMOK05UQzIGS9b1UKm5s&#10;W22VJQeGDbC7ulvc7mICL64pTQaM/naZTgL8FSKN3xRemY5NwFfZfJmfcKeIkdZvVHrpsdWV7Eu6&#10;mlBi8wVd73Qdbc+kmmzMSemj0EHbSWU/ViORNTINwYLuFdRPqLyFqbNxEtHowP6kZMCuLqn7sWdW&#10;UKI+aKzeajHPljgGcbPI0jyjxF56qksP0xyhSuopmcytn0Znb6xsO4w09YuGG6x4I2Mxnlkd6WPn&#10;RjGOUxZG43Ifbz3/Cza/AAAA//8DAFBLAwQUAAYACAAAACEAUlpVN98AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDHtUoSmIkujJp7axICN54UdgcjOEnbb4r93erLHee/l&#10;zffy7WwHccLJ944UrJYRCKTGmZ5aBYfP98UGhA+ajB4coYJf9LAtbm9ynRl3phJPVWgFl5DPtIIu&#10;hDGT0jcdWu2XbkRi79tNVgc+p1aaSZ+53A4yjqK1tLon/tDpEd86bH6qo1VQpnVZJ+Hh1VSDxP3u&#10;S+4Puw+l7u/ml2cQAefwH4YLPqNDwUy1O5LxYlCwWHOQ5dUTT7r4SZomIGoFcfy4AVnk8npC8QcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA78RT4MAIAAFMEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSWlU33wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="#d7e4bd" strokeweight=".5pt">
+            <w:pict w14:anchorId="4B91A010">
+              <v:shape id="Textruta 19" style="position:absolute;left:0;text-align:left;margin-left:-.3pt;margin-top:59.5pt;width:728pt;height:52.4pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1032" fillcolor="#d7e4bd" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA78RT4MAIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjxEjcz4hRt0g4D&#10;ugvQ7QNkWbaFyaImKbG7rx8lJ2nWYS/D/CBQonR4eEh6fT32ihyEdRJ0SeezlBKhOdRStyX99vX+&#10;zYoS55mumQItSvokHL3evH61HkwhMuhA1cISBNGuGExJO+9NkSSOd6JnbgZGaHQ2YHvmcWvbpLZs&#10;QPReJVma5skAtjYWuHAOT3eTk24iftMI7j83jROeqJIiNx9XG9cqrMlmzYrWMtNJfqTB/oFFz6TG&#10;oGeoHfOM7K38A6qX3IKDxs849Ak0jeQi5oDZzNMX2Tx2zIiYC4rjzFkm9/9g+afDo/liiR9vYcQC&#10;xiSceQD+3REN247pVtxYC0MnWI2B50GyZDCuOD4NUrvCBZBq+Ag1FpntPUSgsbF9UAXzJIiOBXg6&#10;iy5GTzgevssWyzxFF0dfni8Xq1iVhBWn18Y6/15AT4JRUotFjejs8OB8YMOK05UQzIGS9b1UKm5s&#10;W22VJQeGDbC7ulvc7mICL64pTQaM/naZTgL8FSKN3xRemY5NwFfZfJmfcKeIkdZvVHrpsdWV7Eu6&#10;mlBi8wVd73Qdbc+kmmzMSemj0EHbSWU/ViORNTINwYLuFdRPqLyFqbNxEtHowP6kZMCuLqn7sWdW&#10;UKI+aKzeajHPljgGcbPI0jyjxF56qksP0xyhSuopmcytn0Znb6xsO4w09YuGG6x4I2Mxnlkd6WPn&#10;RjGOUxZG43Ifbz3/Cza/AAAA//8DAFBLAwQUAAYACAAAACEAUlpVN98AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDHtUoSmIkujJp7axICN54UdgcjOEnbb4r93erLHee/l&#10;zffy7WwHccLJ944UrJYRCKTGmZ5aBYfP98UGhA+ajB4coYJf9LAtbm9ynRl3phJPVWgFl5DPtIIu&#10;hDGT0jcdWu2XbkRi79tNVgc+p1aaSZ+53A4yjqK1tLon/tDpEd86bH6qo1VQpnVZJ+Hh1VSDxP3u&#10;S+4Puw+l7u/ml2cQAefwH4YLPqNDwUy1O5LxYlCwWHOQ5dUTT7r4SZomIGoFcfy4AVnk8npC8QcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA78RT4MAIAAFMEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSWlU33wAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" w14:anchorId="57DA8B48">
                 <v:stroke opacity="47288f"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="58DA0193" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CA44C8" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00CA44C8" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="6426B67E" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Punktlista"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="9"/>
                         </w:numPr>
                         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
                         <w:ind w:right="0"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00CA44C8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Ibland kan byte till peroralt preparat ske tidigare än efter tre dygn vid känd diagnos</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E7B3C5E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00CA44C8" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00CA44C8" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="3B57226C" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Punktlista"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="9"/>
                         </w:numPr>
                         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
                         <w:ind w:right="0"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00CA44C8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Vid okänt infektionsfokus ska dock aldrig peroral behandling användas</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -11290,110 +11242,110 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4775200" cy="670560"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7773ADD3" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="7773ADD3" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:before="160" w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>Blododling negativ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="0CDE1A34" id="Flödesschema: Process 5" o:spid="_x0000_s1033" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:351.7pt;margin-top:172pt;width:376pt;height:52.8pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCANCYIFwIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJcumMOEWRLsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2l2eRqmB0EUpcPDQ3J9e+wNOyj0GmzJp5OcM2Ul1Nq2Jf/6Zffm&#10;hjMfhK2FAatKflKe325ev1oPrlAz6MDUChmBWF8MruRdCK7IMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yab5fkyGwBrhyCV93R7Pzr5JuE3jZLhc9N4FZgpOXELace0V3HPNmtRtChcp+WZhvgHFr3QloJe&#10;oO5FEGyP+g+oXksED02YSOgzaBotVcqBspnmv2Xz1AmnUi4kjncXmfz/g5WfDk/uESN17x5AfvPM&#10;wrYTtlV3iDB0StQUbhqFygbni8uHaHj6yqrhI9RUWrEPkDQ4NthHQMqOHZPUp4vU6hiYpMv5arWg&#10;+nEmybdc5YtlqkUmiuffDn14r6Bn8VDyxsBAvDA8jsVOkcThwYfITBTPz1MmYHS908YkA9tqa5Ad&#10;BLXAjhZFHb/462fGsqHkbxezRUL+xeevIfK0/gaBsLd1aqio2rvzOQhtxjOxNPYsY1QuNqkvwrE6&#10;Ml2XfBUx400F9Yl0RRi7laaLDh3gD84G6tSS++97gYoz88FSbW7mUyLNQjLms3w54wyvPdW1R1hJ&#10;UCWXATkbjW0YB2LvULcdxZomCSzcUUUbnQR+4XVOgPox6X6endjw13Z69TLhm58AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAw3KcW3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qA11WwhxKoTEArGiIFF209jEAb8Uu034e6arspw7R/dRryfv2MEMuY9BwfVMADOhjboPnYL3t6er&#10;W2C5YNDoYjAKfk2GdXN+VmOl4xhezWFTOkYmIVeowJaSKs5za43HPIvJBPp9xcFjoXPouB5wJHPv&#10;+I0QS+6xD5RgMZlHa9qfzd5TyNZGtC698PIhx+/on20Sn0pdXkwP98CKmcoJhmN9qg4NddrFfdCZ&#10;OQUrMZeEKphLSaOOhFwsSNopkPJuCbyp+f8RzR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAgDQmCBcCAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAMNynFt4AAAAMAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" fillcolor="yellow">
+            <w:pict w14:anchorId="4299C144">
+              <v:shape id="Flödesschema: Process 5" style="position:absolute;left:0;text-align:left;margin-left:351.7pt;margin-top:172pt;width:376pt;height:52.8pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:spid="_x0000_s1033" fillcolor="yellow" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCANCYIFwIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJcumMOEWRLsOA&#10;bivQ7QNkWbaFyaJGKXGyrx8lp2l2eRqmB0EUpcPDQ3J9e+wNOyj0GmzJp5OcM2Ul1Nq2Jf/6Zffm&#10;hjMfhK2FAatKflKe325ev1oPrlAz6MDUChmBWF8MruRdCK7IMi871Qs/AacsORvAXgQysc1qFAOh&#10;9yab5fkyGwBrhyCV93R7Pzr5JuE3jZLhc9N4FZgpOXELace0V3HPNmtRtChcp+WZhvgHFr3QloJe&#10;oO5FEGyP+g+oXksED02YSOgzaBotVcqBspnmv2Xz1AmnUi4kjncXmfz/g5WfDk/uESN17x5AfvPM&#10;wrYTtlV3iDB0StQUbhqFygbni8uHaHj6yqrhI9RUWrEPkDQ4NthHQMqOHZPUp4vU6hiYpMv5arWg&#10;+nEmybdc5YtlqkUmiuffDn14r6Bn8VDyxsBAvDA8jsVOkcThwYfITBTPz1MmYHS908YkA9tqa5Ad&#10;BLXAjhZFHb/462fGsqHkbxezRUL+xeevIfK0/gaBsLd1aqio2rvzOQhtxjOxNPYsY1QuNqkvwrE6&#10;Ml2XfBUx400F9Yl0RRi7laaLDh3gD84G6tSS++97gYoz88FSbW7mUyLNQjLms3w54wyvPdW1R1hJ&#10;UCWXATkbjW0YB2LvULcdxZomCSzcUUUbnQR+4XVOgPox6X6endjw13Z69TLhm58AAAD//wMAUEsD&#10;BBQABgAIAAAAIQAw3KcW3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qA11WwhxKoTEArGiIFF209jEAb8Uu034e6arspw7R/dRryfv2MEMuY9BwfVMADOhjboPnYL3t6er&#10;W2C5YNDoYjAKfk2GdXN+VmOl4xhezWFTOkYmIVeowJaSKs5za43HPIvJBPp9xcFjoXPouB5wJHPv&#10;+I0QS+6xD5RgMZlHa9qfzd5TyNZGtC698PIhx+/on20Sn0pdXkwP98CKmcoJhmN9qg4NddrFfdCZ&#10;OQUrMZeEKphLSaOOhFwsSNopkPJuCbyp+f8RzR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAgDQmCBcCAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAMNynFt4AAAAMAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" w14:anchorId="0CDE1A34">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="7773ADD3" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="20B4ADB9" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:before="160" w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>Blododling negativ</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0052313C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CF902BE" wp14:editId="4CBDE278">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6866890</wp:posOffset>
@@ -11414,56 +11366,56 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2374900" cy="1028700"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6467CA13" w14:textId="12BB2C12" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="009E1473">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="009E1473" w:rsidRDefault="00A414CC" w14:paraId="6467CA13" w14:textId="12BB2C12">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="199"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Opåverkad patient</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> utan </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11493,61 +11445,61 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>sedan antibiotika sattes in</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="2CF902BE" id="Flödesschema: Process 21" o:spid="_x0000_s1034" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:540.7pt;margin-top:228pt;width:187pt;height:81pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9nfIsFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tE2NOEWRLsOA&#10;bivQ7QMUWbaFyaJGKXG6rx8lu2m63YbpIJCi9Pj4SK1ujr1hB4Veg634fJZzpqyEWtu24t+/bd8t&#10;OfNB2FoYsKriT8rzm/XbN6vBlaqADkytkBGI9eXgKt6F4Mos87JTvfAzcMpSsAHsRSAX26xGMRB6&#10;b7Iizy+zAbB2CFJ5T6d3Y5CvE37TKBm+No1XgZmKE7eQdkz7Lu7ZeiXKFoXrtJxoiH9g0QttKekJ&#10;6k4Ewfao/4LqtUTw0ISZhD6DptFSpRqomnn+RzWPnXAq1ULieHeSyf8/WPnl8OgeMFL37h7kD88s&#10;bDphW3WLCEOnRE3p5lGobHC+PD2IjqenbDd8hppaK/YBkgbHBvsISNWxY5L66SS1OgYm6bB4f7W4&#10;zqkjkmLzvFhekRNziPL5uUMfPiroWTQq3hgYiBiGh7HbKZU43PswPnu+nkoBo+utNiY52O42BtlB&#10;0AxsaZ0y+fNrxrKh4tcXxUVCfhXz5xB5WhPZV9cQ9rZOExVl+zDZQWgz2lScsZOOUbo4pb4Mx92R&#10;6briy4gZT3ZQP5GwCOO40vciowP8xdlAo1px/3MvUHFmPllqznIxJ9IsJGdR5JcFZ3ge2Z1HhJUE&#10;VfHA2Whuwvgf9g5121GmeRLAwi01tNFJ3hdWE30ax9Ss6evEeT/3062XD77+DQAA//8DAFBLAwQU&#10;AAYACAAAACEA7SF3A98AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;EzkhCnEqKCriSuAD3NgkhtiObKcNf8/2RI8z+zQ702xXO5GjDtF4JyDbMCDa9V4ZNwj4/NjfV0Bi&#10;kk7JyTst4FdH2LbXV42slT+5d33s0kAwxMVaChhTmmtKYz9qK+PGz9rh7csHKxPKMFAV5AnD7URz&#10;xkpqpXH4YZSz3o26/+kWKyA3L0u+f11ybrqgvnfP/O3ugQtxe7M+PQJJek3/MJzrY3VosdPBL05F&#10;MqFmVcaRFcCLEledEV4UaB0ElFnFgLYNvVzR/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB9nfIsFQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDtIXcD3wAAAA0BAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="yellow">
+            <w:pict w14:anchorId="7A47A2F1">
+              <v:shape id="Flödesschema: Process 21" style="position:absolute;left:0;text-align:left;margin-left:540.7pt;margin-top:228pt;width:187pt;height:81pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1034" fillcolor="yellow" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9nfIsFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8tE2NOEWRLsOA&#10;bivQ7QMUWbaFyaJGKXG6rx8lu2m63YbpIJCi9Pj4SK1ujr1hB4Veg634fJZzpqyEWtu24t+/bd8t&#10;OfNB2FoYsKriT8rzm/XbN6vBlaqADkytkBGI9eXgKt6F4Mos87JTvfAzcMpSsAHsRSAX26xGMRB6&#10;b7Iizy+zAbB2CFJ5T6d3Y5CvE37TKBm+No1XgZmKE7eQdkz7Lu7ZeiXKFoXrtJxoiH9g0QttKekJ&#10;6k4Ewfao/4LqtUTw0ISZhD6DptFSpRqomnn+RzWPnXAq1ULieHeSyf8/WPnl8OgeMFL37h7kD88s&#10;bDphW3WLCEOnRE3p5lGobHC+PD2IjqenbDd8hppaK/YBkgbHBvsISNWxY5L66SS1OgYm6bB4f7W4&#10;zqkjkmLzvFhekRNziPL5uUMfPiroWTQq3hgYiBiGh7HbKZU43PswPnu+nkoBo+utNiY52O42BtlB&#10;0AxsaZ0y+fNrxrKh4tcXxUVCfhXz5xB5WhPZV9cQ9rZOExVl+zDZQWgz2lScsZOOUbo4pb4Mx92R&#10;6briy4gZT3ZQP5GwCOO40vciowP8xdlAo1px/3MvUHFmPllqznIxJ9IsJGdR5JcFZ3ge2Z1HhJUE&#10;VfHA2Whuwvgf9g5121GmeRLAwi01tNFJ3hdWE30ax9Ss6evEeT/3062XD77+DQAA//8DAFBLAwQU&#10;AAYACAAAACEA7SF3A98AAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;EzkhCnEqKCriSuAD3NgkhtiObKcNf8/2RI8z+zQ702xXO5GjDtF4JyDbMCDa9V4ZNwj4/NjfV0Bi&#10;kk7JyTst4FdH2LbXV42slT+5d33s0kAwxMVaChhTmmtKYz9qK+PGz9rh7csHKxPKMFAV5AnD7URz&#10;xkpqpXH4YZSz3o26/+kWKyA3L0u+f11ybrqgvnfP/O3ugQtxe7M+PQJJek3/MJzrY3VosdPBL05F&#10;MqFmVcaRFcCLEledEV4UaB0ElFnFgLYNvVzR/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQB9nfIsFQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDtIXcD3wAAAA0BAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="2CF902BE">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="6467CA13" w14:textId="12BB2C12" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="009E1473">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="009E1473" w:rsidRDefault="00A414CC" w14:paraId="04E4F78F" w14:textId="12BB2C12">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="199"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Opåverkad patient</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> utan </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11616,245 +11568,259 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2349500" cy="1028700"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="01A7A2AF" w14:textId="4B747136" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="009E1473">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="009E1473" w:rsidRDefault="00A414CC" w14:paraId="01A7A2AF" w14:textId="4B747136">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="28"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Påverkad patient</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00FD0906">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
                               <w:t>med andningssvikt cirkulations</w:t>
                             </w:r>
                             <w:r w:rsidR="009E1473">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:softHyphen/>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">svikt eller annan allvarlig organpåverkan </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>eller</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="002E0D53">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Patient med nedsatt immunförsvar</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="71296856" id="Flödesschema: Process 8" o:spid="_x0000_s1035" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:352.2pt;margin-top:228pt;width:185pt;height:81pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQjIfjFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8pEuNOEWRrMOA&#10;rivQ7QMUWY6FyaJGKXG6rx8lO2m63YbpIJCi9Pj4SC1vjp1hB4Veg634dJJzpqyEWttdxb9/u3u3&#10;4MwHYWthwKqKPyvPb1Zv3yx7V6oCWjC1QkYg1pe9q3gbgiuzzMtWdcJPwClLwQawE4Fc3GU1ip7Q&#10;O5MVeX6V9YC1Q5DKezrdDEG+SvhNo2T42jReBWYqTtxC2jHt27hnq6Uodyhcq+VIQ/wDi05oS0nP&#10;UBsRBNuj/guq0xLBQxMmEroMmkZLlWqgaqb5H9U8tcKpVAuJ491ZJv//YOXD4ck9YqTu3T3IH55Z&#10;WLfC7tQtIvStEjWlm0ahst758vwgOp6esm3/BWpqrdgHSBocG+wiIFXHjknq57PU6hiYpMPi/ex6&#10;nlNHJMWmebH4QE7MIcrTc4c+fFLQsWhUvDHQEzEMj0O3UypxuPdheHa6nkoBo+s7bUxycLddG2QH&#10;QTNwXWzy+SmTv7xmLOspPi/mCflVzF9C5GmNZF9dQ9jbOk1UlO3jaAehzWBTccaOOkbp4pT6Mhy3&#10;R6Zryh0x48kW6mcSFmEYV/peZLSAvzjraVQr7n/uBSrOzGdLzVnMpkSaheTMivyq4AwvI9vLiLCS&#10;oCoeOBvMdRj+w96h3rWUaZoEsHBLDW10kveF1UifxjE1a/w6cd4v/XTr5YOvfgMAAP//AwBQSwME&#10;FAAGAAgAAAAhAE3lWeXjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tuwjAQRfeV+AdrkLor&#10;NigNKGSCaCVUqeqmQF87JzZJRDxOYwfSv6+zapczc3Tn3HQzmIZddOdqSwjzmQCmqbCqphLheNjd&#10;rYA5L0nJxpJG+NEONtnkJpWJsld61Ze9L1kIIZdIhMr7NuHcFZU20s1sqyncTrYz0oexK7nq5DWE&#10;m4YvhIi5kTWFD5Vs9WOli/O+Nwhfx7J4ec/P3w/q82NxqJ92p/75DfF2OmzXwLwe/B8Mo35Qhyw4&#10;5bYn5ViDsBRRFFCE6D4OpUZCLMdVjhDPVwJ4lvL/JbJfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABCMh+MWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAE3lWeXjAAAADAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="75FCC932">
+              <v:shape id="Flödesschema: Process 8" style="position:absolute;left:0;text-align:left;margin-left:352.2pt;margin-top:228pt;width:185pt;height:81pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1035" fillcolor="#92d050" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQjIfjFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8pEuNOEWRrMOA&#10;rivQ7QMUWY6FyaJGKXG6rx8lO2m63YbpIJCi9Pj4SC1vjp1hB4Veg634dJJzpqyEWttdxb9/u3u3&#10;4MwHYWthwKqKPyvPb1Zv3yx7V6oCWjC1QkYg1pe9q3gbgiuzzMtWdcJPwClLwQawE4Fc3GU1ip7Q&#10;O5MVeX6V9YC1Q5DKezrdDEG+SvhNo2T42jReBWYqTtxC2jHt27hnq6Uodyhcq+VIQ/wDi05oS0nP&#10;UBsRBNuj/guq0xLBQxMmEroMmkZLlWqgaqb5H9U8tcKpVAuJ491ZJv//YOXD4ck9YqTu3T3IH55Z&#10;WLfC7tQtIvStEjWlm0ahst758vwgOp6esm3/BWpqrdgHSBocG+wiIFXHjknq57PU6hiYpMPi/ex6&#10;nlNHJMWmebH4QE7MIcrTc4c+fFLQsWhUvDHQEzEMj0O3UypxuPdheHa6nkoBo+s7bUxycLddG2QH&#10;QTNwXWzy+SmTv7xmLOspPi/mCflVzF9C5GmNZF9dQ9jbOk1UlO3jaAehzWBTccaOOkbp4pT6Mhy3&#10;R6Zryh0x48kW6mcSFmEYV/peZLSAvzjraVQr7n/uBSrOzGdLzVnMpkSaheTMivyq4AwvI9vLiLCS&#10;oCoeOBvMdRj+w96h3rWUaZoEsHBLDW10kveF1UifxjE1a/w6cd4v/XTr5YOvfgMAAP//AwBQSwME&#10;FAAGAAgAAAAhAE3lWeXjAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tuwjAQRfeV+AdrkLor&#10;NigNKGSCaCVUqeqmQF87JzZJRDxOYwfSv6+zapczc3Tn3HQzmIZddOdqSwjzmQCmqbCqphLheNjd&#10;rYA5L0nJxpJG+NEONtnkJpWJsld61Ze9L1kIIZdIhMr7NuHcFZU20s1sqyncTrYz0oexK7nq5DWE&#10;m4YvhIi5kTWFD5Vs9WOli/O+Nwhfx7J4ec/P3w/q82NxqJ92p/75DfF2OmzXwLwe/B8Mo35Qhyw4&#10;5bYn5ViDsBRRFFCE6D4OpUZCLMdVjhDPVwJ4lvL/JbJfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABCMh+MWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAE3lWeXjAAAADAEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" w14:anchorId="71296856">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="01A7A2AF" w14:textId="4B747136" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="009E1473">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="009E1473" w:rsidRDefault="00A414CC" w14:paraId="54DD9E8C" w14:textId="4B747136">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="28"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Påverkad patient</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00FD0906">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
                         <w:t>med andningssvikt cirkulations</w:t>
                       </w:r>
                       <w:r w:rsidR="009E1473">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:softHyphen/>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">svikt eller annan allvarlig organpåverkan </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>eller</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="002E0D53">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Patient med nedsatt immunförsvar</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0052313C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E7C35C2" wp14:editId="15C89F0E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -11876,148 +11842,148 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2368550" cy="1149350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="720D5682" w14:textId="77777777" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                          <w:p w:rsidR="00902E94" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="720D5682" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="48"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Å</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>tgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="52A7963C" w14:textId="05847CA6" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                          <w:p w:rsidR="00902E94" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="52A7963C" w14:textId="05847CA6">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="48"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C45700">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Utsättning av antibiotika oavsett CRP</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Om feber tas </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>ny blododling</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="69E21BD5" w14:textId="402CCE27" w:rsidR="004840FC" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                          <w:p w:rsidR="004840FC" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="69E21BD5" w14:textId="402CCE27">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="227" w:right="48" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="33A632F0" w14:textId="0D5AA7C0" w:rsidR="004840FC" w:rsidRPr="00FD0906" w:rsidRDefault="004840FC" w:rsidP="004840FC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="004840FC" w:rsidP="004840FC" w:rsidRDefault="004840FC" w14:paraId="33A632F0" w14:textId="0D5AA7C0">
                             <w:pPr>
                               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="227" w:right="48" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
@@ -12035,156 +12001,156 @@
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>7043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="7E7C35C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <w:pict w14:anchorId="58B9751F">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="7E7C35C2">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 25" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:539.7pt;margin-top:337.5pt;width:186.5pt;height:90.5pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4ba43HQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSJEiNOEWXLsOA&#10;7gJ0+wBZlm1hsqhJSuzs60fJSZpu2MswPQikSB2Sh+T6buwVOQjrJOiSZrOUEqE51FK3Jf32dfdm&#10;RYnzTNdMgRYlPQpH7zavX60HU4gcOlC1sARBtCsGU9LOe1MkieOd6JmbgREajQ3YnnlUbZvUlg2I&#10;3qskT9NlMoCtjQUunMPXh8lINxG/aQT3n5vGCU9USTE3H28b7yrcyWbNitYy00l+SoP9QxY9kxqD&#10;XqAemGdkb+UfUL3kFhw0fsahT6BpJBexBqwmS3+r5qljRsRakBxnLjS5/wfLPx2ezBdL/PgWRmxg&#10;LMKZR+DfHdGw7Zhuxb21MHSC1Rg4C5Qlg3HF6Wug2hUugFTDR6ixyWzvIQKNje0DK1gnQXRswPFC&#10;uhg94fiY3yxXiwWaONqybH57g0qIwYrzd2Odfy+gJ0EoqcWuRnh2eHR+cj27hGgOlKx3Uqmo2Lba&#10;KksODCdghyc9o79wU5oMJb1d5IuJgb9CpPGcEnwB0UuPo6xkX9LVxYkVgbd3uo6D5plUk4zVKX0i&#10;MnA3sejHaiSyRh5ikoHYCuojUmthGl1cNRQ6sD8pGXBsS+p+7JkVlKgPGtuzmmdYAvFRmefpMqfE&#10;XluqawvTHKFK6imZxK2fdmNvrGw7jDQNhIZ7bGkjI9nPWZ3yx9GM7TqtUZj9az16PS/75hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBz4Sxj4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITv&#10;SPwHa5G4UbtRHm2IU/EQiAMHKBw4OomJA/E6jZ00/Hu2JzjO7KfZmWK32J7NevSdQwnrlQCmsXZN&#10;h62E97eHqw0wHxQ2qneoJfxoD7vy/KxQeeOO+KrnfWgZhaDPlQQTwpBz7mujrfIrN2ik26cbrQok&#10;x5Y3ozpSuO15JETKreqQPhg16Duj6+/9ZCVMj3X0Un1UPFsf4sPT1/b2/nk2Ul5eLDfXwIJewh8M&#10;p/pUHUrqVLkJG8960iLbxsRKSLOEVp2QOInIqiRsklQALwv+f0X5CwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADhtrjcdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAHPhLGPiAAAADQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" fillcolor="yellow">
+              <v:shape id="Textruta 25" style="position:absolute;left:0;text-align:left;margin-left:539.7pt;margin-top:337.5pt;width:186.5pt;height:90.5pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1036" fillcolor="yellow" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4ba43HQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSJEiNOEWXLsOA&#10;7gJ0+wBZlm1hsqhJSuzs60fJSZpu2MswPQikSB2Sh+T6buwVOQjrJOiSZrOUEqE51FK3Jf32dfdm&#10;RYnzTNdMgRYlPQpH7zavX60HU4gcOlC1sARBtCsGU9LOe1MkieOd6JmbgREajQ3YnnlUbZvUlg2I&#10;3qskT9NlMoCtjQUunMPXh8lINxG/aQT3n5vGCU9USTE3H28b7yrcyWbNitYy00l+SoP9QxY9kxqD&#10;XqAemGdkb+UfUL3kFhw0fsahT6BpJBexBqwmS3+r5qljRsRakBxnLjS5/wfLPx2ezBdL/PgWRmxg&#10;LMKZR+DfHdGw7Zhuxb21MHSC1Rg4C5Qlg3HF6Wug2hUugFTDR6ixyWzvIQKNje0DK1gnQXRswPFC&#10;uhg94fiY3yxXiwWaONqybH57g0qIwYrzd2Odfy+gJ0EoqcWuRnh2eHR+cj27hGgOlKx3Uqmo2Lba&#10;KksODCdghyc9o79wU5oMJb1d5IuJgb9CpPGcEnwB0UuPo6xkX9LVxYkVgbd3uo6D5plUk4zVKX0i&#10;MnA3sejHaiSyRh5ikoHYCuojUmthGl1cNRQ6sD8pGXBsS+p+7JkVlKgPGtuzmmdYAvFRmefpMqfE&#10;XluqawvTHKFK6imZxK2fdmNvrGw7jDQNhIZ7bGkjI9nPWZ3yx9GM7TqtUZj9az16PS/75hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBz4Sxj4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITv&#10;SPwHa5G4UbtRHm2IU/EQiAMHKBw4OomJA/E6jZ00/Hu2JzjO7KfZmWK32J7NevSdQwnrlQCmsXZN&#10;h62E97eHqw0wHxQ2qneoJfxoD7vy/KxQeeOO+KrnfWgZhaDPlQQTwpBz7mujrfIrN2ik26cbrQok&#10;x5Y3ozpSuO15JETKreqQPhg16Duj6+/9ZCVMj3X0Un1UPFsf4sPT1/b2/nk2Ul5eLDfXwIJewh8M&#10;p/pUHUrqVLkJG8960iLbxsRKSLOEVp2QOInIqiRsklQALwv+f0X5CwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADhtrjcdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAHPhLGPiAAAADQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="720D5682" w14:textId="77777777" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                    <w:p w:rsidR="00902E94" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="29161BBC" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="0" w:right="48"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Å</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>tgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="52A7963C" w14:textId="05847CA6" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                    <w:p w:rsidR="00902E94" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="483C3AE7" w14:textId="05847CA6">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="0" w:right="48"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C45700">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Utsättning av antibiotika oavsett CRP</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Om feber tas </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>ny blododling</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="69E21BD5" w14:textId="402CCE27" w:rsidR="004840FC" w:rsidRDefault="00902E94" w:rsidP="004840FC">
+                    <w:p w:rsidR="004840FC" w:rsidP="004840FC" w:rsidRDefault="00902E94" w14:paraId="532D998F" w14:textId="402CCE27">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="227" w:right="48" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="33A632F0" w14:textId="0D5AA7C0" w:rsidR="004840FC" w:rsidRPr="00FD0906" w:rsidRDefault="004840FC" w:rsidP="004840FC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="004840FC" w:rsidP="004840FC" w:rsidRDefault="004840FC" w14:paraId="145924FC" w14:textId="0D5AA7C0">
                       <w:pPr>
                         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="227" w:right="48" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
@@ -12241,119 +12207,126 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2357755" cy="1149350"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="77A2372C" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00902E94">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00902E94" w:rsidRDefault="00902E94" w14:paraId="77A2372C" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6A2B1763" w14:textId="71395B1E" w:rsidR="00EE22A8" w:rsidRDefault="00EE22A8" w:rsidP="00165970">
+                          <w:p w:rsidR="00EE22A8" w:rsidP="00165970" w:rsidRDefault="00EE22A8" w14:paraId="6A2B1763" w14:textId="71395B1E">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="28"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00165970">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Antibiotikabyte?</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00165970">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00165970">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
                               <w:t>Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="49CE23D7" w14:textId="3F371BA8" w:rsidR="005C43E0" w:rsidRPr="00165970" w:rsidRDefault="005C43E0" w:rsidP="00165970">
+                          <w:p w:rsidRPr="00165970" w:rsidR="005C43E0" w:rsidP="00165970" w:rsidRDefault="005C43E0" w14:paraId="49CE23D7" w14:textId="3F371BA8">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="28"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Ny blododling</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="122D2DE0" w14:textId="40698928" w:rsidR="00902E94" w:rsidRPr="006F71F2" w:rsidRDefault="00EE22A8" w:rsidP="00165970">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="00902E94" w:rsidP="00165970" w:rsidRDefault="00EE22A8" w14:paraId="122D2DE0" w14:textId="40698928">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="0" w:right="-114"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
@@ -12371,123 +12344,130 @@
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>7043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="437A8623" id="Textruta 26" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:350.7pt;margin-top:337.5pt;width:185.65pt;height:90.5pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIQN//HwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSuE2NOEWXrMOA&#10;7gJ0+wBZlm1hsqhJSuzu60fJaZp12MswPwiiSR2Sh4frm2lQ5CCsk6Armi1SSoTm0EjdVfTb17s3&#10;K0qcZ7phCrSo6KNw9Gbz+tV6NKXIoQfVCEsQRLtyNBXtvTdlkjjei4G5BRih0dmCHZhH03ZJY9mI&#10;6INK8jS9TEawjbHAhXP4dzc76Sbit63g/nPbOuGJqijW5uNp41mHM9msWdlZZnrJj2Wwf6hiYFJj&#10;0hPUjnlG9lb+ATVIbsFB6xcchgTaVnIRe8BusvRFNw89MyL2guQ4c6LJ/T9Y/unwYL5Y4qe3MOEA&#10;YxPO3AP/7oiGbc90J26thbEXrMHEWaAsGY0rj08D1a50AaQeP0KDQ2Z7DxFoau0QWME+CaLjAB5P&#10;pIvJE44/84vi6qooKOHoy7Ll9UURx5Kw8um5sc6/FzCQcKmoxalGeHa4dz6Uw8qnkJDNgZLNnVQq&#10;Grart8qSA0MFXOe79IT+W5jSZER/kRczA3+FSOMXSXiRaZAepazkUNHVKYiVgbd3uolC80yq+Y4l&#10;K30kMnA3s+ineiKyCTyEDIHYGppHpNbCLF1cNbz0YH9SMqJsK+p+7JkVlKgPGsezWmbYAvHRWObp&#10;ZU6JPffU5x6mOUJV1FMyX7d+3o29sbLrMdMsCA23ONJWRrKfqzrWj9KMMziuUdD+uR2jnpd98wsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIckpLbhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQ&#10;he+C/yGM4M1Ntth2qU0XEQRREXZdweO0HdtiM6lN2q3+erMnPQ7z8d738u1iejHT6DrLGtYrBYK4&#10;snXHjYbD6/3VBoTzyDX2lknDNznYFudnOWa1PfKO5r1vRAhhl6GG1vshk9JVLRl0KzsQh9+HHQ36&#10;cI6NrEc8hnDTy0ipRBrsODS0ONBdS9XnfjIaHiN5eJnj94pn94A/5VPyNj1/aX15sdzegPC0+D8Y&#10;TvpBHYrgVNqJayd6DalaXwdUQ5LGYdSJUGmUgig1bOJEgSxy+X9E8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCIQN//HwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCHJKS24QAAAAwBAAAPAAAAAAAAAAAAAAAAAHkEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="29A68E9F">
+              <v:shape id="Textruta 26" style="position:absolute;left:0;text-align:left;margin-left:350.7pt;margin-top:337.5pt;width:185.65pt;height:90.5pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1037" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIQN//HwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSuE2NOEWXrMOA&#10;7gJ0+wBZlm1hsqhJSuzu60fJaZp12MswPwiiSR2Sh4frm2lQ5CCsk6Armi1SSoTm0EjdVfTb17s3&#10;K0qcZ7phCrSo6KNw9Gbz+tV6NKXIoQfVCEsQRLtyNBXtvTdlkjjei4G5BRih0dmCHZhH03ZJY9mI&#10;6INK8jS9TEawjbHAhXP4dzc76Sbit63g/nPbOuGJqijW5uNp41mHM9msWdlZZnrJj2Wwf6hiYFJj&#10;0hPUjnlG9lb+ATVIbsFB6xcchgTaVnIRe8BusvRFNw89MyL2guQ4c6LJ/T9Y/unwYL5Y4qe3MOEA&#10;YxPO3AP/7oiGbc90J26thbEXrMHEWaAsGY0rj08D1a50AaQeP0KDQ2Z7DxFoau0QWME+CaLjAB5P&#10;pIvJE44/84vi6qooKOHoy7Ll9UURx5Kw8um5sc6/FzCQcKmoxalGeHa4dz6Uw8qnkJDNgZLNnVQq&#10;Grart8qSA0MFXOe79IT+W5jSZER/kRczA3+FSOMXSXiRaZAepazkUNHVKYiVgbd3uolC80yq+Y4l&#10;K30kMnA3s+ineiKyCTyEDIHYGppHpNbCLF1cNbz0YH9SMqJsK+p+7JkVlKgPGsezWmbYAvHRWObp&#10;ZU6JPffU5x6mOUJV1FMyX7d+3o29sbLrMdMsCA23ONJWRrKfqzrWj9KMMziuUdD+uR2jnpd98wsA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIckpLbhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQ&#10;he+C/yGM4M1Ntth2qU0XEQRREXZdweO0HdtiM6lN2q3+erMnPQ7z8d738u1iejHT6DrLGtYrBYK4&#10;snXHjYbD6/3VBoTzyDX2lknDNznYFudnOWa1PfKO5r1vRAhhl6GG1vshk9JVLRl0KzsQh9+HHQ36&#10;cI6NrEc8hnDTy0ipRBrsODS0ONBdS9XnfjIaHiN5eJnj94pn94A/5VPyNj1/aX15sdzegPC0+D8Y&#10;TvpBHYrgVNqJayd6DalaXwdUQ5LGYdSJUGmUgig1bOJEgSxy+X9E8QsAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCIQN//HwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCHJKS24QAAAAwBAAAPAAAAAAAAAAAAAAAAAHkEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" w14:anchorId="437A8623">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="77A2372C" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00902E94">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00902E94" w:rsidRDefault="00902E94" w14:paraId="62D95F23" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6A2B1763" w14:textId="71395B1E" w:rsidR="00EE22A8" w:rsidRDefault="00EE22A8" w:rsidP="00165970">
+                    <w:p w:rsidR="00EE22A8" w:rsidP="00165970" w:rsidRDefault="00EE22A8" w14:paraId="58563630" w14:textId="71395B1E">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="28"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00165970">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Antibiotikabyte?</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00165970">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00165970">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
                         <w:t>Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="49CE23D7" w14:textId="3F371BA8" w:rsidR="005C43E0" w:rsidRPr="00165970" w:rsidRDefault="005C43E0" w:rsidP="00165970">
+                    <w:p w:rsidRPr="00165970" w:rsidR="005C43E0" w:rsidP="00165970" w:rsidRDefault="005C43E0" w14:paraId="2517D611" w14:textId="3F371BA8">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="28"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Ny blododling</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="122D2DE0" w14:textId="40698928" w:rsidR="00902E94" w:rsidRPr="006F71F2" w:rsidRDefault="00EE22A8" w:rsidP="00165970">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="00902E94" w:rsidP="00165970" w:rsidRDefault="00EE22A8" w14:paraId="69C16535" w14:textId="40698928">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="0" w:right="-114"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
@@ -12544,74 +12524,74 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1174750"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="22A723AF" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00902E94">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00902E94" w:rsidRDefault="00902E94" w14:paraId="22A723AF" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7A29CD96" w14:textId="3975C8EE" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="0052313C">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="0052313C" w:rsidRDefault="00902E94" w14:paraId="7A29CD96" w14:textId="3975C8EE">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0" w:right="63"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Om kvarstående antibiotikabehov:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
@@ -12652,78 +12632,78 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>diagnos</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="5053911F" id="Textruta 24" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.7pt;margin-top:337pt;width:165.85pt;height:92.5pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbyZNFHwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S8+oGlTI07RJesw&#10;oDsA3R5AkeVYmCxqlBI7e/pRcpp2HXYzzBeCaEo/yY/U8mbsDTso9BpszYtZzpmyEhptdzX/9vXu&#10;zYIzH4RthAGran5Unt+sXr9aDq5SJXRgGoWMRKyvBlfzLgRXZZmXneqFn4FTlpwtYC8CmbjLGhQD&#10;qfcmK/P8MhsAG4cglff0dzM5+Srpt62S4XPbehWYqTnlFtKKad3GNVstRbVD4TotT2mIf8iiF9pS&#10;0LPURgTB9qj/kOq1RPDQhpmEPoO21VKlGqiaIn9RzUMnnEq1EBzvzpj8/5OVnw4P7guyML6FkRqY&#10;ivDuHuR3zyysO2F36hYRhk6JhgIXEVk2OF+drkbUvvJRZDt8hIaaLPYBktDYYh+pUJ2M1KkBxzN0&#10;NQYm6WdZ5Jfl9ZwzSb6iuLq4mqe2ZKJ6vO7Qh/cKehY3NUfqapIXh3sfYjqiejwSo3kwurnTxiQD&#10;d9u1QXYQNAHX5SY/q/92zFg2kH9ezicCf5XI05cgvIjU60CjbHRf88X5kKgit3e2SYMWhDbTnlI2&#10;9gQyspsohnE7Mt0QhzJGiGC30BwJLcI0uvTUaNMB/uRsoLGtuf+xF6g4Mx8stWdxUVAJLCTjoiS0&#10;nOFzz/a5R1hJUjUPnE3bdZjext6h3nUUaRoIC7fU0lYn2E9ZnfKn0Uw9OD2jOPvP7XTq6bGvfgEA&#10;AP//AwBQSwMEFAAGAAgAAAAhACMmDcXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AU&#10;hO+C/2F5gje7adOmNWZTRBBEi2BbweNLdk2C2bcxu0mjv97nSY/DDDPfZNvJtmI0vW8cKZjPIhCG&#10;SqcbqhQcD/dXGxA+IGlsHRkFX8bDNj8/yzDV7kQvZtyHSnAJ+RQV1CF0qZS+rI1FP3OdIfbeXW8x&#10;sOwrqXs8cblt5SKKEmmxIV6osTN3tSk/9oNV8LiQx+dx9VbS6B/wu3hKXofdp1KXF9PtDYhgpvAX&#10;hl98RoecmQo3kPaiZb3koIJkveRL7MdxPAdRKNisriOQeSb/P8h/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAFvJk0UfAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACMmDcXgAAAACQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="57293AB1">
+              <v:shape id="Textruta 24" style="position:absolute;left:0;text-align:left;margin-left:.7pt;margin-top:337pt;width:165.85pt;height:92.5pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1038" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbyZNFHwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S8+oGlTI07RJesw&#10;oDsA3R5AkeVYmCxqlBI7e/pRcpp2HXYzzBeCaEo/yY/U8mbsDTso9BpszYtZzpmyEhptdzX/9vXu&#10;zYIzH4RthAGran5Unt+sXr9aDq5SJXRgGoWMRKyvBlfzLgRXZZmXneqFn4FTlpwtYC8CmbjLGhQD&#10;qfcmK/P8MhsAG4cglff0dzM5+Srpt62S4XPbehWYqTnlFtKKad3GNVstRbVD4TotT2mIf8iiF9pS&#10;0LPURgTB9qj/kOq1RPDQhpmEPoO21VKlGqiaIn9RzUMnnEq1EBzvzpj8/5OVnw4P7guyML6FkRqY&#10;ivDuHuR3zyysO2F36hYRhk6JhgIXEVk2OF+drkbUvvJRZDt8hIaaLPYBktDYYh+pUJ2M1KkBxzN0&#10;NQYm6WdZ5Jfl9ZwzSb6iuLq4mqe2ZKJ6vO7Qh/cKehY3NUfqapIXh3sfYjqiejwSo3kwurnTxiQD&#10;d9u1QXYQNAHX5SY/q/92zFg2kH9ezicCf5XI05cgvIjU60CjbHRf88X5kKgit3e2SYMWhDbTnlI2&#10;9gQyspsohnE7Mt0QhzJGiGC30BwJLcI0uvTUaNMB/uRsoLGtuf+xF6g4Mx8stWdxUVAJLCTjoiS0&#10;nOFzz/a5R1hJUjUPnE3bdZjext6h3nUUaRoIC7fU0lYn2E9ZnfKn0Uw9OD2jOPvP7XTq6bGvfgEA&#10;AP//AwBQSwMEFAAGAAgAAAAhACMmDcXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AU&#10;hO+C/2F5gje7adOmNWZTRBBEi2BbweNLdk2C2bcxu0mjv97nSY/DDDPfZNvJtmI0vW8cKZjPIhCG&#10;SqcbqhQcD/dXGxA+IGlsHRkFX8bDNj8/yzDV7kQvZtyHSnAJ+RQV1CF0qZS+rI1FP3OdIfbeXW8x&#10;sOwrqXs8cblt5SKKEmmxIV6osTN3tSk/9oNV8LiQx+dx9VbS6B/wu3hKXofdp1KXF9PtDYhgpvAX&#10;hl98RoecmQo3kPaiZb3koIJkveRL7MdxPAdRKNisriOQeSb/P8h/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAFvJk0UfAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACMmDcXgAAAACQEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" w14:anchorId="5053911F">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="22A723AF" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00902E94">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00902E94" w:rsidRDefault="00902E94" w14:paraId="3C73BBF5" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7A29CD96" w14:textId="3975C8EE" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="0052313C">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="0052313C" w:rsidRDefault="00902E94" w14:paraId="359083C1" w14:textId="3975C8EE">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0" w:right="63"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Om kvarstående antibiotikabehov:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
@@ -12803,174 +12783,174 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2244725" cy="1155700"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0A97B373" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="0A97B373" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0694A45A" w14:textId="77777777" w:rsidR="00954A08" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                          <w:p w:rsidR="00954A08" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="0694A45A" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="63"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Värdera fynd: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="453CBB91" w14:textId="21F67289" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                          <w:p w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="453CBB91" w14:textId="21F67289">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="0" w:right="63"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Förorening eller relevans?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4481FD0C" w14:textId="77777777" w:rsidR="00954A08" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                          <w:p w:rsidR="00954A08" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="4481FD0C" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="183DD7A7" w14:textId="3CC291D9" w:rsidR="00954A08" w:rsidRDefault="00AE2EEC" w:rsidP="00C94485">
+                          <w:p w:rsidR="00954A08" w:rsidP="00C94485" w:rsidRDefault="00AE2EEC" w14:paraId="183DD7A7" w14:textId="3CC291D9">
                             <w:pPr>
                               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="227" w:right="278" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Ev ny blododling </w:t>
                             </w:r>
                             <w:r w:rsidR="006D04ED">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
                             <w:r w:rsidR="00C94485">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">ffa </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>om Staph a)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="51F89E85" w14:textId="1055BEB6" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="51F89E85" w14:textId="1055BEB6">
                             <w:pPr>
                               <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                               <w:ind w:left="227" w:right="278" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
@@ -12995,178 +12975,178 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="093B14B6" id="Textruta 27" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:170.2pt;margin-top:337.5pt;width:176.75pt;height:91pt;z-index:251658260;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKO6W5HwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkjYz4hRdsg4D&#10;ugvQ7QMUWY6FyaJGKbG7rx8lJ2nWAXsY5gdBNKlD8vBweTN0hh0Ueg224tNJzpmyEmptdxX/9vXu&#10;1YIzH4SthQGrKv6oPL9ZvXyx7F2pCmjB1AoZgVhf9q7ibQiuzDIvW9UJPwGnLDkbwE4EMnGX1Sh6&#10;Qu9MVuT5VdYD1g5BKu/p72Z08lXCbxolw+em8SowU3GqLaQT07mNZ7ZainKHwrVaHssQ/1BFJ7Sl&#10;pGeojQiC7VH/AdVpieChCRMJXQZNo6VKPVA30/xZNw+tcCr1QuR4d6bJ/z9Y+enw4L4gC8NbGGiA&#10;qQnv7kF+98zCuhV2p24RoW+VqCnxNFKW9c6Xx6eRal/6CLLtP0JNQxb7AAloaLCLrFCfjNBpAI9n&#10;0tUQmKSfRTGbXRdzziT5ptP5/DpPY8lEeXru0If3CjoWLxVHmmqCF4d7H2I5ojyFxGwejK7vtDHJ&#10;wN12bZAdBCngTbHJ5yf038KMZT3551TI3yHy9CUSnmXqdCApG91VfHEOEmXk7Z2tk9CC0Ga8U8nG&#10;HomM3I0shmE7MF0TD69jhkjsFupHohZhlC6tGl1awJ+c9STbivsfe4GKM/PB0ngWs2nkMiRjVuRX&#10;BWd46dleeoSVBFXxwNl4XYdxN/YO9a6lTKMgLNzSSBudyH6q6lg/STPN4LhGUfuXdop6WvbVLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEADAPLjAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj11Lw0AQ&#10;Rd8F/8Mygm92Y9ukbcykiCCIimA/wMdJdk2C2dmY3aTRX+/6pI/DHO49N9tOphWj7l1jGeF6FoHQ&#10;XFrVcIVw2N9frUE4T6yotawRvrSDbX5+llGq7Ilf9bjzlQgh7FJCqL3vUildWWtDbmY7zeH3bntD&#10;Ppx9JVVPpxBuWjmPokQaajg01NTpu1qXH7vBIDzO5eFljN9KHt0DfRdPyXF4/kS8vJhub0B4Pfk/&#10;GH71gzrkwamwAysnWoTFMloGFCFZxWFUIJLNYgOiQFjHqwhknsn/G/IfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAIo7pbkfAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEADAPLjAAAACwEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="1F1D1BA2">
+              <v:shape id="Textruta 27" style="position:absolute;left:0;text-align:left;margin-left:170.2pt;margin-top:337.5pt;width:176.75pt;height:91pt;z-index:251658260;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1039" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKO6W5HwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkjYz4hRdsg4D&#10;ugvQ7QMUWY6FyaJGKbG7rx8lJ2nWAXsY5gdBNKlD8vBweTN0hh0Ueg224tNJzpmyEmptdxX/9vXu&#10;1YIzH4SthQGrKv6oPL9ZvXyx7F2pCmjB1AoZgVhf9q7ibQiuzDIvW9UJPwGnLDkbwE4EMnGX1Sh6&#10;Qu9MVuT5VdYD1g5BKu/p72Z08lXCbxolw+em8SowU3GqLaQT07mNZ7ZainKHwrVaHssQ/1BFJ7Sl&#10;pGeojQiC7VH/AdVpieChCRMJXQZNo6VKPVA30/xZNw+tcCr1QuR4d6bJ/z9Y+enw4L4gC8NbGGiA&#10;qQnv7kF+98zCuhV2p24RoW+VqCnxNFKW9c6Xx6eRal/6CLLtP0JNQxb7AAloaLCLrFCfjNBpAI9n&#10;0tUQmKSfRTGbXRdzziT5ptP5/DpPY8lEeXru0If3CjoWLxVHmmqCF4d7H2I5ojyFxGwejK7vtDHJ&#10;wN12bZAdBCngTbHJ5yf038KMZT3551TI3yHy9CUSnmXqdCApG91VfHEOEmXk7Z2tk9CC0Ga8U8nG&#10;HomM3I0shmE7MF0TD69jhkjsFupHohZhlC6tGl1awJ+c9STbivsfe4GKM/PB0ngWs2nkMiRjVuRX&#10;BWd46dleeoSVBFXxwNl4XYdxN/YO9a6lTKMgLNzSSBudyH6q6lg/STPN4LhGUfuXdop6WvbVLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEADAPLjAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj11Lw0AQ&#10;Rd8F/8Mygm92Y9ukbcykiCCIimA/wMdJdk2C2dmY3aTRX+/6pI/DHO49N9tOphWj7l1jGeF6FoHQ&#10;XFrVcIVw2N9frUE4T6yotawRvrSDbX5+llGq7Ilf9bjzlQgh7FJCqL3vUildWWtDbmY7zeH3bntD&#10;Ppx9JVVPpxBuWjmPokQaajg01NTpu1qXH7vBIDzO5eFljN9KHt0DfRdPyXF4/kS8vJhub0B4Pfk/&#10;GH71gzrkwamwAysnWoTFMloGFCFZxWFUIJLNYgOiQFjHqwhknsn/G/IfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAIo7pbkfAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEADAPLjAAAACwEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" w14:anchorId="093B14B6">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="0A97B373" w14:textId="77777777" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="21816F84" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0694A45A" w14:textId="77777777" w:rsidR="00954A08" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                    <w:p w:rsidR="00954A08" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="2F5499EC" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="0" w:right="63"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Värdera fynd: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="453CBB91" w14:textId="21F67289" w:rsidR="00902E94" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                    <w:p w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="390B0439" w14:textId="21F67289">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="0" w:right="63"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Förorening eller relevans?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4481FD0C" w14:textId="77777777" w:rsidR="00954A08" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                    <w:p w:rsidR="00954A08" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="72101916" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="183DD7A7" w14:textId="3CC291D9" w:rsidR="00954A08" w:rsidRDefault="00AE2EEC" w:rsidP="00C94485">
+                    <w:p w:rsidR="00954A08" w:rsidP="00C94485" w:rsidRDefault="00AE2EEC" w14:paraId="6552AF32" w14:textId="3CC291D9">
                       <w:pPr>
                         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="227" w:right="278" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Ev ny blododling </w:t>
                       </w:r>
                       <w:r w:rsidR="006D04ED">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
                       <w:r w:rsidR="00C94485">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ffa </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>om Staph a)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="51F89E85" w14:textId="1055BEB6" w:rsidR="00902E94" w:rsidRPr="00FD0906" w:rsidRDefault="00902E94" w:rsidP="00AE2EEC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00902E94" w:rsidP="00AE2EEC" w:rsidRDefault="00902E94" w14:paraId="45FB0B94" w14:textId="1055BEB6">
                       <w:pPr>
                         <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="227" w:right="278" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
@@ -13230,146 +13210,146 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2244725" cy="670560"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="597A8B4F" w14:textId="0BE71651" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="597A8B4F" w14:textId="0BE71651">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Blododling </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>positiv</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="36000" rIns="84125" bIns="36000" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="74D26375" id="Flödesschema: Process 1" o:spid="_x0000_s1040" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:170.7pt;margin-top:172pt;width:176.75pt;height:52.8pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6l8Z3FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlpu0vUdLVqWYS0&#10;wEoLH+A4TmPheMzYbVK+nrHTdiuQOCB8sGY89ps3b8aru6Ez7KDQa7Aln05yzpSVUGu7K/m3rw9v&#10;bjnzQdhaGLCq5Efl+d369atV7wo1gxZMrZARiPVF70rehuCKLPOyVZ3wE3DKUrAB7EQgF3dZjaIn&#10;9M5kszxfZj1g7RCk8p5Ot2OQrxN+0ygZvjSNV4GZkhO3kHZMexX3bL0SxQ6Fa7U80RD/wKIT2lLS&#10;C9RWBMH2qP+A6rRE8NCEiYQug6bRUqUaqJpp/ls1z61wKtVC4nh3kcn/P1j5+fDsnjBS9+4R5HfP&#10;LGxaYXfqHhH6Voma0k2jUFnvfHF5EB1PT1nVf4KaWiv2AZIGQ4NdBKTq2JCkPl6kVkNgkg5ns/n8&#10;ZrbgTFJseZMvlqkXmSjOrx368EFBx6JR8sZAT7wwPI3NTpnE4dGHyEwU5+upEjC6ftDGJAd31cYg&#10;OwgagXezbb44Z/LX14xlPcUXxOnvEHlaSQ/S7BoCYW/rNFBRtfcnOwhtRptYGnuSMSoXh9QXYagG&#10;pmvSeB5B41EF9ZGERRjHlb4XGS3gT856GtWS+x97gYoz89FSc27n06hkSM7bJfHjDK8j1XVEWElQ&#10;JQ+cjeYmjP9h71DvWso0TQpYuKeGNjrp+8LqxJ/GMcl++jpx3q/9dOvlg69/AQAA//8DAFBLAwQU&#10;AAYACAAAACEAxGve3d8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW6i&#10;22BiNkWEShERrKXnbTJmg9nZkN206ds7Pelthvn45/vL1ex6ccQxdJ40pIsEBFLtm45aDbuv9d0j&#10;iBANNab3hBrOGGBVXV+Vpmj8iT7xuI2t4BAKhdFgYxwKKUNt0Zmw8AMS37796EzkdWxlM5oTh7te&#10;3idJJp3piD9YM+CLxfpnOzkNa7ec3jYzpsvXD79593Zfn5XT+vZmfn4CEXGOfzBc9FkdKnY6+Ima&#10;IHoNDypVjF4GxaWYyHKVgzhoUCrPQFal/N+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC6l8Z3FQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDEa97d3wAAAAsBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="071CD58D">
+              <v:shape id="Flödesschema: Process 1" style="position:absolute;left:0;text-align:left;margin-left:170.7pt;margin-top:172pt;width:176.75pt;height:52.8pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1040" fillcolor="#92d050" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6l8Z3FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlpu0vUdLVqWYS0&#10;wEoLH+A4TmPheMzYbVK+nrHTdiuQOCB8sGY89ps3b8aru6Ez7KDQa7Aln05yzpSVUGu7K/m3rw9v&#10;bjnzQdhaGLCq5Efl+d369atV7wo1gxZMrZARiPVF70rehuCKLPOyVZ3wE3DKUrAB7EQgF3dZjaIn&#10;9M5kszxfZj1g7RCk8p5Ot2OQrxN+0ygZvjSNV4GZkhO3kHZMexX3bL0SxQ6Fa7U80RD/wKIT2lLS&#10;C9RWBMH2qP+A6rRE8NCEiYQug6bRUqUaqJpp/ls1z61wKtVC4nh3kcn/P1j5+fDsnjBS9+4R5HfP&#10;LGxaYXfqHhH6Voma0k2jUFnvfHF5EB1PT1nVf4KaWiv2AZIGQ4NdBKTq2JCkPl6kVkNgkg5ns/n8&#10;ZrbgTFJseZMvlqkXmSjOrx368EFBx6JR8sZAT7wwPI3NTpnE4dGHyEwU5+upEjC6ftDGJAd31cYg&#10;OwgagXezbb44Z/LX14xlPcUXxOnvEHlaSQ/S7BoCYW/rNFBRtfcnOwhtRptYGnuSMSoXh9QXYagG&#10;pmvSeB5B41EF9ZGERRjHlb4XGS3gT856GtWS+x97gYoz89FSc27n06hkSM7bJfHjDK8j1XVEWElQ&#10;JQ+cjeYmjP9h71DvWso0TQpYuKeGNjrp+8LqxJ/GMcl++jpx3q/9dOvlg69/AQAA//8DAFBLAwQU&#10;AAYACAAAACEAxGve3d8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW6i&#10;22BiNkWEShERrKXnbTJmg9nZkN206ds7Pelthvn45/vL1ex6ccQxdJ40pIsEBFLtm45aDbuv9d0j&#10;iBANNab3hBrOGGBVXV+Vpmj8iT7xuI2t4BAKhdFgYxwKKUNt0Zmw8AMS37796EzkdWxlM5oTh7te&#10;3idJJp3piD9YM+CLxfpnOzkNa7ec3jYzpsvXD79593Zfn5XT+vZmfn4CEXGOfzBc9FkdKnY6+Ima&#10;IHoNDypVjF4GxaWYyHKVgzhoUCrPQFal/N+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC6l8Z3FQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDEa97d3wAAAAsBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="74D26375">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1mm,2.33681mm,1mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="597A8B4F" w14:textId="0BE71651" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="3CD04FF1" w14:textId="0BE71651">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Blododling </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>positiv</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A414CC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AB9876A" wp14:editId="58EF9125">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
@@ -13390,146 +13370,146 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="670560"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3F343AA1" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="3F343AA1" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Diagnos </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>fastställd</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="ctr" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="3AB9876A" id="Flödesschema: Process 13" o:spid="_x0000_s1041" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:-.35pt;margin-top:116.15pt;width:165.85pt;height:52.8pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBijAmHGgIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgx6qw14hRFsg4D&#10;urVAtw9QZNkWJosapcTpvn6Ucqm3vQ3TgyCK0uHhIbm8PQyG7RV6Dbbm81nOmbISGm27mn/7ev/u&#10;mjMfhG2EAatq/qI8v129fbMcXaUK6ME0ChmBWF+NruZ9CK7KMi97NQg/A6csOVvAQQQyscsaFCOh&#10;DyYr8nyRjYCNQ5DKe7rdHJ18lfDbVsnw2LZeBWZqTtxC2jHt27hnq6WoOhSu1/JEQ/wDi0FoS0Ev&#10;UBsRBNuh/gtq0BLBQxtmEoYM2lZLlXKgbOb5H9k898KplAuJ491FJv//YOWX/bN7wkjduweQ3z2z&#10;sO6F7dQdIoy9Eg2Fm0ehstH56vIhGp6+su34GRoqrdgFSBocWhwiIGXHDknql4vU6hCYpMtini+K&#10;m5IzSb7F+7xcpFpkojr/dujDRwUDi4eatwZG4oXh6VjsFEnsH3yIzER1fp4yAaObe21MMrDbrg2y&#10;vaAWuCk2eXmO5KfPjGUj+cuiTMi/+fwUIk8r6UGaTSEQdrZJDRVV+3A6B6HN8UwsjT3JGJWLTeqr&#10;cNgemG5I4zKCxqstNC8kLMKxXWm86NAD/uRspFatuf+xE6g4M58sFef6ak6sWUjGVUHCcoZTz3bq&#10;EVYSVM1lQM6OxjocJ2LnUHc9xZonDSzcUUlbnRR+5XXKgBoyCX8antjxUzu9eh3x1S8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBlJ0aQ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWqexREgap0JInKAHQuHsxtskaryOYrdN/57tCW47mtHsm3Izu0GccQq9Jw2rZQICqfG2p1bD&#10;7utt8QwiREPWDJ5QwxUDbKr7u9IU1l/oE891bAWXUCiMhi7GsZAyNB06E5Z+RGLv4CdnIsuplXYy&#10;Fy53g0yT5Ek60xN/6MyIrx02x/rkNLif7e7jO3/P8rFVsz/2W7zWVuvHh/llDSLiHP/CcMNndKiY&#10;ae9PZIMYNCwyDmpIVapAsK/Uirftb0eWg6xK+X9B9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBijAmHGgIAACoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBlJ0aQ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="77011C4A">
+              <v:shape id="Flödesschema: Process 13" style="position:absolute;left:0;text-align:left;margin-left:-.35pt;margin-top:116.15pt;width:165.85pt;height:52.8pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:spid="_x0000_s1041" fillcolor="#92d050" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBijAmHGgIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgx6qw14hRFsg4D&#10;urVAtw9QZNkWJosapcTpvn6Ucqm3vQ3TgyCK0uHhIbm8PQyG7RV6Dbbm81nOmbISGm27mn/7ev/u&#10;mjMfhG2EAatq/qI8v129fbMcXaUK6ME0ChmBWF+NruZ9CK7KMi97NQg/A6csOVvAQQQyscsaFCOh&#10;DyYr8nyRjYCNQ5DKe7rdHJ18lfDbVsnw2LZeBWZqTtxC2jHt27hnq6WoOhSu1/JEQ/wDi0FoS0Ev&#10;UBsRBNuh/gtq0BLBQxtmEoYM2lZLlXKgbOb5H9k898KplAuJ491FJv//YOWX/bN7wkjduweQ3z2z&#10;sO6F7dQdIoy9Eg2Fm0ehstH56vIhGp6+su34GRoqrdgFSBocWhwiIGXHDknql4vU6hCYpMtini+K&#10;m5IzSb7F+7xcpFpkojr/dujDRwUDi4eatwZG4oXh6VjsFEnsH3yIzER1fp4yAaObe21MMrDbrg2y&#10;vaAWuCk2eXmO5KfPjGUj+cuiTMi/+fwUIk8r6UGaTSEQdrZJDRVV+3A6B6HN8UwsjT3JGJWLTeqr&#10;cNgemG5I4zKCxqstNC8kLMKxXWm86NAD/uRspFatuf+xE6g4M58sFef6ak6sWUjGVUHCcoZTz3bq&#10;EVYSVM1lQM6OxjocJ2LnUHc9xZonDSzcUUlbnRR+5XXKgBoyCX8antjxUzu9eh3x1S8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBlJ0aQ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWqexREgap0JInKAHQuHsxtskaryOYrdN/57tCW47mtHsm3Izu0GccQq9Jw2rZQICqfG2p1bD&#10;7utt8QwiREPWDJ5QwxUDbKr7u9IU1l/oE891bAWXUCiMhi7GsZAyNB06E5Z+RGLv4CdnIsuplXYy&#10;Fy53g0yT5Ek60xN/6MyIrx02x/rkNLif7e7jO3/P8rFVsz/2W7zWVuvHh/llDSLiHP/CcMNndKiY&#10;ae9PZIMYNCwyDmpIVapAsK/Uirftb0eWg6xK+X9B9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBijAmHGgIAACoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBlJ0aQ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" w14:anchorId="3AB9876A">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="3F343AA1" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="4C50D96C" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Diagnos </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>fastställd</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A414CC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62813B40" wp14:editId="723E7F62">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-41910</wp:posOffset>
@@ -13550,121 +13530,121 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1354455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0348732E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0348732E" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0D77645C" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0D77645C" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Om kvarstående antibiotikabehov:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3851DD30" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="3851DD30" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Fortsätt men överväg</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
@@ -13693,125 +13673,125 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>diagnos</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="62813B40" id="Textruta 15" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.3pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPhP5mIQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoqm606WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2eub8ZekaOwToKuaLZIKRGaQyP1vqLfvt69&#10;WVPiPNMNU6BFRU/C0ZvN61fXgylFDh2oRliCINqVg6lo570pk8TxTvTMLcAIjc4WbM88mnafNJYN&#10;iN6rJE/TVTKAbYwFLpzDv7vJSTcRv20F95/b1glPVEWxNh9PG886nMnmmpV7y0wn+VwG+4cqeiY1&#10;Jj1D7Zhn5GDlH1C95BYctH7BoU+gbSUXsQfsJkt/6+axY0bEXpAcZ840uf8Hyx+Oj+aLJX58ByMO&#10;MDbhzD3w745o2HZM78WttTB0gjWYOAuUJYNx5fw0UO1KF0Dq4RM0OGR28BCBxtb2gRXskyA6DuB0&#10;Jl2MnnD8mWfpKr8qKOHoy94Wy2VRxBysfHpurPMfBPQkXCpqcaoRnh3vnQ/lsPIpJGRzoGRzJ5WK&#10;ht3XW2XJkaECrvJdWsSh45MXYUqTAf1FXkwM/BUijd9c4AuIXnqUspJ9RdfnIFYG3t7rJgrNM6mm&#10;O+ZXeiYycDex6Md6JLJBHlYhQyC2huaE1FqYpIurhpcO7E9KBpRtRd2PA7OCEvVR43jWywxbID4a&#10;yxyppcReeupLD9McoSrqKZmuWz/txsFYue8w0yQIDbc40lZGsp+rmutHacYZzGsUtH9px6jnZd/8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAFiAkE+IAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBW7tJ2kaN2RQRBNEiWCt4nGTXJJidjdlNGv31jic9zjsP70e+nW0nJjP41pGCeBmB&#10;MFQ53VKt4PByt7gE4QOSxs6RUfBlPGyL05McM+2O9GymfagFm5DPUEETQp9J6avGWPRL1xvi37sb&#10;LAY+h1rqAY9sbjuZRFEqLbbECQ325rYx1cd+tAoeEnl4mjZvFU3+Hr/Lx/R13H0qdX4231yDCGYO&#10;fzD81ufqUHCn0o2kvegULNKUSdbjqzWPYmKVbGIQJUvr6GIFssjl/xHFDwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAPhP5mIQIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAWICQT4gAAAAwBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="3764F2CB">
+              <v:shape id="Textruta 15" style="position:absolute;left:0;text-align:left;margin-left:-3.3pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1042" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPhP5mIQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoqm606WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2eub8ZekaOwToKuaLZIKRGaQyP1vqLfvt69&#10;WVPiPNMNU6BFRU/C0ZvN61fXgylFDh2oRliCINqVg6lo570pk8TxTvTMLcAIjc4WbM88mnafNJYN&#10;iN6rJE/TVTKAbYwFLpzDv7vJSTcRv20F95/b1glPVEWxNh9PG886nMnmmpV7y0wn+VwG+4cqeiY1&#10;Jj1D7Zhn5GDlH1C95BYctH7BoU+gbSUXsQfsJkt/6+axY0bEXpAcZ840uf8Hyx+Oj+aLJX58ByMO&#10;MDbhzD3w745o2HZM78WttTB0gjWYOAuUJYNx5fw0UO1KF0Dq4RM0OGR28BCBxtb2gRXskyA6DuB0&#10;Jl2MnnD8mWfpKr8qKOHoy94Wy2VRxBysfHpurPMfBPQkXCpqcaoRnh3vnQ/lsPIpJGRzoGRzJ5WK&#10;ht3XW2XJkaECrvJdWsSh45MXYUqTAf1FXkwM/BUijd9c4AuIXnqUspJ9RdfnIFYG3t7rJgrNM6mm&#10;O+ZXeiYycDex6Md6JLJBHlYhQyC2huaE1FqYpIurhpcO7E9KBpRtRd2PA7OCEvVR43jWywxbID4a&#10;yxyppcReeupLD9McoSrqKZmuWz/txsFYue8w0yQIDbc40lZGsp+rmutHacYZzGsUtH9px6jnZd/8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAFiAkE+IAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBW7tJ2kaN2RQRBNEiWCt4nGTXJJidjdlNGv31jic9zjsP70e+nW0nJjP41pGCeBmB&#10;MFQ53VKt4PByt7gE4QOSxs6RUfBlPGyL05McM+2O9GymfagFm5DPUEETQp9J6avGWPRL1xvi37sb&#10;LAY+h1rqAY9sbjuZRFEqLbbECQ325rYx1cd+tAoeEnl4mjZvFU3+Hr/Lx/R13H0qdX4231yDCGYO&#10;fzD81ufqUHCn0o2kvegULNKUSdbjqzWPYmKVbGIQJUvr6GIFssjl/xHFDwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAPhP5mIQIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAWICQT4gAAAAwBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" w14:anchorId="62813B40">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="0348732E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="72A10C60" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0D77645C" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="02B0707A" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Om kvarstående antibiotikabehov:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3851DD30" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="526827DF" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Fortsätt men överväg</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
@@ -13879,59 +13859,59 @@
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1289685"/>
                         </a:xfrm>
                         <a:prstGeom prst="flowChartProcess">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0F3D0E35" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0F3D0E35" w14:textId="77777777">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="1980"/>
                               </w:tabs>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Opåverkad patient</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> utan </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13977,64 +13957,64 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>antibiotika sattes in</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="64BC2B43" id="Flödesschema: Process 7" o:spid="_x0000_s1043" type="#_x0000_t109" style="position:absolute;left:0;text-align:left;margin-left:1043.1pt;margin-top:378pt;width:165.85pt;height:101.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVL85JGQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72oCckqm6pKCUIq&#10;UKnwAV6vN2vh9Zixk034esZOmqbwhvCDNeOxz5w5M17eHgbD9gq9BlvzYpJzpqyEVtttzb9/27yb&#10;c+aDsK0wYFXNj8rz29XbN8vRVaqEHkyrkBGI9dXoat6H4Kos87JXg/ATcMpSsAMcRCAXt1mLYiT0&#10;wWRlns+yEbB1CFJ5T6f3pyBfJfyuUzJ87TqvAjM1J24h7Zj2Ju7ZaimqLQrXa3mmIf6BxSC0paQX&#10;qHsRBNuh/gtq0BLBQxcmEoYMuk5LlWqgaor8j2qeeuFUqoXE8e4ik/9/sPLL/sk9YqTu3QPIH55Z&#10;WPfCbtUdIoy9Ei2lK6JQ2eh8dXkQHU9PWTN+hpZaK3YBkgaHDocISNWxQ5L6eJFaHQKTdFgW+axc&#10;TDmTFCvK+WI2n6Yconp+7tCHjwoGFo2adwZGIobh8dTtlErsH3yI1ET1fD2VAka3G21McnDbrA2y&#10;vaAZ2NDKU9vpib++Ziwba76YltOE/CrmryHytM5kX11D2Nk2TVSU7cPZDkKbk00pjT3rGKWLU+qr&#10;cGgOTLckw/sIGo8aaI+kLMJpXul/kdED/uJspFmtuf+5E6g4M58sdWd+UxBrFpJzU5KynOF1pLmO&#10;CCsJquaBs5O5DqcPsXOotz1lKpICFu6oo51O+r6wOvOneUyyn/9OHPhrP916+eGr3wAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAANPxvHhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEa&#10;JDaIOrHSpEnjVFBU1C2BA7ixmxhiO7KdNtyeYQXL0Ty9/3+9W8xILsoH7SyHdJUAUbZzUtuew8f7&#10;4XEDJERhpRidVRy+VYBdc3tTi0q6q31Tlzb2BCU2VILDEONUURq6QRkRVm5SFn9n542IePqeSi+u&#10;KDcjZUmSUyO0xYRBTGo/qO6rnQ0Hpl9mdnidWaZbLz/3z9nxocg4v79bnrZAolriHwy/9bE6NNjp&#10;5GYrAxnRkWxyhiyHYp3jKkRYlhYlkBOHcl2mQJua/l/R/AAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDVL85JGQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQADT8bx4QAAAA0BAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" fillcolor="yellow">
+            <w:pict w14:anchorId="4C53EB0C">
+              <v:shape id="Flödesschema: Process 7" style="position:absolute;left:0;text-align:left;margin-left:1043.1pt;margin-top:378pt;width:165.85pt;height:101.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1043" fillcolor="yellow" type="#_x0000_t109" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVL85JGQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k72oCckqm6pKCUIq&#10;UKnwAV6vN2vh9Zixk034esZOmqbwhvCDNeOxz5w5M17eHgbD9gq9BlvzYpJzpqyEVtttzb9/27yb&#10;c+aDsK0wYFXNj8rz29XbN8vRVaqEHkyrkBGI9dXoat6H4Kos87JXg/ATcMpSsAMcRCAXt1mLYiT0&#10;wWRlns+yEbB1CFJ5T6f3pyBfJfyuUzJ87TqvAjM1J24h7Zj2Ju7ZaimqLQrXa3mmIf6BxSC0paQX&#10;qHsRBNuh/gtq0BLBQxcmEoYMuk5LlWqgaor8j2qeeuFUqoXE8e4ik/9/sPLL/sk9YqTu3QPIH55Z&#10;WPfCbtUdIoy9Ei2lK6JQ2eh8dXkQHU9PWTN+hpZaK3YBkgaHDocISNWxQ5L6eJFaHQKTdFgW+axc&#10;TDmTFCvK+WI2n6Yconp+7tCHjwoGFo2adwZGIobh8dTtlErsH3yI1ET1fD2VAka3G21McnDbrA2y&#10;vaAZ2NDKU9vpib++Ziwba76YltOE/CrmryHytM5kX11D2Nk2TVSU7cPZDkKbk00pjT3rGKWLU+qr&#10;cGgOTLckw/sIGo8aaI+kLMJpXul/kdED/uJspFmtuf+5E6g4M58sdWd+UxBrFpJzU5KynOF1pLmO&#10;CCsJquaBs5O5DqcPsXOotz1lKpICFu6oo51O+r6wOvOneUyyn/9OHPhrP916+eGr3wAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAANPxvHhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEa&#10;JDaIOrHSpEnjVFBU1C2BA7ixmxhiO7KdNtyeYQXL0Ty9/3+9W8xILsoH7SyHdJUAUbZzUtuew8f7&#10;4XEDJERhpRidVRy+VYBdc3tTi0q6q31Tlzb2BCU2VILDEONUURq6QRkRVm5SFn9n542IePqeSi+u&#10;KDcjZUmSUyO0xYRBTGo/qO6rnQ0Hpl9mdnidWaZbLz/3z9nxocg4v79bnrZAolriHwy/9bE6NNjp&#10;5GYrAxnRkWxyhiyHYp3jKkRYlhYlkBOHcl2mQJua/l/R/AAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDVL85JGQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQADT8bx4QAAAA0BAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" w14:anchorId="64BC2B43">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="0F3D0E35" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="46E04F30" w14:textId="77777777">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="1980"/>
                         </w:tabs>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Opåverkad patient</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> utan </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14119,360 +14099,360 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1354455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2A9C464A" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="2A9C464A" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Å</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>tgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="484143EF" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="484143EF" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C45700">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Utsättning av antibiotika oavsett CRP</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Om feber tas </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>ny blododling</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0AD80F1E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0AD80F1E" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="1DC8A141" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="1DC8A141" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:sym w:font="Wingdings 3" w:char="F084"/>
+                              <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="34DF0CA9" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="34DF0CA9" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>sökare 7043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="4D59F368" id="Textruta 9" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:1043.6pt;margin-top:597.1pt;width:165.85pt;height:106.65pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWIm/sIAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z/3DdtpV607HjiGk&#10;40A6+ABpmrYRaRySbO349Dhpb7cD8YLIQ2THzs/2z/bmZuwVOQrrJOiSZouUEqE51FK3Jf32df9m&#10;TYnzTNdMgRYlPQlHb7avX20GU4gcOlC1sARBtCsGU9LOe1MkieOd6JlbgBEajQ3YnnlUbZvUlg2I&#10;3qskT9OrZABbGwtcOIevd5ORbiN+0wjuPzeNE56okmJuPt423lW4k+2GFa1lppN8ToP9QxY9kxqD&#10;nqHumGfkYOUfUL3kFhw0fsGhT6BpJBexBqwmS3+r5rFjRsRakBxnzjS5/wfLH46P5oslfnwHIzYw&#10;FuHMPfDvjmjYdUy34tZaGDrBagycBcqSwbhi/hqodoULINXwCWpsMjt4iEBjY/vACtZJEB0bcDqT&#10;LkZPOD7mWXqVX68o4WjL3q6Wy9UqxmDF03djnf8goCdBKKnFrkZ4drx3PqTDiieXEM2BkvVeKhUV&#10;21Y7ZcmR4QTs8aSx6fjlhZvSZCjp9SpfTQz8FSKNZ07wBUQvPY6ykn1J12cnVgTe3us6DppnUk0y&#10;xld6JjJwN7Hox2okskYe1iFCILaC+oTUWphGF1cNhQ7sT0oGHNuSuh8HZgUl6qPG9qyXGZZAfFSW&#10;OVJLib20VJcWpjlCldRTMok7P+3GwVjZdhhpGggNt9jSRkayn7Oa88fRjD2Y1yjM/qUevZ6XffsL&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRO5Ga5AAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI87T8Qw&#10;EIR7JP6DtUh0nB0rkAdxTjwEorgCDgpKJzZxILZzsZML/56lgm53ZzT7TbVd7UAWPYXeOwHJhgHR&#10;rvWqd52At9eHixxIiNIpOXinBXzrANv69KSSpfJH96KXfewIhrhQSgEmxrGkNLRGWxk2ftQOtQ8/&#10;WRlxnTqqJnnEcDtQztgVtbJ3+MHIUd8Z3X7tZytgfmz5c/Pe0Cw5pIenz+L2frcYIc7P1ptrIFGv&#10;8c8Mv/iIDjUyNX52KpBBAGd5xtGLSlKkOKGHp0leAGnwlrLsEmhd0f896h8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAViJv7CACAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAkTuRmuQAAAAPAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" fillcolor="yellow">
+            <w:pict w14:anchorId="06AE3E10">
+              <v:shape id="Textruta 9" style="position:absolute;left:0;text-align:left;margin-left:1043.6pt;margin-top:597.1pt;width:165.85pt;height:106.65pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1044" fillcolor="yellow" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWIm/sIAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P0zAMf0fiO0R5Z/3DdtpV607HjiGk&#10;40A6+ABpmrYRaRySbO349Dhpb7cD8YLIQ2THzs/2z/bmZuwVOQrrJOiSZouUEqE51FK3Jf32df9m&#10;TYnzTNdMgRYlPQlHb7avX20GU4gcOlC1sARBtCsGU9LOe1MkieOd6JlbgBEajQ3YnnlUbZvUlg2I&#10;3qskT9OrZABbGwtcOIevd5ORbiN+0wjuPzeNE56okmJuPt423lW4k+2GFa1lppN8ToP9QxY9kxqD&#10;nqHumGfkYOUfUL3kFhw0fsGhT6BpJBexBqwmS3+r5rFjRsRakBxnzjS5/wfLH46P5oslfnwHIzYw&#10;FuHMPfDvjmjYdUy34tZaGDrBagycBcqSwbhi/hqodoULINXwCWpsMjt4iEBjY/vACtZJEB0bcDqT&#10;LkZPOD7mWXqVX68o4WjL3q6Wy9UqxmDF03djnf8goCdBKKnFrkZ4drx3PqTDiieXEM2BkvVeKhUV&#10;21Y7ZcmR4QTs8aSx6fjlhZvSZCjp9SpfTQz8FSKNZ07wBUQvPY6ykn1J12cnVgTe3us6DppnUk0y&#10;xld6JjJwN7Hox2okskYe1iFCILaC+oTUWphGF1cNhQ7sT0oGHNuSuh8HZgUl6qPG9qyXGZZAfFSW&#10;OVJLib20VJcWpjlCldRTMok7P+3GwVjZdhhpGggNt9jSRkayn7Oa88fRjD2Y1yjM/qUevZ6XffsL&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRO5Ga5AAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI87T8Qw&#10;EIR7JP6DtUh0nB0rkAdxTjwEorgCDgpKJzZxILZzsZML/56lgm53ZzT7TbVd7UAWPYXeOwHJhgHR&#10;rvWqd52At9eHixxIiNIpOXinBXzrANv69KSSpfJH96KXfewIhrhQSgEmxrGkNLRGWxk2ftQOtQ8/&#10;WRlxnTqqJnnEcDtQztgVtbJ3+MHIUd8Z3X7tZytgfmz5c/Pe0Cw5pIenz+L2frcYIc7P1ptrIFGv&#10;8c8Mv/iIDjUyNX52KpBBAGd5xtGLSlKkOKGHp0leAGnwlrLsEmhd0f896h8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAViJv7CACAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAkTuRmuQAAAAPAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" w14:anchorId="4D59F368">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="2A9C464A" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="680F94B1" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Å</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>tgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="484143EF" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="767489B5" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C45700">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Utsättning av antibiotika oavsett CRP</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Om feber tas </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>ny blododling</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0AD80F1E" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="5A39BBE3" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="1DC8A141" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="58EAEF40" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:sym w:font="Wingdings 3" w:char="F084"/>
+                        <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="34DF0CA9" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="2516900E" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
@@ -14516,304 +14496,304 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1354455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="45063B53" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="45063B53" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1B1EACDB" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="1B1EACDB" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Antibiotikabyte?</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="02DA0EE6" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="02DA0EE6" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="027A5005" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="027A5005" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:sym w:font="Wingdings 3" w:char="F084"/>
+                              <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="295C87B8" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="295C87B8" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>sökare 7043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="1E475FF2" id="Textruta 2" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:701.7pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoC8mHIQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoVtuo6WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2fWN2OvyFFYJ0FXNFuklAjNoZF6X9FvX+/e&#10;XFPiPNMNU6BFRU/C0ZvN61frwZQihw5UIyxBEO3KwVS0896USeJ4J3rmFmCERmcLtmceTbtPGssG&#10;RO9VkqfpVTKAbYwFLpzDv7vJSTcRv20F95/b1glPVEWxNh9PG886nMlmzcq9ZaaTfC6D/UMVPZMa&#10;k56hdswzcrDyD6hecgsOWr/g0CfQtpKL2AN2k6W/dfPYMSNiL0iOM2ea3P+D5Q/HR/PFEj++gxEH&#10;GJtw5h74d0c0bDum9+LWWhg6wRpMnAXKksG4cn4aqHalCyD18AkaHDI7eIhAY2v7wAr2SRAdB3A6&#10;ky5GTzj+zLP0Kl8VlHD0ZW+L5bIoYg5WPj031vkPAnoSLhW1ONUIz473zodyWPkUErI5ULK5k0pF&#10;w+7rrbLkyFABq3yXFnHo+ORFmNJkQH+RFxMDf4VI4zcX+AKilx6lrGRf0etzECsDb+91E4XmmVTT&#10;HfMrPRMZuJtY9GM9EtkgD6uQIRBbQ3NCai1M0sVVw0sH9iclA8q2ou7HgVlBifqocTzXywxbID4a&#10;yxyppcReeupLD9McoSrqKZmuWz/txsFYue8w0yQIDbc40lZGsp+rmutHacYZzGsUtH9px6jnZd/8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAIVmm0uMAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vD&#10;QBDF74LfYRnBm92kSf8YsykiCKJFsK3gcZOMSTA7G7ObNPrpnXrR2zzejzfvpZvJtGLE3jWWFISz&#10;AARSYcuGKgWH/f3VGoTzmkrdWkIFX+hgk52fpTop7ZFecNz5SnAIuUQrqL3vEildUaPRbmY7JPbe&#10;bW+0Z9lXsuz1kcNNK+dBsJRGN8Qfat3hXY3Fx24wCh7n8vA8Lt4KGt2D/s6flq/D9lOpy4vp9gaE&#10;x8n/wXCqz9Uh4065Hah0omUdB1HMLF/hdcyzTswqWoQg8l93FYHMUvl/R/YDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAqAvJhyECAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAIVmm0uMAAAAPAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="1A342804">
+              <v:shape id="Textruta 2" style="position:absolute;left:0;text-align:left;margin-left:701.7pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1045" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoC8mHIQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoVtuo6WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2fWN2OvyFFYJ0FXNFuklAjNoZF6X9FvX+/e&#10;XFPiPNMNU6BFRU/C0ZvN61frwZQihw5UIyxBEO3KwVS0896USeJ4J3rmFmCERmcLtmceTbtPGssG&#10;RO9VkqfpVTKAbYwFLpzDv7vJSTcRv20F95/b1glPVEWxNh9PG886nMlmzcq9ZaaTfC6D/UMVPZMa&#10;k56hdswzcrDyD6hecgsOWr/g0CfQtpKL2AN2k6W/dfPYMSNiL0iOM2ea3P+D5Q/HR/PFEj++gxEH&#10;GJtw5h74d0c0bDum9+LWWhg6wRpMnAXKksG4cn4aqHalCyD18AkaHDI7eIhAY2v7wAr2SRAdB3A6&#10;ky5GTzj+zLP0Kl8VlHD0ZW+L5bIoYg5WPj031vkPAnoSLhW1ONUIz473zodyWPkUErI5ULK5k0pF&#10;w+7rrbLkyFABq3yXFnHo+ORFmNJkQH+RFxMDf4VI4zcX+AKilx6lrGRf0etzECsDb+91E4XmmVTT&#10;HfMrPRMZuJtY9GM9EtkgD6uQIRBbQ3NCai1M0sVVw0sH9iclA8q2ou7HgVlBifqocTzXywxbID4a&#10;yxyppcReeupLD9McoSrqKZmuWz/txsFYue8w0yQIDbc40lZGsp+rmutHacYZzGsUtH9px6jnZd/8&#10;AgAA//8DAFBLAwQUAAYACAAAACEAIVmm0uMAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vD&#10;QBDF74LfYRnBm92kSf8YsykiCKJFsK3gcZOMSTA7G7ObNPrpnXrR2zzejzfvpZvJtGLE3jWWFISz&#10;AARSYcuGKgWH/f3VGoTzmkrdWkIFX+hgk52fpTop7ZFecNz5SnAIuUQrqL3vEildUaPRbmY7JPbe&#10;bW+0Z9lXsuz1kcNNK+dBsJRGN8Qfat3hXY3Fx24wCh7n8vA8Lt4KGt2D/s6flq/D9lOpy4vp9gaE&#10;x8n/wXCqz9Uh4065Hah0omUdB1HMLF/hdcyzTswqWoQg8l93FYHMUvl/R/YDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAqAvJhyECAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAIVmm0uMAAAAPAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" w14:anchorId="1E475FF2">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="45063B53" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="467F6D79" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1B1EACDB" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="16E5D531" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Antibiotikabyte?</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="02DA0EE6" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="41C8F396" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="027A5005" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="295EACB7" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:sym w:font="Wingdings 3" w:char="F084"/>
+                        <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="295C87B8" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="2BB9D5F2" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
@@ -14857,288 +14837,288 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2106295" cy="1354455"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7607B399" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="7607B399" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Åtgärd:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2081EBDF" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="2081EBDF" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>Värdera fynd: Förorening eller relevans?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="33428415" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="33428415" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="19D1EAB4" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="19D1EAB4" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:sym w:font="Wingdings 3" w:char="F084"/>
+                              <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2525C366" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="2525C366" w14:textId="77777777">
                             <w:pPr>
                               <w:spacing w:after="80"/>
                               <w:ind w:left="227" w:hanging="227"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
-                                <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                                <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>□</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FD0906">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>sökare 7043</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="193D7A2F" id="Textruta 3" o:spid="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:358.35pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn1G3AIAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoVt2o6WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2fWN2OvyFFYJ0FXNFuklAjNoZF6X9FvX+/e&#10;rChxnumGKdCioifh6M3m9av1YEqRQweqEZYgiHblYCraeW/KJHG8Ez1zCzBCo7MF2zOPpt0njWUD&#10;ovcqydP0KhnANsYCF87h393kpJuI37aC+89t64QnqqJYm4+njWcdzmSzZuXeMtNJPpfB/qGKnkmN&#10;Sc9QO+YZOVj5B1QvuQUHrV9w6BNoW8lF7AG7ydLfunnsmBGxFyTHmTNN7v/B8ofjo/liiR/fwYgD&#10;jE04cw/8uyMath3Te3FrLQydYA0mzgJlyWBcOT8NVLvSBZB6+AQNDpkdPESgsbV9YAX7JIiOAzid&#10;SRejJxx/5ll6lV8XlHD0ZW+L5bIoYg5WPj031vkPAnoSLhW1ONUIz473zodyWPkUErI5ULK5k0pF&#10;w+7rrbLkyFAB1/kuLeLQ8cmLMKXJgP4iLyYG/gqRxm8u8AVELz1KWcm+oqtzECsDb+91E4XmmVTT&#10;HfMrPRMZuJtY9GM9EtkgKbHIQGwNzQmptTBJF1cNLx3Yn5QMKNuKuh8HZgUl6qPG8ayWGbZAfDSW&#10;OVJLib301JcepjlCVdRTMl23ftqNg7Fy32GmSRAabnGkrYxkP1c114/SjDOY1yho/9KOUc/LvvkF&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2P3U35AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8Qw&#10;EMXvgt8hjODNTbrWdq1NFxEE0UVw/4DHtIltsZnUJu1WP72zJ73N4/14816+nm3HJjP41qGEaCGA&#10;GaycbrGWsN89Xq2A+aBQq86hkfBtPKyL87NcZdod8c1M21AzCkGfKQlNCH3Gua8aY5VfuN4geR9u&#10;sCqQHGquB3WkcNvxpRAJt6pF+tCo3jw0pvrcjlbC85LvX6eb9won/6R+ypfkMG6+pLy8mO/vgAUz&#10;hz8YTvWpOhTUqXQjas86CWmUpISSEd3GtOqEiHgVAyvpikV6DbzI+f8ZxS8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAp9RtwCACAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEANj91N+QAAAAOAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" fillcolor="#92d050">
+            <w:pict w14:anchorId="5348E5DB">
+              <v:shape id="Textruta 3" style="position:absolute;left:0;text-align:left;margin-left:358.35pt;margin-top:597pt;width:165.85pt;height:106.65pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1046" fillcolor="#92d050" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn1G3AIAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoVt2o6WppWYS0&#10;LEgLH+A4TmPheIztNilfz9jJdrsgXhB5sDyZ8ZmZM2fWN2OvyFFYJ0FXNFuklAjNoZF6X9FvX+/e&#10;rChxnumGKdCioifh6M3m9av1YEqRQweqEZYgiHblYCraeW/KJHG8Ez1zCzBCo7MF2zOPpt0njWUD&#10;ovcqydP0KhnANsYCF87h393kpJuI37aC+89t64QnqqJYm4+njWcdzmSzZuXeMtNJPpfB/qGKnkmN&#10;Sc9QO+YZOVj5B1QvuQUHrV9w6BNoW8lF7AG7ydLfunnsmBGxFyTHmTNN7v/B8ofjo/liiR/fwYgD&#10;jE04cw/8uyMath3Te3FrLQydYA0mzgJlyWBcOT8NVLvSBZB6+AQNDpkdPESgsbV9YAX7JIiOAzid&#10;SRejJxx/5ll6lV8XlHD0ZW+L5bIoYg5WPj031vkPAnoSLhW1ONUIz473zodyWPkUErI5ULK5k0pF&#10;w+7rrbLkyFAB1/kuLeLQ8cmLMKXJgP4iLyYG/gqRxm8u8AVELz1KWcm+oqtzECsDb+91E4XmmVTT&#10;HfMrPRMZuJtY9GM9EtkgKbHIQGwNzQmptTBJF1cNLx3Yn5QMKNuKuh8HZgUl6qPG8ayWGbZAfDSW&#10;OVJLib301JcepjlCVdRTMl23ftqNg7Fy32GmSRAabnGkrYxkP1c114/SjDOY1yho/9KOUc/LvvkF&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2P3U35AAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8Qw&#10;EMXvgt8hjODNTbrWdq1NFxEE0UVw/4DHtIltsZnUJu1WP72zJ73N4/14816+nm3HJjP41qGEaCGA&#10;GaycbrGWsN89Xq2A+aBQq86hkfBtPKyL87NcZdod8c1M21AzCkGfKQlNCH3Gua8aY5VfuN4geR9u&#10;sCqQHGquB3WkcNvxpRAJt6pF+tCo3jw0pvrcjlbC85LvX6eb9won/6R+ypfkMG6+pLy8mO/vgAUz&#10;hz8YTvWpOhTUqXQjas86CWmUpISSEd3GtOqEiHgVAyvpikV6DbzI+f8ZxS8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAp9RtwCACAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEANj91N+QAAAAOAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" w14:anchorId="193D7A2F">
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="7607B399" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="7E1E3C8E" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Åtgärd:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2081EBDF" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="39BDDDA0" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>Värdera fynd: Förorening eller relevans?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="33428415" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="72A3D3EC" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="19D1EAB4" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="018CC379" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:sym w:font="Wingdings 3" w:char="F084"/>
+                        <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Leta infektionsfokus</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2525C366" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="00FD0906" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="00FD0906" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="59E43F2C" w14:textId="77777777">
                       <w:pPr>
                         <w:spacing w:after="80"/>
                         <w:ind w:left="227" w:hanging="227"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
-                          <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Wingdings 3" w:hAnsi="Wingdings 3" w:cs="Wingdings 3"/>
+                          <w:rFonts w:ascii="Wingdings 3" w:hAnsi="Wingdings 3" w:eastAsia="Wingdings 3" w:cs="Wingdings 3"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>□</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Infektionskonsult,</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FD0906">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="000000"/>
@@ -15185,87 +15165,87 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="252730" cy="321945"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 49358"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6821263F" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="6821263F" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="63187926" id="Pil: nedåt 17" o:spid="_x0000_s1047" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:1188.15pt;margin-top:568.35pt;width:19.9pt;height:25.35pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNFJcrMgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01zaLG3UdLXqUoS0&#10;XKSFD3BtpzE4HmO7TZevZ+KkJQs8IfJgzXjsM2fOjLO+PbeanKTzCkxFs1lKiTQchDKHin75vHu1&#10;pMQHZgTTYGRFn6Snt5uXL9adLWUODWghHUEQ48vOVrQJwZZJ4nkjW+ZnYKXBYA2uZQFdd0iEYx2i&#10;tzrJ0/Qm6cAJ64BL73H3fgjSTcSva8nDx7r2MhBdUeQW4uriuu/XZLNm5cEx2yg+0mD/wKJlymDS&#10;K9Q9C4wcnfoDqlXcgYc6zDi0CdS14jLWgNVk6W/VPDbMylgLiuPtVSb//2D5h9Oj/eR66t4+AP/m&#10;iYFtw8xB3jkHXSOZwHRZL1TSWV9eL/SOx6tk370Hga1lxwBRg3Pt2h4QqyPnKPXTVWp5DoTjZl7k&#10;r+fYEI6heZ6tFkXMwMrLZet8eCuhJb1RUQGdiYRiBnZ68CHKLYhhbZ9cfM0oqVuN3TsxTYoUv7G7&#10;kzP59MxiNS+WY9oRMWHlJXGUBLQSO6V1dNxhv9WOIHxFd/gNCfCKnx7ThnQVXRV5Eak+i/kpRM/w&#10;7xAOjkbEyezlfzPagSk92JhSm7EffQv6afdlOO/PRAnUNnar39qDeMIOORjmHt8pGg24H5R0OPMV&#10;9d+PzElK9DuDXV4uMmRNQnQWeXqDcrlpZD+NMMMRqqKBksHchuFhHa1ThwYzZVEBA3c4GbUKlxEa&#10;WI38ca7RevZwpn489etPsfkJAAD//wMAUEsDBBQABgAIAAAAIQDgq8Yq5AAAAA8BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG06tVPXdEIIThNM2ziwW9qYtqxJqibbCk+Pd4Kj&#10;/X/6/blYTaZnZxx956yEeBYBQ1s73dlGwvv+5WEBzAdlteqdRQnf6GFV3t4UKtfuYrd43oWGUYn1&#10;uZLQhjDknPu6RaP8zA1oKft0o1GBxrHhelQXKjc9F1GUcqM6SxdaNeBTi/VxdzISfsx0/Kr4pnkz&#10;r35zEGK9f/5YS3l/Nz0ugQWcwh8MV31Sh5KcKney2rNegkiyNCGWkjhJM2DEiHmcxsCq626RzYGX&#10;Bf//R/kLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzRSXKzICAABxBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4KvGKuQAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" adj="13231" fillcolor="yellow">
+            <w:pict w14:anchorId="07ECE612">
+              <v:shape id="Pil: nedåt 17" style="position:absolute;left:0;text-align:left;margin-left:1188.15pt;margin-top:568.35pt;width:19.9pt;height:25.35pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1047" fillcolor="yellow" type="#_x0000_t67" adj="13231" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNFJcrMgIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01zaLG3UdLXqUoS0&#10;XKSFD3BtpzE4HmO7TZevZ+KkJQs8IfJgzXjsM2fOjLO+PbeanKTzCkxFs1lKiTQchDKHin75vHu1&#10;pMQHZgTTYGRFn6Snt5uXL9adLWUODWghHUEQ48vOVrQJwZZJ4nkjW+ZnYKXBYA2uZQFdd0iEYx2i&#10;tzrJ0/Qm6cAJ64BL73H3fgjSTcSva8nDx7r2MhBdUeQW4uriuu/XZLNm5cEx2yg+0mD/wKJlymDS&#10;K9Q9C4wcnfoDqlXcgYc6zDi0CdS14jLWgNVk6W/VPDbMylgLiuPtVSb//2D5h9Oj/eR66t4+AP/m&#10;iYFtw8xB3jkHXSOZwHRZL1TSWV9eL/SOx6tk370Hga1lxwBRg3Pt2h4QqyPnKPXTVWp5DoTjZl7k&#10;r+fYEI6heZ6tFkXMwMrLZet8eCuhJb1RUQGdiYRiBnZ68CHKLYhhbZ9cfM0oqVuN3TsxTYoUv7G7&#10;kzP59MxiNS+WY9oRMWHlJXGUBLQSO6V1dNxhv9WOIHxFd/gNCfCKnx7ThnQVXRV5Eak+i/kpRM/w&#10;7xAOjkbEyezlfzPagSk92JhSm7EffQv6afdlOO/PRAnUNnar39qDeMIOORjmHt8pGg24H5R0OPMV&#10;9d+PzElK9DuDXV4uMmRNQnQWeXqDcrlpZD+NMMMRqqKBksHchuFhHa1ThwYzZVEBA3c4GbUKlxEa&#10;WI38ca7RevZwpn489etPsfkJAAD//wMAUEsDBBQABgAIAAAAIQDgq8Yq5AAAAA8BAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG06tVPXdEIIThNM2ziwW9qYtqxJqibbCk+Pd4Kj&#10;/X/6/blYTaZnZxx956yEeBYBQ1s73dlGwvv+5WEBzAdlteqdRQnf6GFV3t4UKtfuYrd43oWGUYn1&#10;uZLQhjDknPu6RaP8zA1oKft0o1GBxrHhelQXKjc9F1GUcqM6SxdaNeBTi/VxdzISfsx0/Kr4pnkz&#10;r35zEGK9f/5YS3l/Nz0ugQWcwh8MV31Sh5KcKney2rNegkiyNCGWkjhJM2DEiHmcxsCq626RzYGX&#10;Bf//R/kLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzRSXKzICAABxBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4KvGKuQAAAAPAQAADwAAAAAA&#10;AAAAAAAAAACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="63187926">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="6821263F" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0D0B940D" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A414CC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="584F48C4" wp14:editId="1B9D7284">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>10690860</wp:posOffset>
                 </wp:positionH>
@@ -15288,131 +15268,131 @@
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="251460" cy="321945"/>
                         </a:xfrm>
                         <a:prstGeom prst="downArrow">
                           <a:avLst>
                             <a:gd name="adj1" fmla="val 50000"/>
                             <a:gd name="adj2" fmla="val 49448"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="92D050"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="56E502A5" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                          <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="56E502A5" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="44"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="84125" tIns="42062" rIns="84125" bIns="42062" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shape w14:anchorId="584F48C4" id="Pil: nedåt 18" o:spid="_x0000_s1048" type="#_x0000_t67" style="position:absolute;left:0;text-align:left;margin-left:841.8pt;margin-top:568.35pt;width:19.8pt;height:25.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDcO2oNQIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvoyJ0iNOEXRrsOA&#10;7gJ0+wBFkmNtsqhJSpzs60fJTuZ2b8P8IJCidHh4SHl9c+w1OUjnFZiGFlc5JdJwEMrsGvrt68Ob&#10;FSU+MCOYBiMbepKe3mxev1oPtpYldKCFdARBjK8H29AuBFtnmeed7Jm/AisNBltwPQvoul0mHBsQ&#10;vddZmefLbAAnrAMuvcfd+zFINwm/bSUPn9vWy0B0Q5FbSKtL6zau2WbN6p1jtlN8osH+gUXPlMGk&#10;F6h7FhjZO/UXVK+4Aw9tuOLQZ9C2istUA1ZT5C+qeeqYlakWFMfbi0z+/8HyT4cn+8VF6t4+Av/h&#10;iYG7jpmdvHUOhk4ygemKKFQ2WF9fLkTH41WyHT6CwNayfYCkwbF1fQTE6sgxSX26SC2PgXDcLBdF&#10;tcSGcAy9LYvrapEysPp82Tof3kvoSTQaKmAwiVDKwA6PPiS5BTGsj8nF94KSttfYvQPTZJHjN3V3&#10;dqacn6muq2o1pZ0QM1afEydJQCvxoLROjttt77QjCN/Q6/I+X6QEeMXPj2lDBowvykWi+izm5xCR&#10;4cjxJYSDvRFpMqP87yY7MKVHG89rM/UjtiBOu6/DcXskSqC2ZSwqbm1BnLBDDsa5x3eKRgfuFyUD&#10;znxD/c89c5IS/cFgl1dVgaxJSE5V5kuUy80j23mEGY5QDQ2UjOZdGB/W3jq16zBTkRQwcIuT0apw&#10;HqGR1cQf5xqtZw9n7qdTf/4Um98AAAD//wMAUEsDBBQABgAIAAAAIQCXk4Nr4wAAAA8BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NboMwEITvlfoO1lbqrTExKSCKidpIPbSqFJVWORu8ART/IOwE8vY1&#10;p+a2szua/abYzlqRC46ut4bDehUBQdNY2ZuWw+/P+1MGxHlhpFDWIIcrOtiW93eFyKWdzDdeKt+S&#10;EGJcLjh03g85pa7pUAu3sgOacDvaUQsf5NhSOYophGtFWRQlVIvehA+dGHDXYXOqzprDB7s2B6Zq&#10;9jVPm/3+8Lb7pM8V548P8+sLEI+z/zfDgh/QoQxMtT0b6YgKOsniJHjDtI6TFMjiSVnMgNTLLks3&#10;QMuC3vYo/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDcO2oNQIAAHEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXk4Nr4wAAAA8BAAAPAAAA&#10;AAAAAAAAAAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" adj="13258" fillcolor="#92d050">
+            <w:pict w14:anchorId="48A81B31">
+              <v:shape id="Pil: nedåt 18" style="position:absolute;left:0;text-align:left;margin-left:841.8pt;margin-top:568.35pt;width:19.8pt;height:25.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1048" fillcolor="#92d050" type="#_x0000_t67" adj="13258" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDcO2oNQIAAHEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vvoyJ0iNOEXRrsOA&#10;7gJ0+wBFkmNtsqhJSpzs60fJTuZ2b8P8IJCidHh4SHl9c+w1OUjnFZiGFlc5JdJwEMrsGvrt68Ob&#10;FSU+MCOYBiMbepKe3mxev1oPtpYldKCFdARBjK8H29AuBFtnmeed7Jm/AisNBltwPQvoul0mHBsQ&#10;vddZmefLbAAnrAMuvcfd+zFINwm/bSUPn9vWy0B0Q5FbSKtL6zau2WbN6p1jtlN8osH+gUXPlMGk&#10;F6h7FhjZO/UXVK+4Aw9tuOLQZ9C2istUA1ZT5C+qeeqYlakWFMfbi0z+/8HyT4cn+8VF6t4+Av/h&#10;iYG7jpmdvHUOhk4ygemKKFQ2WF9fLkTH41WyHT6CwNayfYCkwbF1fQTE6sgxSX26SC2PgXDcLBdF&#10;tcSGcAy9LYvrapEysPp82Tof3kvoSTQaKmAwiVDKwA6PPiS5BTGsj8nF94KSttfYvQPTZJHjN3V3&#10;dqacn6muq2o1pZ0QM1afEydJQCvxoLROjttt77QjCN/Q6/I+X6QEeMXPj2lDBowvykWi+izm5xCR&#10;4cjxJYSDvRFpMqP87yY7MKVHG89rM/UjtiBOu6/DcXskSqC2ZSwqbm1BnLBDDsa5x3eKRgfuFyUD&#10;znxD/c89c5IS/cFgl1dVgaxJSE5V5kuUy80j23mEGY5QDQ2UjOZdGB/W3jq16zBTkRQwcIuT0apw&#10;HqGR1cQf5xqtZw9n7qdTf/4Um98AAAD//wMAUEsDBBQABgAIAAAAIQCXk4Nr4wAAAA8BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NboMwEITvlfoO1lbqrTExKSCKidpIPbSqFJVWORu8ART/IOwE8vY1&#10;p+a2szua/abYzlqRC46ut4bDehUBQdNY2ZuWw+/P+1MGxHlhpFDWIIcrOtiW93eFyKWdzDdeKt+S&#10;EGJcLjh03g85pa7pUAu3sgOacDvaUQsf5NhSOYophGtFWRQlVIvehA+dGHDXYXOqzprDB7s2B6Zq&#10;9jVPm/3+8Lb7pM8V548P8+sLEI+z/zfDgh/QoQxMtT0b6YgKOsniJHjDtI6TFMjiSVnMgNTLLks3&#10;QMuC3vYo/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDcO2oNQIAAHEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXk4Nr4wAAAA8BAAAPAAAA&#10;AAAAAAAAAAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" w14:anchorId="584F48C4">
                 <v:stroke joinstyle="round"/>
                 <v:textbox inset="2.33681mm,1.1684mm,2.33681mm,1.1684mm">
                   <w:txbxContent>
-                    <w:p w14:paraId="56E502A5" w14:textId="77777777" w:rsidR="00A414CC" w:rsidRPr="006F71F2" w:rsidRDefault="00A414CC" w:rsidP="00A414CC">
+                    <w:p w:rsidRPr="006F71F2" w:rsidR="00A414CC" w:rsidP="00A414CC" w:rsidRDefault="00A414CC" w14:paraId="0E27B00A" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="44"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AC36B5" w:rsidRPr="00AC36B5" w:rsidSect="002509D7">
+    <w:sectPr w:rsidRPr="00AC36B5" w:rsidR="00AC36B5" w:rsidSect="002509D7">
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="1276" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="598BAB4E" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="06B7A8B6" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18C6907F" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="1B72A60F" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="28F4A894" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="3580DA39" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15492,51 +15472,51 @@
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
+  <w:p w:rsidR="008250CC" w:rsidP="008250CC" w:rsidRDefault="008250CC" w14:paraId="3FC6B21C" w14:textId="052E4292">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
@@ -15618,52 +15598,52 @@
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001510D8">
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="008250CC" w14:paraId="1FE2B822" w14:textId="08658379">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4552950</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-114300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="23" name="Bildobjekt 23">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -15698,296 +15678,296 @@
                     <a:ext cx="1897920" cy="384860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AC5CD6A" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1"/>
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="0152BF73" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B49EFC8" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="0AC6FE22" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E55E5E0" w14:textId="77777777" w:rsidR="000F44D1" w:rsidRDefault="000F44D1">
+    <w:p w:rsidR="00A5746E" w:rsidRDefault="00A5746E" w14:paraId="74F935A9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004B5C86" w:rsidP="004B5C86" w:rsidRDefault="004B5C86" w14:paraId="227101F6" w14:textId="5EF6644D">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="clear" w:pos="9406"/>
         <w:tab w:val="left" w:pos="1670"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w:rsidR="004B5C86" w:rsidP="004B5C86" w:rsidRDefault="004B5C86" w14:paraId="3C8B2CDB" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="2D72D6C2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="4A913E60">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2D72D6C2">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1049" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1049" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                  <w:p w:rsidR="004B5C86" w:rsidP="004B5C86" w:rsidRDefault="004B5C86" w14:paraId="685B7E76" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00A5066F" w14:paraId="058CDD4D" w14:textId="5FFC52A1">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-5080</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="270510"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669155" cy="270510"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w:rsidR="00A5066F" w:rsidP="00A5066F" w:rsidRDefault="00A5066F" w14:paraId="18075F67" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="0DFFA9B8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="49E8CBBA">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="0DFFA9B8">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1050" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                  <w:p w:rsidR="00A5066F" w:rsidP="00A5066F" w:rsidRDefault="00A5066F" w14:paraId="6D41DF98" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -16072,304 +16052,304 @@
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07B672DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="647A38F0"/>
     <w:lvl w:ilvl="0" w:tplc="00B09D52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
@@ -16429,2276 +16409,2276 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="345E442F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="088A14BC"/>
     <w:lvl w:ilvl="0" w:tplc="23DABBFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista1itabell"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:color w:val="auto"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A28091DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5A8C0E14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="791CC234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5A89044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="2E36245E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7E3E8072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F8DC92D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04D263AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42806E23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07F2288A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59710DB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66122A8E"/>
     <w:lvl w:ilvl="0" w:tplc="8B70C1E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlistaniv2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Agency FB" w:hAnsi="Agency FB" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Agency FB" w:hAnsi="Agency FB"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BAD4084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="796A7A54"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="378750199">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="915092585">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1310554619">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1779762354">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1190946001">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="829096820">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1469662030">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1550149483">
@@ -18752,70 +18732,69 @@
   <w:num w:numId="22" w16cid:durableId="1603606806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1456681652">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="306936336">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="626859144">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1169103754">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="462160334">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-  <w:removeDateAndTime/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000D75"/>
     <w:rsid w:val="000051D5"/>
@@ -19032,50 +19011,51 @@
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C43E0"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E6FE2"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="00620140"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006335A9"/>
+    <w:rsid w:val="00643E17"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00661753"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00685332"/>
     <w:rsid w:val="00687D92"/>
     <w:rsid w:val="00693B47"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B0F86"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C57C0"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D04ED"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
@@ -19087,50 +19067,51 @@
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00751808"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B7036"/>
     <w:rsid w:val="007C7560"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D5066"/>
     <w:rsid w:val="007D5BD9"/>
     <w:rsid w:val="007E1A49"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008250CC"/>
     <w:rsid w:val="00825D99"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="008346F1"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="00897B51"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A6301"/>
@@ -19183,50 +19164,51 @@
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1473"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A01794"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A11AC3"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A414CC"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55547"/>
+    <w:rsid w:val="00A5746E"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A84E94"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC36B5"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE2EEC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
@@ -19236,50 +19218,51 @@
     <w:rsid w:val="00B530A9"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B679CC"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B8303D"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA11CE"/>
     <w:rsid w:val="00BB6768"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BE7EF5"/>
+    <w:rsid w:val="00BF5CB1"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07788"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C35A3E"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C64000"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C94485"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
@@ -19350,190 +19333,194 @@
     <w:rsid w:val="00EE22A8"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F07EE2"/>
     <w:rsid w:val="00F13563"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F30A57"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE6E2E"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="14A50234"/>
+    <w:rsid w:val="5F8161E2"/>
+    <w:rsid w:val="61FF4BE0"/>
     <w:rsid w:val="625C605E"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{C3B89A49-78E9-4CE0-9F35-BD48151ADF1A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19558,75 +19545,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -19661,57 +19648,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -19769,721 +19756,721 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00CA5562"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A414CC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00CA5562"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004B5C86"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64000"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64000"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -20555,609 +20542,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="004B5C86"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -21166,94 +21153,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -21262,498 +21249,498 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00E03360"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B5C86"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -21819,121 +21806,121 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E03360"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00685332"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
+  <w:style w:type="paragraph" w:styleId="Punktlistaniv2" w:customStyle="1">
     <w:name w:val="Punktlista nivå 2"/>
     <w:qFormat/>
     <w:rsid w:val="00685332"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
+  <w:style w:type="paragraph" w:styleId="Tabelltext" w:customStyle="1">
     <w:name w:val="Tabelltext"/>
     <w:rsid w:val="007D5BD9"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brdtexttabell">
+  <w:style w:type="paragraph" w:styleId="Brdtexttabell" w:customStyle="1">
     <w:name w:val="Brödtext tabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D5BD9"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1itabell">
+  <w:style w:type="paragraph" w:styleId="Punktlista1itabell" w:customStyle="1">
     <w:name w:val="Punktlista1 i tabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007D5BD9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="357"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A11AC3"/>
     <w:rPr>
@@ -21945,135 +21932,135 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B4441C"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B4441C"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B4441C"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Frklaringstext">
+  <w:style w:type="paragraph" w:styleId="Frklaringstext" w:customStyle="1">
     <w:name w:val="Förklaringstext"/>
     <w:rsid w:val="00897B51"/>
     <w:pPr>
       <w:spacing w:before="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A414CC"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C57C0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C57C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006C57C0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C57C0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006C57C0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22436,74 +22423,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Antibiotikabehandling till vuxna, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>