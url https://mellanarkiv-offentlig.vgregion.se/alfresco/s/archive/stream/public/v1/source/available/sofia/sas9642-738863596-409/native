--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="407B351A" w14:textId="353E1984" w:rsidR="00B52651" w:rsidRDefault="00742685" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
         <w:t>Information till v</w:t>
       </w:r>
       <w:r w:rsidR="00C119F5">
         <w:t>årdnadshavare för barn med s</w:t>
       </w:r>
       <w:r w:rsidRPr="00742685">
         <w:t>yrgas</w:t>
       </w:r>
       <w:r w:rsidR="00C119F5">
         <w:t>behandling</w:t>
       </w:r>
       <w:r w:rsidRPr="00742685">
         <w:t xml:space="preserve"> i hemmet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F122820" w14:textId="77777777" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00742685" w:rsidP="00742685">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
@@ -77,59 +77,99 @@
     </w:p>
     <w:p w14:paraId="5C51729B" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">I större samlingslokaler får det finnas tända ljus men inte vid samma bord som personen med syrgasbehandling vistas vid.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFA6CB5" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gasflaska kan inte explodera vid rumstemperatur men vid mycket höga temperaturer, såsom vid brand, finns det risk att flaskan kan sprängas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D98D47" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Syrgasmolekylerna fäster lätt vid textilier och hår vilket gör dessa mer lättantändliga. Lägg aldrig grimman på textilier då utrustningen är i bruk. För att få bort syrgas; borsta ur kläder och hår. Skaka och vädra sängkläder. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C10A814" w14:textId="1BB6F615" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
+    <w:p w14:paraId="54AD4B52" w14:textId="77777777" w:rsidR="00916040" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Om utrustningen skadas eller går sönder kan du som låntagare bli ersättningsskyldig. Hör gärna med ert försäkringsbolag vad som gäller</w:t>
       </w:r>
       <w:r w:rsidR="00742685" w:rsidRPr="00742685">
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024F5D2B" w14:textId="1120DE11" w:rsidR="002A5EC7" w:rsidRDefault="00916040" w:rsidP="00C119F5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5EC7" w:rsidRPr="002A5EC7">
+        <w:t xml:space="preserve">lla barn som går hem med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A5EC7" w:rsidRPr="002A5EC7">
+        <w:t>syrgaskoncentrator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A5EC7" w:rsidRPr="002A5EC7">
+        <w:t xml:space="preserve"> och eller syrgas ska ha med sig en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A5EC7" w:rsidRPr="002A5EC7">
+        <w:t>satuartionsmätare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A5EC7" w:rsidRPr="002A5EC7">
+        <w:t xml:space="preserve"> med sig hem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C10A814" w14:textId="31B4DB57" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00742685" w:rsidP="00916040">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1352"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00742685">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="460CD857" w14:textId="77777777" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00742685" w:rsidP="00742685">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00742685">
         <w:t>Syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00742685">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D4499C" w14:textId="77777777" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00742685" w:rsidP="004662DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
         <w:t>Placering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78536423" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
@@ -139,70 +179,70 @@
       <w:r>
         <w:t xml:space="preserve">Placeras endast i torra miljöer (aldrig i badrum).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CB504A" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Luftigt (minst en decimeter från väggen), inte instängt i trångt utrymme (alstrar värme) och får inte vara övertäckt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2C0859" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ställ koncentratorn med framsidan åt väggen för att undvika att ofrivilligt komma åt knapparna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71387AD1" w14:textId="5B04A9D0" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid transport av koncentratorn ska den förankras stadigt stående, inte liggande. Det går bra att fästa den stående i ett säte med säkerhetsbälte (blå </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan ligga ner vid transport)</w:t>
       </w:r>
       <w:r w:rsidR="00742685" w:rsidRPr="00742685">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECC8BB4" w14:textId="77777777" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00742685" w:rsidP="004662DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
-        <w:lastRenderedPageBreak/>
         <w:t>Rengöring</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472CCD61" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00742685" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C119F5">
         <w:t xml:space="preserve">Dammtorka koncentratorn regelbundet, eventuellt med hårt urvriden trasa.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A4CF4C" w14:textId="56D75532" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Rengör filtret 1 - 2 gånger/vecka. Tvätta med ljummet vatten och eventuellt lite diskmedel. Sköljs i kallt vatten och lufttorkas därefter. Växla mellan de två filter du fått med för att minska risken att det finns fukt kvar i filtret efter rengöringen</w:t>
       </w:r>
@@ -229,57 +269,51 @@
       <w:r w:rsidRPr="00742685">
         <w:t>Handhavande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7387B95C" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Slangen till koncentratorn är 15 meter lång. Slangen får inte förlängas men kan klippas av om den upplevs som för lång.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B516F19" w14:textId="24535186" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>lågflödeskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> larma</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> inte om det blir stopp i slangen; se till att slangen alltid ligger fritt.  </w:t>
+        <w:t xml:space="preserve"> larmar inte om det blir stopp i slangen; se till att slangen alltid ligger fritt.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3CD0CB" w14:textId="77777777" w:rsidR="00C119F5" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Att ha en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i hemmet innebär en ökad elförbrukning som du/ni står för.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FE5E56" w14:textId="2B6B3CBA" w:rsidR="00742685" w:rsidRPr="00742685" w:rsidRDefault="00C119F5" w:rsidP="00C119F5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Service av koncentratorn utförs av hjälpmedelscentralen (HMC) regelbundet eller vid behov. De kontaktar dig/er och avtalar tid när det blir aktuellt</w:t>
       </w:r>
@@ -811,105 +845,105 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1177 – tryggt om din hälsa och vård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D41F728" w14:textId="47203F2C" w:rsidR="00742685" w:rsidRDefault="00742685" w:rsidP="00742685">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00742685">
         <w:t>På 1177.se kan du få mer information om sjukdomar, undersökningar, behandlingar och läkemedel samt få råd om hälsa. Du kan även läsa din journal och göra dina vårdärenden. Ring telefonnummer 1177 för sjukvårdsrådgivning dygnet runt.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00B32BBF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.1177.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00742685" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47A05EA6" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="565F355A" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="057D103C" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -928,133 +962,133 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="699E08A3" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6EBE5005" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1C5CD4E9" w14:textId="77777777" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1083,51 +1117,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36D6CAE8" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2470CF95" wp14:editId="16D84433">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1161,73 +1195,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6607645B" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="107006DE" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="62707CE2" w14:textId="77777777" w:rsidR="00580FC7" w:rsidRDefault="00580FC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DBBF20D" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="033730F3" wp14:editId="775D9F22">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
@@ -1276,51 +1310,51 @@
           <w:pict>
             <v:shapetype w14:anchorId="033730F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="01BD0D6E" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08465945" w14:textId="77777777" w:rsidR="00014FD2" w:rsidRDefault="00014FD2" w:rsidP="00014FD2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0DDB6C35" w14:textId="77777777" w:rsidR="00014FD2" w:rsidRDefault="00014FD2" w:rsidP="00014FD2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="35D2F350" w14:textId="77777777" w:rsidR="00014FD2" w:rsidRDefault="00014FD2" w:rsidP="00014FD2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="78CD1788" w14:textId="77777777" w:rsidR="00014FD2" w:rsidRDefault="00014FD2" w:rsidP="00014FD2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
@@ -1371,51 +1405,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6480061" cy="1008890"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="529C87D2" w14:textId="77777777" w:rsidR="008A4EB9" w:rsidRPr="00014FD2" w:rsidRDefault="008A4EB9" w:rsidP="00014FD2">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3576,52 +3610,52 @@
   <w:num w:numId="14" w16cid:durableId="1014263281">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1101485247">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2093158488">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2069649413">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2083601073">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2132630577">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="199127742">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -3703,50 +3737,51 @@
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00247E96"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00254E2A"/>
     <w:rsid w:val="00255CB2"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="002916C2"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A5EC7"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
@@ -3899,50 +3934,51 @@
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="00916040"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00943FDB"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
@@ -3952,50 +3988,51 @@
     <w:rsid w:val="00A00A73"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A33EA9"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC7AC3"/>
+    <w:rsid w:val="00AD42B9"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B055BB"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52651"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B61BD6"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
@@ -4078,88 +4115,89 @@
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F06F9E"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F816E4"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6FB11414"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3581F6F9"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6590,55 +6628,91 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00746463"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00742685"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17243788">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6771,51 +6845,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1920208072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.1177.se" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.1177.se" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -7104,73 +7178,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>763</Words>
-  <Characters>4617</Characters>
+  <Words>782</Words>
+  <Characters>4709</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>120</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5370</CharactersWithSpaces>
+  <CharactersWithSpaces>5410</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Syrgasbehandling, bilaga 5. Information till vårdnadshavare för barn med syrgasbehandling</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>