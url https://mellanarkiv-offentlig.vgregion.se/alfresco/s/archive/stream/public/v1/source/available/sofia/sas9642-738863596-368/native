--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -5,323 +5,323 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B931892" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="1B931892" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Våld i nära relationer, rutin för upptäckt och handläggning, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75224B76" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="75224B76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc480889661"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc196819136"/>
+      <w:bookmarkStart w:name="_Toc480889661" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc94874085" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc95133068" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc196819136" w:id="10"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="3FB5F770" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="3FB5F770" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Enligt lag ska hälso- och sjukvårds och tandvårdspersonal agera vid misstanke om att patienten är eller varit utsatt för våld eller andra övergrepp från närstående (SOSFS 2014:4)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E24A0C" w14:textId="2A60376D" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="42E24A0C" w14:textId="2A60376D">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Rutinen beskriver omhändertagande av patienter som upplever eller har upplevt våld i nära relation, och är en lokal anpassning av de regionala medicinska riktlinjerna, (RMR) </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relationer - indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [1]</w:t>
       </w:r>
-      <w:r w:rsidR="00E0060C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00E0060C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hedersrelaterat våld och förtryck</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [2]</w:t>
       </w:r>
-      <w:r w:rsidR="53944159" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="53944159">
         <w:t xml:space="preserve"> samt till viss</w:t>
       </w:r>
-      <w:r w:rsidR="00E0060C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00E0060C">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="1695C8A1" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="1695C8A1">
         <w:t xml:space="preserve"> delar av</w:t>
       </w:r>
-      <w:r w:rsidR="53944159" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="53944159">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="53944159" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="53944159">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Barn under 18 år som far illa eller riskerar att fara illa inklusive barn som bevittnat/upplevt våld</w:t>
         </w:r>
-        <w:r w:rsidR="000E6153" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="000E6153">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> - </w:t>
         </w:r>
-        <w:r w:rsidR="53944159" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="53944159">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="53944159" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="53944159">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E6153" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="000E6153">
         <w:t>[3]</w:t>
       </w:r>
-      <w:r w:rsidR="334C135F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="334C135F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3F7756" w14:textId="5D064EA9" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00D91F74">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00D91F74" w:rsidRDefault="0074378D" w14:paraId="7E3F7756" w14:textId="5D064EA9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc196819137"/>
+      <w:bookmarkStart w:name="_Toc196819137" w:id="11"/>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="0E6E1299" w14:textId="57C2859B" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="4633BC89" w:rsidP="00D91F74">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00D91F74" w:rsidRDefault="4633BC89" w14:paraId="0E6E1299" w14:textId="57C2859B">
       <w:r w:rsidRPr="007C650F">
         <w:t>Redaktionella ändringar.</w:t>
       </w:r>
-      <w:r w:rsidR="74DAC5C5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="74DAC5C5">
         <w:t xml:space="preserve"> Tydliggörande gällande </w:t>
       </w:r>
-      <w:r w:rsidR="44C8AB3E" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="44C8AB3E">
         <w:t xml:space="preserve">att det är polisen som bedömer om rättsmedicinsk undersökning ska genomföras. </w:t>
       </w:r>
-      <w:r w:rsidR="4A9A88BC" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="4A9A88BC">
         <w:t>Nytt avsnitt gällande samverkan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCC1ED9" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00B63D09">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00B63D09" w:rsidRDefault="0074378D" w14:paraId="2FCC1ED9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="12" w:name="_Bilagor"/>
+    <w:bookmarkStart w:name="_Bilagor" w:id="12"/>
     <w:bookmarkEnd w:id="12"/>
-    <w:p w14:paraId="4DF4D11E" w14:textId="77ACCB52" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00734B3B">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00734B3B" w14:paraId="4DF4D11E" w14:textId="77ACCB52">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc196819136" w:history="1">
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819136">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc196819136 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
-[...5 lines deleted...]
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00002393" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00002393">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44073B06" w14:textId="388EA381" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="44073B06" w14:textId="388EA381">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819137" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819137">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -336,61 +336,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="647027D3" w14:textId="0B097C29" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="647027D3" w14:textId="0B097C29">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819138" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819138">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -405,61 +405,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DB4B0E7" w14:textId="1124F645" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="3DB4B0E7" w14:textId="1124F645">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819139" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819139">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Socialstyrelsens definition av våldshandlingar</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -474,61 +474,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57F3734B" w14:textId="120A32F7" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="57F3734B" w14:textId="120A32F7">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819140" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819140">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -543,61 +543,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="319AFB3C" w14:textId="4067C521" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="319AFB3C" w14:textId="4067C521">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819141" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819141">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -612,61 +612,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21A4F15C" w14:textId="69252D7C" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="21A4F15C" w14:textId="69252D7C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819142" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819142">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handläggning</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -681,61 +681,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FCC119D" w14:textId="43C31ADA" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="4FCC119D" w14:textId="43C31ADA">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819143" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819143">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Symtom och indikationer</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -750,61 +750,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62CCA0E7" w14:textId="5836CF8E" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="62CCA0E7" w14:textId="5836CF8E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819144" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819144">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Riskbedömning</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -819,61 +819,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F45BB32" w14:textId="3835D08C" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="5F45BB32" w14:textId="3835D08C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819145" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819145">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Undersökning</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -888,61 +888,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="112B61FB" w14:textId="425DD4C1" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="112B61FB" w14:textId="425DD4C1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819146" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819146">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sexuellt våld</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -957,61 +957,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="485A947A" w14:textId="04800620" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="485A947A" w14:textId="04800620">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819147" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819147">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Barn som far illa eller riskerar att fara illa</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1026,61 +1026,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55FEF24C" w14:textId="4B4B2A9A" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="55FEF24C" w14:textId="4B4B2A9A">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819148" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819148">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Information</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1095,61 +1095,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30A22F9E" w14:textId="0BB7E537" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="30A22F9E" w14:textId="0BB7E537">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819149" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819149">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Samverkan</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1164,61 +1164,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59098A5A" w14:textId="78453F43" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="59098A5A" w14:textId="78453F43">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819150" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819150">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentera i patientjournalen</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1233,61 +1233,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E0D833F" w14:textId="02E96A5A" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="5E0D833F" w14:textId="02E96A5A">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819151" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819151">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Direktåtkomst till journalen</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1302,61 +1302,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4770FEF3" w14:textId="481B7675" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="4770FEF3" w14:textId="481B7675">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819152" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819152">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1371,61 +1371,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54F17BCE" w14:textId="26831A4E" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="54F17BCE" w14:textId="26831A4E">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819153" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819153">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1440,61 +1440,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F276B45" w14:textId="06C789E1" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="4F276B45" w14:textId="06C789E1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819154" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819154">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1509,61 +1509,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="364B2350" w14:textId="59B2855F" w:rsidR="00002393" w:rsidRPr="007C650F" w:rsidRDefault="00002393">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00002393" w:rsidRDefault="00002393" w14:paraId="364B2350" w14:textId="59B2855F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc196819155" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc196819155">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Övriga länkar</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
@@ -1578,4658 +1578,4544 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DDCBE3B" w14:textId="7B968774" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="00734B3B" w:rsidP="00B21C82">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00B21C82" w:rsidRDefault="00734B3B" w14:paraId="2DDCBE3B" w14:textId="7B968774">
       <w:pPr>
         <w:spacing w:before="200" w:after="20"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087AAF5E" w14:textId="2470A6B0" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="087AAF5E" w14:textId="2470A6B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Bilaga 1, </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>patientinformation Våld i nära relation - Till dig man</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65A659BD" w14:textId="74A0AAFA" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="65A659BD" w14:textId="74A0AAFA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Bilaga 2, </w:t>
       </w:r>
-      <w:r w:rsidR="001428F1" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="001428F1">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00D82DD5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00D82DD5">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-468/surrogate"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00D82DD5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="001428F1">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="001428F1" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="001428F1">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>patientinformation Våld i nära relation - Till dig kvinna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CD8CC7" w14:textId="3B47999B" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="001428F1" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="001428F1" w14:paraId="39CD8CC7" w14:textId="3B47999B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:t xml:space="preserve">Bilaga 3, </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
-        <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>patientinformation Våld i nära relation - För barn och unga</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63AE8AFB" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00D82DD5">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00D82DD5" w:rsidRDefault="0074378D" w14:paraId="63AE8AFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc480889662"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc196819138"/>
+      <w:bookmarkStart w:name="_Toc480889662" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc94874086" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc95133069" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc196819138" w:id="23"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="3A16B4AC" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007C1F26">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007C1F26" w:rsidRDefault="0074378D" w14:paraId="3A16B4AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc94874087"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc196819139"/>
+      <w:bookmarkStart w:name="_Toc94874087" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc95133070" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc196819139" w:id="27"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Socialstyrelsens definition av våldshandlingar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="141DFD22" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0074378D">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0074378D" w:rsidRDefault="0074378D" w14:paraId="141DFD22" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Våld i nära relationer är ofta ett mönster av handlingar som kan vara allt från subtila handlingar till grova brott. Mer konkret är det allt från att bli förlöjligad till att utsättas för våldtäkt eller allvarliga hot. Det är ofta en kombination av fysiskt, sexuellt och psykiskt våld.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D84C23D" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="5D84C23D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc94874088"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:name="_Toc94874088" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc95133071" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="30"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Fysiskt våld</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="491C838A" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="491C838A" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Fysiskt våld kan vara knuffar, bli fasthållen, dragen i håret, slagen eller sparkad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EF15C1" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="65EF15C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc94874089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:name="_Toc94874089" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc95133072" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="33"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Sexuellt våld</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="2022780A" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="2022780A" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Våldtäkt eller andra påtvingade sexuella handlingar, Sexuella handlingar som den utsatte inte vågar säga nej till räknas till sexuellt våld.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6563D2D3" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="6563D2D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc94874090"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:name="_Toc94874090" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc95133073" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="36"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Psykiskt våld</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="419BD586" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="419BD586" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Exempel på psykiskt våld är direkta och indirekta hot mot den utsatte och/eller eventuella barn eller att den utsatte blir förlöjligad. Även våld eller hot om våld mot husdjur kan räknas till den psykiska utsattheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125B4C9A" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="125B4C9A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc94874091"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc94874091" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc95133074" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="39"/>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Social utsatthet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="53965808" w14:textId="03477719" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="53965808" w14:textId="03477719">
       <w:r w:rsidRPr="007C650F">
         <w:t>Exempel på social utsatthet är frihetskräkningar som isolering genom att</w:t>
       </w:r>
-      <w:r w:rsidR="006357E0" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="006357E0">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>bli hindrad från att träffa släkt och vänner eller att delta i sociala aktiviteter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BC0B90" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="009E4939">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="009E4939" w:rsidRDefault="0074378D" w14:paraId="49BC0B90" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc94874092"/>
-[...7 lines deleted...]
-        <w:t>ekonomiskt utsatthet</w:t>
+      <w:bookmarkStart w:name="_Toc94874092" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc95133075" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="42"/>
+      <w:r w:rsidRPr="007C650F">
+        <w:t>Materiell/ekonomiskt utsatthet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4E14794A" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="4E14794A" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Exempel kan vara att den utsattes personliga tillhörigheter slås sönder eller förstörs avsiktligt. Det kan även innebära att hen förmås skriva under papper som får negativa konsekvenser för hen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027DEDE5" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
-[...12 lines deleted...]
-    <w:p w14:paraId="341C0DC9" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="027DEDE5" w14:textId="77777777">
+      <w:r w:rsidRPr="007C650F">
+        <w:t>Personer som är beroende av andra personer för vård och omsorg i vardagen, kan även utsättas för vanvård eller försummelse, som t.ex. undanhållande av medicin eller att inte få tillräckligt näringsriktig kost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="341C0DC9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc94874093"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="45" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:name="_Toc94874093" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc95133076" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="45"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Hedersrelaterat våld och förtryck (HRV)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="33499637" w14:textId="7E463BBB" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00E17067">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00E17067" w:rsidRDefault="0074378D" w14:paraId="33499637" w14:textId="7E463BBB">
       <w:pPr>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Systematiska kränkningar med grund i traditionella och kollektivistiska föreställningar om vad som utgör ett hedervärt beteende. I HRV ingår </w:t>
       </w:r>
-      <w:r w:rsidR="2DFBF162" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="2DFBF162">
         <w:t xml:space="preserve">hedersrelaterad våld och förtyck, att leva i en hederkontext, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>könsstympning av flickor och kvinnor, barnäktenskap och tvångsäktenskap</w:t>
       </w:r>
-      <w:r w:rsidR="3D6A07BE" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="3D6A07BE">
         <w:t>, oskuldsintyg</w:t>
       </w:r>
-      <w:r w:rsidR="5502B150" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="5502B150">
         <w:t xml:space="preserve">. För utökad information vad detta kan innebära. </w:t>
       </w:r>
-      <w:r w:rsidR="43E1689E" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="43E1689E">
         <w:t>se bilaga i riktlinje</w:t>
       </w:r>
-      <w:r w:rsidR="055E817A" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="055E817A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
-        <w:r w:rsidR="055E817A" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="055E817A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hedersrelaterat våld och förtryck</w:t>
         </w:r>
-        <w:r w:rsidR="1F237510" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="1F237510">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="260A07DA" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="260A07DA">
         <w:t xml:space="preserve"> Personer utöver flickor och unga kvinnor som behöver särskilt uppmärksammas är pojkar/unga män i en hederkontext. Hbtq-personer som l</w:t>
       </w:r>
-      <w:r w:rsidR="1045D857" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="1045D857">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="260A07DA" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="260A07DA">
         <w:t>ver i en hederskontext, ensam</w:t>
       </w:r>
-      <w:r w:rsidR="7C35076A" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="7C35076A">
         <w:t xml:space="preserve"> kommande barn och unga, nyanlände i Sverige, personer med inte</w:t>
       </w:r>
-      <w:r w:rsidR="7CF02644" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="7CF02644">
         <w:t>llektuell</w:t>
       </w:r>
-      <w:r w:rsidR="7C35076A" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="7C35076A">
         <w:t>, psykisk, och/eller fysisk funktionsnedsättning</w:t>
       </w:r>
-      <w:r w:rsidR="1787C6EB" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="1787C6EB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29147D52" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="29147D52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc94874094"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="_Toc196819140"/>
+      <w:bookmarkStart w:name="_Toc94874094" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc95133077" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc196819140" w:id="49"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="12187541" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="006357E0">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="006357E0" w:rsidRDefault="0074378D" w14:paraId="12187541" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc94874095"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc256000055"/>
+      <w:bookmarkStart w:name="_Toc94874095" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc95133078" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="52"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Verksamhetschefens ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="4F56F682" w14:textId="07812CCB" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="4F56F682" w14:textId="07812CCB">
       <w:r w:rsidRPr="007C650F">
         <w:t>Det är verksamhetschefens ansvar att säkerställa att rutinen är känd och efterlevs i den egna verksamheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563BC665" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="563BC665" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc94874096"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:name="_Toc94874096" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc95133079" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="55"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Enhetschefens ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w14:paraId="4E37037B" w14:textId="408E692E" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="4E37037B" w14:textId="408E692E">
       <w:r w:rsidRPr="007C650F">
         <w:t>Enhet</w:t>
       </w:r>
-      <w:r w:rsidR="25978F6B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="25978F6B">
         <w:t>sc</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>hefen ansvarar för att</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8D6A04" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00D9680A">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00D9680A" w:rsidRDefault="0074378D" w14:paraId="2F8D6A04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>all personal genomför grundläggande basutbildning om våld i nära relationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F28D73F" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00D9680A">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00D9680A" w:rsidRDefault="0074378D" w14:paraId="5F28D73F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>all personal som gör hälso- och sjukvårdsbedömningar även genomför metodutbildning (påbyggnad av basutbildning).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD663C7" w14:textId="276723A1" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="3CD663C7" w14:textId="276723A1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">VKV:s basutbildning och metodutbildning om våld i nära relation </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
-        <w:r w:rsidR="00F15E00" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00F15E00">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.valdinararelationer.se/vkv/utbildning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00173774" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00173774">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BEA59C" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="07BEA59C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc94874097"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc94874097" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc95133080" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="58"/>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Medarbetarens ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="37E3FCC2" w14:textId="4EF88F90" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="00DD766E" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="00DD766E" w14:paraId="37E3FCC2" w14:textId="4EF88F90">
       <w:r w:rsidRPr="007C650F">
         <w:t>Personal</w:t>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:t xml:space="preserve"> som gör hälso- och sjukvårdsbedömningar </w:t>
       </w:r>
-      <w:r w:rsidR="00A32DC1" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00A32DC1">
         <w:t>ska uppmärksamma</w:t>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:t xml:space="preserve"> våld i nära relationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663551F4" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="663551F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc480889663"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="70" w:name="_Toc196819141"/>
+      <w:bookmarkStart w:name="_Toc480889663" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc94874098" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc95133081" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc196819141" w:id="69"/>
+      <w:bookmarkStart w:name="_Hlk88205514" w:id="70"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="2695EEA2" w14:textId="39DA6EEB">
+      <w:r w:rsidRPr="007C650F">
+        <w:t>Patienter som är eller har varit utsatta för våld i en nära relation söker ofta vård på andra indikationer, ofta upprepade gånger.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="60F09364" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc94874099" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc95133082" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc196819142" w:id="74"/>
       <w:bookmarkEnd w:id="70"/>
-    </w:p>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Handläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w14:paraId="0F12395E" w14:textId="6F869585" w:rsidR="00D358FE" w:rsidRPr="007C650F" w:rsidRDefault="00D36684" w:rsidP="00D358FE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00D358FE" w:rsidP="00D358FE" w:rsidRDefault="00D36684" w14:paraId="0F12395E" w14:textId="6F869585">
       <w:r w:rsidRPr="007C650F">
         <w:t>Vid symtom, indikationer, misstanke och professionell erfarenhet ska vårdkontakten ställa frågan</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4B21" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00CA4B21">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>Har någon gått över din gräns så att du har känt dig utsatt? Vid ja eller jakande svar</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4B21" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00CA4B21">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> fortsätt fråga utifrån det frågeformulär som passar för er mottagning eller avdelning, se. </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
-        <w:r w:rsidR="00422E00" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00422E00">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>frågeformulär hos VKV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D358FE" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00D358FE">
         <w:t xml:space="preserve"> (formulär finns för olika målgrupper inkl med bildstöd samt översättningar till olika språk).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51FD61C8" w14:textId="7421DA48" w:rsidR="00D36684" w:rsidRPr="007C650F" w:rsidRDefault="00D36684" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00D36684" w:rsidP="003D3572" w:rsidRDefault="00D36684" w14:paraId="51FD61C8" w14:textId="7421DA48">
       <w:r w:rsidRPr="007C650F">
         <w:t>Mödravården och barn</w:t>
       </w:r>
-      <w:r w:rsidR="00196BEC" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00196BEC">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> och ungdomspsykiatri samt vuxenpsykiatrin rekommenderas att rutinmässigt ställa frågor om våldsutsatthet.</w:t>
       </w:r>
-      <w:r w:rsidR="002F047B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="002F047B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Exempelvis i samband med anamnes, basutredning eller </w:t>
       </w:r>
-      <w:r w:rsidR="0028684C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0028684C">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>samband med återbesök</w:t>
       </w:r>
-      <w:r w:rsidR="00615DF5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00615DF5">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="005D5B0F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="005D5B0F">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00615DF5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00615DF5">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345B87F8" w14:textId="6718EC28" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="345B87F8" w14:textId="6718EC28">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Fråga om det finns minderåriga barn i familjen eftersom anmälan till socialtjänst då ska göras enligt socialtjänstlagen enligt blanketten </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan till socialtjänsten enligt Socialtjänstlagen (SoL) 14 kapitlet §1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="005D5B0F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="005D5B0F">
         <w:t>6, 7</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>], se även r</w:t>
       </w:r>
-      <w:r w:rsidR="3D95E640" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="3D95E640">
         <w:t>utin</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidR="005541F3" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="005541F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>O</w:t>
         </w:r>
-        <w:r w:rsidR="77F52252" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="77F52252">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>mbud för barnets rättigheter</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FB198B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00FB198B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB198B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00FB198B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="008A5851" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="008A5851">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00FB198B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00FB198B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4DA98F7B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="4DA98F7B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">och avsnittet barn som anhöriga, </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>samt</w:t>
       </w:r>
-      <w:r w:rsidR="5CD50C15" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="5CD50C15">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan om oro för barn och unga</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00B94F1F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B94F1F">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367BFE7D" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="367BFE7D" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Varje mottagning och avdelning bestämmer av vem och när dessa frågor ska ställas. Detta ska sedan dokumenteras, se rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Dokumentera_skadorna_i" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Dokumentera_skadorna_i">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dokumentera i patientjournalen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118029D8" w14:textId="6B3D64F6" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="118029D8" w14:textId="6B3D64F6">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="_Toc196819143"/>
+      <w:bookmarkStart w:name="_Toc196819143" w:id="75"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Symtom och indikationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="7CD20900" w14:textId="0E400340" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="7CD20900" w14:textId="0E400340">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Skadebilden inte stämmer överens med patientens berättelse</w:t>
       </w:r>
-      <w:r w:rsidR="000F3297" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="000F3297">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B0346C" w14:textId="18461320" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="20B0346C" w14:textId="18461320">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Skador i varierande stadier av läkning (</w:t>
       </w:r>
-      <w:r w:rsidR="00C50EC7" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00C50EC7">
         <w:t>bi</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>laterala eller multipla skador).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D7CA9C" w14:textId="08AE70A4" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="22D7CA9C" w14:textId="08AE70A4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Patienten söker upprepat för långvarig/diffus smärtproblematik, kronisk smärta, sömn</w:t>
       </w:r>
-      <w:r w:rsidR="0036426C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0036426C">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> och ätstörningar eller andra psykosomatiska besvär. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B847F10" w14:textId="18A02CBC" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="4B847F10" w14:textId="18A02CBC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve">Psykisk ohälsa, </w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="0036426C" w:rsidRPr="007C650F">
+        <w:t>Psykisk ohälsa, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="0036426C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>ex</w:t>
       </w:r>
-      <w:r w:rsidR="0036426C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0036426C">
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> depression, ångest, PTSD, självskadebeteende, suicidala tankar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350B7216" w14:textId="1C4640C5" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="350B7216" w14:textId="1C4640C5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0036426C" w:rsidRPr="007C650F">
+        <w:t>Patient i behov av t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="0036426C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t>ex.</w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="00DB253F" w:rsidRPr="007C650F">
+        <w:t xml:space="preserve">ex. SIP vid utskrivning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="00DB253F">
         <w:t xml:space="preserve">som </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>tackar nej till</w:t>
       </w:r>
-      <w:r w:rsidR="00DB253F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00DB253F">
         <w:t xml:space="preserve"> detta</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">, ställer in eller </w:t>
       </w:r>
-      <w:r w:rsidR="00ED001C" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00ED001C">
         <w:t xml:space="preserve">inte medverkar enligt </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>beslutad planering efter misstänkt påtryckning av annan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132497B4" w14:textId="6FAFE522" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="132497B4" w14:textId="6FAFE522">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Misstanke om missbruk hos partner eller patient. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDC8278" w14:textId="08036340" w:rsidR="00C833D8" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C833D8" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="7DDC8278" w14:textId="08036340">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Patient berättar själv att denna varit utsatt för våld. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DDB05F" w14:textId="0AAB0EE5" w:rsidR="00CB28E2" w:rsidRPr="007C650F" w:rsidRDefault="00C833D8" w:rsidP="00C833D8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00CB28E2" w:rsidP="00C833D8" w:rsidRDefault="00C833D8" w14:paraId="07DDB05F" w14:textId="0AAB0EE5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Patienten tackar nej till insatser från ex</w:t>
       </w:r>
-      <w:r w:rsidR="003B08BE" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="003B08BE">
         <w:t>empelvis</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve"> kurator, fysioterapeut, dietist </w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="003B08BE" w:rsidRPr="007C650F">
+        <w:t xml:space="preserve"> kurator, fysioterapeut, dietist m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="003B08BE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>fl.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00BA2AAC" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00BA2AAC">
         <w:t>, ställer in eller inte medverkar enligt beslutad planering</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> efter</w:t>
       </w:r>
-      <w:r w:rsidR="0093607D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0093607D">
         <w:t xml:space="preserve"> misstänkt</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> påtryckning av annan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277B3EC4" w14:textId="6F671DCE" w:rsidR="55152C9E" w:rsidRPr="007C650F" w:rsidRDefault="55152C9E" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="55152C9E" w:rsidP="333CEBA8" w:rsidRDefault="55152C9E" w14:paraId="277B3EC4" w14:textId="6F671DCE">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc196819144"/>
+      <w:bookmarkStart w:name="_Toc196819144" w:id="76"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Riskbedömning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
-    <w:p w14:paraId="5BBAD539" w14:textId="3BE38E95" w:rsidR="55152C9E" w:rsidRPr="007C650F" w:rsidRDefault="55152C9E" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="55152C9E" w:rsidP="333CEBA8" w:rsidRDefault="55152C9E" w14:paraId="5BBAD539" w14:textId="3BE38E95">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Personer som är i behov av omedelbart skydd eller stöd. Vid akut behov av skydd kontakta polis och socialtjänst/socialjour. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F11E78" w14:textId="426FC272" w:rsidR="648A55E9" w:rsidRPr="007C650F" w:rsidRDefault="648A55E9" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="648A55E9" w:rsidP="333CEBA8" w:rsidRDefault="648A55E9" w14:paraId="24F11E78" w14:textId="426FC272">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Personer som inte är i behov av omedelbart skydd eller stöd erbjuds följande. Patient som är inskriven på vårdavdelning eller har en fast vårdkontakt på SÄS, ska erbjudas kontakt med kurator på SÄS. Intern remissfråga skickas till kurator</w:t>
       </w:r>
-      <w:r w:rsidR="3D07087E" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="3D07087E">
         <w:t>smottagning</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve"> på SÄS. Patient utan fast vårdkontakt inom SÄS, och som söker på </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="24FC5EB9" w14:textId="4F7B73E0" w:rsidR="38643733" w:rsidRPr="007C650F" w:rsidRDefault="38643733" w:rsidP="00AF4D11">
+        <w:t xml:space="preserve"> på SÄS. Patient utan fast vårdkontakt inom SÄS, och som söker på t.ex. akutmottagning, ska rekommenderas uppföljande besök via sin vårdcentral. Remissfråga om uppföljning och psykosocialt stöd skrivs till den vårdcentral som patienten är listad på.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="38643733" w:rsidP="00AF4D11" w:rsidRDefault="38643733" w14:paraId="24FC5EB9" w14:textId="4F7B73E0">
       <w:r w:rsidRPr="007C650F">
         <w:t>Vid vissa typer av grövre brott i nära relationer har hälso- och sjukvården en möjlighet att bryta sekretess, utan samtycker från patienten. Det omfattar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C71A535" w14:textId="0BD94F6C" w:rsidR="5ECB27AE" w:rsidRPr="007C650F" w:rsidRDefault="5ECB27AE" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="5ECB27AE" w:rsidP="51CCCA5C" w:rsidRDefault="5ECB27AE" w14:paraId="0C71A535" w14:textId="0BD94F6C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Polisanmälan vid misstanke om begångna brott i kapitel 3,4 och 6 i Brottsbalken som har ett minimistraff på ett års fängelse eller försök till brott med ministraff på två års fängelse (10 kap 21 §</w:t>
       </w:r>
-      <w:r w:rsidR="2920E1EB" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="2920E1EB">
         <w:t xml:space="preserve"> OSL</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="4BA67945" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="4BA67945">
         <w:t>, exempelvis våldtäkt, grov fridskränkning och grov misshandel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F770B39" w14:textId="0D1BB5E8" w:rsidR="4BA67945" w:rsidRPr="007C650F" w:rsidRDefault="4BA67945" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="4BA67945" w:rsidP="51CCCA5C" w:rsidRDefault="4BA67945" w14:paraId="4F770B39" w14:textId="38FBD31A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007C650F">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="4BA67945">
+        <w:rPr/>
         <w:t>Tips till polisen vid risk för kommande allvarligt våld i nära relationer. Med allvarligt våld avses brott i kap 3,4 och 6 i Bro</w:t>
       </w:r>
-      <w:r w:rsidR="5AEB5FC3" w:rsidRPr="007C650F">
+      <w:r w:rsidR="5AEB5FC3">
+        <w:rPr/>
         <w:t xml:space="preserve">ttsbalken som har minimistraff på ett års fängelse (10kap 18 c § OSL), se Sekretessbrott: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
-        <w:r w:rsidR="5AEB5FC3" w:rsidRPr="007C650F">
+      <w:hyperlink r:id="R03e9d21fa5264016">
+        <w:r w:rsidRPr="168FAD29" w:rsidR="5AEB5FC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Lämna uppgifter till polis för att förhindra allvarligt </w:t>
         </w:r>
-        <w:r w:rsidR="4736BE9D" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="168FAD29" w:rsidR="4736BE9D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>våld i nära relationer.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="09BB3AF1" w:rsidRPr="007C650F">
+      <w:r w:rsidR="09BB3AF1">
+        <w:rPr/>
         <w:t xml:space="preserve"> [10]</w:t>
       </w:r>
-      <w:r w:rsidR="4736BE9D" w:rsidRPr="007C650F">
+      <w:r w:rsidR="4736BE9D">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDEC4E2" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="4DDEC4E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc94874100"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="80" w:name="_Toc196819145"/>
+      <w:bookmarkStart w:name="_Toc94874100" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc95133083" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc196819145" w:id="80"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Undersökning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
-    <w:p w14:paraId="7633EE8F" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00C3073C" w:rsidRDefault="0074378D" w14:paraId="7633EE8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Genomför en grundlig helkroppsundersökning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4153E9B2" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00C3073C" w:rsidRDefault="0074378D" w14:paraId="4153E9B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Eventuellt drogtest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B393458" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00C3073C" w:rsidRDefault="0074378D" w14:paraId="4B393458" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Erbjud alltid enskilt samtal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C99F646" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00C3073C" w:rsidRDefault="0074378D" w14:paraId="6C99F646" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Använd aldrig anhörigtolk. SRHR-utbildad telefontolk rekommenderas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6989C141" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00C3073C" w:rsidRDefault="0074378D" w14:paraId="6989C141" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:lastRenderedPageBreak/>
         <w:t>Uppmärksamma om tidigare journalanteckningar finns och om upprepade</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C650F">
         <w:t>besök samt återkommande diffusa smärttillstånd förekommit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC5279B" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="3BC5279B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Sexuellt_våld_1"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="_Toc196819146"/>
+      <w:bookmarkStart w:name="_Sexuellt_våld_1" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc374459493" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc480889667" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc94874102" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc95133085" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc196819146" w:id="93"/>
       <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Sexuellt våld</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
-    <w:p w14:paraId="158D2AEB" w14:textId="3674BE94" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="158D2AEB" w14:textId="3674BE94">
       <w:r w:rsidRPr="007C650F">
         <w:t>Vid misstanke om sexuellt våld ställs frågan om skadorna uppkommit på grund av sexuell våldshandling.</w:t>
       </w:r>
-      <w:r w:rsidR="5C899F13" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="5C899F13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3F242655" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="3F242655">
         <w:t>Det är polisen som bedömer om rättsmedicinsk undersökning skall göras</w:t>
       </w:r>
-      <w:r w:rsidR="527DE8E6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="527DE8E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="58457752" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="58457752">
         <w:t>om patient</w:t>
       </w:r>
-      <w:r w:rsidR="3F242655" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="3F242655">
         <w:t xml:space="preserve"> är </w:t>
       </w:r>
-      <w:r w:rsidR="58457752" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="58457752">
         <w:t xml:space="preserve">minderårig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B44965" w14:textId="25DD44F6" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="63B44965" w14:textId="25DD44F6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Vid våldtäkt av kvinnor - kontakta kvinnokliniken, se rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sexuella övergrepp - flickor-kvinnor från 13 år, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00B94F1F" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B94F1F">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="10AAB348" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="10AAB348">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1670813C" w14:textId="052CCD6C" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="1670813C" w14:textId="052CCD6C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Vid våldtäkt av män - kontakta hudkliniken inom HIVÖ, se rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sexuella övergrepp - män från 18 år, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="008638BD" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="008638BD">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="7A7B4195" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="7A7B4195">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751A9098" w14:textId="35CF3B11" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="751A9098" w14:textId="35CF3B11">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Vid våldtäkt av barn</w:t>
       </w:r>
-      <w:r w:rsidR="7AC86B62" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="7AC86B62">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">- kontakta barn och ungdomskliniken, se rutinen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="_Hlk86243670"/>
+      <w:bookmarkStart w:name="_Hlk86243670" w:id="94"/>
       <w:r w:rsidRPr="007C650F">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00C03AD5" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00C03AD5">
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sexuella övergrepp - flickor från </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> år och pojkar 0-17 år, SÄS</w:t>
+        <w:t>Sexuella övergrepp - flickor från 0-12 år och pojkar 0-17 år, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>[1</w:t>
       </w:r>
-      <w:r w:rsidR="2B2783A2" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="2B2783A2">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A2123F" w14:textId="734A643C" w:rsidR="061CA503" w:rsidRPr="007C650F" w:rsidRDefault="061CA503" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="061CA503" w:rsidP="333CEBA8" w:rsidRDefault="061CA503" w14:paraId="29A2123F" w14:textId="734A643C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Vid uppföljning efter sexuella övergrepp ska föreskrivna rutiner för provtagning och behandling följas, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sexuellt_våld">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Sexuellt våld</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="172A0118" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="172A0118" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Våldsutsatta_barn"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="108" w:name="_Toc196819147"/>
+      <w:bookmarkStart w:name="_Våldsutsatta_barn" w:id="95"/>
+      <w:bookmarkStart w:name="_Barn_som_far" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc94874103" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc95133086" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc196819147" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc374459494" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc480889668" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="108"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Barn som far illa eller riskerar att fara illa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
-      <w:bookmarkEnd w:id="108"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="100"/>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkEnd w:id="107"/>
-    <w:p w14:paraId="4178C285" w14:textId="00445074" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="333CEBA8">
+    <w:bookmarkEnd w:id="108"/>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="333CEBA8" w:rsidRDefault="0074378D" w14:paraId="4178C285" w14:textId="00445074">
       <w:r w:rsidRPr="007C650F">
         <w:t>Personal i hälso- och sjukvård är skyldiga att genast anmäla till socialtjänsten om de får kännedom om eller misstänker att ett barn far illa. Både barn som själva utsätts och barn som bevittnar våld far illa. Det behövs inga bevis för misstanken; anmälaren ska utgå från sina iakttagelser. Anmälningsskyldigheten är absolut och ovillkorlig och får inte bli föremål för överväganden av den som är anmälningsskyldig [</w:t>
       </w:r>
-      <w:r w:rsidR="004B77B0" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="004B77B0">
         <w:t>6,</w:t>
       </w:r>
-      <w:r w:rsidR="00797278" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00797278">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004B77B0" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="004B77B0">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00797278" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00797278">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="65E78C67" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="65E78C67">
         <w:t xml:space="preserve"> Se rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r w:rsidR="65E78C67" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="65E78C67">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan om oro för barn och unga</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="65E78C67" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="65E78C67">
         <w:t xml:space="preserve"> SÄS [</w:t>
       </w:r>
-      <w:r w:rsidR="00A129C6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00A129C6">
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="65E78C67" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="65E78C67">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD11085" w14:textId="08F69EC0" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="5CD11085" w14:textId="08F69EC0">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Anmälan till socialtjänsten </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> göras på blanketten </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan till socialtjänsten enligt Socialtjänstlagen (SoL) 14 kapitlet §1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00557A93" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00557A93">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C11E2E" w14:textId="31AD6FFC" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="21C11E2E" w14:textId="31AD6FFC">
       <w:r w:rsidRPr="007C650F">
         <w:t>Vid misstanke om våldsutsatt barn måste frågan ställas om skadorna uppkommit genom våldshandling. När barn misstänkts ha utsatts för våldsbrott finns alltid möjlighet enligt 10 kap. 21§ offentlighets- och sekretesslagen att även göra en polisanmälan. Vid våldsutsatta barn - kontakta barn- och ungdomskliniken, det finns även möjlighet att kontakta</w:t>
       </w:r>
-      <w:r w:rsidR="0052684E" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0052684E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
-        <w:r w:rsidR="0052684E" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="0052684E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>barnskyddsteamet vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E59EB" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="004E59EB">
         <w:t xml:space="preserve"> eller</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>barnskyddsteamet inom Västra Götalandsregionen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="_Hlk86243799"/>
+      <w:bookmarkStart w:name="_Hlk86243799" w:id="109"/>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
-    <w:p w14:paraId="4F85E93D" w14:textId="5849D396" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="333CEBA8" w:rsidRDefault="0074378D" w14:paraId="4F85E93D" w14:textId="5849D396">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Dokumentera i journal, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Dokumentera_skadorna_i">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dokumentera i patientjournalen</w:t>
         </w:r>
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F51A6AB" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="5F51A6AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc374459495"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc374459495" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc480889670" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc94874104" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc95133087" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc196819148" w:id="121"/>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
     </w:p>
-    <w:p w14:paraId="5A73E255" w14:textId="6BECE6A0" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="5A73E255" w14:textId="6BECE6A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Informera om möjlighet till annan hjälp via kvinnojour, socialjour (gäller även män), se informationsmaterialet om våld i nära relation, </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Till dig man</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> (bilaga 1), </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Till dig kvinna</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> (bilaga 2) respektive </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>För barn och unga</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> (bilaga 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462286BD" w14:textId="1CBA0FB4" w:rsidR="00F06F6B" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00F06F6B">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00F06F6B" w:rsidP="00F06F6B" w:rsidRDefault="0074378D" w14:paraId="462286BD" w14:textId="1CBA0FB4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Uppmana patienten att göra polisanmälan om inte detta skett.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5D48B9" w14:textId="62C75361" w:rsidR="00F06F6B" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00F06F6B">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00F06F6B" w:rsidP="00F06F6B" w:rsidRDefault="0074378D" w14:paraId="1F5D48B9" w14:textId="62C75361">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sexuellt_våld_1">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>sexuellt våld</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> eller vid </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Våldsutsatta_barn">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>misstanke om våldsutsatt barn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t>, se särskilda rutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405562F0" w14:textId="6F3FF6B4" w:rsidR="039E315A" w:rsidRPr="007C650F" w:rsidRDefault="039E315A" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="039E315A" w:rsidP="51CCCA5C" w:rsidRDefault="039E315A" w14:paraId="405562F0" w14:textId="6F3FF6B4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="122" w:name="_Toc196819149"/>
+      <w:bookmarkStart w:name="_Toc196819149" w:id="122"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Samverkan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="122"/>
     </w:p>
-    <w:p w14:paraId="1E501FFD" w14:textId="56E0A7A5" w:rsidR="039E315A" w:rsidRPr="007C650F" w:rsidRDefault="039E315A" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="039E315A" w:rsidP="51CCCA5C" w:rsidRDefault="039E315A" w14:paraId="1E501FFD" w14:textId="56E0A7A5">
       <w:r w:rsidRPr="007C650F">
         <w:t>I de fall patienten har behov av insatser från både hälso- och sjukvård och socialtjänst ska en Samordnad individuell plan upprättas</w:t>
       </w:r>
-      <w:r w:rsidR="003C2FC6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="003C2FC6">
         <w:t xml:space="preserve">, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Samordnade individuell plan, SIP</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [14]. Tänk på att beakta behovet av trygghet och säkerhet hos våldsutsatta och barn som bevittnat våld.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F589AC7" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="0074378D" w14:paraId="6F589AC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Dokumentera_skadorna_i"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="135" w:name="_Toc196819150"/>
+      <w:bookmarkStart w:name="_Dokumentera_skadorna_i" w:id="123"/>
+      <w:bookmarkStart w:name="_Dokumentera_i_patientjournalen" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc480889666" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc94874105" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc95133088" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc196819150" w:id="135"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Dokumentera i patientjournalen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
     </w:p>
-    <w:p w14:paraId="3536AA6C" w14:textId="7457EDD1" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="2776B1F8" w:rsidP="003D3572">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="003D3572" w:rsidRDefault="2776B1F8" w14:paraId="3536AA6C" w14:textId="7457EDD1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Person som uttrycker behov av sekretess eller hälso- och sjukvårdspersonal misstänker hotbild ska dokumentation ske i mallen “Undantag från direktåtkomst” och sökordet “Våldutsatthet i nära relationer”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D34BAE4" w14:textId="44A42308" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="0082660A">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="0082660A" w:rsidRDefault="0074378D" w14:paraId="0D34BAE4" w14:textId="44A42308">
       <w:pPr>
         <w:pStyle w:val="Brdtextmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Fysiska skador fotograferas; anlita om möjligt fotomedia dagtid.</w:t>
       </w:r>
-      <w:r w:rsidR="2BDF1ADC" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="2BDF1ADC">
         <w:t xml:space="preserve"> Dokumentera patientens berättelse. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve"> Om patienten förnekar våldsutsatthet, informera om att du kommer dokumentera dina iakttagelser samt att den våldsutsatta </w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="41544EB4" w:rsidRPr="007C650F">
+        <w:t xml:space="preserve"> Om patienten förnekar våldsutsatthet, informera om att du kommer dokumentera dina iakttagelser samt att den våldsutsatta förnekar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="41544EB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t>våld</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">. Det ska gå att utläsa vilka skador som uppstått och var på kroppen de finns. Detta är särskilt viktigt om patienten är mörkhyad då det kan vara svårt att identifiera skador via ett fotografi, se riktlinje </w:t>
+        <w:t xml:space="preserve">våld. Det ska gå att utläsa vilka skador som uppstått och var på kroppen de finns. Detta är särskilt viktigt om patienten är mörkhyad då det kan vara svårt att identifiera skador via ett fotografi, se riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Rättsmedicinska fall – spår och godssäkring vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [1</w:t>
       </w:r>
-      <w:r w:rsidR="2607EF12" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="2607EF12">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">] respektive rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId35">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Picsara – bildlagringssystemet knutet till patientjournalen, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [1</w:t>
       </w:r>
-      <w:r w:rsidR="1BB8878B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="1BB8878B">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D856E82" w14:textId="569F0B08" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="51CCCA5C" w:rsidRDefault="0074378D" w14:paraId="3D856E82" w14:textId="569F0B08">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Notera i journalen hur patienten vill bli kontaktad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53215F2C" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="000D57E4">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="000D57E4" w:rsidRDefault="0074378D" w14:paraId="53215F2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="136" w:name="_Diagnoskoder_anges_i"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="140" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:name="_Diagnoskoder_anges_i" w:id="136"/>
+      <w:bookmarkStart w:name="_Diagnoskoder" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc94874106" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc95133089" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="140"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Diagnoskoder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
     </w:p>
-    <w:p w14:paraId="424D0682" w14:textId="4C488ABA" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="000D57E4">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="000D57E4" w:rsidRDefault="0074378D" w14:paraId="424D0682" w14:textId="4C488ABA">
       <w:r w:rsidRPr="007C650F">
         <w:t>Angiven ICD-kod och KVÅ-kod ska alltid användas för att möjliggöra den kvalitetsuppföljning som hälso- och sjukvården är skyldig att genomföra enligt Ledningssystem för systematiskt kvalitetsarbete SOSFS 2011:9 [1</w:t>
       </w:r>
-      <w:r w:rsidR="52BDD834" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="52BDD834">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>].</w:t>
       </w:r>
-      <w:bookmarkStart w:id="141" w:name="_Hlk85808822"/>
+      <w:bookmarkStart w:name="_Hlk85808822" w:id="141"/>
       <w:bookmarkEnd w:id="141"/>
     </w:p>
-    <w:p w14:paraId="1FFF75CE" w14:textId="0DC6FFDB" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="000D57E4">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="000D57E4" w:rsidRDefault="0074378D" w14:paraId="1FFF75CE" w14:textId="0DC6FFDB">
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve"> SÄS har beslutat om ett avsteg från den regionala riktlinjen avseende dokumentation av diagnoskoder. Avsteget innebär att nedanstående diagnos- och KVÅ-koder ska dokumenteras under </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">aktiviteten ”Undantag från direktåtkomst”. I det </w:t>
+        <w:t xml:space="preserve"> SÄS har beslutat om ett avsteg från den regionala riktlinjen avseende dokumentation av diagnoskoder. Avsteget innebär att nedanstående diagnos- och KVÅ-koder ska dokumenteras under aktiviteten ”Undantag från direktåtkomst”. I det </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>synliga</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve"> diagnosfältet sätts </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ICD-kod </w:t>
+        <w:t xml:space="preserve"> diagnosfältet sätts istället ICD-kod </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Z04.9</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Undersökning och observation av ospecificerat skäl</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26572BBD" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="000D57E4">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="000D57E4" w:rsidRDefault="0074378D" w14:paraId="26572BBD" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Genom detta minskar risken att obehörig får kännedom om den faktiska sökorsaken och diagnosen via journalen på </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1177</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8222" w:type="dxa"/>
         <w:tblInd w:w="879" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Diagnoskoder (ICD-koder)"/>
         <w:tblDescription w:val="Tabellen visar vilka diagnos- och åtgärdskoder som kan vara aktuella att använda vid journalföring samt förklarar vad respektive kod betyder i klartext. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1644"/>
         <w:gridCol w:w="6578"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="1FCF9F0B" w14:textId="77777777" w:rsidTr="0032100E">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="0032100E" w14:paraId="1FCF9F0B" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7935CB92" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="7935CB92" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Diagnoskoder (ICD-kod)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="5F07339B" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="5F07339B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B153E56" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="7B153E56" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Z03.8K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7905652C" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="7905652C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Observation och utredning av misstänkt misshandel</w:t>
             </w:r>
             <w:r w:rsidRPr="007C650F">
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C650F">
               <w:t>(Används vid symtom eller tecken på ett onormalt tillstånd som kräver genomgång men som inte visar behov av behandling eller medicinsk vård).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="2D7B5908" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="2D7B5908" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3253AD6E" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="3253AD6E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Z04.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3132EC" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="4F3132EC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
-              <w:t xml:space="preserve">Undersökning och observation efter uppgiven våldtäkt och upp-givet sexuellt ofredande (Används om patienten inte har skador; om skador finns ska de kodas </w:t>
-[...7 lines deleted...]
-              <w:t>).</w:t>
+              <w:t>Undersökning och observation efter uppgiven våldtäkt och upp-givet sexuellt ofredande (Används om patienten inte har skador; om skador finns ska de kodas istället).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="75FE446E" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="75FE446E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="701364D1" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="701364D1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Z91.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="330F88C2" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="330F88C2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
-              <w:t xml:space="preserve">Kvinnlig könsstympning i den egna sjukhistorien, kvinnlig könsstympning typ </w:t>
-[...7 lines deleted...]
-              <w:t>, kvinnlig omskärelse.</w:t>
+              <w:t>Kvinnlig könsstympning i den egna sjukhistorien, kvinnlig könsstympning typ 1-4, kvinnlig omskärelse.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="659A7DEF" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="659A7DEF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36941484" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="36941484" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>T74.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69E3DCCC" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="69E3DCCC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Fysisk misshandel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="5052A226" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="5052A226" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72DE3561" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="72DE3561" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>T74.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51B2B83B" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="51B2B83B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Sexuellt övergrepp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="16B29D4A" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="16B29D4A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D23692B" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="0D23692B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>T74.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22865689" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="22865689" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Psykisk misshandel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="4BB2835C" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="4BB2835C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48D95A" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="5D48D95A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>T74.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC737BF" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="4EC737BF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Effekt av försummelse och vanvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="597C19B1" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="597C19B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A664C9F" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="1A664C9F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>O34.7A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61962E53" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="61962E53" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Vård av blivande moder för abnormitet i vulva och perineum i form av tidigare könsstympning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="5908F1CD" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="5908F1CD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="08F27897" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="08F27897" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabellrubrik"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>KVÅ-koder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="42CE2010" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="42CE2010" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4731211C" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="4731211C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>GB015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42D00EA1" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="42D00EA1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Råd eller information om våld i nära relationer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074378D" w:rsidRPr="007C650F" w14:paraId="3ACAF7E6" w14:textId="77777777" w:rsidTr="00EA08EA">
+      <w:tr w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidTr="00EA08EA" w14:paraId="3ACAF7E6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78B0DD07" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="78B0DD07" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>GD008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="341C3FDE" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00A669BC">
+          <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00A669BC" w:rsidRDefault="0074378D" w14:paraId="341C3FDE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Brdtextitabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="007C650F">
               <w:t>Anmälan enligt 14 kap. 1§, Socialtjänstlagen (SoL) angående barn med möjligt skyddsbehov.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1794FAA3" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="1794FAA3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="142" w:name="_Sexuellt_våld"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="155" w:name="_Toc196819151"/>
+      <w:bookmarkStart w:name="_Sexuellt_våld" w:id="142"/>
+      <w:bookmarkStart w:name="_Uppföljande_besök" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc94874107" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc95133090" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc196819151" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc480889672" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="154"/>
+      <w:bookmarkStart w:name="_Hlk88653146" w:id="155"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Direktåtkomst till journalen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
-      <w:bookmarkEnd w:id="155"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="49600F03" w14:textId="3BBAD151" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="49600F03" w14:textId="3BBAD151">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Observera särskild sekretess vid dokumentation och journalföring! Se RMR </w:t>
       </w:r>
       <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relationer - indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> för information om undantag från direktåtkomst genom journal via nätet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052CD117" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="052CD117" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Observera att journalanteckningar förda under </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Undantag från direktåtkomst</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> inkluderas vid journalutskrifter. Menprövning ska </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>alltid</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> göras om patient, anhörig eller utomstående myndigheter (ex. försäkringsbolag) begär kopia av patientjournalen [1].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235E2185" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="235E2185" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="156" w:name="_Toc94874108"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc94874108" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc95133091" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc196819152" w:id="159"/>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Uppföljning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
+      <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w14:paraId="6D38ADB3" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="6D38ADB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="_Toc480889673"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="169" w:name="_Toc256000108"/>
+      <w:bookmarkStart w:name="_Toc480889673" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc94874109" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc95133092" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="169"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Utvärdering och revision</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
     </w:p>
-    <w:p w14:paraId="326CA9AF" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="326CA9AF" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Medvetet avsteg från rutinen ska dokumenteras i Melior och varför avsteg gjorts. Övriga avvikelser från rutinen ska rapporteras i MedControl PRO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB66995" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="0DB66995" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="170" w:name="_Toc480889674"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="179" w:name="_Toc256000109"/>
+      <w:bookmarkStart w:name="_Toc480889674" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc94874110" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc95133093" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="179"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Statistik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
     </w:p>
-    <w:p w14:paraId="6F9F73BF" w14:textId="69528C2F" w:rsidR="00C3073C" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C3073C" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="6F9F73BF" w14:textId="69528C2F">
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Enligt RMR </w:t>
       </w:r>
       <w:hyperlink r:id="rId37">
-        <w:r w:rsidR="000E717B" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="000E717B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relationer - indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> [1] ska lokal statistik tas fram över anmälningar till Socialtjänsten enligt kap 14 1§ Socialtjänstlagen (SoL), samt aktuella diagnos- och KVÅ-koder för att möjliggöra kvalitetsuppföljning. Lokala rutiner samt användningen av angivna koder följs upp av VKV (Västra Götalandsregionens kompetenscentrum om våld i nära relationer) tillsammans med respektive ledningssystem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AADD2BF" w14:textId="77777777" w:rsidR="00C3073C" w:rsidRPr="007C650F" w:rsidRDefault="00C3073C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C3073C" w:rsidRDefault="00C3073C" w14:paraId="3AADD2BF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53285D86" w14:textId="659F68E5" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="53285D86" w14:textId="659F68E5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="180" w:name="_Toc182366122"/>
-[...13 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc480889675" w:id="181"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc94874111" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc95133094" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc196819153" w:id="191"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
     </w:p>
-    <w:p w14:paraId="4E98B053" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="4E98B053" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B14767" w14:textId="4C14FDCD" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="52B14767" w14:textId="4C14FDCD">
       <w:r w:rsidRPr="007C650F">
         <w:t>Nina Glebe</w:t>
       </w:r>
-      <w:r w:rsidR="004305F6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="004305F6">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve"> kurator, </w:t>
       </w:r>
-      <w:r w:rsidR="00E80B56" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00E80B56">
         <w:t>VO neurologi, rehabilitering och nära vård</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760D1FCB" w14:textId="00FDCBC7" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="760D1FCB" w14:textId="00FDCBC7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="192" w:name="_Toc149035757"/>
-      <w:bookmarkStart w:id="193" w:name="_Toc149978547"/>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="193"/>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
-      <w:r w:rsidR="00793C9B" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00793C9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7089A5BB" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="7089A5BB" w14:textId="77777777">
       <w:r w:rsidRPr="007C650F">
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C650F">
         <w:t>Ledningsgrupp primärvård Södra Älvsborg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA7E1DB" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="6BA7E1DB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22907031" w14:textId="2A8E658E" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="00A06757" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="00A06757" w14:paraId="22907031" w14:textId="2A8E658E">
       <w:r w:rsidRPr="007C650F">
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidR="003640B1" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="003640B1">
         <w:t>erker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:t>, chefläkare SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2CD55B" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="1A2CD55B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE7F491" w14:textId="20F0808C" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="6DE7F491" w14:textId="20F0808C">
       <w:r w:rsidRPr="007C650F">
         <w:t>Våld, våldtäkt, barnmisshandel, misshandel, övergrepp, dokumentation, journalföring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769E628C" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00EA08EA">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00EA08EA" w:rsidRDefault="0074378D" w14:paraId="769E628C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="194" w:name="_Toc480889676"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="204" w:name="_Toc196819154"/>
+      <w:bookmarkStart w:name="_Toc480889676" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="200"/>
+      <w:bookmarkStart w:name="_Toc94874112" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc95133095" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc196819154" w:id="204"/>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
     </w:p>
-    <w:p w14:paraId="35378913" w14:textId="4AE88D0F" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="35378913" w14:textId="4AE88D0F">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Våld i nära relationer - indikationer och handläggning. Regional medicinsk riktlinje, Västra Götalandsregionen</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId38">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
         <w:t xml:space="preserve"> (ändra filtreringen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E926D41" w14:textId="61AC1E7D" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="2E926D41" w14:textId="61AC1E7D">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Hedersrelaterat våld och förtryck. Regional medicinsk riktlinje, Västra Götalandsregionen</w:t>
       </w:r>
-      <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId39">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
         <w:t xml:space="preserve"> (ändra filtreringen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0EF0F5" w14:textId="60C5F4E1" w:rsidR="00BB3BA3" w:rsidRPr="007C650F" w:rsidRDefault="00BB3BA3" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00BB3BA3" w:rsidP="007169DE" w:rsidRDefault="00BB3BA3" w14:paraId="0E0EF0F5" w14:textId="60C5F4E1">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Barn under 18 år som far illa eller riskerar att fara illa inklusive barn som bevittnat/upplevt våld - indikationer och handläggning. Regional medicinsk riktlinje, Västra Götalandsregionen</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId40">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
         <w:t xml:space="preserve"> (ändra filtreringen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427617CD" w14:textId="39A7F69A" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="427617CD" w14:textId="39A7F69A">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Våld i nära relationer. VKV:s basutbildning och metodutbildning om våld i nära relation för anställda inom hälso- och sjukvården och tandvården</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId41">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.valdinararelationer.se/vkv/utbildning/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58D195A7" w14:textId="05837E0F" w:rsidR="00615DF5" w:rsidRPr="007C650F" w:rsidRDefault="00615DF5" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00615DF5" w:rsidP="007169DE" w:rsidRDefault="00615DF5" w14:paraId="58D195A7" w14:textId="05837E0F">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Att vilja se, vilja veta och våga fråga. Vägledning för att öka förutsättningarna att upptäcka våldutsatthet, 2014-10-30, Socialstyrelsen, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:r w:rsidR="006414BD" w:rsidRPr="007C650F">
+      <w:hyperlink w:history="1" r:id="rId42">
+        <w:r w:rsidRPr="007C650F" w:rsidR="006414BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/globalassets/sharepoint-dokument/artikelkatalog/vagledning/2014-10-30.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="477BEE5C" w14:textId="264FA74A" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="477BEE5C" w14:textId="264FA74A">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Socialtjänstlag (2001:453), 14 kap. 1§. Svensk författningssamling</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId43">
         <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="787425EC" w14:textId="4A0DFEFC" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="006414BD">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="006414BD" w:rsidRDefault="0074378D" w14:paraId="787425EC" w14:textId="4A0DFEFC">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Anmälan till socialtjänsten enligt Socialtjänstlagen (SoL) 14 </w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C650F">
         <w:t>kapitlet §1”. Blankett framtagen av VKV (Västra Götalandsregionens kompetenscentrum om våld i nära relationer)</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId44">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1ADFBB29" w14:textId="7A38AAB6" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="00A801C1" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="00A801C1" w14:paraId="1ADFBB29" w14:textId="7A38AAB6">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Ombud för barnets rättigheter, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:t>. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="0074378D" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="0074378D">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId45">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44039EE8" w14:textId="46505018" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="51CCCA5C" w:rsidRDefault="0074378D" w14:paraId="44039EE8" w14:textId="46505018">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Anmälan om oro för barn och unga. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719FF570" w14:textId="08265240" w:rsidR="63791657" w:rsidRPr="007C650F" w:rsidRDefault="00002393" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="63791657" w:rsidP="51CCCA5C" w:rsidRDefault="00B95078" w14:paraId="719FF570" w14:textId="08265240">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1352"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId46">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FEE08E5" w14:textId="506C33AD" w:rsidR="26C7F57C" w:rsidRPr="007C650F" w:rsidRDefault="26C7F57C" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="26C7F57C" w:rsidP="51CCCA5C" w:rsidRDefault="26C7F57C" w14:paraId="6FEE08E5" w14:textId="506C33AD">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Lämna uppgifter till polis för att förhindra allvarligt våld i nära relationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188CE8F9" w14:textId="6B849394" w:rsidR="0E12C388" w:rsidRPr="007C650F" w:rsidRDefault="0E12C388" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0E12C388" w:rsidP="51CCCA5C" w:rsidRDefault="0E12C388" w14:paraId="188CE8F9" w14:textId="10707123">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1304"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="168FAD29" w:rsidR="0E12C388">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+      <w:hyperlink r:id="Rcaed1c594cbb4a18">
+        <w:r w:rsidRPr="168FAD29" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07CAE40D" w14:textId="170B823A" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="07CAE40D" w14:textId="170B823A">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Sexuella övergrepp - flickor-kvinnor från 13 år, SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId48">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D9B7AA7" w14:textId="50999E87" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="0D9B7AA7" w14:textId="50999E87">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Sexuella övergrepp - män från 18 år, SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId49">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20BD076D" w14:textId="13639E72" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="51CCCA5C" w:rsidRDefault="0074378D" w14:paraId="20BD076D" w14:textId="13639E72">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:t xml:space="preserve">Sexuella övergrepp - flickor från </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="009246C3" w:rsidRPr="007C650F">
+        <w:t>Sexuella övergrepp - flickor från 0-12 år och pojkar 0-17 år, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C650F" w:rsidR="009246C3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">  Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId50">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0322C93A" w14:textId="367B6DD8" w:rsidR="2C442B3C" w:rsidRPr="007C650F" w:rsidRDefault="2C442B3C" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="2C442B3C" w:rsidP="51CCCA5C" w:rsidRDefault="2C442B3C" w14:paraId="0322C93A" w14:textId="367B6DD8">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Samordnad individuell plan, SIP </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
-        <w:r w:rsidR="00366FBE" w:rsidRPr="007C650F">
+      <w:hyperlink w:history="1" r:id="rId51">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00366FBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardsamverkan.se/omraden/samordnad-individuell-plan-sip/sip-riktlinje-och-bilagor</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="418157D0" w14:textId="53DC167B" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="007169DE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="007169DE" w:rsidRDefault="0074378D" w14:paraId="418157D0" w14:textId="53DC167B">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Rättsmedicinska fall – spår och godssäkring vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId52">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00B95078">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D119B27" w14:textId="64A8917B" w:rsidR="000757C8" w:rsidRPr="007C650F" w:rsidRDefault="000757C8" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="000757C8" w:rsidP="51CCCA5C" w:rsidRDefault="000757C8" w14:paraId="2D119B27" w14:textId="64A8917B">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Picsara – bildlagringssystemet knutet till patientjournalen, SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFED4FA" w14:textId="163654CC" w:rsidR="000757C8" w:rsidRPr="007C650F" w:rsidRDefault="00002393" w:rsidP="51CCCA5C">
+    <w:p w:rsidRPr="007C650F" w:rsidR="000757C8" w:rsidP="51CCCA5C" w:rsidRDefault="00B95078" w14:paraId="2BFED4FA" w14:textId="163654CC">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1352"/>
       </w:pPr>
       <w:hyperlink r:id="rId53">
-        <w:r w:rsidR="00B95078" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13ADE3FB" w14:textId="7DFEF38E" w:rsidR="00E76E9A" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00B95078">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00E76E9A" w:rsidP="00B95078" w:rsidRDefault="0074378D" w14:paraId="13ADE3FB" w14:textId="7DFEF38E">
       <w:pPr>
         <w:pStyle w:val="Numreradlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
-        <w:lastRenderedPageBreak/>
         <w:t>Ledningssystem för systematiskt kvalitetsarbete SOSFS 2011:9. Socialstyrelsens författningssamling.</w:t>
       </w:r>
-      <w:r w:rsidR="00B40E79" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00B40E79">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId54">
-        <w:r w:rsidR="00D01719" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00D01719">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7944FE20" w14:textId="77777777" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00366FBE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00366FBE" w:rsidRDefault="0074378D" w14:paraId="7944FE20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="205" w:name="_Toc217802355"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="216" w:name="_Toc196819155"/>
+      <w:bookmarkStart w:name="_Toc217802355" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc480889677" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc94874113" w:id="213"/>
+      <w:bookmarkStart w:name="_Toc95133096" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc256000112" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc196819155" w:id="216"/>
       <w:r w:rsidRPr="007C650F">
         <w:t>Övriga länkar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
     </w:p>
-    <w:p w14:paraId="66D60949" w14:textId="307D61FB" w:rsidR="0074378D" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="00366FBE">
+    <w:p w:rsidRPr="007C650F" w:rsidR="0074378D" w:rsidP="00366FBE" w:rsidRDefault="0074378D" w14:paraId="66D60949" w14:textId="307D61FB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t xml:space="preserve">Formulär med frågor om våld (FOV). Västra Götalandsregionens kompetenscentrum om våld i nära relationer (VKV). </w:t>
       </w:r>
-      <w:r w:rsidR="256389CA" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="256389CA">
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId55">
-        <w:r w:rsidR="00587281" w:rsidRPr="007C650F">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00587281">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.valdinararelationer.se/vkv/material/formular-for-att-fraga-om-vald</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="5E319EA1" w:rsidR="00536A5A" w:rsidRPr="007C650F" w:rsidRDefault="0074378D" w:rsidP="003640B1">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00536A5A" w:rsidP="003640B1" w:rsidRDefault="0074378D" w14:paraId="76B9F95B" w14:textId="5E319EA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Barnskyddsteamet inom Västra Götalandsregionen. Vårdgivarwebben.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C650F">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
-        <w:r w:rsidR="00587281" w:rsidRPr="007C650F">
+      <w:hyperlink w:history="1" r:id="rId56">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00587281">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/amnesomraden/barnskyddsteam</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E934E55" w14:textId="4A18572A" w:rsidR="00C17ED6" w:rsidRPr="007C650F" w:rsidRDefault="689DAD81" w:rsidP="333CEBA8">
+    <w:p w:rsidRPr="007C650F" w:rsidR="00C17ED6" w:rsidP="333CEBA8" w:rsidRDefault="689DAD81" w14:paraId="4E934E55" w14:textId="4A18572A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007C650F">
         <w:t>Brå. Brottsförebyggande arb</w:t>
       </w:r>
-      <w:r w:rsidR="38DDA539" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="38DDA539">
         <w:t>ete. Våld i nära relation, hedersrelaterat våld och förtryck samt pr</w:t>
       </w:r>
-      <w:r w:rsidR="631DF7A9" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="631DF7A9">
         <w:t>ostitution</w:t>
       </w:r>
-      <w:r w:rsidR="38DDA539" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="38DDA539">
         <w:t xml:space="preserve"> och männi</w:t>
       </w:r>
-      <w:r w:rsidR="29DE74F6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="29DE74F6">
         <w:t>skohandel</w:t>
       </w:r>
-      <w:r w:rsidR="38DDA539" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="38DDA539">
         <w:t xml:space="preserve"> för sexuella ändamål. 2022.</w:t>
       </w:r>
-      <w:r w:rsidR="00A33CB8" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00A33CB8">
         <w:t xml:space="preserve"> Metodstöd för kartläggning av tre våldstyper – Brottsförebyggande rådet (Brå)</w:t>
       </w:r>
-      <w:r w:rsidR="00C17ED6" w:rsidRPr="007C650F">
+      <w:r w:rsidRPr="007C650F" w:rsidR="00C17ED6">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
-        <w:r w:rsidR="00C17ED6" w:rsidRPr="007C650F">
+      <w:hyperlink w:history="1" r:id="rId57">
+        <w:r w:rsidRPr="007C650F" w:rsidR="00C17ED6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://bra.se/publikationer/arkiv/publikationer/2022-10-12-metodstod-for-kartlaggning-av-tre-valdstyper.html?utm_campaign=KG221115&amp;utm_content=unspecified&amp;utm_medium=email&amp;utm_source=apsis-anp-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00C17ED6" w:rsidRPr="007C650F" w:rsidSect="00480A2F">
+    <w:sectPr w:rsidRPr="007C650F" w:rsidR="00C17ED6" w:rsidSect="00480A2F">
       <w:headerReference w:type="default" r:id="rId58"/>
       <w:footerReference w:type="even" r:id="rId59"/>
       <w:footerReference w:type="default" r:id="rId60"/>
       <w:headerReference w:type="first" r:id="rId61"/>
       <w:footerReference w:type="first" r:id="rId62"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17EFE9BB" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C">
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="1880A72E" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49A34712" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C">
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="2A8D6202" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="131E81D0" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C">
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="48DD6BF0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="411EEE88" w:rsidR="00660269" w:rsidRDefault="0007027C" w:rsidP="0007027C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="0007027C" w:rsidRDefault="0007027C" w14:paraId="1FE2B822" w14:textId="411EEE88">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:firstLine="426"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AB1A807" wp14:editId="6C87FF77">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="153909288" name="Bildobjekt 1" descr="Logotyp Västra Götalandsregionen"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="153909288" name="Bildobjekt 1" descr="Logotyp Västra Götalandsregionen"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C6CC4DB" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C"/>
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="49D77913" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0777D40C" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C">
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="1CE27222" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="177FB36F" w14:textId="77777777" w:rsidR="00FA463C" w:rsidRDefault="00FA463C">
+    <w:p w:rsidR="005B5A05" w:rsidRDefault="005B5A05" w14:paraId="014D1A13" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="2DAD3010">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="30A61E5A" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="30A61E5A">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00E8578B" w:rsidRDefault="00413A60">
+                        <w:p w:rsidRPr="00E8578B" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00E8578B">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19" w:rsidRPr="00E8578B">
+                          <w:r w:rsidRPr="00E8578B" w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="1C5C6C5B">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00E8578B" w:rsidRDefault="00413A60">
+                  <w:p w:rsidRPr="00E8578B" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00E8578B">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19" w:rsidRPr="00E8578B">
+                    <w:r w:rsidRPr="00E8578B" w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A22CEA08"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FC48E3DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B9C69A5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26FE0BCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EFC2BD8"/>
     <w:lvl w:ilvl="0" w:tplc="60E24C9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numreradlista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
@@ -6258,147 +6144,147 @@
     <w:lvl w:ilvl="7" w:tplc="041D0019">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F14435D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="190E97EE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="327455EE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98D2296C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
@@ -6425,555 +6311,555 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48C32171"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5324FF8C"/>
     <w:lvl w:ilvl="0" w:tplc="CA2EE622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
@@ -6986,825 +6872,825 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7407C250"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C984779E"/>
     <w:lvl w:ilvl="0" w:tplc="59A2197C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="323EE838">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="49826050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="5D18E0C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="4244882E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C1E28B8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C2C6D162">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2B04B778">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1BAAB0E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1111054081">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="338120117">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1368603133">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2017416434">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
@@ -7885,70 +7771,69 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="395125393">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1229926558">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="563029698">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="685986273">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1348825647">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1542328492">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000B81"/>
     <w:rsid w:val="00002393"/>
@@ -8240,50 +8125,51 @@
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057294E"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="0058060C"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00583CE5"/>
     <w:rsid w:val="00587281"/>
     <w:rsid w:val="00590AC6"/>
     <w:rsid w:val="005932FD"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A01F5"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A3688"/>
     <w:rsid w:val="005A48BF"/>
     <w:rsid w:val="005A4A89"/>
     <w:rsid w:val="005A52E5"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B17F1"/>
+    <w:rsid w:val="005B5A05"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C319A"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005C7CE3"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D5B0F"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E103E"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E3E57"/>
     <w:rsid w:val="005E4972"/>
     <w:rsid w:val="005E608B"/>
     <w:rsid w:val="005F3893"/>
     <w:rsid w:val="00600CE5"/>
     <w:rsid w:val="00605286"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00615DF5"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="0062425B"/>
@@ -8379,50 +8265,51 @@
     <w:rsid w:val="007D38AC"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E36A1"/>
     <w:rsid w:val="007E474C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F363E"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00800EAC"/>
     <w:rsid w:val="0080349F"/>
     <w:rsid w:val="00811129"/>
     <w:rsid w:val="00814B1D"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="0082660A"/>
     <w:rsid w:val="00826B3C"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00832C72"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="008370DC"/>
     <w:rsid w:val="00843F1D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00844E59"/>
     <w:rsid w:val="00846983"/>
+    <w:rsid w:val="008509F5"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="0085293A"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008638BD"/>
     <w:rsid w:val="0086464F"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00882998"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A5851"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008A7CB1"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B3E0C"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E587E"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
@@ -8809,74 +8696,76 @@
     <w:rsid w:val="0EE49875"/>
     <w:rsid w:val="0F664ED3"/>
     <w:rsid w:val="0FBA1540"/>
     <w:rsid w:val="0FBFB4D8"/>
     <w:rsid w:val="10182EE6"/>
     <w:rsid w:val="103A2B93"/>
     <w:rsid w:val="1045D857"/>
     <w:rsid w:val="10A4BAD6"/>
     <w:rsid w:val="10AAB348"/>
     <w:rsid w:val="1108278B"/>
     <w:rsid w:val="11AB8B2C"/>
     <w:rsid w:val="1212E772"/>
     <w:rsid w:val="1261FF00"/>
     <w:rsid w:val="12BC1A4F"/>
     <w:rsid w:val="13833926"/>
     <w:rsid w:val="13A6DF33"/>
     <w:rsid w:val="13D023AD"/>
     <w:rsid w:val="14A1784F"/>
     <w:rsid w:val="150479F0"/>
     <w:rsid w:val="155BDDBA"/>
     <w:rsid w:val="1605489A"/>
     <w:rsid w:val="16107D04"/>
     <w:rsid w:val="16192B8A"/>
     <w:rsid w:val="164272B4"/>
     <w:rsid w:val="166863FE"/>
+    <w:rsid w:val="168FAD29"/>
     <w:rsid w:val="1695C8A1"/>
     <w:rsid w:val="16CFBA91"/>
     <w:rsid w:val="16F86F19"/>
     <w:rsid w:val="1767A38A"/>
     <w:rsid w:val="1787C6EB"/>
     <w:rsid w:val="17B0C520"/>
     <w:rsid w:val="17D242E8"/>
     <w:rsid w:val="18406DF3"/>
     <w:rsid w:val="185A05B7"/>
     <w:rsid w:val="1939987B"/>
     <w:rsid w:val="19DB822E"/>
     <w:rsid w:val="1B2D8C48"/>
     <w:rsid w:val="1B91A679"/>
     <w:rsid w:val="1BB8878B"/>
     <w:rsid w:val="1C5EC0A5"/>
     <w:rsid w:val="1CB27760"/>
     <w:rsid w:val="1D81AC29"/>
     <w:rsid w:val="1D87A4AF"/>
     <w:rsid w:val="1E37D142"/>
     <w:rsid w:val="1E96AE36"/>
     <w:rsid w:val="1F237510"/>
     <w:rsid w:val="1F3FBA81"/>
     <w:rsid w:val="1F4FF2AD"/>
     <w:rsid w:val="1F585485"/>
+    <w:rsid w:val="204FB53A"/>
     <w:rsid w:val="20A9C4FA"/>
     <w:rsid w:val="21779197"/>
     <w:rsid w:val="220ECA6C"/>
     <w:rsid w:val="224CE6FA"/>
     <w:rsid w:val="22F9D0BB"/>
     <w:rsid w:val="25632861"/>
     <w:rsid w:val="256389CA"/>
     <w:rsid w:val="2593AE7A"/>
     <w:rsid w:val="25978F6B"/>
     <w:rsid w:val="25FF5A00"/>
     <w:rsid w:val="2607EF12"/>
     <w:rsid w:val="260A07DA"/>
     <w:rsid w:val="26336DF4"/>
     <w:rsid w:val="264AB5A6"/>
     <w:rsid w:val="26C7F57C"/>
     <w:rsid w:val="26C83455"/>
     <w:rsid w:val="274DC93D"/>
     <w:rsid w:val="2776B1F8"/>
     <w:rsid w:val="27A5D83B"/>
     <w:rsid w:val="28F2442E"/>
     <w:rsid w:val="2920E1EB"/>
     <w:rsid w:val="29DE74F6"/>
     <w:rsid w:val="2A1C04E0"/>
     <w:rsid w:val="2A9C464B"/>
     <w:rsid w:val="2ABD559C"/>
@@ -8885,50 +8774,51 @@
     <w:rsid w:val="2B65A7DE"/>
     <w:rsid w:val="2BDF1ADC"/>
     <w:rsid w:val="2C442B3C"/>
     <w:rsid w:val="2CA1D50F"/>
     <w:rsid w:val="2CBE4492"/>
     <w:rsid w:val="2D5931F8"/>
     <w:rsid w:val="2D6A4AA6"/>
     <w:rsid w:val="2DFBF162"/>
     <w:rsid w:val="2EDC78E3"/>
     <w:rsid w:val="2EFA48AD"/>
     <w:rsid w:val="2F59EE11"/>
     <w:rsid w:val="2FD39E46"/>
     <w:rsid w:val="2FDA503A"/>
     <w:rsid w:val="30A50D81"/>
     <w:rsid w:val="3176209B"/>
     <w:rsid w:val="31BC953C"/>
     <w:rsid w:val="31F68A1E"/>
     <w:rsid w:val="32852DFD"/>
     <w:rsid w:val="32BE5481"/>
     <w:rsid w:val="32E3BD17"/>
     <w:rsid w:val="32F1A65D"/>
     <w:rsid w:val="333CEBA8"/>
     <w:rsid w:val="33427FD0"/>
     <w:rsid w:val="334C135F"/>
     <w:rsid w:val="339970E4"/>
+    <w:rsid w:val="3461AD4A"/>
     <w:rsid w:val="346C8D58"/>
     <w:rsid w:val="34FB42F7"/>
     <w:rsid w:val="351504FD"/>
     <w:rsid w:val="36517F44"/>
     <w:rsid w:val="36FC436C"/>
     <w:rsid w:val="375B272D"/>
     <w:rsid w:val="38643733"/>
     <w:rsid w:val="38DDA539"/>
     <w:rsid w:val="3B813C14"/>
     <w:rsid w:val="3C90E581"/>
     <w:rsid w:val="3CC0C0C8"/>
     <w:rsid w:val="3D07087E"/>
     <w:rsid w:val="3D6A07BE"/>
     <w:rsid w:val="3D95E640"/>
     <w:rsid w:val="3E7ADA06"/>
     <w:rsid w:val="3E8C88BD"/>
     <w:rsid w:val="3F242655"/>
     <w:rsid w:val="3FA7BB31"/>
     <w:rsid w:val="3FDC2644"/>
     <w:rsid w:val="3FE7D033"/>
     <w:rsid w:val="403F93AA"/>
     <w:rsid w:val="40669DAC"/>
     <w:rsid w:val="41544EB4"/>
     <w:rsid w:val="417F5BBB"/>
     <w:rsid w:val="41F5A723"/>
@@ -9060,174 +8950,174 @@
     <w:rsid w:val="7AC86B62"/>
     <w:rsid w:val="7B5D715E"/>
     <w:rsid w:val="7C35076A"/>
     <w:rsid w:val="7C5C662D"/>
     <w:rsid w:val="7C861088"/>
     <w:rsid w:val="7CF02644"/>
     <w:rsid w:val="7D57C179"/>
     <w:rsid w:val="7E4DAF7B"/>
     <w:rsid w:val="7E6161E1"/>
     <w:rsid w:val="7F06EBB5"/>
     <w:rsid w:val="7F096C0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{7452C4E6-235B-4626-B51F-759AECD294D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9252,75 +9142,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9355,57 +9245,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -9463,768 +9353,768 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00480A2F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00920438"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1400" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001339C9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D64AD8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00480A2F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00480A2F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00480A2F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00920438"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="001339C9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00D64AD8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F67DF9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F67DF9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1276"/>
@@ -10296,608 +10186,608 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00D64AD8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10906,94 +10796,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11002,499 +10892,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:qFormat/>
     <w:rsid w:val="00291F28"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D9680A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -11561,239 +11451,239 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00480A2F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00480A2F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00480A2F"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="00480A2F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003640B1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="0074378D"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="0074378D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtextmedindrag">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrdtextmedindragChar"/>
     <w:rsid w:val="0082660A"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="160"/>
       <w:ind w:left="1349"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextmedindragChar">
+  <w:style w:type="character" w:styleId="BrdtextmedindragChar" w:customStyle="1">
     <w:name w:val="Brödtext med indrag Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtextmedindrag"/>
     <w:rsid w:val="0082660A"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
+  <w:style w:type="paragraph" w:styleId="Punktlista1" w:customStyle="1">
     <w:name w:val="Punktlista 1"/>
     <w:rsid w:val="0074378D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="0074378D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:rsid w:val="0074378D"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2676" w:right="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:rsid w:val="0074378D"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brdtextitabell">
+  <w:style w:type="paragraph" w:styleId="Brdtextitabell" w:customStyle="1">
     <w:name w:val="Brödtext i tabell"/>
     <w:qFormat/>
     <w:rsid w:val="00291F28"/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005162CD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
@@ -11808,78 +11698,78 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A52E5"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="120"/>
       <w:ind w:left="992" w:right="868"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A52E5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A33CB8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11907,51 +11797,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/utbildning-och-konferenser/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-54/surrogate" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-208/surrogate" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/globalassets/sharepoint-dokument/artikelkatalog/vagledning/2014-10-30.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/for-vardgivare/att-anmala/" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-467/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/amnesomraden/barnskyddsteam/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-329/surrogate" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-467/surrogate" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%e2%80%93%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-54/surrogate" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-307/surrogate" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-469/surrogate" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/for-vardgivare/att-anmala/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/kontakt-och-organisation/organisation/sjukhusgemensamma-grupper/lokalt-barnskyddsteam-sas/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-330/surrogate" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/publikationer/arkiv/publikationer/2022-10-12-metodstod-for-kartlaggning-av-tre-valdstyper.html?utm_campaign=KG221115&amp;utm_content=unspecified&amp;utm_medium=email&amp;utm_source=apsis-anp-3" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-468/surrogate" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-208/surrogate" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%e2%80%93%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-469/surrogate" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-307/surrogate" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-329/surrogate" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/amnesomraden/barnskyddsteam" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardsamverkan.se/omraden/samordnad-individuell-plan-sip/sip-riktlinje-och-bilagor" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-330/surrogate" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/samordnad-individuell-plan-sip/sip-riktlinje-och-bilagor/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/utbildning-och-konferenser/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-54/surrogate" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-208/surrogate" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/globalassets/sharepoint-dokument/artikelkatalog/vagledning/2014-10-30.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-328/surrogate" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-467/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/amnesomraden/barnskyddsteam/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-329/surrogate" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-467/surrogate" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%e2%80%93%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-54/surrogate" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-307/surrogate" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%e2%80%93%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-469/surrogate" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-307/surrogate" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-329/surrogate" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/amnesomraden/barnskyddsteam" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardsamverkan.se/omraden/samordnad-individuell-plan-sip/sip-riktlinje-och-bilagor" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-780/surrogate/Hedersrelaterat%20v%c3%a5ld%20och%20f%c3%b6rtryck.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-330/surrogate" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/samordnad-individuell-plan-sip/sip-riktlinje-och-bilagor/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/f/regionhalsan/valdinararelationer/material/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-469/surrogate" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/kontakt-och-organisation/organisation/sjukhusgemensamma-grupper/lokalt-barnskyddsteam-sas/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-730/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%20-%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-330/surrogate" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bra.se/publikationer/arkiv/publikationer/2022-10-12-metodstod-for-kartlaggning-av-tre-valdstyper.html?utm_campaign=KG221115&amp;utm_content=unspecified&amp;utm_medium=email&amp;utm_source=apsis-anp-3" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-468/surrogate" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-386/surrogate/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-208/surrogate" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-851/surrogate/Uppgiftsl%C3%A4mnande%20till%20polisen%20f%C3%B6r%20att%20f%C3%B6rhindra%20allvarligt%20v%C3%A5ld.pdf" TargetMode="External" Id="R03e9d21fa5264016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-851/surrogate/Uppgiftsl%C3%A4mnande%20till%20polisen%20f%C3%B6r%20att%20f%C3%B6rhindra%20allvarligt%20v%C3%A5ld.pdf" TargetMode="External" Id="Rcaed1c594cbb4a18" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -12239,1378 +12129,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...1336 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Våld i nära relationer, rutin för upptäckt och handläggning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>276</revision>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>278</revision>
   <lastPrinted>2023-07-03T23:34:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>