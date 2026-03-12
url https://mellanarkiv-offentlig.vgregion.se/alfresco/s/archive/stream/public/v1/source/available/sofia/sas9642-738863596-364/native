--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -6,164 +6,178 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0638B0D0" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="002B3BEE" w:rsidRDefault="00FE25C9" w:rsidP="002B3BEE">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc314219120"/>
       <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="002B3BEE">
-        <w:t>Vattkoppor eller generaliserad herpes zoster (bältros) - vårdhygieniska rutiner, SÄS</w:t>
+        <w:t xml:space="preserve">Vattkoppor eller generaliserad herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B3BEE">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B3BEE">
+        <w:t xml:space="preserve"> (bältros) - vårdhygieniska rutiner, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E3C9F1" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00272FEC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc370481547"/>
       <w:bookmarkStart w:id="3" w:name="_Toc463871929"/>
       <w:bookmarkStart w:id="4" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="5" w:name="_Toc256000022"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000044"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000066"/>
       <w:bookmarkStart w:id="8" w:name="_Toc6407129"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000004"/>
       <w:bookmarkStart w:id="10" w:name="_Toc67565886"/>
       <w:bookmarkStart w:id="11" w:name="_Toc256000060"/>
       <w:bookmarkStart w:id="12" w:name="_Toc88572725"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000096"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000112"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000128"/>
       <w:bookmarkStart w:id="16" w:name="_Toc156217537"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="08C70D1A" w14:textId="51E0FA06" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00272FEC">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Varicellavirus sprids som luftburen smitta vid primärinfektion eller generaliserad herpes zoster (bältros). Vid bältros med enbart lokal utbredning är smittan inte luftburen.</w:t>
+        <w:t>Varicellavirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> sprids som luftburen smitta vid primärinfektion eller generaliserad herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> (bältros). Vid bältros med enbart lokal utbredning är smittan inte luftburen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574E5D29" w14:textId="1DDB90E3" w:rsidR="00FE25C9" w:rsidRPr="008621A2" w:rsidRDefault="00FE25C9" w:rsidP="00272FEC">
       <w:r w:rsidRPr="00FE25C9">
         <w:t xml:space="preserve">Denna rutin ska ses som ett komplement till </w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="_Hlk67565330"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t xml:space="preserve">Vårdhandboken, avsnitt </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="00272FEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Herpesinfektioner, vård och be</w:t>
-[...11 lines deleted...]
-          <w:t>andling</w:t>
+          <w:t>Herpesinfektioner, vård och behandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002367F0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
-        <w:t xml:space="preserve"> Rutinen beskriver åtgärder för att förhindra att smittspridning av varicellavirus sker på SÄS</w:t>
+        <w:t xml:space="preserve"> Rutinen beskriver åtgärder för att förhindra att smittspridning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>varicellavirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> sker på SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="008621A2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7458C901" w14:textId="5C568E58" w:rsidR="00FE25C9" w:rsidRDefault="001251A2" w:rsidP="001251A2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc156217538"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="7B342852" w14:textId="07B9B217" w:rsidR="009E56AC" w:rsidRPr="009E56AC" w:rsidRDefault="00125205" w:rsidP="009E56AC">
+    <w:p w14:paraId="615C700A" w14:textId="268242ED" w:rsidR="6020B981" w:rsidRDefault="6020B981" w:rsidP="14910716">
       <w:r>
-        <w:t>Ändrat namn från epidemisk styrgrupp till epidemiskt beredningsutskott samt översyn av länkar</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Redaktionella ändringar.</w:t>
+      </w:r>
+      <w:r w:rsidR="12A8B312">
+        <w:t xml:space="preserve"> Justering av bilagor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2426C6" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="001251A2" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001251A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2342FD" w14:textId="4FD97DF9" w:rsidR="00C84FC1" w:rsidRDefault="003B55A1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -236,1215 +250,1215 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00C84FC1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C84FC1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00C84FC1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05CD97B1" w14:textId="51DA006B" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="05CD97B1" w14:textId="51DA006B" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217538" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217538 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B41021F" w14:textId="0B667502" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="3B41021F" w14:textId="0B667502" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217539" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilagor</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217539 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47FB282B" w14:textId="76E305C8" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="47FB282B" w14:textId="76E305C8" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217540" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217540 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0940C959" w14:textId="2FA0FFB9" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="0940C959" w14:textId="2FA0FFB9" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217541" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217541 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15791900" w14:textId="7764A197" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="15791900" w14:textId="7764A197" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217542" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittrisk</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217542 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61C0DB48" w14:textId="69998363" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="61C0DB48" w14:textId="69998363" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217543" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Riskgrupper för allvarlig VZV-sjukdom</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217543 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EA94188" w14:textId="6A4EC18F" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="3EA94188" w14:textId="6A4EC18F" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217544" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217544 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E43D937" w14:textId="4EDB8F1F" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="7E43D937" w14:textId="4EDB8F1F" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217545" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Profylax/expositionsbehandling</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217545 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BF118E1" w14:textId="56C12470" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="0BF118E1" w14:textId="56C12470" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217546" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patientplacering</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217546 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B5439FE" w14:textId="4D74069E" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="3B5439FE" w14:textId="4D74069E" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217547" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Medarbetare och besökande</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217547 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29419F57" w14:textId="1B6CE78D" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="29419F57" w14:textId="1B6CE78D" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217548" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patienttransporter</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217548 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="558A8CD1" w14:textId="1D4C5928" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="558A8CD1" w14:textId="1D4C5928" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217549" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Röntgen eller annan konsultavdelning</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217549 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F492151" w14:textId="0C721313" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="3F492151" w14:textId="0C721313" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217550" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Städning, tvätt, avfall</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217550 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="738FEFC6" w14:textId="07C5C802" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="738FEFC6" w14:textId="07C5C802" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217551" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Obduktion</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217551 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73EE667A" w14:textId="28BA0781" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="73EE667A" w14:textId="28BA0781" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217552" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Risk för smittspridning - åtgärder</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217552 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BDE57B9" w14:textId="5EA97720" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="1BDE57B9" w14:textId="5EA97720" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217553" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217553 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BD8225C" w14:textId="3D01BFF7" w:rsidR="00C84FC1" w:rsidRDefault="004931C2">
+    <w:p w14:paraId="3BD8225C" w14:textId="3D01BFF7" w:rsidR="00C84FC1" w:rsidRDefault="00C84FC1">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc156217554" w:history="1">
-        <w:r w:rsidR="00C84FC1" w:rsidRPr="00FB4B0A">
+        <w:r w:rsidRPr="00FB4B0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc156217554 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00C84FC1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4FD12ACF" w14:textId="6DAAE834" w:rsidR="009E56AC" w:rsidRPr="001463D8" w:rsidRDefault="003B55A1" w:rsidP="003B55A1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
@@ -1457,114 +1471,114 @@
       <w:bookmarkStart w:id="21" w:name="_Toc370481548"/>
       <w:bookmarkStart w:id="22" w:name="_Toc463871930"/>
       <w:bookmarkStart w:id="23" w:name="_Toc256000001"/>
       <w:bookmarkStart w:id="24" w:name="_Toc256000023"/>
       <w:bookmarkStart w:id="25" w:name="_Toc256000045"/>
       <w:bookmarkStart w:id="26" w:name="_Toc256000067"/>
       <w:bookmarkStart w:id="27" w:name="_Toc6407130"/>
       <w:bookmarkStart w:id="28" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="29" w:name="_Toc67565887"/>
       <w:bookmarkStart w:id="30" w:name="_Toc256000061"/>
       <w:bookmarkStart w:id="31" w:name="_Toc88572726"/>
       <w:bookmarkStart w:id="32" w:name="_Toc256000097"/>
       <w:bookmarkStart w:id="33" w:name="_Toc256000113"/>
       <w:bookmarkStart w:id="34" w:name="_Toc256000129"/>
       <w:r w:rsidR="009E56AC" w:rsidRPr="001463D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Bilagor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="42B25181" w14:textId="6E93B6CB" w:rsidR="003F5E98" w:rsidRPr="001463D8" w:rsidRDefault="003F5E98" w:rsidP="003F5E98">
+    <w:p w14:paraId="42B25181" w14:textId="4B6025C4" w:rsidR="003F5E98" w:rsidRPr="001463D8" w:rsidRDefault="003F5E98" w:rsidP="003F5E98">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001463D8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Bilaga 1,</w:t>
       </w:r>
       <w:r w:rsidR="000C2B1E">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="000C2B1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vattkoppor Brev till patient (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001463D8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4040BC6F" w14:textId="273B884F" w:rsidR="009E56AC" w:rsidRPr="00A8740B" w:rsidRDefault="003F5E98" w:rsidP="00B43262">
+    <w:p w14:paraId="4040BC6F" w14:textId="7F42521C" w:rsidR="009E56AC" w:rsidRPr="00A8740B" w:rsidRDefault="003F5E98" w:rsidP="00B43262">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:noProof/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8740B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Bilaga 2</w:t>
       </w:r>
       <w:r w:rsidR="00C70B0D" w:rsidRPr="00A8740B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001B1C98" w:rsidRPr="00A8740B">
+      <w:r w:rsidR="009C1DC8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-571/surrogate/Vattkoppor%2c%20rapportblad%20vid%20misst%c3%a4nkt%20eller%20konstaterad%20smitta%2c%20S%c3%84S.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidR="001B1C98" w:rsidRPr="00A8740B">
+      <w:r w:rsidR="009C1DC8" w:rsidRPr="00A8740B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C70B0D" w:rsidRPr="00A8740B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A8740B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B81863" w:rsidRPr="00A8740B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Vattkoppor</w:t>
       </w:r>
@@ -1610,56 +1624,96 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="_Toc156217540"/>
       <w:r w:rsidR="00FE25C9" w:rsidRPr="00FE25C9">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="013B9BD9" w14:textId="189873A7" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Vattkoppor orsakas av varicella zoster-virus (VZV) som sprids från person till person genom direkt/indirekt kontakt, inandning av aerosoler från skadade blåsor vid akut varicella eller genom patientens utandningsluft.</w:t>
+        <w:t xml:space="preserve">Vattkoppor orsakas av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>varicella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve">-virus (VZV) som sprids från person till person genom direkt/indirekt kontakt, inandning av aerosoler från skadade blåsor vid akut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>varicella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> eller genom patientens utandningsluft.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D690F9" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Efter primärinfektionen finns virus latent i nervsystemet och kan aktiveras senare i livet i form av herpes zoster (bältros). I undantagsfall kan bältros spridas i kroppen, generaliserad herpes zoster.</w:t>
+        <w:t xml:space="preserve">Efter primärinfektionen finns virus latent i nervsystemet och kan aktiveras senare i livet i form av herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> (bältros). I undantagsfall kan bältros spridas i kroppen, generaliserad herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06968444" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc370481549"/>
       <w:bookmarkStart w:id="37" w:name="_Toc463871931"/>
       <w:bookmarkStart w:id="38" w:name="_Toc256000002"/>
       <w:bookmarkStart w:id="39" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="40" w:name="_Toc256000046"/>
       <w:bookmarkStart w:id="41" w:name="_Toc256000068"/>
       <w:bookmarkStart w:id="42" w:name="_Toc6407131"/>
       <w:bookmarkStart w:id="43" w:name="_Toc256000009"/>
       <w:bookmarkStart w:id="44" w:name="_Toc67565888"/>
       <w:bookmarkStart w:id="45" w:name="_Toc256000070"/>
       <w:bookmarkStart w:id="46" w:name="_Toc88572727"/>
       <w:bookmarkStart w:id="47" w:name="_Toc256000098"/>
       <w:bookmarkStart w:id="48" w:name="_Toc256000114"/>
       <w:bookmarkStart w:id="49" w:name="_Toc256000130"/>
       <w:bookmarkStart w:id="50" w:name="_Toc156217541"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
@@ -1697,68 +1751,74 @@
       <w:bookmarkStart w:id="62" w:name="_Toc88572728"/>
       <w:bookmarkStart w:id="63" w:name="_Toc256000099"/>
       <w:bookmarkStart w:id="64" w:name="_Toc256000115"/>
       <w:bookmarkStart w:id="65" w:name="_Toc256000131"/>
       <w:bookmarkStart w:id="66" w:name="_Toc156217542"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Smittrisk</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w14:paraId="1E6B5F11" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">VZV kan spridas via luften vid primärinfektion (vattkoppor) eller generaliserad bältros. Vid bältros med enbart lokal utbredning är smittan inte luft-buren. Vid luftburen smitta finns risk för smittspridning till patienter i delade lokaler såsom väntrum eller till efterföljande patient i ett mottagningsrum. Det är därför av stor vikt att undersökning av en patient med misstanke om vattkoppor sker i rätt lokal.   </w:t>
+    <w:p w14:paraId="1E6B5F11" w14:textId="7D472B83" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
+      <w:r>
+        <w:t xml:space="preserve">VZV kan spridas via luften vid primärinfektion (vattkoppor) eller generaliserad bältros. Vid bältros med enbart lokal utbredning är smittan inte luftburen. Vid luftburen smitta finns risk för smittspridning till patienter i delade lokaler såsom väntrum eller till efterföljande patient i ett mottagningsrum. Det är därför av stor vikt att undersökning av en patient med misstanke om vattkoppor sker i rätt lokal.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182AE319" w14:textId="757F72CD" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="002C5D2A">
+    <w:p w14:paraId="182AE319" w14:textId="34239A94" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001251A2">
+      <w:r>
+        <w:t>Medarbetares immunitetsstatus för VZV</w:t>
+      </w:r>
+      <w:r w:rsidR="090493B1">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infektion ska efterfrågas vid nyanställning, se riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="02A02B68">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Personalinfektioner samt immunitetskontroll och vaccination av personal, SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE25C9">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4056FA58" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="002C5D2A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Toc301275809"/>
       <w:bookmarkStart w:id="68" w:name="_Toc370481552"/>
       <w:bookmarkStart w:id="69" w:name="_Toc463871934"/>
       <w:bookmarkStart w:id="70" w:name="_Toc256000005"/>
       <w:bookmarkStart w:id="71" w:name="_Toc256000027"/>
       <w:bookmarkStart w:id="72" w:name="_Toc256000049"/>
       <w:bookmarkStart w:id="73" w:name="_Toc256000071"/>
       <w:bookmarkStart w:id="74" w:name="_Toc6407133"/>
       <w:bookmarkStart w:id="75" w:name="_Toc256000016"/>
       <w:bookmarkStart w:id="76" w:name="_Toc67565890"/>
       <w:bookmarkStart w:id="77" w:name="_Toc256000075"/>
       <w:bookmarkStart w:id="78" w:name="_Toc88572729"/>
       <w:bookmarkStart w:id="79" w:name="_Toc256000100"/>
       <w:bookmarkStart w:id="80" w:name="_Toc256000116"/>
       <w:bookmarkStart w:id="81" w:name="_Toc256000132"/>
       <w:bookmarkStart w:id="82" w:name="_Toc156217543"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Riskgrupper</w:t>
@@ -1882,63 +1942,51 @@
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="0EC46213" w14:textId="2D5B22FA" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="002C5D2A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se sjukhusövergripande riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="000C70C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Vattkoppor och bältros – förebyggande behandling (SU + barnläkarförenin</w:t>
-[...11 lines deleted...]
-          <w:t>e</w:t>
+          <w:t>Vattkoppor och bältros – förebyggande behandling (SU + barnläkarföreninge</w:t>
         </w:r>
         <w:r w:rsidR="000C70C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>n)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF331FF" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001D1600">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="113" w:name="_Toc301275812"/>
       <w:bookmarkStart w:id="114" w:name="_Toc370481555"/>
       <w:bookmarkStart w:id="115" w:name="_Toc463871939"/>
       <w:bookmarkStart w:id="116" w:name="_Toc256000010"/>
       <w:bookmarkStart w:id="117" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="118" w:name="_Toc256000054"/>
@@ -1956,136 +2004,189 @@
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:lastRenderedPageBreak/>
         <w:t>Patientplacering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
     </w:p>
-    <w:p w14:paraId="72D1B4DD" w14:textId="7F3D5134" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001D1600">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00AD4206">
+    <w:p w14:paraId="72D1B4DD" w14:textId="41B7493E" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001D1600">
+      <w:r>
+        <w:t xml:space="preserve">Vid misstanke om vattkoppor eller generaliserad herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, ska patienten undersökas och vårdas på isoleringsrum för luftburen smitta som finns på akutmottagningen, infektionsmottagningen, infektionsavdelningen samt IVA. Se även rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="14910716">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Mässling eller vattkoppor – val av mottagning på SÄS vid smittrisk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE25C9">
-        <w:t xml:space="preserve"> för stöd i valet av mottagningslokal vid vattkoppsmisstanke.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> för stöd i valet av mottagningslokal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514A1128" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001D1600">
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Patient med lokaliserad bältros kan samvårdas med annan patient som är immun mot varicella och ej immunnedsatt.</w:t>
+        <w:t xml:space="preserve">Patient med lokaliserad bältros kan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>samvårdas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> med annan patient som är immun mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>varicella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> och ej immunnedsatt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E38579" w14:textId="78A7A12C" w:rsidR="001D31D7" w:rsidRPr="00EB146F" w:rsidRDefault="001D31D7" w:rsidP="001D1600">
       <w:r w:rsidRPr="00EB146F">
         <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidR="00A16671" w:rsidRPr="00EB146F">
-        <w:t>tient som exponerats för vattkoppsvirus och som är icke immun eller har</w:t>
+        <w:t xml:space="preserve">tient som exponerats för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A16671" w:rsidRPr="00EB146F">
+        <w:t>vattkoppsvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A16671" w:rsidRPr="00EB146F">
+        <w:t xml:space="preserve"> och som är icke immun eller har</w:t>
       </w:r>
       <w:r w:rsidR="00EB7F40" w:rsidRPr="00EB146F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A16671" w:rsidRPr="00EB146F">
         <w:t>okänd immunitet</w:t>
       </w:r>
       <w:r w:rsidR="003856D3" w:rsidRPr="00EB146F">
-        <w:t xml:space="preserve"> mot vattkoppsvirus</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003856D3" w:rsidRPr="00EB146F">
+        <w:t>vattkoppsvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A16671" w:rsidRPr="00EB146F">
         <w:t xml:space="preserve"> ska </w:t>
       </w:r>
       <w:r w:rsidR="000D32CB" w:rsidRPr="00EB146F">
         <w:t>undersökas och vårdas på isoleringsrum från och med dag 9 t</w:t>
       </w:r>
       <w:r w:rsidR="00CB3469" w:rsidRPr="00EB146F">
-        <w:t>ill och med dag 21 efter vattkoppsexponering.</w:t>
+        <w:t xml:space="preserve">ill och med dag 21 efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB3469" w:rsidRPr="00EB146F">
+        <w:t>vattkoppsexponering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CB3469" w:rsidRPr="00EB146F">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21811B2D" w14:textId="6E6127D5" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00AD4206">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="129" w:name="_Toc463871940"/>
       <w:bookmarkStart w:id="130" w:name="_Toc256000011"/>
       <w:bookmarkStart w:id="131" w:name="_Toc256000033"/>
       <w:bookmarkStart w:id="132" w:name="_Toc256000055"/>
       <w:bookmarkStart w:id="133" w:name="_Toc256000077"/>
       <w:bookmarkStart w:id="134" w:name="_Toc6407137"/>
       <w:bookmarkStart w:id="135" w:name="_Toc256000031"/>
       <w:bookmarkStart w:id="136" w:name="_Toc67565894"/>
       <w:bookmarkStart w:id="137" w:name="_Toc256000088"/>
       <w:bookmarkStart w:id="138" w:name="_Toc88572733"/>
       <w:bookmarkStart w:id="139" w:name="_Toc256000104"/>
       <w:bookmarkStart w:id="140" w:name="_Toc256000120"/>
       <w:bookmarkStart w:id="141" w:name="_Toc256000136"/>
       <w:bookmarkStart w:id="142" w:name="_Toc156217547"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Medarbetare och besökande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
     </w:p>
     <w:p w14:paraId="70FC598C" w14:textId="1ED14D43" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00AD4206">
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Vid misstanke om vattkoppor eller generaliserad herpes zoster:</w:t>
+        <w:t xml:space="preserve">Vid misstanke om vattkoppor eller generaliserad herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0445A6" w14:textId="00CD3D85" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00AD4206">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Enbart medarbetare och besökande med immunitet mot vattkoppor får vistas hos patienten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF0B975" w14:textId="5E8DCBB8" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00AD4206">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:t xml:space="preserve">Icke-immun (kan kontrolleras med serologi) ovaccinerad, exponerad personal, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="00AD4206">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
@@ -2166,51 +2267,59 @@
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
     </w:p>
     <w:p w14:paraId="000C539C" w14:textId="6DA093FE" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="003F36A6">
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Undvik onödiga transporter. Planera transportväg och tidpunkt; och om möjligt utomhus.</w:t>
       </w:r>
       <w:r w:rsidR="00C90B3C" w:rsidRPr="00C90B3C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C90B3C">
         <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. Om patienten ej tolererar munskydd förses hen med näsdukar att hosta i samt plastpåse för uppsamling av dessa. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Informera transportör att patienten inte ska placeras i väntrum utan ska direkt till vårdrum.</w:t>
+        <w:t xml:space="preserve">Informera transportör att patienten inte ska placeras i väntrum utan ska direkt till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>vårdrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F024BE" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="003F36A6">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="159" w:name="_Toc301275815"/>
       <w:bookmarkStart w:id="160" w:name="_Toc370481558"/>
       <w:bookmarkStart w:id="161" w:name="_Toc463871943"/>
       <w:bookmarkStart w:id="162" w:name="_Toc256000014"/>
       <w:bookmarkStart w:id="163" w:name="_Toc256000036"/>
       <w:bookmarkStart w:id="164" w:name="_Toc256000058"/>
       <w:bookmarkStart w:id="165" w:name="_Toc256000080"/>
       <w:bookmarkStart w:id="166" w:name="_Toc6407139"/>
       <w:bookmarkStart w:id="167" w:name="_Toc256000038"/>
       <w:bookmarkStart w:id="168" w:name="_Toc67565896"/>
       <w:bookmarkStart w:id="169" w:name="_Toc256000090"/>
       <w:bookmarkStart w:id="170" w:name="_Toc88572735"/>
       <w:bookmarkStart w:id="171" w:name="_Toc256000106"/>
       <w:bookmarkStart w:id="172" w:name="_Toc256000122"/>
       <w:bookmarkStart w:id="173" w:name="_Toc256000138"/>
       <w:bookmarkStart w:id="174" w:name="_Toc156217549"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Röntgen eller annan konsultavdelning</w:t>
       </w:r>
@@ -2239,51 +2348,59 @@
         <w:t>Överväg om undersökningen kan göras på vårdrummet alternativt skjutas fram.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3A6C1D" w14:textId="018C5BA1" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="0021154D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Mottagande enhet, exempelvis röntgenavdelningen, ska informeras om misstänkt luftburen smitta. Patienten ska omgående tas om hand på rum med stängd dörr. Återtransport ska efter avslutad undersökning ske utan dröjsmål.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78526F0C" w14:textId="00A3EECF" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="0021154D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Enbart personal som är immun mot vattkoppor ska vistas i undersökningsrummet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7B0963" w14:textId="4A964344" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="0021154D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:lastRenderedPageBreak/>
-        <w:t>Icke-immun patient ska inte tas in i aktuellt undersökningsrum/vårdrum under de två närmast påföljande timmarna.</w:t>
+        <w:t>Icke-immun patient ska inte tas in i aktuellt undersökningsrum/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>vårdrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> under de två närmast påföljande timmarna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4423CF57" w14:textId="1182AE07" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="001B2EBA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Om patienter eller personal som kan vara icke-immuna har utsatts för smittrisk, ska de listas</w:t>
       </w:r>
       <w:r w:rsidR="00D2574A">
         <w:t xml:space="preserve"> (bilaga 2, </w:t>
       </w:r>
       <w:r w:rsidR="00A734AD">
         <w:t>rapportblad för smittspårning</w:t>
       </w:r>
       <w:r w:rsidR="00D2574A">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
         <w:t xml:space="preserve">, informeras om smittrisk </w:t>
       </w:r>
       <w:r w:rsidR="000C0F0C">
         <w:t>(</w:t>
@@ -2462,185 +2579,214 @@
       <w:bookmarkStart w:id="221" w:name="_Toc256000125"/>
       <w:bookmarkStart w:id="222" w:name="_Toc256000141"/>
       <w:bookmarkStart w:id="223" w:name="_Toc156217552"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Risk för smittspridning - åtgärder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
     </w:p>
     <w:p w14:paraId="53D116C0" w14:textId="3317B9B5" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00696E96">
       <w:r w:rsidRPr="00FE25C9">
-        <w:t>Vid misstanke om risk för smittspridning från person med misstänkt eller verifierad smittsam varicellasjukdom ska en vid smittspårning enligt nedan inledas snarast. Smittspårningen kan sedan smalnas av utifrån bedömning av Vårdhygien och/eller epidemisk</w:t>
+        <w:t xml:space="preserve">Vid misstanke om risk för smittspridning från person med misstänkt eller verifierad smittsam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t>varicellasjukdom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:t xml:space="preserve"> ska en vid smittspårning enligt nedan inledas snarast. Smittspårningen kan sedan smalnas av utifrån bedömning av Vårdhygien och/eller epidemisk</w:t>
       </w:r>
       <w:r w:rsidR="00CF38E6">
         <w:t>t beredningsutskott</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1762B711" w14:textId="3AF01E8D" w:rsidR="00FE25C9" w:rsidRPr="00596A5E" w:rsidRDefault="00FE25C9" w:rsidP="00696E96">
+    <w:p w14:paraId="1762B711" w14:textId="512A41B9" w:rsidR="00FE25C9" w:rsidRPr="00596A5E" w:rsidRDefault="00FE25C9" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00596A5E">
-        <w:t>kontakt med infektionskonsult/bakjour tas för beslut om vidare omhändertagande. Se till att provtagning av indexfallet genomförs för att bekräfta diagnosen! Ta under utredning såväl PCR-prov från blåsa som serologi.</w:t>
+      <w:r>
+        <w:t>kontakt med infektionskonsult/bakjour tas för beslut om vidare omhändertagande.</w:t>
+      </w:r>
+      <w:r w:rsidR="73071554">
+        <w:t xml:space="preserve"> Bekräfta att diagnosen stämmer, vid behov med provtagning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4115CF8F" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00596A5E" w:rsidRDefault="00FE25C9" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00596A5E">
         <w:t xml:space="preserve">vårdhygien informeras, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00596A5E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2904</w:t>
       </w:r>
       <w:r w:rsidRPr="00596A5E">
         <w:t xml:space="preserve"> (kontorstid). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="298B2419" w14:textId="30198431" w:rsidR="00976CE9" w:rsidRPr="00A20105" w:rsidRDefault="00976CE9" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00374DAF">
         <w:t>Upprätta listor</w:t>
       </w:r>
       <w:r w:rsidR="00C75790" w:rsidRPr="00374DAF">
         <w:t xml:space="preserve"> (bilaga </w:t>
       </w:r>
       <w:r w:rsidR="003F5E98" w:rsidRPr="00374DAF">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C75790" w:rsidRPr="00374DAF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A20105">
         <w:t xml:space="preserve"> över alla exponerade patienter och personal så snart som möjligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="171CB3A1" w14:textId="055598D2" w:rsidR="00976CE9" w:rsidRPr="00A20105" w:rsidRDefault="00976CE9" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00A20105">
-        <w:t>Exponering för vattkoppsvirus innebär att ha vistats i samma lokal – vårdrum, korridor eller väntrum - samtidigt som, eller inom 2 timmar efter, indexpatienten. Person</w:t>
+        <w:t xml:space="preserve">Exponering för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t>vattkoppsvirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t xml:space="preserve"> innebär att ha vistats i samma lokal – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t>vårdrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t>, korridor eller väntrum - samtidigt som, eller inom 2 timmar efter, indexpatienten. Person</w:t>
       </w:r>
       <w:r w:rsidR="004753B4" w:rsidRPr="00A20105">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00A20105">
         <w:t xml:space="preserve"> med flyktig, kortvarig kontakt till exempel passage genom väntrum eller korridor, behöver inte listas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4323EA2D" w14:textId="77777777" w:rsidR="00976CE9" w:rsidRPr="00A20105" w:rsidRDefault="00976CE9" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00A20105">
-        <w:t>Kontakta de exponerade individerna på listorna. Efterfråga om de är immuna (det vill säga har haft vattkoppssjukdom), är gravida eller har nedsatt immunförsvar på grund av allvarlig sjukdom eller behandling (till exempel cellgifter).</w:t>
+        <w:t xml:space="preserve">Kontakta de exponerade individerna på listorna. Efterfråga om de är immuna (det vill säga har haft </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t>vattkoppssjukdom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A20105">
+        <w:t>), är gravida eller har nedsatt immunförsvar på grund av allvarlig sjukdom eller behandling (till exempel cellgifter).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7CBBA9" w14:textId="6AB1AD13" w:rsidR="000C604F" w:rsidRPr="00A20105" w:rsidRDefault="000C604F" w:rsidP="00696E96">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00A20105">
         <w:t>För vidare åtgärder</w:t>
       </w:r>
       <w:r w:rsidR="1F2B2D78">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A20105">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007666C6">
         <w:t>se respektive lista för personal och patienter</w:t>
       </w:r>
       <w:r w:rsidR="007666C6">
         <w:t xml:space="preserve"> (bilaga 2).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E77BA7" w14:textId="591F9650" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00B10652">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00B10652">
+    <w:p w14:paraId="45E77BA7" w14:textId="2519245C" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00B10652">
+      <w:r>
+        <w:t xml:space="preserve">Ställningstagande till postexpositionsprofylax ska ske </w:t>
+      </w:r>
+      <w:r w:rsidR="171FC86C">
+        <w:t xml:space="preserve">i samråd med </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infektionsläkare utifrån riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="7DBD24A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vattkoppor och bältros – förebyggande behandling (SU + barnläkarföreningen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE25C9">
+      <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557F4D05" w14:textId="31D4F9C4" w:rsidR="00CE186A" w:rsidRPr="007666C6" w:rsidRDefault="00FE25C9" w:rsidP="007666C6">
       <w:r w:rsidRPr="00FE25C9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Följ sedan riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="003F03F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Luftvägssmitta utbrottshante</w:t>
-[...11 lines deleted...]
-          <w:t>in</w:t>
+          <w:t>Luftvägssmitta utbrottshanterin</w:t>
         </w:r>
         <w:r w:rsidR="004931C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>g SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE25C9">
         <w:t xml:space="preserve"> och ta utifrån denna ställning till om chefläkare (alternativt lokal tjänsteman i beredskap under jourtid) ska informeras för eventuellt sammankallande av epidemisk</w:t>
       </w:r>
       <w:r w:rsidR="00CF38E6">
         <w:t>t beredningsutskott</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5933679D" w14:textId="16FC9618" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00A25FD4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="224" w:name="_Toc182366122"/>
       <w:bookmarkStart w:id="225" w:name="_Toc370481564"/>
       <w:bookmarkStart w:id="226" w:name="_Toc463871949"/>
@@ -2701,81 +2847,90 @@
         <w:keepLines/>
         <w:ind w:left="0" w:firstLine="992"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jon Edman Wallér, läkare, </w:t>
       </w:r>
       <w:r w:rsidR="007666C6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>årdhygien, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00D5F04F" w14:textId="77777777" w:rsidR="009920F8" w:rsidRDefault="009920F8" w:rsidP="00625092">
+    <w:p w14:paraId="00D5F04F" w14:textId="4F8D28E7" w:rsidR="009920F8" w:rsidRDefault="009920F8" w:rsidP="14910716">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="992"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Uppdatering 2023-01-08:</w:t>
+        <w:t>Uppdatering 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0C0C8FE3">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-0</w:t>
+      </w:r>
+      <w:r w:rsidR="5C5BFAE9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="4AC1FF8C">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C6CE22" w14:textId="1ED9E2D8" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="007666C6" w:rsidP="007666C6">
+    <w:p w14:paraId="34C6CE22" w14:textId="607B8FD0" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="301BD8AB" w:rsidP="007666C6">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="0" w:firstLine="992"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Maria Nelson, hygiensjuksköterska, Vårdhygien, SÄS</w:t>
+        <w:t>Jenny Andersson</w:t>
+      </w:r>
+      <w:r w:rsidR="007666C6">
+        <w:t>, hygiensjuksköterska, Vårdhygien, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DEB2E9" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="003F03F1" w:rsidRDefault="00FE25C9" w:rsidP="00A25FD4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F03F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F827633" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00A25FD4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
@@ -2830,51 +2985,93 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F03F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC176D3" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="00A25FD4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Vattkoppor, varicellae, varicella-zostervirus, bältros, herpes zoster, VZV, immunglobulin, profylax, luftburen smitta</w:t>
+        <w:t xml:space="preserve">Vattkoppor, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>varicellae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>varicella-zostervirus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bältros, herpes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, VZV, immunglobulin, profylax, luftburen smitta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBD9994" w14:textId="77777777" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="003F03F1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="240" w:name="_Toc370481565"/>
       <w:bookmarkStart w:id="241" w:name="_Toc463871950"/>
       <w:bookmarkStart w:id="242" w:name="_Toc256000021"/>
       <w:bookmarkStart w:id="243" w:name="_Toc256000043"/>
       <w:bookmarkStart w:id="244" w:name="_Toc256000065"/>
       <w:bookmarkStart w:id="245" w:name="_Toc256000087"/>
       <w:bookmarkStart w:id="246" w:name="_Toc6407144"/>
       <w:bookmarkStart w:id="247" w:name="_Toc256000056"/>
       <w:bookmarkStart w:id="248" w:name="_Toc67565901"/>
       <w:bookmarkStart w:id="249" w:name="_Toc256000095"/>
       <w:bookmarkStart w:id="250" w:name="_Toc88572740"/>
       <w:bookmarkStart w:id="251" w:name="_Toc256000111"/>
       <w:bookmarkStart w:id="252" w:name="_Toc256000127"/>
       <w:bookmarkStart w:id="253" w:name="_Toc256000143"/>
       <w:bookmarkStart w:id="254" w:name="_Toc156217554"/>
       <w:r w:rsidRPr="00FE25C9">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="240"/>
@@ -2882,51 +3079,65 @@
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
     </w:p>
     <w:p w14:paraId="13B9A167" w14:textId="558F54CF" w:rsidR="00FE25C9" w:rsidRPr="00FE25C9" w:rsidRDefault="00FE25C9" w:rsidP="003F03F1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Vårdhandboken: Herpesinfektioner, vård och behandling, underrubrik Varicella-zoster virus.</w:t>
+        <w:t xml:space="preserve">Vårdhandboken: Herpesinfektioner, vård och behandling, underrubrik </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Varicella-zoster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE25C9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> virus.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE25C9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="004B47CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5371AFB4" w14:textId="230D216D" w:rsidR="00FE25C9" w:rsidRPr="003B55A1" w:rsidRDefault="00FE25C9" w:rsidP="003F03F1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B55A1">
         <w:rPr>
@@ -3182,208 +3393,209 @@
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00A25FD4" w:rsidSect="00A25FD4">
       <w:headerReference w:type="default" r:id="rId36"/>
       <w:footerReference w:type="even" r:id="rId37"/>
       <w:footerReference w:type="default" r:id="rId38"/>
       <w:headerReference w:type="first" r:id="rId39"/>
       <w:footerReference w:type="first" r:id="rId40"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72A9A43E" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B">
+    <w:p w14:paraId="3E4562DC" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E89C519" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B">
+    <w:p w14:paraId="02E29270" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53894737" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B">
+    <w:p w14:paraId="4F2D106B" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3412,51 +3624,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3490,73 +3702,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51B4E887" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B"/>
+    <w:p w14:paraId="4A11C3B1" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E35137F" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B">
+    <w:p w14:paraId="123B953F" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5586A8FE" w14:textId="77777777" w:rsidR="00A81F8B" w:rsidRDefault="00A81F8B">
+    <w:p w14:paraId="33A2F9D4" w14:textId="77777777" w:rsidR="004D379D" w:rsidRDefault="004D379D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="77777777" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3594,91 +3806,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -3717,60 +3929,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -3844,51 +4056,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6403,53 +6615,54 @@
   <w:num w:numId="18" w16cid:durableId="1007903680">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1659383453">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="129638670">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="612368730">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1561478246">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2097704426">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1867015292">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -6467,84 +6680,87 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00060CB2"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A12C9"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A6DD6"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4207"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C0F0C"/>
     <w:rsid w:val="000C2B1E"/>
     <w:rsid w:val="000C604F"/>
     <w:rsid w:val="000C70C6"/>
     <w:rsid w:val="000D32CB"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="00103D5C"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="001251A2"/>
     <w:rsid w:val="00125205"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001463D8"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00185DB8"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B1C98"/>
     <w:rsid w:val="001B2EBA"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D1600"/>
     <w:rsid w:val="001D31D7"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="0021154D"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="002367F0"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
@@ -6557,50 +6773,51 @@
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B3BEE"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C5D2A"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002C74D3"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="003471E8"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00374DAF"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="003856D3"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B55A1"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F03F1"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F36A6"/>
@@ -6614,50 +6831,51 @@
     <w:rsid w:val="0044295A"/>
     <w:rsid w:val="004439BE"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004753B4"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00486141"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004931C2"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B47CF"/>
     <w:rsid w:val="004C0881"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D2EE4"/>
+    <w:rsid w:val="004D379D"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00503915"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005741D1"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00596A5E"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
@@ -6763,50 +6981,51 @@
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00974190"/>
     <w:rsid w:val="00976CE9"/>
     <w:rsid w:val="009800B1"/>
     <w:rsid w:val="009920F8"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B5E1C"/>
     <w:rsid w:val="009B6C6C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C1DC8"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E56AC"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A16671"/>
     <w:rsid w:val="00A20105"/>
     <w:rsid w:val="00A25FD4"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
@@ -6942,93 +7161,112 @@
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F11937"/>
     <w:rsid w:val="00F172CD"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC0D10"/>
     <w:rsid w:val="00FC2A2E"/>
     <w:rsid w:val="00FD2294"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE25C9"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="02A02B68"/>
+    <w:rsid w:val="090493B1"/>
+    <w:rsid w:val="0C0C8FE3"/>
+    <w:rsid w:val="0CAB05B6"/>
+    <w:rsid w:val="12A8B312"/>
+    <w:rsid w:val="14910716"/>
+    <w:rsid w:val="171FC86C"/>
+    <w:rsid w:val="1B944218"/>
     <w:rsid w:val="1F2B2D78"/>
+    <w:rsid w:val="28715771"/>
+    <w:rsid w:val="301BD8AB"/>
+    <w:rsid w:val="315C7E5A"/>
+    <w:rsid w:val="37F5866B"/>
+    <w:rsid w:val="4AC1FF8C"/>
+    <w:rsid w:val="5C5BFAE9"/>
+    <w:rsid w:val="6020B981"/>
+    <w:rsid w:val="637DF419"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="668280C0"/>
+    <w:rsid w:val="66EDE024"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="73071554"/>
+    <w:rsid w:val="7DBD24A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9618,51 +9856,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD2294"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD2294"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9690,51 +9928,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas198-1710599037-204/surrogate/Vattkoppor%20Brev%20till%20patient%202023.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-278/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-114/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20utbrottshantering%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-278/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-292/SURROGATE/M%c3%a4ssling%20eller%20vattkoppor%20-%20val%20av%20mottagning%20p%c3%a5%20S%c3%84S%20vid%20smittrisk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20riktlinje%20f%c3%b6r%20att%20f%c3%b6rhindra%20smittspridning%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/herpesinfektioner-vard-och-behandling/varicella-zoster-virus/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-292/surrogate" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-114/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20utbrottshantering%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-142/SURROGATE/Personalinfektioner%20samt%20immunitetskontroll%20och%20vaccination%20av%20personal%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-142/SURROGATE/Personalinfektioner%20samt%20immunitetskontroll%20och%20vaccination%20av%20personal%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan" TargetMode="External" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv.vgregion.se/share/page/dp/ws/archive/stream/auth/v1/source/available/sofia/sas198-1710599037-715/surrogate" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-278/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-114/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20utbrottshantering%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-292/SURROGATE/M%c3%a4ssling%20eller%20vattkoppor%20-%20val%20av%20mottagning%20p%c3%a5%20S%c3%84S%20vid%20smittrisk.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20riktlinje%20f%c3%b6r%20att%20f%c3%b6rhindra%20smittspridning%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/infektioner-och-smittspridning/herpesinfektioner-vard-och-behandling/varicella-zoster-virus/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-292/surrogate" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-114/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20utbrottshantering%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-142/SURROGATE/Personalinfektioner%20samt%20immunitetskontroll%20och%20vaccination%20av%20personal%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-507/SURROGATE/Vattkoppor%20och%20b%c3%a4ltros%20-%20f%c3%b6rebyggande%20behandling%20(SU%20%2b%20barnl%c3%a4karf%c3%b6reningen).pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-142/SURROGATE/Personalinfektioner%20samt%20immunitetskontroll%20och%20vaccination%20av%20personal%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Herpesinfektioner-vard-och-behandling/Varicella-zoster-virus/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/10181?a=false&amp;guest=true" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-278/SURROGATE/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId38" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10030,71 +10268,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1014</Words>
-  <Characters>13224</Characters>
+  <Words>987</Words>
+  <Characters>7202</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>182</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14210</CharactersWithSpaces>
+  <CharactersWithSpaces>8141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vattkoppor eller generaliserad herpes zoster (bältros) - vårdhygieniska rutiner, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>98</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>105</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>