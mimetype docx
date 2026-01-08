--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D5A894F" w14:textId="71F9179B" w:rsidR="004C24A0" w:rsidRDefault="003313C6" w:rsidP="00CC4172">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:before="1120"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk114841041"/>
       <w:r>
         <w:t>Subakut</w:t>
       </w:r>
       <w:r w:rsidR="00D11E1C">
         <w:t xml:space="preserve"> bedömning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> efter </w:t>
       </w:r>
       <w:r w:rsidR="00D11E1C">
         <w:t>besök</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> på akutmottagningen</w:t>
       </w:r>
       <w:r w:rsidR="00D7627F">
         <w:t>, SÄS</w:t>
       </w:r>
@@ -115,50 +115,58 @@
       <w:r>
         <w:t xml:space="preserve">Uppdatering </w:t>
       </w:r>
       <w:r w:rsidR="00AF79EF">
         <w:t xml:space="preserve">i rutan </w:t>
       </w:r>
       <w:r w:rsidR="008E42F4" w:rsidRPr="008E42F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="00AF79EF" w:rsidRPr="008E42F4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ontaktväg</w:t>
       </w:r>
       <w:r w:rsidR="00AF79EF">
         <w:t xml:space="preserve"> för verksamhetsenhet Barn och ungdom</w:t>
       </w:r>
       <w:r w:rsidR="00C718AF">
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6561BA6E" w14:textId="43CDAABD" w:rsidR="009B00AD" w:rsidRDefault="009B00AD" w:rsidP="00963847">
+      <w:r>
+        <w:t xml:space="preserve">Tagit bort hänvisning till sökare </w:t>
+      </w:r>
+      <w:r w:rsidR="00204967">
+        <w:t>på infektion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E8E8CA4" w14:textId="77777777" w:rsidR="004C24A0" w:rsidRPr="00963847" w:rsidRDefault="004C24A0" w:rsidP="0002132F">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00963847">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C4020B" w14:textId="1FE997FE" w:rsidR="006A3C81" w:rsidRDefault="003E5D89">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -213,801 +221,801 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="006A3C81">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="006A3C81">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="006A3C81">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F8F4646" w14:textId="63F076F7" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4F8F4646" w14:textId="63F076F7" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854220" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854220 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4687C2F2" w14:textId="4135BE89" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4687C2F2" w14:textId="4135BE89" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854221" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854221 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="614E9DBF" w14:textId="6753D503" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="614E9DBF" w14:textId="6753D503" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854222" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854222 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20068E71" w14:textId="766CDF64" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="20068E71" w14:textId="766CDF64" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854223" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854223 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="369347AA" w14:textId="2E5E08B5" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="369347AA" w14:textId="2E5E08B5" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854224" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854224 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B310A97" w14:textId="13661BBF" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4B310A97" w14:textId="13661BBF" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854225" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Journaldokumentation och tidbokning</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854225 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="337027C9" w14:textId="31506D1D" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="337027C9" w14:textId="31506D1D" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854226" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetssätt och kontaktvägar till respektive VO</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854226 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70B31731" w14:textId="122EBEB4" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70B31731" w14:textId="122EBEB4" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854227" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patientinformation</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854227 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="218DB674" w14:textId="18398B87" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="218DB674" w14:textId="18398B87" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854228" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854228 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="549D3929" w14:textId="1FB41268" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="549D3929" w14:textId="1FB41268" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854229" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854229 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EA6BC80" w14:textId="29391883" w:rsidR="006A3C81" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2EA6BC80" w14:textId="29391883" w:rsidR="006A3C81" w:rsidRDefault="006A3C81">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc129854230" w:history="1">
-        <w:r w:rsidR="006A3C81" w:rsidRPr="005E3612">
+        <w:r w:rsidRPr="005E3612">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 1 – Gör så här (verksamhetsinformation)</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc129854230 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="006A3C81">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5576D32F" w14:textId="4D9A55D6" w:rsidR="00C637EF" w:rsidRPr="00C637EF" w:rsidRDefault="003E5D89" w:rsidP="00611281">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C637EF" w:rsidRPr="00C637EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Övriga bilagor</w:t>
@@ -7268,78 +7276,76 @@
       <w:r w:rsidRPr="00A07261">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Telefonnummer infektionskonsult</w:t>
       </w:r>
       <w:r w:rsidR="00685909">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00A07261">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jour:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BD3047" w14:textId="680B8345" w:rsidR="00E72484" w:rsidRPr="00A07261" w:rsidRDefault="00563596" w:rsidP="00E72484">
+    <w:p w14:paraId="62BD3047" w14:textId="269AF5D1" w:rsidR="00E72484" w:rsidRPr="00A07261" w:rsidRDefault="00563596" w:rsidP="00E72484">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07261">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dagtid sökare </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A07261">
+        <w:t xml:space="preserve">Dagtid </w:t>
+      </w:r>
+      <w:r w:rsidR="00034ED2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7043</w:t>
+        <w:t>033 616 10 00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27166A6F" w14:textId="77777777" w:rsidR="00E72484" w:rsidRPr="00A07261" w:rsidRDefault="00E72484" w:rsidP="00E72484">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07261">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00563596" w:rsidRPr="00A07261">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -18082,56 +18088,56 @@
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF">
                               <a:lumMod val="95000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:ln w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="09855B21" w14:textId="10DB88CA" w:rsidR="00E45A24" w:rsidRDefault="0013505D" w:rsidP="00E45A24">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaitabell"/>
                               </w:pPr>
                               <w:r>
                                 <w:t>Muntlig och skriftlig information om tid och plats.</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="216E3476" w14:textId="1BD6B5E5" w:rsidR="0013505D" w:rsidRPr="00AA102D" w:rsidRDefault="00000000" w:rsidP="00E45A24">
+                            <w:p w14:paraId="216E3476" w14:textId="1BD6B5E5" w:rsidR="0013505D" w:rsidRPr="00AA102D" w:rsidRDefault="0013505D" w:rsidP="00E45A24">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaitabell"/>
                               </w:pPr>
                               <w:hyperlink r:id="rId59" w:history="1">
-                                <w:r w:rsidR="0013505D" w:rsidRPr="00E577C3">
+                                <w:r w:rsidRPr="00E577C3">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Patientinformation</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r w:rsidR="00420AD3">
                                 <w:t>.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="72000" tIns="36000" rIns="72000" bIns="36000" anchor="t" anchorCtr="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="403" name="Textruta 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="4357315" y="2321781"/>
                             <a:ext cx="1861185" cy="2098675"/>
@@ -18592,56 +18598,56 @@
                         <w:pPr>
                           <w:pStyle w:val="Rubrikbilagor"/>
                         </w:pPr>
                         <w:r>
                           <w:t>Journaldokumentation</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Rak pilkoppling 401" o:spid="_x0000_s1201" type="#_x0000_t32" style="position:absolute;left:52286;top:19162;width:0;height:1899;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1nSiLxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdZMiUlPXIEJFlB6qEuztkX1NQrNvw+4aY399t1DocZiZb5hlPphW9OR8Y1lBOk1A&#10;EJdWN1wpOJ9eH59B+ICssbVMCu7kIV+NHpaYaXvjd+qPoRIRwj5DBXUIXSalL2sy6Ke2I47ep3UG&#10;Q5SuktrhLcJNK5+SZC4NNhwXauxoU1P5dbwaBZfD4lrcizfaF+li/4HO+O/TVqnJeFi/gAg0hP/w&#10;X3unFcySFH7PxCMgVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9Z0oi8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:stroke endarrow="block"/>
                 </v:shape>
                 <v:roundrect id="Textruta 2" o:spid="_x0000_s1202" style="position:absolute;left:21945;top:23217;width:18612;height:20987;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCU4NQAwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3TZQqZTWKiEILXuqW0uNj89zdNnlZNqmb/ntTKPQ4zMw3zGaXnBU36kPrWcN8pkAQ&#10;V960XGt4K0/TJxAhIhu0nknDDwXYbcejDRbGD/xKt0usRYZwKFBDE2NXSBmqhhyGme+Is3f1vcOY&#10;ZV9L0+OQ4c7KhVIr6bDlvNBgR4eGqq/Lt9OQXtR52JfM9uP96G2yy5X5XGr9MEn7NYhIKf6H/9rP&#10;RsOjWsDvmXwE5PYOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlODUAMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#f2f2f2" strokecolor="white">
                   <v:stroke joinstyle="miter"/>
                   <v:textbox inset="2mm,1mm,2mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="09855B21" w14:textId="10DB88CA" w:rsidR="00E45A24" w:rsidRDefault="0013505D" w:rsidP="00E45A24">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaitabell"/>
                         </w:pPr>
                         <w:r>
                           <w:t>Muntlig och skriftlig information om tid och plats.</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="216E3476" w14:textId="1BD6B5E5" w:rsidR="0013505D" w:rsidRPr="00AA102D" w:rsidRDefault="00000000" w:rsidP="00E45A24">
+                      <w:p w14:paraId="216E3476" w14:textId="1BD6B5E5" w:rsidR="0013505D" w:rsidRPr="00AA102D" w:rsidRDefault="0013505D" w:rsidP="00E45A24">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaitabell"/>
                         </w:pPr>
                         <w:hyperlink r:id="rId64" w:history="1">
-                          <w:r w:rsidR="0013505D" w:rsidRPr="00E577C3">
+                          <w:r w:rsidRPr="00E577C3">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Patientinformation</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r w:rsidR="00420AD3">
                           <w:t>.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
                 <v:roundrect id="Textruta 2" o:spid="_x0000_s1203" style="position:absolute;left:43573;top:23217;width:18612;height:20987;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7rHGbwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8Aq91USrIlujiLRQwUtVpMfH5nV3a/KybFI3/nsjFDwOM/MNM18mZ8WZutB41jAcKBDE&#10;pTcNVxoO+4+XGYgQkQ1az6ThQgGWi8eHORbG9/xF512sRIZwKFBDHWNbSBnKmhyGgW+Js/fjO4cx&#10;y66SpsM+w52VI6Wm0mHDeaHGltY1lafdn9OQNmrbr/bM9vv47m2yk6n5nWj9/JRWbyAipXgP/7c/&#10;jYaxeoXbmXwE5OIKAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+6xxm8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#f2f2f2" strokecolor="white">
                   <v:stroke joinstyle="miter"/>
                   <v:textbox inset="2mm,1mm,2mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="77CF0309" w14:textId="66AE22AB" w:rsidR="00FB13BD" w:rsidRDefault="00FB13BD" w:rsidP="00FB13BD">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaitabell"/>
                         </w:pPr>
                         <w:r>
                           <w:t>Läkare på akutmottag</w:t>
                         </w:r>
                         <w:r w:rsidR="00BE27E0">
@@ -18958,149 +18964,149 @@
       <w:r w:rsidRPr="008A6BC1">
         <w:rPr>
           <w:rStyle w:val="Stark"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Info</w:t>
       </w:r>
       <w:r w:rsidR="00E6645E">
         <w:rPr>
           <w:rStyle w:val="Stark"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>rmation</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6BC1">
         <w:rPr>
           <w:rStyle w:val="Stark"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> till patient</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D98F227" w14:textId="3FCF91F4" w:rsidR="00891A81" w:rsidRPr="00BD1F57" w:rsidRDefault="00000000" w:rsidP="008A6BC1">
+    <w:p w14:paraId="2D98F227" w14:textId="3FCF91F4" w:rsidR="00891A81" w:rsidRPr="00BD1F57" w:rsidRDefault="00891A81" w:rsidP="008A6BC1">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:rPr>
           <w:rStyle w:val="Stark"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId69" w:history="1">
-        <w:r w:rsidR="00891A81" w:rsidRPr="00E6645E">
+        <w:r w:rsidRPr="00E6645E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Röntgenundersökning efter besök på akutmottagningen – patientinformation, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00891A81" w:rsidRPr="00BD1F57" w:rsidSect="00B65F08">
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="993" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C2BED4C" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A">
+    <w:p w14:paraId="5E9A4EF8" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66A7C28A" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A">
+    <w:p w14:paraId="4E03B210" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="26AB4D78" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A">
+    <w:p w14:paraId="7F17DDC8" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
@@ -19108,89 +19114,89 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -19219,51 +19225,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bildobjekt 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -19297,73 +19303,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="082F93E7" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A"/>
+    <w:p w14:paraId="6228AEE7" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D44B491" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A">
+    <w:p w14:paraId="74DA4D3D" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39C562E2" w14:textId="77777777" w:rsidR="00EF100A" w:rsidRDefault="00EF100A">
+    <w:p w14:paraId="1772B955" w14:textId="77777777" w:rsidR="00F365A3" w:rsidRDefault="00F365A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -19401,91 +19407,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1188" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1206" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="239B5E8A" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19532,51 +19538,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22089,52 +22095,52 @@
   <w:num w:numId="17" w16cid:durableId="1854997645">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1195967998">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="120346054">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1296831513">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1201169735">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1740319569">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1531067021">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -22142,50 +22148,51 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00001224"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002003A"/>
     <w:rsid w:val="0002132F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00034ED2"/>
     <w:rsid w:val="0003546A"/>
     <w:rsid w:val="00046371"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00051402"/>
     <w:rsid w:val="000558C4"/>
     <w:rsid w:val="00055FAC"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00057146"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000673C0"/>
     <w:rsid w:val="000673F6"/>
     <w:rsid w:val="00067D60"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00075497"/>
     <w:rsid w:val="00076831"/>
     <w:rsid w:val="00081C88"/>
     <w:rsid w:val="000826EF"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00085D23"/>
     <w:rsid w:val="00086F90"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00091249"/>
@@ -22252,50 +22259,51 @@
     <w:rsid w:val="001710ED"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00182632"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193D09"/>
     <w:rsid w:val="0019507F"/>
     <w:rsid w:val="0019530D"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="00196AC7"/>
     <w:rsid w:val="00196BFD"/>
     <w:rsid w:val="00197684"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A585F"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E0B58"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001F76E0"/>
     <w:rsid w:val="00202D7F"/>
     <w:rsid w:val="002033ED"/>
+    <w:rsid w:val="00204967"/>
     <w:rsid w:val="00205076"/>
     <w:rsid w:val="00207A91"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00221B7D"/>
     <w:rsid w:val="002262DE"/>
     <w:rsid w:val="00226716"/>
     <w:rsid w:val="002278D4"/>
     <w:rsid w:val="00233EC1"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250A0A"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00255FA8"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00267112"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00281969"/>
@@ -22349,50 +22357,51 @@
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00351835"/>
     <w:rsid w:val="00351927"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363E49"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037243E"/>
     <w:rsid w:val="00375620"/>
     <w:rsid w:val="00375F7C"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003919AE"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A70EF"/>
     <w:rsid w:val="003A79E2"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B3C2E"/>
+    <w:rsid w:val="003B3FD6"/>
     <w:rsid w:val="003C3BC0"/>
     <w:rsid w:val="003C6D21"/>
     <w:rsid w:val="003C6DD1"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D2117"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D2B05"/>
     <w:rsid w:val="003D68DE"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E267E"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E5D89"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F1FD1"/>
     <w:rsid w:val="003F3D7B"/>
     <w:rsid w:val="003F6DEF"/>
     <w:rsid w:val="00402225"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00407F46"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00420AA0"/>
@@ -22510,50 +22519,51 @@
     <w:rsid w:val="00627CA4"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00632063"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00670B8F"/>
     <w:rsid w:val="00671953"/>
     <w:rsid w:val="00671B19"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00683207"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00685909"/>
     <w:rsid w:val="006950A5"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A3C81"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A6161"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B076C"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B2C7B"/>
+    <w:rsid w:val="006B3247"/>
     <w:rsid w:val="006B5F08"/>
     <w:rsid w:val="006C055B"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1512"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D3D4D"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006D7FF4"/>
     <w:rsid w:val="006E21AF"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E73FD"/>
     <w:rsid w:val="006F0B44"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F2118"/>
     <w:rsid w:val="006F5A35"/>
     <w:rsid w:val="006F6D53"/>
     <w:rsid w:val="00706C74"/>
     <w:rsid w:val="00707E48"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00717009"/>
@@ -22678,50 +22688,51 @@
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931501"/>
     <w:rsid w:val="009316D6"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009333CA"/>
     <w:rsid w:val="009340FD"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="0093752A"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="00951822"/>
     <w:rsid w:val="00951FD6"/>
     <w:rsid w:val="00952213"/>
     <w:rsid w:val="009524EF"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="00952C48"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00962A22"/>
     <w:rsid w:val="00963847"/>
     <w:rsid w:val="009666B3"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00985D0E"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009B00AD"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B49F0"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009C787F"/>
     <w:rsid w:val="009D3DB0"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009D7E67"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E2E7C"/>
     <w:rsid w:val="009E4593"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F0C15"/>
     <w:rsid w:val="009F18CF"/>
     <w:rsid w:val="009F26FB"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A01B67"/>
     <w:rsid w:val="00A05942"/>
@@ -23005,50 +23016,51 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC2E7A"/>
     <w:rsid w:val="00EC32AD"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC5810"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00ED7C7B"/>
     <w:rsid w:val="00EE10EC"/>
     <w:rsid w:val="00EE1C13"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF100A"/>
     <w:rsid w:val="00F04D29"/>
     <w:rsid w:val="00F11A43"/>
     <w:rsid w:val="00F21172"/>
     <w:rsid w:val="00F21526"/>
     <w:rsid w:val="00F21A35"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F351D4"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F365A3"/>
     <w:rsid w:val="00F405F0"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F47C61"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F55A25"/>
     <w:rsid w:val="00F575AD"/>
     <w:rsid w:val="00F60900"/>
     <w:rsid w:val="00F70378"/>
     <w:rsid w:val="00F71C9C"/>
     <w:rsid w:val="00F832B0"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F94FA0"/>
     <w:rsid w:val="00FA3CEE"/>
     <w:rsid w:val="00FB0AA2"/>
     <w:rsid w:val="00FB13BD"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB3602"/>
     <w:rsid w:val="00FB387E"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB518C"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC254F"/>
@@ -23082,51 +23094,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25735,51 +25747,51 @@
     <w:rsid w:val="00A15CEC"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brdtextitabeller">
     <w:name w:val="Brödtext i tabeller"/>
     <w:qFormat/>
     <w:rsid w:val="00A15CEC"/>
     <w:pPr>
       <w:spacing w:before="80"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26182,70 +26194,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>1926</Words>
-  <Characters>10210</Characters>
+  <Words>1934</Words>
+  <Characters>10252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>85</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Subakut bedömning SÄS, ber-rådet 2022-09-28</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12112</CharactersWithSpaces>
+  <CharactersWithSpaces>12162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Subakut bedömning efter besök på akutmottagningen, SÄS </dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>