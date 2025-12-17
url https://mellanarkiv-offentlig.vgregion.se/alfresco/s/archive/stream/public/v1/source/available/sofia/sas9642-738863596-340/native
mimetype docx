--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,7827 +1,9982 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01085CA2" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00267E10" w14:paraId="061914D4" w14:textId="7B281096">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
         <w:t>Stick- och skärskada samt exponering för blod hos personal</w:t>
       </w:r>
+      <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="38D664C1" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>Sammanfattning</w:t>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc202359982" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc215674736" w:id="3"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidRPr="007A334E" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00F84642" w14:paraId="4EA6C4B6" w14:textId="1C08EBB7">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mindre förändringar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327185" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc202359983" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc215674737" w:id="7"/>
+      <w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="13E418E8" w14:textId="76E667DF" w:rsidR="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Rutinen beskriver åtgärder och ansvarsfördelning vid tillbud av karaktär stick- och skärskada eller exponering för blod eller blodtillblandad kroppsvätska, där risk för blodsmitta föreligger.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="3AFBF3D8" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Rutinen beskriver åtgärder och ansvarsfördelning vid tillbud av karaktär stick- och skärskada eller exponering för blod eller blodtillblandad kroppsvätska, där risk för blodsmitta föreligger. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E2499B" w14:textId="15F82058" w:rsidR="6F03BA53" w:rsidRDefault="6F03BA53" w:rsidP="59252C53">
-      <w:r w:rsidRPr="59252C53">
+    <w:p w:rsidR="00B405A1" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1FC6584C" w14:textId="1BB1921B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:t xml:space="preserve"> Separat riktlinje finns för </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00D31548">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>exponerade vuxna individer utanför sjukhuset</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D623D" w:rsidP="00451576" w:rsidRDefault="008C2A3C" w14:paraId="58363208" w14:textId="042B7214">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
       <w:r>
-        <w:t>.</w:t>
+        <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002BC2E3" w14:textId="17987C1B" w:rsidR="00237DDB" w:rsidRDefault="00237DDB" w:rsidP="00237DDB">
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-1687202519"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w:rsidRPr="003D6767" w:rsidR="00267E10" w:rsidP="005657F9" w:rsidRDefault="00267E10" w14:paraId="65C19FF6" w14:textId="6A7820C9">
+          <w:pPr>
+            <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
+          </w:pPr>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="4760CE6F" w14:textId="7B0423AB">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674736">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Förändringar sedan föregående version</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674736 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="67DC55D5" w14:textId="449D1703">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674737">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Sammanfattning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674737 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="0AD5C099" w14:textId="2995A3B0">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674738">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Förutsättningar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674738 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidP="00451576" w:rsidRDefault="001D623D" w14:paraId="454A567E" w14:textId="3A8D63A3">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674739">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Avgränsningar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674739 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="4FE5005B" w14:textId="62DFF4C4">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674740">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Utförande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674740 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidP="00451576" w:rsidRDefault="001D623D" w14:paraId="1F4B8212" w14:textId="43F29C53">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674741">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Allmänna åtgärder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674741 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidP="00451576" w:rsidRDefault="001D623D" w14:paraId="2EC9AC4E" w14:textId="2DB8E83C">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674742">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Provtagning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674742 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidP="00451576" w:rsidRDefault="001D623D" w14:paraId="09E3F5EB" w14:textId="211DA27D">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674743">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Uppföljning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674743 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="095DFA16" w14:textId="06081F44">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674744">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Arbetsgrupp</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674744 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="001D623D" w:rsidRDefault="001D623D" w14:paraId="754FDCEE" w14:textId="6415EEB9">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc215674745">
+            <w:r w:rsidRPr="00F61435">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc215674745 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="00267E10" w:rsidRDefault="001D623D" w14:paraId="502298C7" w14:textId="13DB867B">
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="70B2A54A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc152138314"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327187" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc202359985" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc215674738" w:id="10"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>Förändringar sedan föregående version</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="75C9CC0E" w14:textId="17351770" w:rsidR="00237DDB" w:rsidRPr="0098313A" w:rsidRDefault="00A0294F" w:rsidP="0C82A9F0">
-[...1086 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="204E7D0A" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
         <w:t xml:space="preserve">För grundläggande rutiner för att förhindra smittspridning av blodburen smitta, se </w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Vårdhandbokens</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
         <w:t xml:space="preserve"> avsnitt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="008C50FD">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta hos personal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
         <w:t xml:space="preserve">, rubrik </w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Förebyggande rutiner</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
-        <w:t xml:space="preserve"> [1].</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> [1]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1392E304" w14:textId="395EA608" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7E1FBC53" w14:textId="4612AC8A">
+      <w:r w:rsidRPr="00267E10">
         <w:t xml:space="preserve">Arbetsgivarens ansvar för såväl förebyggande arbete som åtgärder vid tillbud regleras i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00617D1E">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00692D79">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>arbetsmiljöverkets föreskrift ”Smittrisker” (AFS 2018:4</w:t>
+          <w:t>arbetsmiljöverkets föreskrift ”Smittrisker” (AFS 2018:4)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0098313A">
-        <w:t>) [2].</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> [2]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051BB9AB" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Efter tillbud/riskexponering för blodsmitta hos sjukvårdspersonal vid SÄS hänvisas personal till infektionsmottagningen SÄS för fortsatt omhändertagande.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="2288B83C" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Efter tillbud/riskexponering för blodsmitta hos sjukvårdspersonal vid SÄS hänvisas personal till infektionsmottagningen SÄS för fortsatt omhändertagande. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13AE84DA" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="007D6166" w:rsidRDefault="00267E10" w14:paraId="7210A7D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc152138316"/>
-      <w:r w:rsidRPr="0098313A">
+      <w:bookmarkStart w:name="_Toc215674739" w:id="11"/>
+      <w:r w:rsidRPr="00267E10">
         <w:t>Avgränsningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="292B6DB9" w14:textId="43F42BF1" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Tillbud definieras som penetrerad hud med smittförande blod/blodtillblandad kroppsvätska genom stick-/skärskada, bett med blodvite samt blodstänk i öga, slemhinna eller i sår.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0403DF57" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Tillbud definieras som penetrerad hud med smittförande blod/blodtillblandad kroppsvätska genom stick-/skärskada, bett med blodvite samt blodstänk i öga, slemhinna eller i sår. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021D1379" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Blod på oskadad hud smittar inte.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="239BC661" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Blod på oskadad hud smittar inte. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FD5229" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...32 lines deleted...]
-      <w:bookmarkEnd w:id="47"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327192" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc202359986" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc215674740" w:id="14"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="4F45CC54" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6671526B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="120"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc215674741" w:id="15"/>
+      <w:r w:rsidRPr="00267E10">
         <w:t>Allmänna åtgärder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="43BC9FC3" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="2473BE65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="76"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Exposition ögon </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3649CF3C" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Skölj omedelbart ögonen rikligt med ögondusch/natriumklorid eller vanligt kranvatten. Ta ut eventuella kontaktlinser före sköljning.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="075BF546" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Skölj omedelbart ögonen rikligt med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>ögondusch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>/natriumklorid eller vanligt kranvatten. Ta ut eventuella kontaktlinser före sköljning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A01101" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6DDD23F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc500509635"/>
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Exposition hud, slemhinna </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FB935E5" w14:textId="3F4C78AA" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...1 lines deleted...]
-        <w:t>Skölj och desinfektera omedelbart med t.ex. Klorhexidin eller handdesinfektionsmedel efter stick-/skärskada eller blodexponering på slemhinna/sår.</w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="57B9BB02" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Skölj och desinfektera omedelbart med t.ex. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Klorhexidin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> eller handdesinfektionsmedel efter stick-/skärskada eller blodexponering på slemhinna/sår. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F556690" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0B48145F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc500509641"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+      <w:bookmarkStart w:name="_Toc215674742" w:id="16"/>
+      <w:r w:rsidRPr="00267E10">
         <w:t>Provtagning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4A4C6A05" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="67422F6A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="119"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Personal </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="708C1522" w14:textId="22EBBF6E" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">och anti-HIV. Använd remiss till mikrobiologen SÄS och kryssa ”Stick- och skärskada personal 1”. Remissansvarig läkare anges som ”Stick1” och infektionsmottagningen SÄS anges som remitterande mottagning. </w:t>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7121EA78" w14:textId="4E84188D">
+      <w:r>
+        <w:t xml:space="preserve">”Nollprover”: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HbsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="58CD6B62">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> anti-Hbs, anti-HCV, och anti-HIV. Använd remiss till mikrobiologen SÄS och kryssa ”Stick- och skärskada personal 1”. Remissansvarig läkare anges som ”Stick1” och infektionsmottagningen SÄS anges som remitterande mottagning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4913B8F4" w14:textId="0A22BB89" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="00B779B7" w:rsidP="00BE602F">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="3D2CEC30" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Anti-HBs för immunitetskontrol efter hepatit B-vaccination; ingår i analysen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7F6DCB2B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Indexpatient </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="321839BE" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Med ”Indexpatient” avses den person som eventuell smitta härrör från. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="666BF115" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Prover: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>, anti-HCV och anti-HIV. Använd remiss till mikrobiologen SÄS och kryssa ”Stick- och skärskada patientprov”. Ange telefonnummer till berörd enhet. Remissansvarig läkare är behandlande/ansvarig läkare vid berörd klinik där patienten vårdas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="560CA245" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Indexpatient med känd HIV-smitta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="3DBA23A2" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Kontakta omedelbart infektionsenheten SÄS: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00983F46" w:rsidRDefault="00267E10" w14:paraId="28F5CD47" w14:textId="4A8E2F77">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...97 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
         <w:t xml:space="preserve">Dagtid: infektionsmottagningen, telefonnummer </w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
-[...675 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="6784D520">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00237DDB">
+        <w:t>033-616</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520" w:rsidR="2F5E9AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4586</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00983F46" w:rsidRDefault="00267E10" w14:paraId="78D0E4F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Jourtid: infektionsbakjour via sjukhusets växel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="00EC150C" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Läkemedelsbehandling med antiviral verkan mot HIV kan bli aktuellt. HIV-profylax startas snarast möjligt, oberoende tid på dygnet. Handläggning enligt infektionsmottagningens interna rutin ”HIV-Postexpositionsprofylax (PEP)”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7BF02E05" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Indexpatient med känd hepatit C-smitta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="48226CA7" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Kontakta infektionsmottagningen nästkommande vardag, telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>033-616</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> för vidare handläggning. Ingen indikation för någon profylaktisk antiviral behandling eller specifikt immunoglobulin. Vaccin saknas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6BAF2B31" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Nytt personalprov med anti-HCV efter 12 och 26 veckor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="3A18DF8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Indexpatient med känd hepatit B-smitta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6744FBA9" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Kontakta omedelbart infektionsenheten SÄS: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00E83B78" w:rsidRDefault="00267E10" w14:paraId="5C77819F" w14:textId="40DC3D63">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dagtid: infektionsmottagningen, telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>033-616</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520" w:rsidR="4BF0800E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4586</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00E83B78" w:rsidRDefault="00267E10" w14:paraId="6FB49AEF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Jourtid: infektionsbakjour via sjukhusets växel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267E10" w:rsidP="008B5AA8" w:rsidRDefault="00267E10" w14:paraId="225B2891" w14:textId="0A465660">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Ovaccinerad mot hepatit B: Starta upp snabbvaccination med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Engerix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> B/HBVAXPRO 1 ml intramuskulärt i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>deltoideusmuskulatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>, ges inom 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>timmar. Dos tv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> ges efter 2 veckor och dos tre 6 veckor r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>knat fr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>n f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:cs="Georgia"/>
+        </w:rPr>
+        <w:t>ö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>rsta dosen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="037273BD" w14:textId="5E304E01">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kolla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och anti-HBs cirka en månad efter tredje dosen och vid anti-HBs &lt;10 ges en fjärde dos vaccin. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Omkontroll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och anti-HBs efter ytterligare en månad. Om ingen immunitet trots dessa vaccindoser, tillfråga gärna en infektionsläkare och gör avslutande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>- och anti-HBs-kontroll ett halvår efter tillbudet. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">I särskilda fall med förväntat sämre vaccinsvar bör dubbla doser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Engerix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> B ges vid varje tillfälle (t.ex. svår njursvikt, dialys, pågående tung </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>immunsuppression</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> eller levercirrhos), tillfråga</w:t>
+      </w:r>
+      <w:r w:rsidR="55191DA0">
+        <w:t xml:space="preserve"> gärna</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> infektionsläkare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6BF6C37A" w14:textId="53A40590">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om indexpatienten har hepatit B med kända höga virusnivåer och/eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBeAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-positiv: vaccination enligt ovan samt hepatit B</w:t>
+      </w:r>
+      <w:r w:rsidR="27B4CB4C">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">immunglobulin (HBIG), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Umanbig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 180 IE/ml 3 ml intramuskulärt till vuxen; helst inom 24 timmar. Vaccin och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>immunoglobin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ges i olika kroppsdelar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="2BB7B2BD" w14:textId="10B7885B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Observera att externt tillförda anti-HBs via HBIG kan detekteras under ett halvår hos mottagaren. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4150C112" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Otillräckligt vaccinerad eller oklarheter vad gäller antal vaccindoser: Ge nya doser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Engerix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> B/HBVAXPRO tills personen bedöms som fullt vaccinerad. Kontroll </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> och anti-HBs vid uppföljningen en månad efter sista vaccindosen. Om anti-HBs &lt;10 trots vaccination, tillfråga infektionsläkare och gör avslutande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> och anti-HBs-kontroll ett halvår efter tillbudet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="520BA329" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Vaccinerad (3 doser) men som inte har dokumenterad anti-HBs: Ge en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>boosterdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Engerix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> B/HBVAXPRO 1 ml intramuskulärt. Kontroll av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>HbsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> och anti-HBs efter en månad, om inte immunitet påvisas i ”nollprover”. Om anti-HBs &lt;10 trots vaccination, tillfråga infektionsläkare och gör avslutande </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> och anti-HBs-kontroll ett halvår efter tillbudet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0269" w:rsidP="00EC0269" w:rsidRDefault="00267E10" w14:paraId="09C4F4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Vaccinerad med 3 doser eller mer med dokumenterad anti-HBs ≥10 IU/L: Behöver ingen ytterligare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>booster</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00EC0269" w:rsidRDefault="00267E10" w14:paraId="6093D21B" w14:textId="3B6E1914">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Vaccinerad (≥4 vaccindoser) som är dokumenterat ”non-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>responder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">” d.v.s. inte utvecklat anti-HBs över 10 IU/L: Överväg att ge </w:t>
+      </w:r>
+      <w:r w:rsidR="6C03A006">
+        <w:t>hepatit B-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">immunoglobulin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Umanbig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 180 IE/ml 3 ml intramuskulärt till vuxen. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>HBsAg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>- och anti-HBS-kontroll ett halvår efter tillbudet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="21F051AB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">”Okänd kanyl”, stuckit sig på kanyl från okänd indexpatient som ej kan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>provtas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1B79CA44" w14:textId="77777777">
+      <w:r>
+        <w:t>Ta ”nollprover” på personal. Ta ställning till hepatit B-vaccination, se rubrik ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Indexpatient med känd hepatit B-smitta</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">”. Kontakta infektionsmottagningen nästföljande vardag telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>033-616</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Smittorisk kan inte bedömas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="47767DBD" w:rsidP="6784D520" w:rsidRDefault="47767DBD" w14:paraId="1211417D" w14:textId="1DB5594A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6784D520">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Postexpositionsprofylax mot HIV rekommenderas inte när det rör sig om okänd indexpatient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="2A514E93" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Markera på remissen vid 12 veckor och 26 veckor ”Stick-&amp; skärskada – Uppföljningsprov personal”. Remissansvarig läkare anges som ”Stick1” och infektionsmottagning SÄS anges som remitterande mottagning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0C4015E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Indexpatient utan känd blodsmitta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1194F0C0" w14:textId="77777777">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Provta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> indexpatient och ta ”nollprover” på personal. Ta ställning till hepatit B-vaccination, se rubrik ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Indexpatient med känd hepatit B-smitta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">”. Kontakta infektionsmottagningen nästföljande vardag, telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>033-616</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="19E4A136" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc215674743" w:id="17"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Uppföljning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="73095594" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Rapportering och handläggning av tillbud </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4824FB1D" w14:textId="77777777">
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">Tillbud registreras i avvikelsehanteringssystemet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>MedControl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> PRO av berörd personal. Närmaste chef meddelas för arbetsskadeanmälan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4DC25430" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Nyupptäckt blodsmitta i patientprov (indexpatient) föranleder remiss till infektionsmottagning. Läkare/sjuksköterska på infektionskliniken ger information om provsvar till berörd medarbetare och hanterar eventuell uppföljning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="3324884F" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Negativt patientprov (indexpatient) för blodsmitta innebär att ärendet avslutas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="46F80C1F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327194" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc202359987" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc215674744" w:id="20"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="101BF5B0" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="357F8953" w14:textId="213F964E" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1BAD2559" w14:textId="398F5723">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Afshin Shahnavaz, överläkare, HIVÖ/infektion, SÄS </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
-        <w:t>Jon Edman Wallér, ST-läkare, vårdhygien, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Jon Edman Wallér, </w:t>
+      </w:r>
+      <w:r w:rsidR="51502B5E">
+        <w:t>Specialist</w:t>
+      </w:r>
+      <w:r>
+        <w:t>läkare, vårdhygien, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C40085" w14:textId="0AEE5D03" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="5C7E9AF3" w14:textId="13163092">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bilaga - Snabbguide vid tillbud: </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
-        <w:t>Maria Falsing, sjuksköterska, HIVÖ, infektionsmottagning, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7F3C">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004A50AF">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7F3C">
+        <w:t>uise Näslund</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, sjuksköterska, HIVÖ, infektionsmottagning, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1254D4E5" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="00237DDB" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00237DDB">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="000B5165" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="250"/>
-      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B78224B" w14:textId="113E6F78" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="00AF4E82" w:rsidP="00237DDB">
-[...24 lines deleted...]
-      <w:r w:rsidR="0098313A" w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4D3E3F7F" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Madeleine Sjödin, laboratorieingenjör, laboratorium för klinisk mikrobiologi, SU/SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00731C1B">
-[...3 lines deleted...]
-        <w:t>, verksamhetschef, HIVÖ, SÄS</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Eva-Marie Boman, verksamhetschef, HIVÖ, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC86D91" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="00237DDB" w:rsidRDefault="0098313A" w:rsidP="00237DDB">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="188AE2C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327195" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc202359988" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc215674745" w:id="23"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="662010BE" w14:textId="568D748D" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="00BB40F9" w:rsidP="00237DDB">
-[...74 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6CEB5BEA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098313A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Stick- och skärskador samt exponering med risk för blodburen smitta hos personal. Vårdhandboken, avsnitt vid tillbud med risk för smitta hos personal. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="008C50FD">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/Texter/Stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/Oversikt/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03B2CF08" w14:textId="79218512" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00CF220A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1C3216B2" w14:textId="20F66FB7">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Smittrisker (AFS 2018:4). Arbetsmiljöverket. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00617D1E">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00AB2298">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.av.se</w:t>
+          <w:t>www.av.se  </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0098313A">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7DBD1A21" w14:textId="0CA6A112" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00CF220A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="489D79B7" w14:textId="171B4559">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Sticktillbud, blodburen smitta-åtgärder vid infektionsmottagningen.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
-        <w:t>Rutin från infektionskliniken, Sahlgrenska Universitetssjukhuset (SU)</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Rutin från infektionskliniken, Sahlgrenska Universitetssjukhuset (SU), m</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EEF">
+        <w:t>aj</w:t>
+      </w:r>
+      <w:r w:rsidR="00113D9F">
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve"> (barium-id 17692). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00542831">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/su</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0098313A">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740D4E14" w14:textId="1F6904E6" w:rsidR="005C5C1C" w:rsidRDefault="0098313A" w:rsidP="00CF220A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="5C532D28" w14:textId="77777777">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r w:rsidR="005C5C1C">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Folkhälsomyndigheten, Rekommendationer om vaccination mot hepatit B. Profylax med vaccin och immunoglobulin-före och efter exposition. Januari 2019. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00E449AA" w:rsidRPr="00770B87">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00267E10">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlistanumrerad"/>
+    <w:p w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="5763D4E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00495013">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Analyslista, Stick-skärskador. Laboratorium för klinisk mikrobiologi, SÄS.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267E10">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00495013" w:rsidRPr="004F2EF3">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId19">
+        <w:r w:rsidRPr="00267E10">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/stick--och-skarskador</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="270" w:name="_Toc53660956"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF220A" w:rsidRPr="00495013">
+    </w:p>
+    <w:p w:rsidR="00267E10" w:rsidRDefault="00267E10" w14:paraId="066D16D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="7300E0A4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:br w:type="page"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Bilaga, Stick och skärskada – snabbguide vid tillbud </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C74DF66" w14:textId="23CDE752" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00CF220A">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="03B6DD62" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Skadad hud</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
-        <w:t>: desinfektera (alkoholbaserat desinfektionsmedel)</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>: desinfektera (alkoholbaserat desinfektionsmedel) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA3A45D" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00C66D94">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="1957AF14" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Stänk i mun</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
-        <w:t>: skölj med fysiologiskt koksalt eller kranvatten</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>: skölj med fysiologiskt koksalt eller kranvatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E541AD" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00CF220A">
-      <w:r w:rsidRPr="0098313A">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="53E447C3" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Stänk i öga</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098313A">
-        <w:t>: skölj med fysiologisk ögondusch, koksalt eller kranvatten</w:t>
+      <w:r w:rsidRPr="00267E10">
+        <w:t xml:space="preserve">: skölj med fysiologisk </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>ögondusch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>, koksalt eller kranvatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34156509" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00C66D94">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="77A1F833" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="160"/>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="276"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Patient med känd eller starkt misstänkt blodsmitta </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9493" w:type="dxa"/>
-        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="900" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3571"/>
-        <w:gridCol w:w="5922"/>
+        <w:gridCol w:w="3145"/>
+        <w:gridCol w:w="4728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0098313A" w:rsidRPr="0098313A" w14:paraId="6A531E78" w14:textId="77777777" w:rsidTr="00CF220A">
+      <w:tr w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidTr="6784D520" w14:paraId="11D8A329" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1881" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33D1E648" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1BBBC01B" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Kontakta infektionsmottagning akut för eventuell profylaktisk åtgärd</w:t>
+              <w:t>Kontakta infektionsmottagning akut för eventuell profylaktisk åtgärd </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="167C3419" w14:textId="2EC86112" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0CC57DCA" w14:textId="379C86EE">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="6784D520">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tfn </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="6784D520">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">033 </w:t>
+              <w:t>033 - 616 </w:t>
             </w:r>
-            <w:r w:rsidR="008F5A59">
+            <w:r w:rsidRPr="6784D520" w:rsidR="0CE71DEC">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>4586</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="6784D520">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+          </w:p>
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0F7767C8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00267E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Alt. bakjour via växel </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="72D51C60" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00267E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tfn </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00267E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>033 - 616 10 00</w:t>
             </w:r>
-            <w:r w:rsidR="008F5A59">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+          </w:p>
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="74AE7BF8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...15 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Alt. bakjour via växel</w:t>
-[...104 lines deleted...]
-              <w:t>Ring helst själv</w:t>
+              <w:t>Ring helst själv </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5910" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54CE4736" w14:textId="6D0920C3" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="64D6C4EA" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Serumprov patient snarast</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Remissuppgift: namn och telefonnummer för akutsvar till vårdcentral/vårdenhet följande vardag</w:t>
+              <w:t>Remissuppgift: namn och telefonnummer för akutsvar till vårdcentral/vårdenhet följande vardag </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="088ED377" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1E4D2D89" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Serumprov personal</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Nästföljande vardag med svar till infektionsmottagning</w:t>
+              <w:t>Nästföljande vardag med svar till infektionsmottagning </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11C4E22D" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00C66D94">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="3EF80CD3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="160"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="279"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Patient utan känd blodsmitta </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9492" w:type="dxa"/>
-        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="900" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3322"/>
-        <w:gridCol w:w="6170"/>
+        <w:gridCol w:w="2939"/>
+        <w:gridCol w:w="4934"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0098313A" w:rsidRPr="0098313A" w14:paraId="3642B418" w14:textId="77777777" w:rsidTr="00CF220A">
+      <w:tr w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidTr="00267E10" w14:paraId="0A59C786" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1750" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49258022" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4D10C595" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Kontakta infektionsmottagning nästföljande vardag för råd om handläggning och provtagning</w:t>
+              <w:t>Kontakta infektionsmottagning nästföljande vardag för råd om handläggning och provtagning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EB18380" w14:textId="3BF2233E" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1778B12F" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tfn </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">033 </w:t>
+              <w:t>033 - 616 25 80</w:t>
             </w:r>
-            <w:r w:rsidR="008F5A59">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...20 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+          </w:p>
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0C321991" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...33 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Ring helst själv</w:t>
+              <w:t>Ring helst själv </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3250" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="398DEF17" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="790B79B5" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Serumprov patient</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - remissuppgifter:</w:t>
+              <w:t xml:space="preserve"> - remissuppgifter: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="151A1D66" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="48491122" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Stick- och skärskada patient. Märk remiss och ange telefon-nummer för provsvar</w:t>
+              <w:t>Stick- och skärskada patient. Märk remiss och ange telefon-nummer för provsvar </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25E695F1" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="36233346" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Remissansvarig läkare = ansvarig läkare på vårdcentral/</w:t>
+              <w:t>Remissansvarig läkare = ansvarig läkare på vårdcentral/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
-              <w:t>vårdenhet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00267E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>vårdenhet </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A1307C2" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7F72C9CF" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Remitterande enhet = hemsjukvården (ange område)/vårdenhet</w:t>
+              <w:t>Remitterande enhet = hemsjukvården (ange område)/vårdenhet </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="671D62B5" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="71B5120B" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:before="200" w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Serumprov personal </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>- remissuppgifter:</w:t>
+              <w:t>- remissuppgifter: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D60B3A9" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="4A8215F9" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Stick- och skärskada personalprov, prov 1</w:t>
+              <w:t>Stick- och skärskada personalprov, prov 1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31D9488A" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="7B91D389" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Avsändare och mottagare av provsvar = infektionsmottagning</w:t>
+              <w:t>Avsändare och mottagare av provsvar = infektionsmottagning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77C0B091" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="246D260F" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Remissansvarig läkare = stick 1 (eller enligt uppgift från infektionssköterska)</w:t>
+              <w:t>Remissansvarig läkare = stick 1 (eller enligt uppgift från infektionssköterska) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3803DBA7" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="00C66D94">
+    <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="31480A64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="160"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="282"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:t>Blodsmittorisk utan identifierbar källa (ex. kanyl från okänd patient) </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9492" w:type="dxa"/>
-        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="900" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3322"/>
-        <w:gridCol w:w="6170"/>
+        <w:gridCol w:w="2974"/>
+        <w:gridCol w:w="4899"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0098313A" w:rsidRPr="0098313A" w14:paraId="46E1669C" w14:textId="77777777" w:rsidTr="00CF220A">
+      <w:tr w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidTr="00267E10" w14:paraId="1AFB95BD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1750" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3315" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="070E74D5" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="33C36656" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Kontakta infektionsmottagning nästföljande vardag för råd-givning</w:t>
+              <w:t>Kontakta infektionsmottagning nästföljande vardag för råd-givning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50A4B6B7" w14:textId="7CB422FA" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="6A39BA12" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Tfn </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">033 </w:t>
+              <w:t>033 - 616 25 80</w:t>
             </w:r>
-            <w:r w:rsidR="008F5A59">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...20 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+          </w:p>
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="43A433A8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...33 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Ring helst själv</w:t>
+              <w:t>Ring helst själv </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3250" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AE3378A" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="0D5E9C2F" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:iCs/>
-                <w:szCs w:val="28"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Serumprov personal</w:t>
             </w:r>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - remissuppgifter:</w:t>
+              <w:t xml:space="preserve"> - remissuppgifter: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69D66107" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="019A7CFD" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Stick- och skärskada personalprov, prov 1</w:t>
+              <w:t>Stick- och skärskada personalprov, prov 1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605536B6" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="1EB99515" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:overflowPunct w:val="0"/>
-[...4 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Avsändare och mottagare av provsvar = infektionsmottagning</w:t>
+              <w:t>Avsändare och mottagare av provsvar = infektionsmottagning </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4020D6E8" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="0098313A" w:rsidRDefault="0098313A" w:rsidP="0098313A">
+          <w:p w:rsidRPr="00267E10" w:rsidR="00267E10" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="50990FAF" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="39"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="488"/>
               </w:tabs>
-              <w:suppressAutoHyphens/>
-[...5 lines deleted...]
-              <w:ind w:left="357" w:right="0" w:hanging="357"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="220" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098313A">
+            <w:r w:rsidRPr="00267E10">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Remissansvarig läkare = stick 1 (eller enligt uppgift från infektionssköterska)</w:t>
+              <w:t>Remissansvarig läkare = stick 1 (eller enligt uppgift från infektionssköterska) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="502A50D4" w14:textId="77777777" w:rsidR="0098313A" w:rsidRPr="00CF220A" w:rsidRDefault="0098313A" w:rsidP="00C66D94">
-[...1 lines deleted...]
-        <w:spacing w:before="160" w:after="0"/>
+    <w:p w:rsidRPr="00630283" w:rsidR="00267E10" w:rsidP="00630283" w:rsidRDefault="00267E10" w14:paraId="40AC37B2" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00630283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>Skriv tillbudsrapport och arbetsskadeanmälan! </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0098313A" w:rsidRPr="00CF220A" w:rsidSect="0098313A">
+    <w:p w:rsidR="009C6C0C" w:rsidP="00267E10" w:rsidRDefault="00267E10" w14:paraId="40AA233F" w14:textId="2BEB8C2B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720" w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267E10">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00451576">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="even" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgMar w:top="1418" w:right="2119" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37AAF726" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538">
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="2DB05788" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6948CC08" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538">
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="5B721963" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25E36A1D" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538">
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="43C57BE6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00630283" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="1848177943" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6065E568" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538"/>
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="383F40A5" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="727AA021" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538">
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="25648A29" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62886F2B" w14:textId="77777777" w:rsidR="00570538" w:rsidRDefault="00570538">
+    <w:p w:rsidR="00C97DB1" w:rsidRDefault="00C97DB1" w14:paraId="4C623751" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="5E14516C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="39D342EC">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF88"/>
-[...16 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="016B13B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D047C72"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0DA52B42"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="163E7F9A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B5AA15A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CA0561E"/>
-[...22 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="16D22FBE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8F1CC336"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...14 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...14 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...5 lines deleted...]
-      <w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DAD3473"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D75091DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27D96316"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="13AAAA18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28B26BBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ADA084AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="338B16DE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10A03E64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="352D40A1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3CFCEA04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35AD6860"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="076E6462"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37643C99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D945090"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="399960B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3CFCEA04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EE05781"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8902814E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4F647924"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="468D5296"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9A94A4EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4810416E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C9FEC7FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AD1087B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED7EB7E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADA4F28"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC16F1E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CFE7286"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B88A2C64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EA95FB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5198C268"/>
-[...3 lines deleted...]
-      <w:pStyle w:val="Punktklistaitabell"/>
+    <w:tmpl w:val="AFB07DB6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...38 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="597231A6"/>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="579A77FD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD4A4D8A"/>
+    <w:tmpl w:val="08EE04EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="653D1561"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C0342C76"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65C20531"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A520300C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="692D3F70"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B85643F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F347957"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C5A4B5CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="720"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="720"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70901056"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8522E534"/>
+    <w:lvl w:ilvl="0" w:tplc="C37E714C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79F87AFC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D74067C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A7E7443"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1BF2596A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1848640407">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2029216487">
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1219589223">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1205483238">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="359670476">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1711999166">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="115948091">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="400714368">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="264851895">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2082169832">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2097290118">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="116799059">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1500463906">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1948808250">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="230509269">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1191991253">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="211581524">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="34" w16cid:durableId="541290065">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="964315830">
+  <w:num w:numId="35" w16cid:durableId="1637100354">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1511141055">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="15162900">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1326664242">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1288389924">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1313753109">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1176075197">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1333603977">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1167288075">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="2088066729">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1122503061">
-[...99 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="45" w16cid:durableId="847209687">
+    <w:abstractNumId w:val="39"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00044E14"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="000750F3"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A4C35"/>
-    <w:rsid w:val="000A5C6D"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B3EBB"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00110307"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00113D9F"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
-    <w:rsid w:val="00137D9F"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="001553FC"/>
+    <w:rsid w:val="00157400"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="00175B09"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C1B4A"/>
+    <w:rsid w:val="001C245B"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D0BDD"/>
-    <w:rsid w:val="001E7C0A"/>
+    <w:rsid w:val="001D623D"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="00221978"/>
-    <w:rsid w:val="00226B0D"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="00237DDB"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="0027644F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0028036E"/>
+    <w:rsid w:val="00267E10"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
-    <w:rsid w:val="002B75B7"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
-    <w:rsid w:val="002C7571"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="00301F27"/>
-    <w:rsid w:val="00303283"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00311E6A"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
-    <w:rsid w:val="00326054"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
-    <w:rsid w:val="00364B67"/>
+    <w:rsid w:val="00364AF5"/>
     <w:rsid w:val="0036594C"/>
+    <w:rsid w:val="00365B5D"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003B062B"/>
-    <w:rsid w:val="003B1707"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B7EEF"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6767"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
-    <w:rsid w:val="004461E5"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00451576"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="00495013"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A50AF"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C6577"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
-    <w:rsid w:val="00542831"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
+    <w:rsid w:val="005657F9"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00570538"/>
-    <w:rsid w:val="00572A93"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
-    <w:rsid w:val="0057787E"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-    <w:rsid w:val="00583305"/>
+    <w:rsid w:val="00582C92"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
-    <w:rsid w:val="005A42C0"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
-    <w:rsid w:val="005C5C1C"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
-    <w:rsid w:val="00617D1E"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00630283"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00643256"/>
-    <w:rsid w:val="00652519"/>
     <w:rsid w:val="0065595B"/>
-    <w:rsid w:val="00657625"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="00664B49"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="00690325"/>
+    <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00692D79"/>
     <w:rsid w:val="006A2789"/>
-    <w:rsid w:val="006A3EB0"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
-    <w:rsid w:val="006D1073"/>
     <w:rsid w:val="006D30C0"/>
-    <w:rsid w:val="006D3D3B"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00724F43"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
+    <w:rsid w:val="00727A0F"/>
     <w:rsid w:val="00730955"/>
-    <w:rsid w:val="00731C1B"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
-    <w:rsid w:val="00761C9A"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
-    <w:rsid w:val="00766329"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
-    <w:rsid w:val="00775E76"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="0079691F"/>
-    <w:rsid w:val="007A39FB"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B6B54"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007F048A"/>
+    <w:rsid w:val="007D6166"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="008463FA"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00887272"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B5AA8"/>
+    <w:rsid w:val="008C2A3C"/>
     <w:rsid w:val="008C4B27"/>
-    <w:rsid w:val="008C50FD"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F2B23"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="008F5A59"/>
-    <w:rsid w:val="00901C92"/>
     <w:rsid w:val="00906238"/>
-    <w:rsid w:val="00906985"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
-    <w:rsid w:val="00934585"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="0093651D"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00973805"/>
-    <w:rsid w:val="0098313A"/>
+    <w:rsid w:val="00983F46"/>
+    <w:rsid w:val="00991825"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A6CF3"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B7F3C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
-    <w:rsid w:val="009E6E3F"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
-    <w:rsid w:val="00A0294F"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A9442B"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB2298"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
-    <w:rsid w:val="00AE07D9"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF4E82"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
-    <w:rsid w:val="00B04E06"/>
-    <w:rsid w:val="00B13458"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B32D87"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
-    <w:rsid w:val="00B37D64"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B55AEA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B574DF"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
-    <w:rsid w:val="00B777BF"/>
-    <w:rsid w:val="00B779B7"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA2DF1"/>
-    <w:rsid w:val="00BB40F9"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BE602F"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C66D94"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
+    <w:rsid w:val="00C73B1C"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00C97DB1"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CF220A"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D01E31"/>
-    <w:rsid w:val="00D0620A"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D31548"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DD2BE0"/>
-    <w:rsid w:val="00DE1E33"/>
+    <w:rsid w:val="00DB1077"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF02A9"/>
-    <w:rsid w:val="00DF04DF"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E449AA"/>
-    <w:rsid w:val="00E44C14"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
-    <w:rsid w:val="00E5480E"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E7326B"/>
+    <w:rsid w:val="00E74205"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E8562B"/>
+    <w:rsid w:val="00E83B78"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB2964"/>
     <w:rsid w:val="00EB6714"/>
+    <w:rsid w:val="00EC0269"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00F127BB"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F26CDE"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F84642"/>
+    <w:rsid w:val="00F85437"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE6AED"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="0C82A9F0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="59252C53"/>
+    <w:rsid w:val="09142C95"/>
+    <w:rsid w:val="0CE71DEC"/>
+    <w:rsid w:val="19049786"/>
+    <w:rsid w:val="1E6C344A"/>
+    <w:rsid w:val="1E7B9DBA"/>
+    <w:rsid w:val="27B4CB4C"/>
+    <w:rsid w:val="2F5E9AE6"/>
+    <w:rsid w:val="3943999C"/>
+    <w:rsid w:val="39DE9EE4"/>
+    <w:rsid w:val="3A4C1527"/>
+    <w:rsid w:val="3DD578E9"/>
+    <w:rsid w:val="47767DBD"/>
+    <w:rsid w:val="4BF0800E"/>
+    <w:rsid w:val="51502B5E"/>
+    <w:rsid w:val="54800DEA"/>
+    <w:rsid w:val="55191DA0"/>
+    <w:rsid w:val="5880F84E"/>
+    <w:rsid w:val="58CD6B62"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6784D520"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6F03BA53"/>
-[...1 lines deleted...]
-    <w:rsid w:val="7A8B4457"/>
+    <w:rsid w:val="6C03A006"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{00FEFB00-807C-449E-8328-34908F4146A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7846,75 +10001,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7949,57 +10104,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8057,793 +10212,753 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="0098313A"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00326054"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1700" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...43 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0098313A"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00326054"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0028036E"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0028036E"/>
+    <w:rsid w:val="00451576"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:left="851" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
@@ -8886,609 +11001,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00237DDB"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9497,94 +11612,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9593,499 +11708,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00761C9A"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="10"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -10152,305 +12264,2575 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...29 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="0098313A"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-[...1 lines deleted...]
-    <w:rsid w:val="0098313A"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="3033" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktklistaitabell">
-    <w:name w:val="Punktklista i tabell"/>
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
     <w:qFormat/>
-    <w:rsid w:val="0098313A"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:numPr>
-[...6 lines deleted...]
-      <w:ind w:left="357" w:hanging="357"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
-[...32 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00617D1E"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B574DF"/>
+    <w:rsid w:val="00267E10"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalmedindrag">
-[...1 lines deleted...]
-    <w:rsid w:val="00934585"/>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00267E10"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="1349" w:right="868"/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UnderrubrikChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00451576"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
+    <w:rsid w:val="00451576"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="78600143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1865827479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2028554462">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="130053823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="527379917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="465005174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1753968534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="763719847">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="422187816">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1305234567">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1790512790">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="670526751">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1922830758">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="333411687">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="72289524">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2125421985">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="273682883">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1819036594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="565146441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="619338419">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1114909344">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2068458098">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1496801927">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1935090412">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="760184136">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1581716565">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1335910432">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1679233054">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="805586581">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1721706290">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="502820533">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1574730685">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="582841346">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1684089236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457216030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1755782438">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1923180395">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="822043318">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1932466568">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="244261873">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1493793579">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="734623468">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1193500062">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="531503535">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1674406985">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1190951154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="676004112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="355235370">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1698962869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="970550937">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1026249793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1581410086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="973683149">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2011398064">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="554245532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="139883599">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="565385540">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1199006921">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="213078703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="465583659">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="264383332">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1047922623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="971251655">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="430056028">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="706683436">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1998000469">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1652174164">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="208155299">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="903292948">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="772550895">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1667172388">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1240097529">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="134808052">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="824661473">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="170068807">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="731388352">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1555697415">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2084521048">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2048987797">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="238641144">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="766577851">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="23485465">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="362826395">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="363942418">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="238250229">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="458839094">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1024206197">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="97455509">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="172494453">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1000886727">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1886526360">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="679312112">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1919242687">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="961695930">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
+    <w:div w:id="1338267626">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="859709777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="608200856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1087582647">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1222447099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="282808900">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="548302344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1349018536">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="929194221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099402757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1461994960">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="184247790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="56168024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1691445796">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="176240193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="48648580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1470634602">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1673028805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1339845675">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="584997833">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401100163">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="84418759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1750809233">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1763528229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="122424998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2139639103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="256212556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1616719111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="91316484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1821312986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1639914409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="201749591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="623119686">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1917470662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1994211725">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1971127320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="399522037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="868646406">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1790275983">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="530146098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="534470105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1613055427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1494952390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="416099624">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2080982249">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="477113238">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936669662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2137024789">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1362897711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1363944774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="123274784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2135832801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="593517051">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="308825245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1424497695">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1523204768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="99956759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1872067955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1539588364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="941185109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="257061856">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2111271642">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="824587309">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1731533027">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="156960384">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1997103870">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1239906829">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1956325874">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1104374533">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1481922611">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1063482325">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="226765423">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1813982501">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="776875418">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="246815102">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2017030232">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="244804984">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1184393570">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1845776624">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1429277645">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1159226241">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="136343025">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1622613714">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1874686681">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="473833582">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="933712234">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2144078067">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1799643606">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1910114206">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1418211633">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1276866483">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1026256335">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/Oversikt/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-165/surrogate" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9784-44644612-76/SURROGATE/Sticktillbud%2c%20blodburen%20smitta%20-%20%c3%a5tg%c3%a4rder%20vid%20Infektionsmottagningen.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/Oversikt/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/stick--och-skarskador" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/Oversikt/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-165/surrogate" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9784-44644612-76/SURROGATE/Sticktillbud%2c%20blodburen%20smitta%20-%20%c3%a5tg%c3%a4rder%20vid%20Infektionsmottagningen.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Stick--och-skarskador-samt-exponering-med-risk-for-blodburen-smitta-hos-personal/Oversikt/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/stick--och-skarskador" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/upphavda-foreskrifter/smittrisker-afs-20184/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -10730,60 +15112,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Stick- och skärskada samt exponering för blod hos personal, SÄS</dc:title>
+  <dc:title>Stick- och skärskada samt exponering för blod hos personal</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>