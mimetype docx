--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -1,4369 +1,3973 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2DB40E68" w14:textId="5F5E5218" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00530D75">
+    <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00F72263" w14:paraId="061914D4" w14:textId="30308818">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> SÄS</w:t>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:r>
+        <w:t>Reservrutin vid driftstörning i IP-telefoni, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F99755C" w14:textId="77777777" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00530D75">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF7095">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidRPr="007A334E" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="4EA6C4B6" w14:textId="6BCBB804">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidR="2169E41B">
+        <w:rPr/>
+        <w:t>Tillagt kort text om bakgrund och syfte med rutinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327185" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc181866757" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="5"/>
+      <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="6D38327F" w14:textId="77777777" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00530D75">
-[...1 lines deleted...]
-        <w:t>Rutinen beskriver hantering av akuta störningar i IP-telefoni: Dect och Cisco-telefoner.</w:t>
+    <w:p w:rsidR="00B405A1" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="1FC6584C" w14:textId="05088061">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Rutinen beskriver hantering av akuta störningar i IP-telefoni: </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Förändringar sedan föregående version</w:t>
+        <w:t>Dect</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7C77A098" w14:textId="7035FC02" w:rsidR="00530D75" w:rsidRPr="00AF7095" w:rsidRDefault="009B4CAA" w:rsidP="00530D75">
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>Översyn med uppdatering av hänvisningar/länkar</w:t>
+        <w:t xml:space="preserve"> och Cisco-</w:t>
       </w:r>
-      <w:r w:rsidR="000A7608">
-[...49 lines deleted...]
-        <w:t>telefon</w:t>
+      <w:r w:rsidR="005E73F6">
+        <w:t>telefoner</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5701BA69" w14:textId="77777777" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00D72416">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="29B03EF5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:t>Genomförande</w:t>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327186" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc181866759" w:id="7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
+        <w:t>Bakgrund och syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="78592E59" w14:textId="77777777" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00D72416">
-      <w:r w:rsidRPr="00AF7095">
+    <w:p w:rsidRPr="00023FF4" w:rsidR="009A32ED" w:rsidP="53DBEE8B" w:rsidRDefault="009A32ED" w14:paraId="696C096E" w14:textId="29F35619">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="329DD5FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Att kunna kommunicera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="22621C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">internt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="2B97CB66">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">på sjukhuset </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="22621C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="22621C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">externt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="08148209">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>är viktigt för att medarb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="12AE3C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="08148209">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>tare på SÄS ska kunna utföra sina arbetsuppgifter. Denna rutin syftar till att säkerställa förmågan att kommunicera intern och extern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="53DBEE8B" w:rsidR="77EC1EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i situationer då det är driftstörningar i IP-telefonin på SÄS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="70B2A54A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327187" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc181866760" w:id="9"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="709BB86B" w14:textId="738EB0CD">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Telefonväxeln, vårdavdelningar, vissa mottagningar och andra enheter vid SÄS har analoga telefoner att använda som reserv vid avbrott i ordinarie telefonsystem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="69B1EE3E" w14:textId="4421AFCB">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Telefonerna är märkta ”reservtelefon” och aktuellt nummer är angivet på luren eller vid sidan av telefonen. Anslutningarna går utanför växeln, man behöver därför inte slå 00 för att ringa. Riktnummer måste alltid användas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="107BEA0B" w14:textId="6A0D9E7B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">På vissa enheter används mobiltelefon som reservtelefon. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t>Vid behov.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t>Beskriv förutsättningarna som måste uppfyllas för att tillämpa rutinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327192" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc181866761" w:id="11"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00F72263" w14:paraId="69748B14" w14:textId="1C0E8E7B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:t>Åtgärder vid uppmärksammat avbrott:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1054153B" w14:textId="77777777" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00D72416">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Kontrollera om det går att ringa interna anknytningsnummer inom enheten samt </w:t>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="4C16958D" w14:textId="3E107A43">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kontrollera om det går att ringa interna anknytningsnummer inom enheten samt 09 (växeln) både från </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7095">
-[...3 lines deleted...]
-        <w:t>09</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dect</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF7095">
-        <w:t xml:space="preserve"> (växeln) både från Dect och fast Cisco-telefon.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och fast Cisco-telefon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BF2685" w14:textId="166F6604" w:rsidR="00AF7095" w:rsidRPr="00AF7095" w:rsidRDefault="00AF7095" w:rsidP="00D72416">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AF7095">
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="413EAB67" w14:textId="0A63A973">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Använd enhetens reservtelefon och kontakta växeln, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="45DF83E5">
+      <w:hyperlink w:history="1" r:id="rId7">
+        <w:r w:rsidRPr="00F72263">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">lista över </w:t>
+          <w:t>lista över telefonnummer</w:t>
         </w:r>
-        <w:r w:rsidR="00A96918">
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> till sjukhusets reservtelefoni, för att meddela att ordinarie telefoner inte fungerar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="1D99F5F7" w14:textId="455A3AF5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mobiltelefoner finns till förutbestämda larmmottagare och jourlinjer för mottagande av akuta medicinska larm och akuta ärenden och hämtas vid SÄS Borås i telefonväxeln, se </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId8">
+        <w:r w:rsidRPr="00F72263">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>telefonn</w:t>
+          <w:t>lista över telefonnummer</w:t>
         </w:r>
-        <w:r w:rsidRPr="45DF83E5">
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> till sjukhusets reservtelefoni. För larmmottagare vid SÄS Skene hämtas telefon på operationsavdelningen, SÄS Skene. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="1192F547" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="128B4F31" w14:textId="31DDAAF8">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För att säkerställa funktion i reservtelefonerna ska de användas minst en gång per månad. Ansvar vilar på vårdenhets-/enhetschef att lokal rutin för funktionskontroll upprättas och används inom varje verksamhet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F72263" w:rsidP="00F72263" w:rsidRDefault="00F72263" w14:paraId="43D265AF" w14:textId="1FF4C197">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En lista över telefonnummer till alla reservtelefoner publiceras på intranätet och ska skrivas ut och placeras i närheten av reservtelefonen. Listan revideras och publiceras fortlöpande via säkerhetsenheten. Vid revidering skickas meddelande via epost till ”SÄS avdelningschefer alla” för att möjliggöra utskrift av senast uppdaterad version. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="00412655" w:rsidRDefault="00F72263" w14:paraId="5D065FA3" w14:textId="39D9DF41">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Akuta medicinska larm rings in via reservtelefon och förmedlas av växeln till på förhand utsedda mobiltelefoner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="55F2C9B3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Uppföljning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00412655" w14:paraId="0E74B431" w14:textId="0540C35F">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00412655">
+        <w:t xml:space="preserve">Rutinen följs fortlöpande upp och justeras vid behov med längsta revideringsintervall enligt sjukhusets principer för styrdokument. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00412655" w14:paraId="46F80C1F" w14:textId="6831508E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Remissinstans, utgåva 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00487218" w:rsidR="009A32ED" w:rsidP="00412655" w:rsidRDefault="00412655" w14:paraId="1A967172" w14:textId="197C6125">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Wiki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Vuckovic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Regionservice/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Telefoniservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, SÄS </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Linda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Svalerud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Regionservice/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Telefoniservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, SÄS </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Urban Svensson, IS-IT, SÄS  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Urban Wigert, kommunikationschef, SÄS  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Magnus Eriksson, lokal- och försörjningsenhet, SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00412655" w14:paraId="188AE2C8" w14:textId="5A393B2B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327195" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc181866764" w:id="13"/>
+      <w:r>
+        <w:t>Länk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D04ED" w:rsidR="009A32ED">
+        <w:t>förteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="00412655" w:rsidP="00412655" w:rsidRDefault="00412655" w14:paraId="4D984ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Förteckning över telefonnummer till sjukhusets reservtelefoner vid SÄS Borås </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C6C0C" w:rsidP="009A32ED" w:rsidRDefault="005E73F6" w14:paraId="40AA233F" w14:textId="3C79E374">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId9">
+        <w:r w:rsidRPr="007362AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>ummer</w:t>
-[...450 lines deleted...]
-          <w:t>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S%2022-09-06.html</w:t>
+          <w:t>https://mellanarkiv-offentlig.vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="009D4B86" w:rsidSect="00AF7095">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E5C63F3" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF">
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="5CE3C019" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44314543" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF">
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="3D36266E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3C390A44" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF">
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="30B03BEB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="064B232E" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF"/>
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="6B73BE38" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62B13DEC" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF">
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="3166D44C" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="032FDD76" w14:textId="77777777" w:rsidR="006C66FF" w:rsidRDefault="006C66FF">
+    <w:p w:rsidR="00F03368" w:rsidRDefault="00F03368" w14:paraId="6BA2514D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="072683C2">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="334A2E8D">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF88"/>
-[...16 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="695930033">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1314024113">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="955411400">
-[...89 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="889420214">
+  <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="104811185">
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="00012689"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="00096CE2"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000A7608"/>
+    <w:rsid w:val="000A6349"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000C3C50"/>
-    <w:rsid w:val="000E0EE9"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="00131049"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
-    <w:rsid w:val="00194790"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001A52C9"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
-    <w:rsid w:val="00321579"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A4627"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003B2BE0"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00412655"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="0041599D"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
-    <w:rsid w:val="004C31D4"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="00507604"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00530D75"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00535F73"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="0055221C"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00574A63"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005F3CE3"/>
+    <w:rsid w:val="005E73F6"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00632A88"/>
-    <w:rsid w:val="00644AB2"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
-    <w:rsid w:val="006C33CB"/>
     <w:rsid w:val="006C5048"/>
-    <w:rsid w:val="006C66FF"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00724AEF"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B11AE"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00823153"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00891BC2"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
-    <w:rsid w:val="008B00E0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D14D3"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
-    <w:rsid w:val="009079DA"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
-    <w:rsid w:val="009360EA"/>
-    <w:rsid w:val="00940BDC"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
-    <w:rsid w:val="00947D95"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00984EB2"/>
-    <w:rsid w:val="009A5C69"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B4CAA"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009C4690"/>
-    <w:rsid w:val="009D4B86"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
-    <w:rsid w:val="00A15F62"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A96918"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
-    <w:rsid w:val="00AE06BC"/>
-    <w:rsid w:val="00AE4C32"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00AF7095"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
-    <w:rsid w:val="00B12052"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B20AAD"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BD5E19"/>
-    <w:rsid w:val="00BD79EC"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00BF7A86"/>
-    <w:rsid w:val="00C03E79"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
-    <w:rsid w:val="00C50B59"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C5630A"/>
-    <w:rsid w:val="00C7002D"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
-    <w:rsid w:val="00CA02C2"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
-    <w:rsid w:val="00CB0887"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D72416"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00DA00D5"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA2C22"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DC58B1"/>
-    <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD2077"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E85CF0"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F03368"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F52E29"/>
-    <w:rsid w:val="00F67A97"/>
+    <w:rsid w:val="00F72263"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F91325"/>
-    <w:rsid w:val="00F96262"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="2B36A76D"/>
-    <w:rsid w:val="45DF83E5"/>
+    <w:rsid w:val="0595136C"/>
+    <w:rsid w:val="08148209"/>
+    <w:rsid w:val="0B39D5F6"/>
+    <w:rsid w:val="12AE3C23"/>
+    <w:rsid w:val="17F6BF3E"/>
+    <w:rsid w:val="2169E41B"/>
+    <w:rsid w:val="22621C9B"/>
+    <w:rsid w:val="226C1DCF"/>
+    <w:rsid w:val="281D45AB"/>
+    <w:rsid w:val="2B97CB66"/>
+    <w:rsid w:val="329DD5FC"/>
+    <w:rsid w:val="32C52A7F"/>
+    <w:rsid w:val="348FDA7A"/>
+    <w:rsid w:val="3A05E253"/>
+    <w:rsid w:val="3C07EC38"/>
+    <w:rsid w:val="3C6AC467"/>
+    <w:rsid w:val="3D41078C"/>
+    <w:rsid w:val="438043FE"/>
+    <w:rsid w:val="53DBEE8B"/>
+    <w:rsid w:val="61295E4F"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="69C9F5D6"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="7B0903B5"/>
+    <w:rsid w:val="6B440989"/>
+    <w:rsid w:val="7500EEFE"/>
+    <w:rsid w:val="77EC1EBD"/>
+    <w:rsid w:val="7BE98EA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{79176CCE-1608-42A8-B604-0B5A4DF1F4D8}"/>
+  <w15:docId w15:val="{DCD9B930-1D61-4256-A1EF-7959FE4F5C78}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4388,75 +3992,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4491,57 +4095,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -4599,766 +4203,753 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00AF7095"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00823153"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...20 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AF7095"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00823153"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:ind w:left="240"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
@@ -5401,609 +4992,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6012,94 +5603,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6108,499 +5699,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DA2C22"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -6667,233 +6255,157 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...13 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AF7095"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-[...1 lines deleted...]
-    <w:rsid w:val="00AF7095"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
-      <w:ind w:left="3033" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
-[...5 lines deleted...]
-    <w:rsid w:val="00AF7095"/>
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:tabs>
-[...23 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000E0EE9"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...60 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009D4B86"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6901,81 +6413,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S%2022-09-06.html" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S%2022-09-06.html" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S%2022-09-06.html" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S.html" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas694-799060265-70/surrogate/Reservtelefoni%20S%c3%84S.html" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -7255,133 +6747,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...91 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Reservrutin vid driftstörning i IP-telefoni, SÄS</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>