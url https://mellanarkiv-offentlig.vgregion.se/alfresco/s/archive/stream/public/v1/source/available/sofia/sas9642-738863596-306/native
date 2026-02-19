--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,232 +6,246 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2E2AD4F6" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00937B29">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00937B29" w:rsidRDefault="000A58B2" w14:paraId="2E2AD4F6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc314219769"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk31292410"/>
+      <w:bookmarkStart w:name="_Toc314219769" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="1"/>
+      <w:bookmarkStart w:name="_Hlk31292410" w:id="2"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Perkutan endoskopisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> (PEG) för vuxna patienter vid SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C389F09" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="006A3F9D">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="006A3F9D" w:rsidRDefault="000A58B2" w14:paraId="3C389F09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc473128389"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc161911881"/>
+      <w:bookmarkStart w:name="_Toc473128389" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc37238658" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc161911881" w:id="14"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="6339E28D" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="006A3F9D">
+    <w:p w:rsidR="000A58B2" w:rsidP="006A3F9D" w:rsidRDefault="000A58B2" w14:paraId="6339E28D" w14:textId="59998150">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Rutinen beskriver vad en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> är, vilka förberedelser som krävs inför anläggandet av PEG/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>, eventuella komplikationer som kan uppstå efter anläggning av PEG/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> samt eftervård för vuxna patienter som är beroende av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>enteral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> nutrition/läkemedelstillförsel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6652FFAB" w14:textId="1CFC440C" w:rsidR="00937B29" w:rsidRDefault="006A3F9D" w:rsidP="006A3F9D">
+    <w:p w:rsidR="00937B29" w:rsidP="006A3F9D" w:rsidRDefault="006A3F9D" w14:paraId="6652FFAB" w14:textId="1CFC440C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc161911882"/>
-      <w:r>
+      <w:bookmarkStart w:name="_Toc161911882" w:id="15"/>
+      <w:r w:rsidR="006A3F9D">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="55B26655" w14:textId="3EF472DC" w:rsidR="006A3F9D" w:rsidRPr="000A58B2" w:rsidRDefault="003E0A95" w:rsidP="006A3F9D">
-[...4 lines deleted...]
-    <w:p w14:paraId="3EB52399" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="00203A2C" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidR="49068320" w:rsidP="34D8973A" w:rsidRDefault="49068320" w14:paraId="21D066A1" w14:textId="10250D4A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="49068320">
+        <w:rPr/>
+        <w:t>Förtydliganden om hantering av push-PEG.</w:t>
+      </w:r>
+      <w:r w:rsidR="44B962D0">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Redaktionella ändringar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00203A2C" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="3EB52399" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00203A2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="16" w:name="_Toc473128390"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="613D663C" w14:textId="1A639BF9" w:rsidR="00EE78E3" w:rsidRDefault="002D67EA">
+    <w:bookmarkStart w:name="_Toc473128390" w:id="16"/>
+    <w:bookmarkStart w:name="_Toc256000001" w:id="17"/>
+    <w:bookmarkStart w:name="_Toc256000017" w:id="18"/>
+    <w:bookmarkStart w:name="_Toc256000033" w:id="19"/>
+    <w:bookmarkStart w:name="_Toc256000049" w:id="20"/>
+    <w:bookmarkStart w:name="_Toc256000065" w:id="21"/>
+    <w:bookmarkStart w:name="_Toc37238659" w:id="22"/>
+    <w:bookmarkStart w:name="_Toc256000003" w:id="23"/>
+    <w:bookmarkStart w:name="_Toc256000090" w:id="24"/>
+    <w:bookmarkStart w:name="_Toc256000119" w:id="25"/>
+    <w:bookmarkStart w:name="_Toc256000148" w:id="26"/>
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="002D67EA" w14:paraId="613D663C" w14:textId="1A639BF9">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc161911881" w:history="1">
-        <w:r w:rsidR="00EE78E3" w:rsidRPr="004B3030">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911881">
+        <w:r w:rsidRPr="004B3030" w:rsidR="00EE78E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -245,63 +259,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00EE78E3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B87EF4E" w14:textId="33A99FFE" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="0B87EF4E" w14:textId="33A99FFE">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911882" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911882">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -316,63 +330,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78F43F33" w14:textId="650777CE" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="78F43F33" w14:textId="650777CE">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911883" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911883">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -387,63 +401,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D298CC0" w14:textId="639AC287" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="4D298CC0" w14:textId="639AC287">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911884" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911884">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -458,63 +472,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E097A17" w14:textId="62B5BA57" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="4E097A17" w14:textId="62B5BA57">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911885" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911885">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Olika typer av gastrostomioperationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -529,63 +543,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C9DA41D" w14:textId="73F5BC6C" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="5C9DA41D" w14:textId="73F5BC6C">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911886" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911886">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>PEG=Perkutan Endoskopisk Gastrostomi (vanligast)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -600,63 +614,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26ADCB9F" w14:textId="04C07DAA" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="26ADCB9F" w14:textId="04C07DAA">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911887" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911887">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Push-PEG</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -671,63 +685,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7469597E" w14:textId="00F1E787" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="7469597E" w14:textId="00F1E787">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911888" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911888">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Witzelfistel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -742,63 +756,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="089B2299" w14:textId="41BB6560" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="089B2299" w14:textId="41BB6560">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911889" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911889">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gastrotub</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -813,63 +827,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="428B09BE" w14:textId="70B60A41" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="428B09BE" w14:textId="70B60A41">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911890" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911890">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Knapp/gastrostomiport</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -884,63 +898,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B01A6C5" w14:textId="152D544F" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="6B01A6C5" w14:textId="152D544F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911891" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911891">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Indikation för anläggning av gastrostomi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -955,63 +969,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3967D139" w14:textId="054A7785" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="3967D139" w14:textId="054A7785">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911892" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911892">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kontraindikationer för anläggning av gastrostomi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1026,63 +1040,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5ED242B5" w14:textId="5B7443C6" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="5ED242B5" w14:textId="5B7443C6">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911893" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911893">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1097,63 +1111,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43561323" w14:textId="4B226E17" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="43561323" w14:textId="4B226E17">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911894" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911894">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förberedelser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1168,63 +1182,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58290971" w14:textId="4198ACA3" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="58290971" w14:textId="4198ACA3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911895" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911895">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Blodförtunnande läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1239,63 +1253,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="395C2B30" w14:textId="20594EBC" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="395C2B30" w14:textId="20594EBC">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911896" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911896">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Profylax</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1310,63 +1324,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FF1A2F0" w14:textId="78558BAD" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="1FF1A2F0" w14:textId="78558BAD">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911897" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911897">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Efter PEG-inläggning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1381,63 +1395,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14048424" w14:textId="63699888" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="14048424" w14:textId="63699888">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911898" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911898">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Läkemedelstillförsel via PEG</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1452,63 +1466,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C4E2057" w14:textId="3A327E4A" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="0C4E2057" w14:textId="3A327E4A">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911899" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911899">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Komplikationer och problem</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1523,63 +1537,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C3B531E" w14:textId="0A46DDC6" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="2C3B531E" w14:textId="0A46DDC6">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911900" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911900">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Blödning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1594,63 +1608,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AF0717F" w14:textId="01799C7A" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="7AF0717F" w14:textId="01799C7A">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911901" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911901">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Felaktigt läge</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1665,63 +1679,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="753F1FE7" w14:textId="4C92542E" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="753F1FE7" w14:textId="4C92542E">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911902" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911902">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>PEG-slang som åkt ut</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1736,63 +1750,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11B7CA0C" w14:textId="22ABE56A" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="11B7CA0C" w14:textId="22ABE56A">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911903" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911903">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Infektion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1807,63 +1821,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52CEDBD7" w14:textId="7588B1D3" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="52CEDBD7" w14:textId="7588B1D3">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911904" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911904">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Granulationsvävnad</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1878,63 +1892,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64D4AAC2" w14:textId="14205EFB" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="64D4AAC2" w14:textId="14205EFB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911905" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911905">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kontaktuppgifter</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1949,63 +1963,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DA7C4A5" w14:textId="70B53DAA" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="4DA7C4A5" w14:textId="70B53DAA">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911906" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911906">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Endoskopienheten, SÄS, Borås</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2020,63 +2034,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="382FC48F" w14:textId="65DDF643" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="382FC48F" w14:textId="65DDF643">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911907" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911907">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>AK-mottagning, SÄS, Borås</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2091,63 +2105,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B947AE4" w14:textId="7C3637CE" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="1B947AE4" w14:textId="7C3637CE">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911908" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911908">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2162,63 +2176,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A3B479C" w14:textId="607DF5BB" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="2A3B479C" w14:textId="607DF5BB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911909" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911909">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2233,63 +2247,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F36E9CA" w14:textId="45E19A5F" w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3">
+    <w:p w:rsidR="00EE78E3" w:rsidRDefault="00EE78E3" w14:paraId="3F36E9CA" w14:textId="45E19A5F">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161911910" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc161911910">
         <w:r w:rsidRPr="004B3030">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2304,899 +2318,1025 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78C1E9CC" w14:textId="38B3B41D" w:rsidR="000A58B2" w:rsidRPr="00EE78E3" w:rsidRDefault="002D67EA" w:rsidP="00EE78E3">
+    <w:p w:rsidRPr="00EE78E3" w:rsidR="000A58B2" w:rsidP="00EE78E3" w:rsidRDefault="002D67EA" w14:paraId="78C1E9CC" w14:textId="38B3B41D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Toc161911883"/>
-      <w:r w:rsidR="000A58B2" w:rsidRPr="00EE78E3">
+      <w:bookmarkStart w:name="_Toc161911883" w:id="27"/>
+      <w:r w:rsidRPr="00EE78E3" w:rsidR="000A58B2">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="42332062" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="42332062" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Rutinen gäller för personal vid SÄS och rekommenderas för externa vård-givare (primärvård och kommunal hälso- och sjukvård).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6E3162" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="3E6E3162" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc37238660"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="_Toc161911884"/>
+      <w:bookmarkStart w:name="_Toc37238660" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000149" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc161911884" w:id="33"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Definition</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="24695804" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="24695804" w14:textId="77777777">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> är en skapad kanal mellan magsäck och utsidan av bukväggen. För att hålla kanalen öppen krävs en genomgående slang. Om slangen tas bort sluter sig kanalen i allmänhet inom något dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78625C01" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="78625C01" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc37238661"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Toc161911885"/>
+      <w:bookmarkStart w:name="_Toc37238661" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc161911885" w:id="39"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Olika typer av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomioperationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7070884C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="7070884C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc37238662"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="45" w:name="_Toc161911886"/>
+      <w:bookmarkStart w:name="_Toc37238662" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc161911886" w:id="45"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">PEG=Perkutan Endoskopisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> (vanligast)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="2829C838" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="2829C838" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">En PEG är anlagd med hjälp av gastroskop utan öppnande av bukhålan. Med denna metod är det endast </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomikatetern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> som fixerar ventrikeln mot bukväggen. Om katetern tas bort innan ventrikeln har fäst mot bukväggen kan magsäcken släppa och orsaka ett tillstånd som vid perforerat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>ulcus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> med läckage i fri bukhåla. PEG anläggs vanligtvis i lokalbedövning och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>sedation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> på endoskopiavdelningen. I indicerade fall sövs patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F2C284" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="65F2C284" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc37238663"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="51" w:name="_Toc161911887"/>
+      <w:bookmarkStart w:name="_Toc37238663" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc161911887" w:id="51"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Push-PEG</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w14:paraId="2D1D284F" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000A58B2">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="2D1D284F" w14:textId="06BC4796">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>Anläggs endoskopiskt</w:t>
+      </w:r>
+      <w:r w:rsidR="00097B2A">
+        <w:rPr/>
+        <w:t xml:space="preserve"> på </w:t>
+      </w:r>
+      <w:r w:rsidR="00097B2A">
+        <w:rPr/>
+        <w:t>operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00097B2A">
+        <w:rPr/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">Ingreppet utförs i narkos och oftast sätts </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>gastrotub</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> 18 Fr</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05385">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05385">
+        <w:rPr/>
+        <w:t xml:space="preserve">i vissa fall sätts en </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05385">
+        <w:rPr/>
+        <w:t>Mic-key</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05385">
+        <w:rPr/>
+        <w:t xml:space="preserve"> knapp</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05385">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>Kuff</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">-ballong </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">fylls </w:t>
+      </w:r>
+      <w:r w:rsidR="00284F2E">
+        <w:rPr/>
+        <w:t>med sterilt vatten, mängd enligt tillverkaren</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">. Ventrikelns fästs upp mot bukväggen med hjälp av hållsuturer. Metoden används då sedvanlig PEG-inläggning inte är möjlig </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>t.ex.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve"> att patienten är trång i svalget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A016D2" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="52A016D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc37238664"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="57" w:name="_Toc161911888"/>
+      <w:bookmarkStart w:name="_Toc37238664" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000124" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc161911888" w:id="57"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Witzelfistel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="62985200" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="62985200" w14:textId="77777777">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Minilaparotomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">. Ventrikelväggen sys fast mot bukväggen. Ingreppet utförs i narkos och en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrotub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> sätts. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Kuffballong</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> fylls med 10 ml sterilt vatten. Knapp kan placeras direkt om så önskas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088EB06E" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="088EB06E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc37238665"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Toc161911889"/>
+      <w:bookmarkStart w:name="_Toc37238665" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000125" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc161911889" w:id="63"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
-        <w:lastRenderedPageBreak/>
         <w:t>Gastrotub</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="65132B0C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00203A2C">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00203A2C" w:rsidRDefault="000A58B2" w14:paraId="65132B0C" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Ballongkateter som används då patienten har en etablerad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomikanal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> eller vid anläggning av push-PEG/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Witzelfistel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">, se ovan. Fäster med hjälp av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>ballongkuff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> på insidan av ventrikeln. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Gastrotub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> byts tidigast 3 månader efter första insättandet och byts sedan var tredje månad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B676951" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="2B676951" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc37238666"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="_Toc161911890"/>
+      <w:bookmarkStart w:name="_Toc37238666" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc256000126" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc161911890" w:id="69"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Knapp/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomiport</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="394008DD" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="394008DD" w14:textId="7AE221D8">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>Knapp/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>gastrostomiport</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve"> används då patienten har en etablerad </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>gastrostomi</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="68A0E837" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>kana</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>eller vid anläggning av push-PEG</w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>Witzelfiste</w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087576B">
+        <w:rPr/>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>äster med en</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>ballongkuf</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> på insidan av ventrikeln. Knappen har en låg profil och ligger platt mot huden, en matningsslang</w:t>
+      </w:r>
+      <w:r w:rsidR="00301E50">
+        <w:rPr/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00301E50">
+        <w:rPr/>
+        <w:t>kopplingsslang</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>kopplas till knappen vid administrering av läkemedel och välling. Byts var tredje månad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="68A0E837" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc37238667"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="75" w:name="_Toc161911891"/>
+      <w:bookmarkStart w:name="_Toc37238667" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc161911891" w:id="75"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Indikation för anläggning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7FF96F53" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="7FF96F53" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Sväljningssvårigheter av olika etiologi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F30D231" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="1F30D231" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Passagehinder i esofagus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFC7233" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="2EFC7233" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Malnutrition av olika genes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B5E48C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="25B5E48C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Hjälpmedel vid nutrition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0D966A" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="4E0D966A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Postoperativt efter stora bukingrepp. För att kunna starta tidig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>enteral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> nutrition samt för att dränera ventrikeln vid illamående.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A504C40" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B5111A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B5111A" w:rsidRDefault="000A58B2" w14:paraId="7A504C40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc37238668"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="_Toc161911892"/>
+      <w:bookmarkStart w:name="_Toc37238668" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc161911892" w:id="81"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Kontraindikationer för anläggning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="758A3B18" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="758A3B18" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Ventrikelresecerade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> patienter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5309EDB2" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="5309EDB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Ascites</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF0A7BF" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="3EF0A7BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Hepatomegali</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F048622" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="002D67EA" w:rsidRDefault="000A58B2" w:rsidP="002D67EA">
+    <w:p w:rsidRPr="002D67EA" w:rsidR="000A58B2" w:rsidP="002D67EA" w:rsidRDefault="000A58B2" w14:paraId="4F048622" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc37238669"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="87" w:name="_Toc161911893"/>
+      <w:bookmarkStart w:name="_Toc37238669" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc161911893" w:id="87"/>
       <w:r w:rsidRPr="002D67EA">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
-    <w:p w14:paraId="7B9A976C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="7B9A976C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc37238670"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="_Toc161911894"/>
+      <w:bookmarkStart w:name="_Toc37238670" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc161911894" w:id="93"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Förberedelser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
-    <w:p w14:paraId="74AFF89A" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="74AFF89A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Patienten får inta fast föda endast fram till midnatt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE11B37" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="00301E50" w14:paraId="1DE11B37" w14:textId="0DCB8B7C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5FDDDCC7" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="00301E50">
+        <w:rPr/>
+        <w:t>Klar dryck</w:t>
+      </w:r>
+      <w:r w:rsidR="00301E50">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t>får intas fram till 4 timmar före planerad åtgärd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="5FDDDCC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Perifer venkateter (PVK) ska finnas, om möjligt i höger arm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D6BA94A" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="5D6BA94A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Dusch och tvätt med vanlig tvål på kvällen före operation eller på operationsdagens morgon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064A6469" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="064A6469" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Patienten ska ha ren patientskjorta och ligga i säng med rena sängkläder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFAD287" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="6EFAD287" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Smycken lämnas på vårdavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276B82B3" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="276B82B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
-        <w:lastRenderedPageBreak/>
         <w:t>Hb och PK, högst en vecka, gamla ska finnas. PK ska inte vara högre än 1,5 vid PEG-inläggning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6281D807" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00B07939">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00B07939" w:rsidRDefault="000A58B2" w14:paraId="6281D807" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc473128394"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="105" w:name="_Toc161911895"/>
+      <w:bookmarkStart w:name="_Toc473128394" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc37238671" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc161911895" w:id="105"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Blodförtunnande läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
-    <w:p w14:paraId="2A497DEE" w14:textId="01EAB0C4" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="008E0ECB">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="008E0ECB" w:rsidRDefault="000A58B2" w14:paraId="2A497DEE" w14:textId="01EAB0C4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E0ECB">
         <w:t xml:space="preserve">Blodförtunnande läkemedel, förutom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E0ECB">
         <w:t>Trombyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E0ECB">
         <w:t xml:space="preserve"> ska sättas ut inför PEG-inläggning. Kontakta endoskopimottagningen och meddela om patienten behandlas med blodförtunnande medicin, telefon </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE44D1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033-616 19 73</w:t>
       </w:r>
       <w:r w:rsidRPr="008E0ECB">
         <w:t xml:space="preserve">. Vid behandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E0ECB">
         <w:t>Waran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E0ECB">
         <w:t xml:space="preserve"> kontakta även AK-mottagningen. Se också riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="008E0ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Antikoagulantia</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="008E0ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> och trombocythämmare, tillfällig utsättning inför </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="008E0ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>elektiv</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="008E0ECB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> operation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6070D0D3" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="6070D0D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc473128396"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="117" w:name="_Toc161911896"/>
+      <w:bookmarkStart w:name="_Toc473128396" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc37238672" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000132" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc161911896" w:id="117"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Profylax</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
     </w:p>
-    <w:p w14:paraId="630825C9" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="630825C9" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">I direkt anslutning till PEG-inläggning får patienten 20 ml </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Bactrim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> 40 mg/ml + 8 mg/ml, oral suspensionslösning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>PEG:en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> som en engångsdos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9E88E1" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="4A9E88E1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:color w:val="2E6B74"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Vid sulfaöverkänslighet ges intravenös injektion, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="118" w:name="_Toc473128397"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="123" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:name="_Toc473128397" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="123"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Piperacillin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Tazobactam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:color w:val="2E6B74"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t>4g/0,5g</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF5F90E" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="3EF5F90E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="124" w:name="_Toc37238673"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="129" w:name="_Toc161911897"/>
+      <w:bookmarkStart w:name="_Toc37238673" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc256000162" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc161911897" w:id="129"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Efter PEG-inläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
     </w:p>
-    <w:p w14:paraId="7D605557" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="7D605557" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Börja försiktigt med ljummet kranvatten. Om detta fungerar utan problem, d.v.s. utan motstånd och ingen smärta, kan övergång göras till planerad nutri</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:softHyphen/>
         <w:t>tion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B6E0D7" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="73B6E0D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Vid minsta osäkerhet avseende läget utförs kontrollgastroskopi eller kontraströntgen</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DC8A39" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="49DC8A39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Alla patienter får en lokal, lätt peritonitretning kring </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-katetern och därmed smärta</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t>.</w:t>
@@ -3213,233 +3353,274 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> Alvedon) 1 g 1+1+1+1 ges därför i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrostomikatetern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> under första dygnet, behandlingen kan fortsätta i några dagar för att lindra sårsmärta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAF78C3" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="2CAF78C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Undvik att använda andra klämmor än de som hör till PEG-katetern.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B89253" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="62B89253" w14:textId="39AE1441">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000A58B2">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve">Tvätta och torka torrt runt </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>PEG:en</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve"> en gång/dag. De första tio dagarna ska </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>stomat</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve"> dock endast rengöras vid behov. Efter tio dagar ska </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>PEG:en</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A58B2">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
         <w:t>stomat</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5DD270EA" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> även roteras minst en gång/dag.</w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t xml:space="preserve">Om </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t>push</w:t>
+      </w:r>
+      <w:r w:rsidR="1E85319D">
+        <w:rPr/>
+        <w:t>-PEG</w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t xml:space="preserve">ska </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t xml:space="preserve">den </w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t>inte roteras under de första två veckorna</w:t>
+      </w:r>
+      <w:r w:rsidR="00937AB3">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A58B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Vid behov placeras en absorberande kompress mellan hud och platta, med den plastade sidan uppåt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="5DD270EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Byte från PEG till knapp/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrotub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> kan göras tidigast efter tre månader då magsäcken har fäst mot bukväggen; detta utförs i lokalanestesi på endo</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:softHyphen/>
         <w:t xml:space="preserve">skopienheten. En PEG-kateter kan dock användas </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>5-8</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> månader eller så länge den fungerar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D429706" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="6D429706" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Om katetern blir sliten vid anslutningen kan PEG-slangen klippas och anslutningsadaptern flyttas, se bild nedan (1). Den blir då kortare med tiden och kan då behöva bytas till exempelvis en knapp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA8AF1A" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="2EA8AF1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
-        <w:lastRenderedPageBreak/>
         <w:t>Knapp/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrotub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> avvecklas genom att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>kuffen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> töms och kateters dras ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18523DE8" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="18523DE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Patient, anhörig/närstående informeras om att de eller extern vårdgivare (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> kommunal hälso- och sjukvård) själva får beställa tid på endoskopienheten för byte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261DAF5F" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="261DAF5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="130" w:name="_Toc256000009"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="140" w:name="_Toc161911898"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc37238674" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000134" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc161911898" w:id="140"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Läkemedelstillförsel via PEG</w:t>
       </w:r>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
     </w:p>
-    <w:p w14:paraId="5BDD8AEE" w14:textId="74F4B302" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00CB6237">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00CB6237" w:rsidRDefault="000A58B2" w14:paraId="5BDD8AEE" w14:textId="74F4B302">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">För läkemedelstillförsel via PEG/sond, beakta regiongemensam rutin för </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00406E0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>läkemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D27A7DF" w14:textId="6078C059" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00406E0B">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00406E0B" w:rsidRDefault="000A58B2" w14:paraId="5D27A7DF" w14:textId="6078C059">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26E8CE05" wp14:editId="536A1D1A">
             <wp:extent cx="4676775" cy="1885950"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Fotot visar en PEG-sond med ventil som ligger på en mörkgrön operationsduk. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Fotot visar en PEG-sond med ventil som ligger på en mörkgrön operationsduk. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -3454,949 +3635,926 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4676775" cy="1885950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A58B2">
         <w:t>Foto: Fotomedia, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556006ED" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00406E0B">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00406E0B" w:rsidRDefault="000A58B2" w14:paraId="556006ED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="141" w:name="_Kontaktuppgifter"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="153" w:name="_Toc161911899"/>
+      <w:bookmarkStart w:name="_Kontaktuppgifter" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc37238675" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc256000164" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc161911899" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc473128399" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="153"/>
       <w:bookmarkEnd w:id="141"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Komplikationer och problem</w:t>
       </w:r>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
-      <w:bookmarkEnd w:id="153"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5FF6A808" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00406E0B">
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00406E0B" w:rsidRDefault="000A58B2" w14:paraId="5FF6A808" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="154" w:name="_Toc37238676"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="159" w:name="_Toc161911900"/>
+      <w:bookmarkStart w:name="_Toc37238676" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc161911900" w:id="159"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Blödning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w14:paraId="1499375D" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00406E0B">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00406E0B" w:rsidRDefault="000A58B2" w14:paraId="1499375D" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Vid blodigt ventrikelinnehåll i slangen, blödning intill katetern via stomi</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:softHyphen/>
         <w:t xml:space="preserve">öppningen eller svart avföring ska gastroskopi övervägas, kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>koagulationsprover</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EDB94F" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="54EDB94F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="_Toc37238677"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="165" w:name="_Toc161911901"/>
+      <w:bookmarkStart w:name="_Toc37238677" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000137" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000166" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc161911901" w:id="165"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Felaktigt läge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
     </w:p>
-    <w:p w14:paraId="3EEAF353" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="3EEAF353" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Om vällingen läcker ut intill katetern i samband med matning, man känner ett ökat motstånd eller noterar svullnad i området vid spolning av slangen och patienten upplever smärta och obehag, kan slangen ha glidit ut ur ventrikeln och sitta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>subcutant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>. Kontrollera siffergraderingen på slangen för att se om det stämmer med centimeteravstånd som angivits vid PEG-inläggningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56859902" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="56859902" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Om patienten får peritonitsymtom såsom blir blek, kallsvettig, får feber och allmänpåverkan samt upplever svår smärta vid matning, kan slangen glidit och hamnat i fri bukhåla. Läget ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>röntgenkontrolleras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> med kontrast via slangen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4BC41B" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="5E4BC41B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="166" w:name="_Toc37238678"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="171" w:name="_Toc161911902"/>
+      <w:bookmarkStart w:name="_Toc37238678" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000138" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc256000167" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc161911902" w:id="171"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>PEG-slang som åkt ut</w:t>
       </w:r>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
     </w:p>
-    <w:p w14:paraId="1BAF2C9B" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="00BE078A" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="00BE078A" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="1BAF2C9B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE078A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Om en nylagd PEG (kortare än 3 månader) av misstag dragits/åkt ut ska det inte göras ett försök att få in en ny slang, utan kontakt tas </w:t>
-[...7 lines deleted...]
-        <w:t>med endo</w:t>
+        <w:t>Om en nylagd PEG (kortare än 3 månader) av misstag dragits/åkt ut ska det inte göras ett försök att få in en ny slang, utan kontakt tas med endo</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE078A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>skopimottagningen så fort som möjligt, alternativt kirurgjour om det är under jourtid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4F0642" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="2A4F0642" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Om en PEG/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>gastrotub</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">/knapp som suttit längre tid än 3 månader av misstag dragits/åkt ur måste en ny slang/kateter läggas in så fort som möjligt, då </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>stomat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> läker ihop snabbt om det inte sitter någon slang i som håller det öppet. Det ska gå lätt, utan motstånd att föra in den nya slangen. Vid osäkerhet om slangens läge ska den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>kontrollröntgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> med kontrast via slangen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AFE48C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="34AFE48C" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Om det inte går att få in någon ny slang/kateter ska patienten läggas in med parenteral vätska för vidare handläggning under kontorstid. Remiss ska utfärdas till endoskopimottagningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADFAF24" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="5ADFAF24" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="172" w:name="_Toc37238679"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="177" w:name="_Toc161911903"/>
+      <w:bookmarkStart w:name="_Toc37238679" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc256000139" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000168" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc161911903" w:id="177"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Infektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
     </w:p>
-    <w:p w14:paraId="524EE194" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="524EE194" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Om patienten får infektionstecken såsom feber, rodnad, svullnad/abscess kan behandling behöva sättas in med antibiotika samt eventuell dränering av abscess.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3730BB04" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="3730BB04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="178" w:name="_Toc37238680"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="183" w:name="_Toc161911904"/>
+      <w:bookmarkStart w:name="_Toc37238680" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="181"/>
+      <w:bookmarkStart w:name="_Toc256000169" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc161911904" w:id="183"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Granulationsvävnad</w:t>
       </w:r>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
     </w:p>
-    <w:p w14:paraId="63835088" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="63835088" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Granulationsvävnad kan bildas runt stomin. Det kan vara lättblödande och vätskande. Kan också leda till att PEG-slangen och den yttre stopplattan skaver och irriterar. Granulationsvävnad kan behandlas med lapis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB56792" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="3FB56792" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Vid komplikationer/problem ska PEG-ansvarig sjuksköterska på endoskopimottagningen kontaktas, telefon </w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>033-616 10 44</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t>. Vid akuta komplikationer under jourtid kontaktas kirurgjouren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5310AD" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="2D5310AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="184" w:name="_Toc37238681"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="189" w:name="_Toc161911905"/>
+      <w:bookmarkStart w:name="_Toc37238681" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000112" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc256000141" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc256000170" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc161911905" w:id="189"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Kontaktuppgifter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
     </w:p>
-    <w:p w14:paraId="66B37F02" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="66B37F02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="190" w:name="_Toc473128400"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="201" w:name="_Toc161911906"/>
+      <w:bookmarkStart w:name="_Toc473128400" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc37238682" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc256000171" w:id="200"/>
+      <w:bookmarkStart w:name="_Toc161911906" w:id="201"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Endoskopienheten, SÄS, Borås</w:t>
       </w:r>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
     </w:p>
-    <w:p w14:paraId="0F1C587B" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="0F1C587B" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Telefon: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C62D09">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033 – 616 27 90</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7B179C" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="4D7B179C" w14:textId="77777777">
       <w:r w:rsidRPr="000A58B2">
         <w:t>Vid frågor:</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Ansvarig PEG-sjuksköterska, telefon: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C62D09">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033 – 616 10 44</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0645ACF8" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BE078A">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BE078A" w:rsidRDefault="000A58B2" w14:paraId="0645ACF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="202" w:name="_Toc473128401"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="213" w:name="_Toc161911907"/>
+      <w:bookmarkStart w:name="_Toc473128401" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc37238683" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc256000172" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc161911907" w:id="213"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>AK-mottagning, SÄS, Borås</w:t>
       </w:r>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
     </w:p>
-    <w:p w14:paraId="3A094BC9" w14:textId="28B4F2C4" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="3A094BC9" w14:textId="28B4F2C4">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Telefon: </w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>033 – 616 10 28</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A58B2">
         <w:t>Måndag - fredag 08:00 - 09:30 och 14:00 - 14:30</w:t>
       </w:r>
       <w:r w:rsidR="00BB7182">
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AD1F83" w14:textId="0776A6FD" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="11AD1F83" w14:textId="0776A6FD">
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve">Kvällar/helger kontaktas </w:t>
       </w:r>
       <w:r w:rsidR="00BB7182">
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t>medicin</w:t>
       </w:r>
       <w:r w:rsidR="00BB7182">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>husjour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> via telefonväxeln.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D26625" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="00361791" w:rsidRDefault="000A58B2" w:rsidP="00361791">
+    <w:p w:rsidRPr="00361791" w:rsidR="000A58B2" w:rsidP="00361791" w:rsidRDefault="000A58B2" w14:paraId="12D26625" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="214" w:name="_Toc182366122"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="226" w:name="_Toc161911908"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc473128402" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="218"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc37238684" w:id="221"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="222"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="224"/>
+      <w:bookmarkStart w:name="_Toc256000173" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc161911908" w:id="226"/>
       <w:r w:rsidRPr="00361791">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
     </w:p>
-    <w:p w14:paraId="2CA56100" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="001007CD" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="001007CD" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="2CA56100" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001007CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F870262" w14:textId="6AF493F0" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="5F870262" w14:textId="6AF493F0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Maria Andersson, sjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidR="00BB7182">
         <w:t>VO AnOpIVA</w:t>
       </w:r>
       <w:r>
         <w:t>/endoskopienheten, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">Monika Mazura, sjuksköterska, </w:t>
       </w:r>
       <w:r w:rsidR="00BB7182">
         <w:t>VO AnOpIVA</w:t>
       </w:r>
       <w:r>
         <w:t>/endoskopienheten, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>Jorge Arroyo, överläkare, VO kirurgi, ortopedi och öron-näsa-hals, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37144A88" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="001007CD" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="001007CD" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="37144A88" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="227" w:name="_Toc149035757"/>
-      <w:bookmarkStart w:id="228" w:name="_Toc149978547"/>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="228"/>
       <w:r w:rsidRPr="001007CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:r w:rsidRPr="001007CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207C1E72" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="207C1E72" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A8C97D" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="001007CD" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="001007CD" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="54A8C97D" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001007CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A46A496" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="6A46A496" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33250913" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="001007CD" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidRPr="001007CD" w:rsidR="000A58B2" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="33250913" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001007CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54958541" w14:textId="77777777" w:rsidR="00AB7485" w:rsidRDefault="000A58B2" w:rsidP="001007CD">
+    <w:p w:rsidR="00AB7485" w:rsidP="001007CD" w:rsidRDefault="000A58B2" w14:paraId="54958541" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gastrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, PEG, katetrar, kateterisering, infartsvägar, sonder, kirurgiska ingrepp, preoperativa förberedelser, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>preop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, mag-tarmkanalen, medicinering, läkemedelsbehandling, läkemedelsordinationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF37AD4" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="00361791" w:rsidRDefault="000A58B2" w:rsidP="00361791">
+    <w:p w:rsidRPr="00361791" w:rsidR="000A58B2" w:rsidP="00361791" w:rsidRDefault="000A58B2" w14:paraId="7BF37AD4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="229" w:name="_Toc473128403"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="240" w:name="_Toc161911909"/>
+      <w:bookmarkStart w:name="_Toc473128403" w:id="229"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="232"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="234"/>
+      <w:bookmarkStart w:name="_Toc37238685" w:id="235"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="236"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc256000145" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc256000174" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc161911909" w:id="240"/>
       <w:r w:rsidRPr="00361791">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:r w:rsidRPr="00361791">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389FD36B" w14:textId="4CE2182B" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00BC07B9">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00BC07B9" w:rsidRDefault="000A58B2" w14:paraId="389FD36B" w14:textId="4CE2182B">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
-        <w:t xml:space="preserve">Blomberg, J., P. </w:t>
+        <w:t xml:space="preserve">Blomberg, J., P. Lagergren, L. Martin, F. Mattsson, and J. Lagergren, Novel approach to antibiotic prophylaxis in percutaneous endoscopic gastrostomy (PEG): </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
-        <w:t>Lagergren</w:t>
+        <w:t>randomised</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
-        <w:t xml:space="preserve">, L. Martin, F. </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> controlled trial. BMJ, 2010. 341: p. c3115</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667E8DAE" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="00361791" w:rsidRDefault="000A58B2" w:rsidP="00361791">
+    <w:p w:rsidRPr="00361791" w:rsidR="000A58B2" w:rsidP="00361791" w:rsidRDefault="000A58B2" w14:paraId="667E8DAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="241" w:name="_Toc473128404"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="252" w:name="_Toc161911910"/>
+      <w:bookmarkStart w:name="_Toc473128404" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="243"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="246"/>
+      <w:bookmarkStart w:name="_Toc37238686" w:id="247"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="248"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="249"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="250"/>
+      <w:bookmarkStart w:name="_Toc256000175" w:id="251"/>
+      <w:bookmarkStart w:name="_Toc161911910" w:id="252"/>
       <w:r w:rsidRPr="00361791">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
     </w:p>
-    <w:p w14:paraId="200E35F0" w14:textId="4E3B2A5F" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00AB7485">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00AB7485" w:rsidRDefault="000A58B2" w14:paraId="200E35F0" w14:textId="4E3B2A5F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> och trombocythämmare, tillfällig utsättning inför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t>elektiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A58B2">
         <w:t xml:space="preserve"> operation</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="002C524C" w:rsidRPr="002C524C">
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="002C524C" w:rsidR="002C524C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sa</w:t>
         </w:r>
         <w:r w:rsidR="002C524C">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C37F6FA" w14:textId="77777777" w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidRDefault="000A58B2" w:rsidP="00AB7485">
+    <w:p w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidP="00AB7485" w:rsidRDefault="000A58B2" w14:paraId="5C37F6FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000A58B2">
         <w:t>Läkemedelshanteringsrutin, kap 6. Västra Götalandsregionen.</w:t>
       </w:r>
       <w:r w:rsidRPr="000A58B2">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00C62D09">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:sectPr w:rsidR="000A58B2" w:rsidRPr="000A58B2" w:rsidSect="000A58B2">
+    <w:sectPr w:rsidRPr="000A58B2" w:rsidR="000A58B2" w:rsidSect="000A58B2">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="295465F9" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A">
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="4298FF7B" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="065FBDF7" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A">
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="16864867" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F6D29A7" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A">
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="2C9CB546" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -4404,163 +4562,163 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -4593,313 +4751,313 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B14F397" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A"/>
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="01D73B4D" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71A1EB1C" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A">
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="6BEDADC6" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15F0DB6B" w14:textId="77777777" w:rsidR="008C0E9A" w:rsidRDefault="008C0E9A">
+    <w:p w:rsidR="00860A91" w:rsidRDefault="00860A91" w14:paraId="1622F5B0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict w14:anchorId="3BAE908F">
+        <mc:Fallback>
+          <w:pict w14:anchorId="0A6EB620">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict w14:anchorId="4E62DB29">
+        <mc:Fallback>
+          <w:pict w14:anchorId="73946132">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -4935,690 +5093,690 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A05451B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14BB77C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D27A36C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5705,1559 +5863,1559 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C537C0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="959A9E30"/>
     <w:lvl w:ilvl="0" w:tplc="DAAEF374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="858541449">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1691570612">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1069616626">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
@@ -7323,187 +7481,193 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="750657210">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="285084867">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="00097B2A"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A58B2"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="001007CD"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
+    <w:rsid w:val="001C5C0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00203A2C"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00284F2E"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C524C"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D67EA"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00301E50"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="00341738"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003513E8"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00361791"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E01AC"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E0A95"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
@@ -7602,78 +7766,82 @@
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="008513E1"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00860A91"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="0087576B"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C0E9A"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E0ECB"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="009044AF"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00925313"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00937AB3"/>
     <w:rsid w:val="00937B29"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
@@ -7706,50 +7874,51 @@
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B5111A"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BB7182"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE078A"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C05385"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C62D09"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB6237"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
@@ -7790,192 +7959,204 @@
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE78E3"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="08BC8204"/>
+    <w:rsid w:val="1B2131E4"/>
+    <w:rsid w:val="1E85319D"/>
+    <w:rsid w:val="2C65239A"/>
+    <w:rsid w:val="3142B772"/>
+    <w:rsid w:val="34D8973A"/>
+    <w:rsid w:val="41C2D865"/>
+    <w:rsid w:val="44B962D0"/>
     <w:rsid w:val="45E2B16F"/>
+    <w:rsid w:val="49068320"/>
+    <w:rsid w:val="54766449"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="70BE38F6"/>
+    <w:rsid w:val="7156732D"/>
     <w:rsid w:val="768E232E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8000,75 +8181,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8103,57 +8284,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8211,769 +8392,768 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00937B29"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000A58B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000A58B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000A58B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00937B29"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00361791"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D67EA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -9045,609 +9225,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00203A2C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9656,94 +9836,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9752,499 +9932,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B5111A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -10310,177 +10490,177 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00406E0B"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000A58B2"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000A58B2"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000A58B2"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="000A58B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="3036"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000A58B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB6237"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00925313"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10844,60 +11024,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Perkutan endoskopisk gastrostomi (PEG) för vuxna patienter vid SÄS</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator>Monika Mazura</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>28</revision>
+  <lastModifiedBy>Kim Walter</lastModifiedBy>
+  <revision>38</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>