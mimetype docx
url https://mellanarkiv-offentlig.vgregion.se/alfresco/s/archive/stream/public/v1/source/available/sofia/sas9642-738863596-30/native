--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -8,242 +8,233 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6115D9EB" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="005D4B8E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="005D4B8E" w:rsidRDefault="000F62FF" w14:paraId="6115D9EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="Bilaga"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="Bilaga" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Akuta medicinska larm vid SÄS Borås</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E55F8B8" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="005D4B8E">
+    <w:p w:rsidR="000F62FF" w:rsidP="005D4B8E" w:rsidRDefault="000F62FF" w14:paraId="1E55F8B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc333243486"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc161761948"/>
+      <w:bookmarkStart w:name="_Toc333243486" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc346623593" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc346623695" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc347234647" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc366834536" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc414462266" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc508186001" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc513636481" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc97277821" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc161761948" w:id="16"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="48765644" w14:textId="545CA3E1" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="007F20AE" w:rsidP="005D4B8E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="005D4B8E" w:rsidRDefault="007F20AE" w14:paraId="48765644" w14:textId="545CA3E1">
       <w:r w:rsidRPr="007F20AE">
         <w:t xml:space="preserve">Riktlinjen beskriver ansvar, larmrutiner och handläggning </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21961">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">av </w:t>
       </w:r>
-      <w:r w:rsidR="00863A31" w:rsidRPr="007F20AE">
+      <w:r w:rsidRPr="007F20AE" w:rsidR="00863A31">
         <w:t>livshotande och mindre allvarliga tillstånd vid SÄS inkl handläggning</w:t>
       </w:r>
       <w:r w:rsidR="00134BCB">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:t xml:space="preserve">Om en större olycka sker aktiveras sjukhusets </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="000F62FF" w:rsidRPr="004D27A3">
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="004D27A3" w:rsidR="000F62FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>kris- och katastrofmedicinska</w:t>
         </w:r>
         <w:r w:rsidR="00134BCB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> beredskaps</w:t>
         </w:r>
-        <w:r w:rsidR="000F62FF" w:rsidRPr="004D27A3">
+        <w:r w:rsidRPr="004D27A3" w:rsidR="000F62FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>plan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED84CBC" w14:textId="184A3F6D" w:rsidR="000F62FF" w:rsidRDefault="004D27A3" w:rsidP="004D27A3">
+    <w:p w:rsidR="000F62FF" w:rsidP="004D27A3" w:rsidRDefault="004D27A3" w14:paraId="7ED84CBC" w14:textId="184A3F6D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc161761949"/>
+      <w:bookmarkStart w:name="_Toc161761949" w:id="17"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="26DD50CB" w14:textId="7AFD5C16" w:rsidR="004D27A3" w:rsidRPr="000F62FF" w:rsidRDefault="000C1E71" w:rsidP="005D4B8E">
-      <w:r>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="004D27A3" w:rsidP="005D4B8E" w:rsidRDefault="000C1E71" w14:paraId="26DD50CB" w14:textId="29B42ABD">
+      <w:r w:rsidR="000C1E71">
+        <w:rPr/>
         <w:t xml:space="preserve">Utöver redaktionella ändringar har </w:t>
       </w:r>
+      <w:r w:rsidR="5C5157A0">
+        <w:rPr/>
+        <w:t xml:space="preserve">sökare tagits bort från riktlinjen då de inte längre används vid akuta medicinska </w:t>
+      </w:r>
+      <w:r w:rsidR="5C5157A0">
+        <w:rPr/>
+        <w:t>larm</w:t>
+      </w:r>
       <w:r w:rsidR="003F33D3">
-        <w:t>uppdatering gjorts av larm</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="003F33D3">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B04C6ED" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004D27A3">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004D27A3" w:rsidRDefault="000F62FF" w14:paraId="4B04C6ED" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A1147A" w14:textId="7B727750" w:rsidR="00AD137E" w:rsidRDefault="00107C60">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="00107C60" w14:paraId="36A1147A" w14:textId="7B727750">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc161761948" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761948">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -257,64 +248,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C9B5620" w14:textId="54539D5D" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="5C9B5620" w14:textId="54539D5D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761949" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761949">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -328,64 +319,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E43E03E" w14:textId="48C07B13" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="4E43E03E" w14:textId="48C07B13">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761950" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761950">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -399,64 +390,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CFE8377" w14:textId="5F5138AB" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="1CFE8377" w14:textId="5F5138AB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761951" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761951">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -470,64 +461,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B063702" w14:textId="7CBF861C" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="6B063702" w14:textId="7CBF861C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761952" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761952">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvarsfördelning</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -541,64 +532,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68792C34" w14:textId="216D8875" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="68792C34" w14:textId="216D8875">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761953" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761953">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>VGR-IT</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -612,64 +603,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BA1B710" w14:textId="006E68A8" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="0BA1B710" w14:textId="006E68A8">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761954" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761954">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Telefonicenter Borås/telefonväxeln</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -683,64 +674,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55F89111" w14:textId="4509D209" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="55F89111" w14:textId="4509D209">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761955" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761955">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förvaltningsansvar vid SÄS</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -754,64 +745,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BE2121E" w14:textId="551EAA38" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="3BE2121E" w14:textId="551EAA38">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761956" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761956">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Verksamhetschefer</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -825,64 +816,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6ADDD3AD" w14:textId="783973E3" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="6ADDD3AD" w14:textId="783973E3">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761957" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761957">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Medarbetare i larmkedja</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -896,64 +887,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B0E7853" w14:textId="19EEFB7F" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="5B0E7853" w14:textId="19EEFB7F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761958" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761958">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akuta larm</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -967,64 +958,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="552AF852" w14:textId="4A9BEE9E" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="552AF852" w14:textId="4A9BEE9E">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761959" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761959">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Traumalarm akutmottagningen – NIVÅ 1</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1038,64 +1029,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C853867" w14:textId="08784211" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="6C853867" w14:textId="08784211">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761960" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761960">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rött larm – Livshotande tillstånd</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1109,64 +1100,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DD1C6B8" w14:textId="5099FB6E" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="4DD1C6B8" w14:textId="5099FB6E">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761961" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761961">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lila larm – Specialistlarm</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1180,64 +1171,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03C17210" w14:textId="5FEF32F8" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="03C17210" w14:textId="5FEF32F8">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761962" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761962">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rosa larm – Urakut sectio</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1251,64 +1242,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F4194E6" w14:textId="11A0E434" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="2F4194E6" w14:textId="11A0E434">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761963" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761963">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Gult larm – Livshotande tillstånd barn</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1322,64 +1313,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01FA012B" w14:textId="528A83EA" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="01FA012B" w14:textId="528A83EA">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761964" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761964">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nya larmknappar</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1393,64 +1384,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F0B7847" w14:textId="1EC81260" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="6F0B7847" w14:textId="1EC81260">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761965" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761965">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Reservrutin vid driftstörning</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1464,64 +1455,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26123BB3" w14:textId="2AB52A34" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="26123BB3" w14:textId="2AB52A34">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761966" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761966">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1535,64 +1526,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="24890ED5" w14:textId="65F01E5C" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="24890ED5" w14:textId="65F01E5C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761967" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761967">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Larmrutiner</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1606,64 +1597,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="390ABBD3" w14:textId="6BBDC13A" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="390ABBD3" w14:textId="6BBDC13A">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761968" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761968">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1677,64 +1668,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BD45B33" w14:textId="4342A954" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="6BD45B33" w14:textId="4342A954">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761969" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761969">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1748,64 +1739,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CBBB3A7" w14:textId="3D062B69" w:rsidR="00AD137E" w:rsidRDefault="005A1560">
+    <w:p w:rsidR="00AD137E" w:rsidRDefault="005A1560" w14:paraId="4CBBB3A7" w14:textId="3D062B69">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161761970" w:history="1">
-        <w:r w:rsidR="00AD137E" w:rsidRPr="00C46DC2">
+      <w:hyperlink w:history="1" w:anchor="_Toc161761970">
+        <w:r w:rsidRPr="00C46DC2" w:rsidR="00AD137E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1819,1988 +1810,2124 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00AD137E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A5DDA26" w14:textId="57E7FEE2" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="00107C60" w:rsidP="005F010D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="005F010D" w:rsidRDefault="00107C60" w14:paraId="4A5DDA26" w14:textId="57E7FEE2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Toc414462267"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:bookmarkStart w:name="_Toc414462267" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc508186002" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc513636482" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc97277822" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc161761950" w:id="27"/>
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="0D86B448" w14:textId="27E01A3C" w:rsidR="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004D27A3">
+    <w:p w:rsidR="000F62FF" w:rsidP="004D27A3" w:rsidRDefault="000F62FF" w14:paraId="0D86B448" w14:textId="27E01A3C">
       <w:r w:rsidRPr="000F62FF">
         <w:t>För att öka patientsäkerheten på SÄS har chefläkaren ansvar för att det finns fungerande system för akuta medicinska larm (AML). Dessutom att organisera förvaltning, utveckling och uppföljning liksom skyltning, akutadresser och behörighet för tillträde till lokaler i samband med larm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC7671E" w14:textId="7DB94085" w:rsidR="00134BCB" w:rsidRPr="000F62FF" w:rsidRDefault="00134BCB" w:rsidP="00134BCB">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="00134BCB" w:rsidP="00134BCB" w:rsidRDefault="00134BCB" w14:paraId="6BC7671E" w14:textId="7DB94085">
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Riktlinjen innehåller en kort beskrivning av de olika larm som finns samt en förklaring av varje larmtyp. Det är tydligt beskrivet vilka funktioner som ska kallas vid de olika larmtyperna, ansvarsfördelning kring vem som gör vad i en larmkedja samt vart man vänder sig om det inte fungerar. Slutligen finns också en beskrivning av hur uppföljningsarbetet </w:t>
       </w:r>
       <w:r w:rsidR="00B256C7">
         <w:t xml:space="preserve">går </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t>till för att upprätthålla en hög patientsäkerhet kring AML.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048929CD" w14:textId="0B5D3E4B" w:rsidR="00134BCB" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004D27A3">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="00134BCB" w:rsidP="004D27A3" w:rsidRDefault="000F62FF" w14:paraId="048929CD" w14:textId="0B5D3E4B">
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">En gemensam webbplats </w:t>
       </w:r>
       <w:r w:rsidR="00D958CD">
         <w:t xml:space="preserve">finns </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t>för publicering av de dokument som ingår i AML.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB3AE7A" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="4CB3AE7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc414462268"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc161761951"/>
+      <w:bookmarkStart w:name="_Toc414462268" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc508186003" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc513636483" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc97277823" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc161761951" w:id="37"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="24395C48" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="24395C48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc333243489"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="48" w:name="_Toc161761952"/>
+      <w:bookmarkStart w:name="_Toc333243489" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc414462269" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc508186004" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc513636484" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc97277824" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc161761952" w:id="48"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ansvarsfördelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="47960774" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="47960774" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ansvarsområden för akuta medicinska larm fördelas enligt nedan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A8CA0D" w14:textId="738FB5AD" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="61A8CA0D" w14:textId="738FB5AD">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc333243490"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="59" w:name="_Toc161761953"/>
+      <w:bookmarkStart w:name="_Toc333243490" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc414462270" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc508186005" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc513636485" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc97277825" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc161761953" w:id="59"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>VGR-IT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w14:paraId="235C378E" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="235C378E" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Har det övergripande ansvaret för tjänsten akuta medicinska larm gentemot SÄS. I tjänsten ingår ansvar för:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CC0C78" w14:textId="6411D72A" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="23CC0C78" w14:textId="6411D72A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Personsökaranläggningen med tillhörande programvaror</w:t>
       </w:r>
       <w:r w:rsidR="00237A9E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66070ED0" w14:textId="1B78450B" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="66070ED0" w14:textId="1B78450B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Den medicinska akutlarmsanläggningen med tillhörande knappar och programvaror</w:t>
       </w:r>
       <w:r w:rsidR="00237A9E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D03CBF" w14:textId="6FFD8837" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="37D03CBF" w14:textId="6FFD8837">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Integrationen mellan personsökaranläggning och akutlarmsanläggningen</w:t>
       </w:r>
       <w:r w:rsidR="00237A9E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB7368A" w14:textId="6C5FA249" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="4AB7368A" w14:textId="6C5FA249">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Bemanning av larmfunktionen i växeln på SÄS (Telefonicenter Borås)</w:t>
       </w:r>
       <w:r w:rsidR="00237A9E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B42D16" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00825685">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00825685" w:rsidRDefault="000F62FF" w14:paraId="71B42D16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Kontakt mot extern leverantör.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2832A6D8" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="2832A6D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc333243491"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="70" w:name="_Toc161761954"/>
+      <w:bookmarkStart w:name="_Toc333243491" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc414462271" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc508186006" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc513636486" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc97277826" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc161761954" w:id="70"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Telefonicenter Borås/telefonväxeln</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
     </w:p>
-    <w:p w14:paraId="3A377E11" w14:textId="0CB221B5" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
-      <w:r w:rsidRPr="000F62FF">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="3A377E11" w14:textId="2C2EB748">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
         <w:t xml:space="preserve">Ansvarar för att på uppdrag av </w:t>
       </w:r>
       <w:r w:rsidR="00BE2F52">
-        <w:t>KSD (fd VGR IT)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DEC2498" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+        <w:rPr/>
+        <w:t xml:space="preserve">KSD </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="7DEC2498" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Vid larm via larmnummer </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> slå ut larm till rätt gruppering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6744D3ED" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="6744D3ED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Övervaka direktlarm via knapp till larmgrupp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56831CEA" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="56831CEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Vid utebliven kvittering vidta reservrutin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF91379" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="7EF91379" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Administrera larmgrupper och system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346CFA53" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="346CFA53" w14:textId="06D66B06">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="53CC153F" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>Ansvara för samordning av inköp av telefoner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="53CC153F" w14:textId="530BECDD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="5757FC95" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>Tillhandahålla reservtelefoner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="5757FC95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ta emot felanmälan för fel som äventyrar funktionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6581D324" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="6581D324" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Initiera reservrutin vid fel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408E0550" w14:textId="2A02F615" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="408E0550" w14:textId="05C229E7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="236EA3DC" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008D6033">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>Felanmäla</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> till </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7544E">
+        <w:rPr/>
+        <w:t>KSD</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>:s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> beredskap vid kritiska fel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008D6033" w:rsidRDefault="000F62FF" w14:paraId="236EA3DC" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Telefonicenter Borås/telefonväxeln är den verksamhet som i praktiken hanterar de akuta larmen och därför är Telefonicenter/telefonväxeln i många avseenden den primära kontaktytan mot SÄS. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6690E192" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00795D70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00795D70" w:rsidRDefault="000F62FF" w14:paraId="6690E192" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc333243492"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="_Toc161761955"/>
+      <w:bookmarkStart w:name="_Toc333243492" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc414462272" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc508186007" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc513636487" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc97277827" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc161761955" w:id="81"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Förvaltningsansvar vid SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="5F2A9626" w14:textId="073D4EF7" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00795D70">
-      <w:r>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00795D70" w:rsidRDefault="000F62FF" w14:paraId="5F2A9626" w14:textId="1E873ECB">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
         <w:t>Förvaltningsgrupp på SÄS – systemägare (chefläkare), systemförvaltare (</w:t>
       </w:r>
       <w:r w:rsidR="003D7A39">
+        <w:rPr/>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="096AF627">
+        <w:rPr/>
         <w:t>äkerhetsamordnare</w:t>
       </w:r>
-      <w:r w:rsidR="00767DAB">
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
         <w:t>) samt representanter från verksamheten ingår i denna grupp. Systemförvaltaren ansvarar för skyltning, akutadresser samt ser till att tillträde till lokaler (via passagesystem NSM) finns för akutgruppen där larmsituation kan uppstå. Systemförvaltaren ansvarar även för att uppföljning sker samt att förbättringsåtgärder genomförs och att informationen i larmsystemet är korrekt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCF1029" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00795D70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00795D70" w:rsidRDefault="000F62FF" w14:paraId="7FCF1029" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc333243493"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="92" w:name="_Toc161761956"/>
+      <w:bookmarkStart w:name="_Toc333243493" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc414462273" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc508186008" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc513636488" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc97277828" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc161761956" w:id="92"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Verksamhetschefer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
-    <w:p w14:paraId="45ABE55D" w14:textId="285726BE" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="45ABE55D" w14:textId="23CC634A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00EB446D">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">Varje verksamhet ansvarar ekonomiskt för sin del av larmet, reparationskostnader, nya </w:t>
+      </w:r>
+      <w:r w:rsidR="6A6D8AA2">
+        <w:rPr/>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="6A6D8AA2">
+        <w:rPr/>
+        <w:t>rmtelefoner</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">tc. Se även rubrik </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Nya_larmknappar">
+        <w:r w:rsidRPr="38C88A65" w:rsidR="000F62FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nya larmknappar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000F62FF">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8AECFC" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="6E8AECFC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Interna rutiner ska finnas för överlämnande av larmmottagande telefon.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B27555" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="62B27555" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>För personer som ska ansvara för larmmottagning ska utbildning ges kring AML; materialet finns på webbplatsen för AML. God lokalkännedom och kunskap om positionsbeteckningarna ska finnas hos de personer som får ansvaret för larmmottagning så att inte problem uppstår med att hitta till rätt position.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734C2C65" w14:textId="172676AF" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="734C2C65" w14:textId="172676AF">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Person ska utses som representerar </w:t>
       </w:r>
       <w:r w:rsidR="0002347A">
         <w:t>verksamhetsområdet</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> vid uppföljningsmöten i förvaltargruppen för AML.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C501BD2" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="4C501BD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc333243494"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="103" w:name="_Toc161761957"/>
+      <w:bookmarkStart w:name="_Toc333243494" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc414462274" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc508186009" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc513636489" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc97277829" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc161761957" w:id="103"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Medarbetare i larmkedja</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
-    <w:p w14:paraId="38482E51" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="38482E51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Deltar i det ständiga förbättringsarbetet för att kedjan ska fungera optimalt genom att skriva avvikelse när något inte har fungerat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4425A9E6" w14:textId="1D4D724B" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="4425A9E6" w14:textId="1D4D724B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Tar upp förbättringsförslag med </w:t>
       </w:r>
       <w:r w:rsidR="001679EA">
         <w:t>verksamhetsområdets</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> representant i förvaltargruppen så att idéer kommer fram och omhändertas vid nästa uppföljningsmöte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F3B98A" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="73F3B98A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ansvarar för att telefonen är laddad och funktionsduglig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6821CCEE" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="6821CCEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
-        <w:lastRenderedPageBreak/>
         <w:t>Direkt anmäla till Telefonicenter Borås/telefonväxeln om telefon inte fungerar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BFB294" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="73BFB294" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Direkt kontakta chef eller på annat sätt säkerställa att ersättare utses om ansvaret för funktionen som larmmottagare inte kan upprätthållas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C32DC17" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="1C32DC17" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc333243495"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="114" w:name="_Toc161761958"/>
+      <w:bookmarkStart w:name="_Toc333243495" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc414462275" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc508186010" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc513636490" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc97277830" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc161761958" w:id="114"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Akuta larm</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
-    <w:p w14:paraId="66322FCD" w14:textId="534C7FA4" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
-[...1 lines deleted...]
-        <w:t>Vid SÄS finns fem olika larmtyper. Dessa kan aktiveras via olikfärgade larmknappar. Om den larmande befinner sig i en situation där larmknapp inte är tillgänglig</w:t>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="66322FCD" w14:textId="11646DB7">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">Vid SÄS finns fem olika larmtyper. Dessa kan aktiveras via olikfärgade </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>larmknappar</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">. Om den larmande befinner sig i en situation där </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>larmknapp</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> inte är tillgänglig</w:t>
       </w:r>
       <w:r w:rsidR="00C61831">
+        <w:rPr/>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F62FF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F62FF">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> kan larm aktiveras genom telefon, </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>ankn</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C88A65" w:rsidR="000F62FF">
         <w:rPr>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F62FF">
-[...3 lines deleted...]
-    <w:p w14:paraId="2E60B652" w14:textId="307AF12C" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00EB446D">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>. Ange då vilken larm</w:t>
+      </w:r>
+      <w:r w:rsidR="7D28380D">
+        <w:rPr/>
+        <w:t>typ</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> som söks och vart denna/dessa ska bege sig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00EB446D" w:rsidRDefault="000F62FF" w14:paraId="2E60B652" w14:textId="307AF12C">
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Vid händelser utomhus eller i andra byggnader än sjukhusets vårdbyggnader, larmas alltid ambulans via 112, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="003C2100">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Akutadresser</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> på intranätet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3F4260" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="4F3F4260" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc333243496"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="125" w:name="_Toc161761959"/>
+      <w:bookmarkStart w:name="_Toc333243496" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc414462276" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc508186011" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc513636491" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc97277831" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc161761959" w:id="125"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Traumalarm akutmottagningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> – NIVÅ 1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
     </w:p>
-    <w:p w14:paraId="48E24DDE" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="48E24DDE" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ett trauma definieras utifrån akutmottagningens triagesystem – RETTS-Trauma. Utifrån vitalparametrar, identifierade skador samt skademekanism prioriteras ett trauma. Vid större trauma, där fler resurser än akutmottagningens personal omhändertar en traumapatient, används Traumalarm NIVÅ 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD21431" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="2CD21431" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Till detta larm kallas följande funktioner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125D6DC7" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="125D6DC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Kirurg primärjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254913D5" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="254913D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ortoped primärjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8A901E" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="7F8A901E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesiolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C7C284" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="01C7C284" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesisjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677DFFEB" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="677DFFEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Intensivvårdssjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CFBC87" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="67CFBC87" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Röntgen (förvarnas).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278075F0" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="003C2100">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="003C2100" w:rsidRDefault="000F62FF" w14:paraId="278075F0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Akutläkare larmas enligt intern rutin på akutmottagningen av arbetsledande sjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06394B70" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="06394B70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="126" w:name="_Toc333243497"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="136" w:name="_Toc161761960"/>
+      <w:bookmarkStart w:name="_Toc333243497" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc414462277" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc508186012" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc513636492" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc97277832" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc161761960" w:id="136"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Rött larm – Livshotande tillstånd</w:t>
       </w:r>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
     </w:p>
-    <w:p w14:paraId="5F0FB398" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="5F0FB398" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ett livshotande tillstånd kan vara exempelvis hjärtstopp, andningstopp eller kraftig blödning. Det kan också vara symtom som akut isättande bröst- eller buksmärta. Oftast är tecken på detta sviktande vitalparametrar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7869B8FD" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="7869B8FD" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Då ett larm utlöses vid en offentlig plats, larmas även Securitas, vars uppgift blir att tillhandahålla en bårvagn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEABBE6" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00D35066">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00D35066" w:rsidRDefault="000F62FF" w14:paraId="0AEABBE6" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
-        <w:lastRenderedPageBreak/>
         <w:t>Till detta larm kallas följande funktioner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A370EF0" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="6A370EF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesisjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4509B8" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="5D4509B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesiolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C92AD56" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="3C92AD56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Medicinläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62109FBF" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="62109FBF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Avdelningens personal söker själva den för enheten jouransvarige läkaren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CD449E" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="32CD449E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="137" w:name="_Toc333243498"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="147" w:name="_Toc161761961"/>
+      <w:bookmarkStart w:name="_Toc333243498" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc414462278" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc508186013" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc513636493" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc97277833" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc161761961" w:id="147"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Lila larm – Specialistlarm</w:t>
       </w:r>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
     </w:p>
-    <w:p w14:paraId="07CE4043" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="07CE4043" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Till detta larm kallas olika specialiteter beroende på vilken enhet knappen sitter på. Det uppstår tillfällen när gruppen som tar hand om den akut sjuka patienten endast behöver snabb hjälp av de specialister som tillhör enheten och då kan denna knapp användas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E83FC2C" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="0E83FC2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="148" w:name="_Toc333243499"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="158" w:name="_Toc161761962"/>
+      <w:bookmarkStart w:name="_Toc333243499" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc414462279" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc508186014" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc513636494" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc97277834" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc161761962" w:id="158"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Rosa larm – Urakut sectio</w:t>
       </w:r>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
     </w:p>
-    <w:p w14:paraId="786DCF71" w14:textId="43AE1A93" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="786DCF71" w14:textId="43AE1A93">
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Rosa larm används då ansvarig läkare tagit beslut om urakut sectio enligt riktlinje ”Flödesschema för urakut sectio”, som finns att läsa på </w:t>
       </w:r>
       <w:r w:rsidR="0025517A">
         <w:t xml:space="preserve">VO kvinna barns </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t>webbplats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BC0961" w14:textId="7881F029" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="27BC0961" w14:textId="7881F029">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Till detta larm kallas följande funktioner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C0944B" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="73C0944B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Neonataljour - dagtid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E05FB14" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="3E05FB14" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Barnläkare primärjour jourtid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067E1598" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="067E1598" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Förlossnings- och gyn-jour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0F2E34" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="2E0F2E34" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Neonatalsjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176C4D65" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="176C4D65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Undersköterska neonatal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E1E0A0" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="30E1E0A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesisjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64733828" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="64733828" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesiolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333E5529" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="333E5529" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Operationssjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7955DEAE" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="7955DEAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Operationsundersköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4CC2C7" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="6E4CC2C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="159" w:name="_Toc333243500"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="169" w:name="_Toc161761963"/>
+      <w:bookmarkStart w:name="_Toc333243500" w:id="159"/>
+      <w:bookmarkStart w:name="_Toc414462280" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc508186015" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc513636495" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc97277835" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc161761963" w:id="169"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Gult larm – Livshotande tillstånd barn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
     </w:p>
-    <w:p w14:paraId="11D93904" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="11D93904" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Gult larm används vid livshotande tillstånd hos personer under 18 år.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556D1782" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="556D1782" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Till detta larm kallas följande funktioner:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552BB3E3" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="552BB3E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesisjuksköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A0E741" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="08A0E741" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Anestesiolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD46FA6" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00237A9E">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00237A9E" w:rsidRDefault="000F62FF" w14:paraId="1FD46FA6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Barn primärjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3180CB66" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00BF3A6A">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00BF3A6A" w:rsidRDefault="000F62FF" w14:paraId="3180CB66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="170" w:name="_Nya_larmknappar"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="181" w:name="_Toc161761964"/>
+      <w:bookmarkStart w:name="_Nya_larmknappar" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc333243501" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc414462281" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc508186016" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc513636496" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc97277836" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc161761964" w:id="181"/>
       <w:bookmarkEnd w:id="170"/>
       <w:r w:rsidRPr="000F62FF">
-        <w:lastRenderedPageBreak/>
         <w:t>Nya larmknappar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
     </w:p>
-    <w:p w14:paraId="3507C4F9" w14:textId="79B068A1" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00BF3A6A">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00BF3A6A" w:rsidRDefault="000F62FF" w14:paraId="3507C4F9" w14:textId="79B068A1">
       <w:r>
         <w:t xml:space="preserve">Beställning av fler larmknappar sker hos systemförvaltaren på SÄS för AML vid </w:t>
       </w:r>
       <w:r w:rsidR="00F73624">
         <w:t xml:space="preserve">säkerhetsenheten inom stab </w:t>
       </w:r>
       <w:r w:rsidR="22F8D8A4">
         <w:t>för hållbarhet, kansli och säkerhet</w:t>
       </w:r>
       <w:r>
         <w:t>. Vid ansökan om nya larmknappar görs en värdering av kostnader, orsak till behovet (t.ex. lokalbyte) och angelägenhetsgrad vilket ligger till grund för om kostnaden belastar kliniken eller sjukhuset övergripande. Systemförvaltaren lägger efter beslut från systemägaren (chefläkaren) beställningen hos Västfastigheter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061C51C9" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="061C51C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="182" w:name="_Toc508186017"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="190" w:name="_Toc161761965"/>
+      <w:bookmarkStart w:name="_Toc508186017" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc513636497" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc97277837" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc161761965" w:id="190"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Reservrutin vid driftstörning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
     </w:p>
-    <w:p w14:paraId="077A50E2" w14:textId="12EFFBA9" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="077A50E2" w14:textId="12EFFBA9">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Akuta medicinska larm är kopplat till en meddelandeplattform som är en del av den digitala växel som levererar telefoni till sjukhuset via bärbara telefoner, DECT</w:t>
       </w:r>
       <w:r w:rsidR="00591562">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> och fasta telefoner, Cisco.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7D9ECD" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="7A7D9ECD" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Vid avbrott i dessa system påverkas larmhanteringen och följande alternativ finns som reservrutin:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40422139" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="40422139" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Vid fel i enstaka DECT-telefon finns ersättningsutrustning att tillgå på telefonväxeln dygnet runt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44016033" w14:textId="42BE290C" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="44016033" w14:textId="48005758">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000F62FF">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">Vid fel på </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>larmknapp</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> används </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>ankn</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="17721457" w:rsidR="000F62FF">
         <w:rPr>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F62FF">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
         <w:t xml:space="preserve"> för larm</w:t>
       </w:r>
       <w:r w:rsidR="00654609">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F62FF">
-[...3 lines deleted...]
-    <w:p w14:paraId="03D44BDD" w14:textId="355C7988" w:rsidR="000F62FF" w:rsidRPr="00D204F6" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>man uppger då typ av larm och till vilken plats. Lampa ska blinka</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> när man tryckt in knappen; detta indikerar att den fungerar och att larmet sänds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D204F6" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="03D44BDD" w14:textId="355C7988">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Vid avbrott i ordinarie telefoni används reservtelefoni vid inlarmning, se </w:t>
       </w:r>
       <w:r w:rsidRPr="00D204F6">
         <w:t xml:space="preserve">rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00D204F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Reservrutin vid driftstörning i IP-telefoni, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D204F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026F0DC5" w14:textId="710EE962" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="026F0DC5" w14:textId="710EE962">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Vid avbrott erhåller larmmottagare larm via mobiltelefon, dessa mobiltelefoner finns förberedda på växeln att hämtas eller utifrån behov levereras till respektive larmbärare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796FDFAE" w14:textId="1D9F3AB1" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="004B3F6D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="004B3F6D" w:rsidRDefault="000F62FF" w14:paraId="796FDFAE" w14:textId="1D9F3AB1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">När övergripande avbrott verifierats skickas meddelande ut om </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Allvarlig störning</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> enligt rutinen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="00721365">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Massmeddelande via Dect-telefoni vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F62FF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183D764E" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00721365">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00721365" w:rsidRDefault="000F62FF" w14:paraId="183D764E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="191" w:name="_Toc414462282"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="200" w:name="_Toc161761966"/>
+      <w:bookmarkStart w:name="_Toc414462282" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc508186018" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc513636498" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc97277838" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc161761966" w:id="200"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
     </w:p>
-    <w:p w14:paraId="08F04470" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="005F010D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="005F010D" w:rsidRDefault="000F62FF" w14:paraId="08F04470" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="201" w:name="_Toc333243503"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="211" w:name="_Toc161761967"/>
+      <w:bookmarkStart w:name="_Toc333243503" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc414462283" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc508186019" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc513636499" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc97277839" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc161761967" w:id="211"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Larmrutiner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
     </w:p>
-    <w:p w14:paraId="047E35B6" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00721365">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00721365" w:rsidRDefault="000F62FF" w14:paraId="047E35B6" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Vid en larmsituation inom sjukhusets vårdbyggnader sker följande steg:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DF435B" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00D614B5">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00D614B5" w:rsidRDefault="000F62FF" w14:paraId="78DF435B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Larmande person trycker på knappen och får en kvittens att larmet gått iväg genom att en lampa börjar blinka vid knappen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2827FBC3" w14:textId="17DF0589" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00D614B5">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00D614B5" w:rsidRDefault="000F62FF" w14:paraId="2827FBC3" w14:textId="17DF0589">
       <w:pPr>
         <w:pStyle w:val="Numreradmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Om den larmande befinner sig i en situation där larmknapp inte är tillgänglig</w:t>
       </w:r>
       <w:r w:rsidR="00230EDF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve"> kan larm aktiveras genom telefon, ankn </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t>. Ange larmtyp och vart larmgruppen ska skickas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F22B81" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00D614B5">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00D614B5" w:rsidRDefault="000F62FF" w14:paraId="20F22B81" w14:textId="582371F6">
       <w:pPr>
         <w:pStyle w:val="Numreradmedindrag"/>
       </w:pPr>
-      <w:r w:rsidRPr="000F62FF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000F62FF">
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">Larmet kommer till, för larmet aktuella, i förväg </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">programmerade </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C88A65" w:rsidR="000F62FF">
         <w:rPr>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t>vita</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="057BA82B" w14:textId="33E40765" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00230EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C88A65" w:rsidR="2DF647FD">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>larm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C88A65" w:rsidR="000F62FF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>DECT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C88A65" w:rsidR="000F62FF">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>-telefoner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00230EDF" w:rsidRDefault="000F62FF" w14:paraId="057BA82B" w14:textId="33E40765">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Kvittering sker på telefonen. Larmmeddelandet anger larmtyp samt position för larmet. Lokalkännedom och förståelse av positionsbetydelserna för att snabbt kunna ta sig till rätt plats är avgörande för att larmkedjan ska fungera.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73EF24DA" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00230EDF">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00230EDF" w:rsidRDefault="000F62FF" w14:paraId="73EF24DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>När alla personer i larmgruppen kvitterat lyser lampan vid larmknappen med ett fast sken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3865B7FB" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00230EDF">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00230EDF" w:rsidRDefault="000F62FF" w14:paraId="3865B7FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Lampan slocknar när telefonist avslutar larmet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314FEA88" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00230EDF">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00230EDF" w:rsidRDefault="000F62FF" w14:paraId="314FEA88" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Om kvittering av larmmottagare uteblir kommer ett larm till Telefonicenter Borås/telefonväxeln där telefonisterna har manuella rutiner att följa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E52EC8" w14:textId="5B9FE0CC" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00230EDF">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00230EDF" w:rsidRDefault="000F62FF" w14:paraId="61E52EC8" w14:textId="36BFCE77">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Vid fel kontaktas Telefonicenter Borås/telefonväxeln som vidtar reservrutin och felanmäler till </w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve">Vid fel kontaktas Telefonicenter Borås/telefonväxeln som vidtar reservrutin och </w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>felanmäler</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> till </w:t>
       </w:r>
       <w:r w:rsidR="00C7544E">
-        <w:t>KSD (fd VGR IT)</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="3040A485" w14:textId="185F13DE" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+        <w:rPr/>
+        <w:t>KSD</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t>:s</w:t>
+      </w:r>
+      <w:r w:rsidR="000F62FF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> beredskap.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="3040A485" w14:textId="185F13DE">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid händelser utomhus eller i andra byggnader än sjukhusets vårdbyggnader, larmas alltid ambulans via </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00935E70">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Akutadresser</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> på intranätet.</w:t>
       </w:r>
       <w:r w:rsidR="00BF39AD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC1354">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Se även</w:t>
       </w:r>
       <w:r w:rsidR="000071F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidR="00B21961">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">iktlinjen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00BF39AD" w:rsidRPr="00DC1354">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00DC1354" w:rsidR="00BF39AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Akuta sjukdomsfall på allmänna ytor inom sjukhusområdet – larmrutiner vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B21961">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> som </w:t>
       </w:r>
-      <w:r w:rsidR="00B21961" w:rsidRPr="00B21961">
+      <w:r w:rsidRPr="00B21961" w:rsidR="00B21961">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>beskriver handläggning då patienter, närstående, andra besökare eller SÄS medarbetare drabbas av akut sjukdom i allmänna lokaler eller utomhus inom sjukhusområdet</w:t>
       </w:r>
       <w:r w:rsidR="00564FB5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF45171" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="3AF45171" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="212" w:name="_Toc409179988"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="222" w:name="_Toc161761968"/>
+      <w:bookmarkStart w:name="_Toc409179988" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc414462284" w:id="213"/>
+      <w:bookmarkStart w:name="_Toc508186020" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc513636500" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="218"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc97277840" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="221"/>
+      <w:bookmarkStart w:name="_Toc161761968" w:id="222"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
     </w:p>
-    <w:p w14:paraId="49E52EB2" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="49E52EB2" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Ansvarig för uppföljningen är av chefläkaren utsedd systemförvaltare från lokal- och säkerhetsavdelningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783D49EA" w14:textId="24A17217" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="783D49EA" w14:textId="24A17217">
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Systemförvaltaren kallar SÄS förvaltargrupp till uppföljningsmöten. Förvaltargruppen består av de från verksamhetscheferna utsedda personer från klinikerna/enheterna samt representant från Telefonicenter Borås/telefonväxeln, </w:t>
       </w:r>
       <w:r w:rsidR="00C7544E">
         <w:t>KSD (fd VGR IT)</w:t>
       </w:r>
-      <w:r w:rsidR="00C7544E" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="00C7544E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:t>samt Västfastigheter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62497B62" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="62497B62" w14:textId="77777777">
       <w:r w:rsidRPr="000F62FF">
         <w:t>Uppföljning sker via:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380F55AA" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="380F55AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t xml:space="preserve">Förvaltargruppen 2 gånger/år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F562649" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="00935E70">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="00935E70" w:rsidRDefault="000F62FF" w14:paraId="3F562649" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Via avvikelsesystemet Med Control PRO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F6CCE3" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="29F6CCE3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="223" w:name="_Toc182366122"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc409179989" w:id="224"/>
+      <w:bookmarkStart w:name="_Toc414462285" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc508186021" w:id="226"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc513636501" w:id="228"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="229"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc97277841" w:id="232"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc161761969" w:id="234"/>
+      <w:r w:rsidRPr="000F62FF">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
     </w:p>
-    <w:p w14:paraId="7C1EF3DB" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="00CB0A49" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="00CB0A49" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="7C1EF3DB" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0A49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7E1F21" w14:textId="3E66CCEF" w:rsidR="000F62FF" w:rsidRPr="00D7384D" w:rsidRDefault="002636E1" w:rsidP="008857A9">
+    <w:p w:rsidRPr="00D7384D" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="002636E1" w14:paraId="4A7E1F21" w14:textId="3E66CCEF">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alexandra Hellne</w:t>
       </w:r>
       <w:r w:rsidR="007E556B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005A1560">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>säkerhetssamordnare/</w:t>
       </w:r>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">systemförvaltare AML, </w:t>
       </w:r>
       <w:r w:rsidR="007E556B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>stab för hållbarhet kansli och säkerhet</w:t>
       </w:r>
       <w:r w:rsidR="00D7384D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="000F62FF">
+      <w:r w:rsidRPr="000F62FF" w:rsidR="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D7384D" w:rsidRPr="00D7384D">
+      <w:r w:rsidRPr="00D7384D" w:rsidR="00D7384D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="000F62FF" w:rsidRPr="00D7384D">
+      <w:r w:rsidRPr="00D7384D" w:rsidR="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637D1784" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="00CB0A49" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="00CB0A49" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="637D1784" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0A49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA455AC" w14:textId="61DCA342" w:rsidR="00FE736D" w:rsidRDefault="000F62FF" w:rsidP="00FE736D">
+    <w:p w:rsidR="00FE736D" w:rsidP="00FE736D" w:rsidRDefault="000F62FF" w14:paraId="3EA455AC" w14:textId="61DCA342">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förvaltargrupp Akuta Medicinska Larm SÄS Borås</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>Li</w:t>
       </w:r>
       <w:r w:rsidR="6ED57593">
         <w:t>nn Svensson</w:t>
       </w:r>
       <w:r>
         <w:t>, Telefoniservice</w:t>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>Urban Svensson, IS-IT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="730BB0A4" w14:textId="41777A0E" w:rsidR="000F62FF" w:rsidRPr="00CB0A49" w:rsidRDefault="000F62FF" w:rsidP="00F030AD">
+    <w:p w:rsidRPr="00CB0A49" w:rsidR="000F62FF" w:rsidP="00F030AD" w:rsidRDefault="000F62FF" w14:paraId="730BB0A4" w14:textId="41777A0E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0A49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22847D44" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="22847D44" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC64C94" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="00CB0A49" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="00CB0A49" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="4FC64C94" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0A49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0574B06C" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="008857A9">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="008857A9" w:rsidRDefault="000F62FF" w14:paraId="0574B06C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AML, akuta medicinska larm, larmrutiner, akutlarm, larmsystem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE02BE0" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="0043077D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="0043077D" w:rsidRDefault="000F62FF" w14:paraId="7BE02BE0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="235" w:name="_Toc409172513"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="246" w:name="_Toc161761970"/>
+      <w:bookmarkStart w:name="_Toc409172513" w:id="235"/>
+      <w:bookmarkStart w:name="_Toc409179990" w:id="236"/>
+      <w:bookmarkStart w:name="_Toc414462286" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc508186022" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc513636502" w:id="240"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="243"/>
+      <w:bookmarkStart w:name="_Toc97277842" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc161761970" w:id="246"/>
       <w:r w:rsidRPr="000F62FF">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
     </w:p>
-    <w:p w14:paraId="6200184C" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="0043077D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="0043077D" w:rsidRDefault="000F62FF" w14:paraId="6200184C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kris- och katastrofmedicinsk plan, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="0043077D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38B1196A" w14:textId="77777777" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="0043077D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="0043077D" w:rsidRDefault="000F62FF" w14:paraId="38B1196A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Akutadresser SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="0043077D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/telefonnummer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D28D05F" w14:textId="0F558AD9" w:rsidR="000F62FF" w:rsidRPr="000F62FF" w:rsidRDefault="000F62FF" w:rsidP="0043077D">
+    <w:p w:rsidRPr="000F62FF" w:rsidR="000F62FF" w:rsidP="0043077D" w:rsidRDefault="000F62FF" w14:paraId="7D28D05F" w14:textId="0F558AD9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Reservrutin vid driftstörning i IP-telefoni, SÄS Borås. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="000F62FF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:r w:rsidRPr="00206A21">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="3508E164" w:rsidR="00536A5A" w:rsidRPr="0057140C" w:rsidRDefault="000F62FF" w:rsidP="0057140C">
+    <w:p w:rsidRPr="0057140C" w:rsidR="00536A5A" w:rsidP="0057140C" w:rsidRDefault="000F62FF" w14:paraId="76B9F95B" w14:textId="3508E164">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0057140C">
         <w:t>Massmeddelande via Dect-telefoni vid SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="0057140C">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId21">
         <w:r w:rsidRPr="0057140C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="0057140C" w:rsidSect="000F62FF">
+    <w:sectPr w:rsidRPr="0057140C" w:rsidR="00536A5A" w:rsidSect="000F62FF">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FA41938" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6FA41938" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11E99A2E" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="11E99A2E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4A33DEB3" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="4A33DEB3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3860,162 +3987,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -4050,311 +4177,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43009176" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="43009176" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3469A15B" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="3469A15B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="22E90AE7" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="22E90AE7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="120E8E4D">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="2805328B">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -4390,690 +4517,690 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="634A6896"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18A35EB3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8ED4ED10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5160,1559 +5287,1559 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46D6458F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BB2FF54"/>
     <w:lvl w:ilvl="0" w:tplc="11DC6F70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1786196912">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="234828871">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="390202869">
     <w:abstractNumId w:val="7"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
@@ -6778,69 +6905,70 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="479350581">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1806315176">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -7320,200 +7448,212 @@
     <w:rsid w:val="00F030AD"/>
     <w:rsid w:val="00F12108"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F73624"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE736D"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="096AF627"/>
     <w:rsid w:val="0AC2FE89"/>
     <w:rsid w:val="0C5ECEEA"/>
     <w:rsid w:val="0CA296E9"/>
+    <w:rsid w:val="149ACFD3"/>
+    <w:rsid w:val="17721457"/>
     <w:rsid w:val="2222FE6D"/>
     <w:rsid w:val="22F8D8A4"/>
     <w:rsid w:val="261DD6EB"/>
+    <w:rsid w:val="2DF647FD"/>
+    <w:rsid w:val="3868504D"/>
+    <w:rsid w:val="38C88A65"/>
     <w:rsid w:val="3F443E1A"/>
     <w:rsid w:val="4B7AB3B4"/>
+    <w:rsid w:val="531ECCAD"/>
     <w:rsid w:val="599E0B0E"/>
     <w:rsid w:val="59DBDEC0"/>
+    <w:rsid w:val="5B75D209"/>
+    <w:rsid w:val="5C5157A0"/>
+    <w:rsid w:val="621C985A"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6A6D8AA2"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B57ECBF"/>
     <w:rsid w:val="6ED57593"/>
+    <w:rsid w:val="71B2E201"/>
     <w:rsid w:val="7349D647"/>
+    <w:rsid w:val="7D28380D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="16385" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7538,75 +7678,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7641,57 +7781,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7749,768 +7889,768 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00626B32"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00626B32"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F010D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00107C60"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -8582,609 +8722,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00825685"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9193,94 +9333,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9289,499 +9429,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00230EDF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="1349" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -9848,240 +9988,240 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000F62FF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000F62FF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="000F62FF"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F62FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004D27A3"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00230EDF"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numreradmedindrag">
+  <w:style w:type="paragraph" w:styleId="Numreradmedindrag" w:customStyle="1">
     <w:name w:val="Numrerad med indrag"/>
     <w:qFormat/>
     <w:rsid w:val="00D614B5"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC1354"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A44985"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A44985"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10461,60 +10601,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Akuta medicinska larm vid SÄS Borås</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>104</revision>
+  <lastModifiedBy>Alexandra Hellnevi</lastModifiedBy>
+  <revision>106</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>