--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="544E71E1" w14:textId="77777777" w:rsidR="00B57187" w:rsidRDefault="00B57187" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00B57187" w:rsidSect="0016075B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="2835" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="6073A5FE" w14:textId="6084BB0F" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00F354EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
@@ -78,78 +78,72 @@
       <w:bookmarkStart w:id="11" w:name="_Toc256000154"/>
       <w:bookmarkStart w:id="12" w:name="_Toc256000176"/>
       <w:bookmarkStart w:id="13" w:name="_Toc164425575"/>
       <w:r w:rsidRPr="00B57187">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="46564641" w14:textId="77777777" w:rsidR="00B57187" w:rsidRDefault="00B57187" w:rsidP="00F354EC">
       <w:r w:rsidRPr="00B57187">
         <w:t>Rutinen beskriver hur vårdens medarbetare på olika sätt ska komma i kontakt med närstående, då ordinarie kontaktvägar varit resultatlösa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD3CA9F" w14:textId="6C444140" w:rsidR="004E2EDA" w:rsidRDefault="004E2EDA" w:rsidP="004E2EDA">
+    <w:p w14:paraId="275E2272" w14:textId="77777777" w:rsidR="00D63B88" w:rsidRDefault="004E2EDA" w:rsidP="00D63B88">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc164425576"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="178BA13F" w14:textId="317E8736" w:rsidR="00416D30" w:rsidRPr="00416D30" w:rsidRDefault="00A938B2" w:rsidP="00416D30">
+    <w:p w14:paraId="7AD1B7B7" w14:textId="5B86EA60" w:rsidR="00D63B88" w:rsidRDefault="00D63B88" w:rsidP="00D63B88">
       <w:r>
-        <w:t>Översyn med mindre justeringar. En större upp</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00826A87">
+        <w:t>Mindre j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63B88">
+        <w:t>ustering i stycket om SAMSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82B97">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D1F890" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="004E2EDA">
+    <w:p w14:paraId="76D1F890" w14:textId="48EE58CE" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="004E2EDA">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111EF5A0" w14:textId="6FE589DC" w:rsidR="0016075B" w:rsidRDefault="00D92BB6">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
@@ -1687,110 +1681,130 @@
       <w:bookmarkStart w:id="90" w:name="_Toc256000007"/>
       <w:bookmarkStart w:id="91" w:name="_Toc256000029"/>
       <w:bookmarkStart w:id="92" w:name="_Toc256000051"/>
       <w:bookmarkStart w:id="93" w:name="_Toc256000073"/>
       <w:bookmarkStart w:id="94" w:name="_Toc256000095"/>
       <w:bookmarkStart w:id="95" w:name="_Toc64893128"/>
       <w:bookmarkStart w:id="96" w:name="_Toc256000117"/>
       <w:bookmarkStart w:id="97" w:name="_Toc256000139"/>
       <w:bookmarkStart w:id="98" w:name="_Toc256000161"/>
       <w:bookmarkStart w:id="99" w:name="_Toc256000183"/>
       <w:r w:rsidRPr="00B57187">
         <w:t>Patient ansluten till kommunal vårdinsats</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
-    <w:p w14:paraId="7A65B829" w14:textId="753C1845" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
+    <w:p w14:paraId="7A65B829" w14:textId="3B7C3979" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
       <w:r>
         <w:t>IT-tjänsten SAMSA</w:t>
       </w:r>
       <w:r w:rsidR="5F8A1988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>är gemensam</w:t>
       </w:r>
       <w:r w:rsidR="2BEF7452">
         <w:t>t</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> system för samordnad vårdplanering mellan vårdgivare i Västra Götaland. Patienter som är anslutna till kommunal hälso- och sjukvård och/eller annan hemtjänstinsats, ska ha kontaktuppgifter till närstående och andra vårdkontakter registrerade i systemet. Enligt överenskommen rutin ska den ”avsändande vårdgivaren” se till att uppgifter förs in i SAMSA inom 30 minuter efter att patienten förts över till SÄS.</w:t>
+        <w:t xml:space="preserve"> system för samordnad vårdplanering mellan vårdgivare i Västra Götaland. Patienter som är anslutna till kommunal hälso- och sjukvård och/eller annan hemtjänstinsats, ska ha kontaktuppgifter till närstående och andra vårdkontakter registrerade i systemet. </w:t>
+      </w:r>
+      <w:r w:rsidR="0B42E5CD">
+        <w:t>Kontaktuppgifter i SAMSA ska uppdateras var 90:e dag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B56EFE9" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="_Sökning_i_befolkningsregister"/>
       <w:bookmarkStart w:id="101" w:name="_Toc6916952"/>
       <w:bookmarkStart w:id="102" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="103" w:name="_Toc256000030"/>
       <w:bookmarkStart w:id="104" w:name="_Toc256000052"/>
       <w:bookmarkStart w:id="105" w:name="_Toc256000074"/>
       <w:bookmarkStart w:id="106" w:name="_Toc256000096"/>
       <w:bookmarkStart w:id="107" w:name="_Toc64893129"/>
       <w:bookmarkStart w:id="108" w:name="_Toc256000118"/>
       <w:bookmarkStart w:id="109" w:name="_Toc256000140"/>
       <w:bookmarkStart w:id="110" w:name="_Toc256000162"/>
       <w:bookmarkStart w:id="111" w:name="_Toc256000184"/>
       <w:bookmarkEnd w:id="100"/>
       <w:r w:rsidRPr="00B57187">
         <w:t>Sökning i befolkningsregister</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
     </w:p>
     <w:p w14:paraId="413E9097" w14:textId="26C29A15" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
       <w:r>
-        <w:t xml:space="preserve">I SAMSA finns möjlighet att söka personer via befolkningsregistret Västfolket, som innehåller information om personer folkbokförda i Västra Götaland och Halland. Det går även att utvidga sökningen till personer i hela Sverige via Skatteverkets befolkningsregister. Uppdatering av Västfolket sker regelbundet via aviseringar från Skatteverket. Länk till befolkningsregistret finns under menylänken </w:t>
+        <w:t xml:space="preserve">I SAMSA finns möjlighet att söka personer via befolkningsregistret Västfolket, som innehåller information om personer folkbokförda i Västra Götaland och Halland. Det går även att utvidga sökningen till personer i hela Sverige via Skatteverkets befolkningsregister. Uppdatering av Västfolket sker regelbundet via aviseringar från Skatteverket. Länk till befolkningsregistret finns under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>menylänken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0D6AA566">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Patient admin</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Patient </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0D6AA566">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>admin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Se </w:t>
       </w:r>
       <w:hyperlink w:anchor="Bilaga1">
         <w:r w:rsidRPr="0D6AA566">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 1 – Uppgifter i SAMSA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="183DCD9F" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
       <w:r w:rsidRPr="00B57187">
         <w:t>Alla som har skrivbehörighet i SAMSA, har åtkomst till sökfunktionen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E863E5D" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="005B27D4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="112" w:name="_Genomförande"/>
@@ -1945,51 +1959,99 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2DFF19" w14:textId="77777777" w:rsidR="009F02C9" w:rsidRPr="009F02C9" w:rsidRDefault="00B57187" w:rsidP="00F95952">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045482E">
         <w:t>Ring *31*00 + telefonnummer (inkl. riktnummer till fast telefon)</w:t>
       </w:r>
       <w:r w:rsidRPr="0045482E">
         <w:br/>
         <w:t>Om ingen svarar, lämna meddelande om att kontakt önskas och vem de ska söka.</w:t>
       </w:r>
       <w:r w:rsidRPr="0045482E">
         <w:br/>
       </w:r>
       <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(Anm: *31* innebär att uppringarens telefonnummer visas för mottagaren. Vid samtal via sjukhusets telefonväxel visas nummer 010-1664200 eller 010-3312290).</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: *31* innebär att uppringarens telefonnummer visas för mottagaren. Vid samtal via sjukhusets telefonväxel visas nummer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>010-1664200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>010-3312290</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F02C9" w:rsidRPr="0045482E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E3980F" w14:textId="55A04284" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00F95952">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:lastRenderedPageBreak/>
         <w:t>Om kontakt enligt punkt 1 inte lyckas inom arbetspasset, gå vidare till punkt 2!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574D3E68" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="006E71EB">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:bdr w:val="nil"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:bdr w:val="nil"/>
         </w:rPr>
         <w:t>SMS till närstående från din e-post till mobilnummer</w:t>
@@ -2073,76 +2135,76 @@
           <w:bdr w:val="nil"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A147120" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00187192">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:t>Brev skickas efter tre arbetspass om kontaktförsök misslyckats!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D44BD97" w14:textId="553A5EC1" w:rsidR="00B57187" w:rsidRPr="001028BD" w:rsidRDefault="00B57187" w:rsidP="727D006C">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="727D006C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
-        <w:t xml:space="preserve">Om närstående inte gått att nå enligt punkt 1-3, och patienten har avlidit, se rubrik </w:t>
+        <w:t xml:space="preserve">Om närstående inte gått att nå enligt punkt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="727D006C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bdr w:val="nil"/>
+        </w:rPr>
+        <w:t>1-3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="727D006C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bdr w:val="nil"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, och patienten har avlidit, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Avliden_patient" w:history="1">
         <w:r w:rsidRPr="00865C52">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>Avlide</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> patient</w:t>
+          <w:t>Avliden patient</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="1684D0CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bdr w:val="nil"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112A2DAA" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00D660F0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="148" w:name="_Toc5"/>
       <w:bookmarkStart w:id="149" w:name="_Toc6916956"/>
       <w:bookmarkStart w:id="150" w:name="_Toc256000012"/>
       <w:bookmarkStart w:id="151" w:name="_Toc256000034"/>
       <w:bookmarkStart w:id="152" w:name="_Toc256000056"/>
       <w:bookmarkStart w:id="153" w:name="_Toc256000078"/>
       <w:bookmarkStart w:id="154" w:name="_Toc256000100"/>
       <w:bookmarkStart w:id="155" w:name="_Toc64893133"/>
@@ -2257,131 +2319,123 @@
       </w:r>
       <w:r w:rsidR="15AEA973" w:rsidRPr="0D6AA566">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
     </w:p>
     <w:p w14:paraId="123EA90C" w14:textId="2CAF0926" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00280753">
       <w:r w:rsidRPr="00B57187">
         <w:t>Sök kontaktuppgift enligt något av nedanstående alternativ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E7F519" w14:textId="1A58D28B" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="000D25B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Om patienten är inskriven på sjukhuset men uppgifter i SAMSA</w:t>
       </w:r>
       <w:r w:rsidR="11700B0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>saknas om närstående, kontaktperson i kommun/boende, fast vårdkontakt etc. kan ett administrativt meddelande skickas i systemet för att få hjälp med uppgifter av primärvård och kommun.</w:t>
+        <w:t xml:space="preserve">saknas om närstående, kontaktperson i kommun/boende, fast vårdkontakt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kan ett administrativt meddelande skickas i systemet för att få hjälp med uppgifter av primärvård och kommun.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A63D45" w14:textId="4086FE71" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="000D25B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Ta hjälp av</w:t>
       </w:r>
       <w:r w:rsidR="541D45AD">
         <w:t xml:space="preserve"> annan lämplig medarbetare i verksamheten.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B32F92B" w14:textId="1A4067BC" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="000D25B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Om patienten är inskriven i t.ex. hemtjänst kan kommunen hjälpa till dagtid (vardagar): Kontakta den kommun där patienten är folkbokförd.</w:t>
+        <w:t xml:space="preserve">Om patienten är inskriven i </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hemtjänst kan kommunen hjälpa till dagtid (vardagar): Kontakta den kommun där patienten är folkbokförd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8DDFC8" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00280753">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:t>Medicinskt ID/ICE i patientens mobiltelefon (nödsituation/nödsamtal beroende av vilken typ av mobiltelefon patienten har).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CECA8E" w14:textId="46EA5251" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="727D006C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om patientens personnummer är känt kan sökning efter närstående göras i befolkningsregistret via </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="1684D0CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Västf</w:t>
-[...11 lines deleted...]
-          <w:t>lket</w:t>
+          <w:t>Västfolket</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">; det går även att utvidga sökningen till hela Sverige, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sökning_i_befolkningsregister">
         <w:r w:rsidRPr="002172C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Sökning i befo</w:t>
-[...11 lines deleted...]
-          <w:t>kningsregister</w:t>
+          <w:t>Sökning i befolkningsregister</w:t>
         </w:r>
         <w:r w:rsidRPr="1684D0CC">
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="263D8DB1" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00280753">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Polis, telefon </w:t>
       </w:r>
       <w:r w:rsidRPr="0068469F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>114 14</w:t>
       </w:r>
       <w:r w:rsidRPr="00B57187">
         <w:t>. Motringning kan bli aktuell innan uppgifter lämnas ut.</w:t>
       </w:r>
     </w:p>
@@ -2545,51 +2599,59 @@
       <w:bookmarkStart w:id="204" w:name="_Toc256000104"/>
       <w:bookmarkStart w:id="205" w:name="_Toc64893137"/>
       <w:bookmarkStart w:id="206" w:name="_Toc256000126"/>
       <w:bookmarkStart w:id="207" w:name="_Toc256000148"/>
       <w:bookmarkStart w:id="208" w:name="_Toc256000170"/>
       <w:bookmarkStart w:id="209" w:name="_Toc256000192"/>
       <w:bookmarkStart w:id="210" w:name="_Toc164425586"/>
       <w:r w:rsidRPr="00B57187">
         <w:t>Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
     </w:p>
     <w:p w14:paraId="74DCF737" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="008C7F26">
       <w:r>
-        <w:t>Varje försök och resultat ska dokumenteras i patientjournalen där journalanteckning ska göras i mall ”Anteckning”, t.ex. ”Jag har vid fyra tillfällen under eftermiddagen försökt nå patientens närstående på telefon men inte lyckats”.</w:t>
+        <w:t xml:space="preserve">Varje försök och resultat ska dokumenteras i patientjournalen där journalanteckning ska göras i mall ”Anteckning”, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ”Jag har vid fyra tillfällen under eftermiddagen försökt nå patientens närstående på telefon men inte lyckats”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="442085AF" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="211" w:name="_Toc182366122"/>
       <w:bookmarkStart w:id="212" w:name="_Toc6916961"/>
       <w:bookmarkStart w:id="213" w:name="_Toc256000017"/>
       <w:bookmarkStart w:id="214" w:name="_Toc256000039"/>
       <w:bookmarkStart w:id="215" w:name="_Toc256000061"/>
       <w:bookmarkStart w:id="216" w:name="_Toc256000083"/>
       <w:bookmarkStart w:id="217" w:name="_Toc256000105"/>
       <w:bookmarkStart w:id="218" w:name="_Toc64893138"/>
       <w:bookmarkStart w:id="219" w:name="_Toc256000127"/>
       <w:bookmarkStart w:id="220" w:name="_Toc256000149"/>
       <w:bookmarkStart w:id="221" w:name="_Toc256000171"/>
       <w:bookmarkStart w:id="222" w:name="_Toc256000193"/>
       <w:bookmarkStart w:id="223" w:name="_Toc164425587"/>
       <w:r w:rsidRPr="00B57187">
         <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
@@ -2601,135 +2663,154 @@
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
     </w:p>
     <w:p w14:paraId="2EB55C3F" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="008C7F26" w:rsidRDefault="00B57187" w:rsidP="004B5554">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C7F26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76026015" w14:textId="7243D0A3" w:rsidR="004B5554" w:rsidRPr="004B5554" w:rsidRDefault="4013D63D" w:rsidP="004B5554">
+    <w:p w14:paraId="58B738AB" w14:textId="1176257C" w:rsidR="004B5554" w:rsidRDefault="0012186F" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:bookmarkStart w:id="224" w:name="_Toc149035757"/>
       <w:bookmarkStart w:id="225" w:name="_Toc149978547"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>Sarvin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>Jamei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t xml:space="preserve">, 1:e kurator, </w:t>
+      </w:r>
       <w:r>
-        <w:t>Malin Classon,</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="0012186F" w:rsidRPr="1684D0CC">
+        <w:t>VO Neurologi, rehabilitering och nära vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1675F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1675F" w:rsidRPr="00E1675F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> sammankallande</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58B738AB" w14:textId="77777777" w:rsidR="004B5554" w:rsidRDefault="0012186F" w:rsidP="004B5554">
+        <w:t>(sammankallande)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5284C171" w14:textId="2F75F351" w:rsidR="004B5554" w:rsidRDefault="37C21AC4" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:r w:rsidRPr="00B57187">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>VO Neurologi, rehabilitering och nära vård</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="5284C171" w14:textId="2F75F351" w:rsidR="004B5554" w:rsidRDefault="37C21AC4" w:rsidP="004B5554">
+        <w:t xml:space="preserve">Åsa Kärrman Lund, </w:t>
+      </w:r>
+      <w:r w:rsidR="0012186F">
+        <w:t>utvecklingscontroller, VO Medicin, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBE99E1" w14:textId="0F305705" w:rsidR="004B5554" w:rsidRDefault="37167F96" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Åsa Kärrman Lund, </w:t>
+        <w:t>Anna Vikström</w:t>
+      </w:r>
+      <w:r w:rsidR="17B19455">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0012186F">
-        <w:t>utvecklingscontroller, VO Medicin, SÄS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1CBE99E1" w14:textId="0F305705" w:rsidR="004B5554" w:rsidRDefault="37167F96" w:rsidP="004B5554">
+        <w:t xml:space="preserve"> vårdenhetschef, VO Anestesi, operation, intensivvård/intensivvårdsavdelningen, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBE52F4" w14:textId="77777777" w:rsidR="004B5554" w:rsidRDefault="0012186F" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="1EBE52F4" w14:textId="77777777" w:rsidR="004B5554" w:rsidRDefault="0012186F" w:rsidP="004B5554">
+      <w:r w:rsidRPr="00B57187">
+        <w:t xml:space="preserve">Carina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>Standoft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>, specialistsjuksköterska inom intensivvård, intensivvårdsavdelningen, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D55313" w14:textId="06810DE5" w:rsidR="0012186F" w:rsidRPr="00B57187" w:rsidRDefault="0012186F" w:rsidP="004B5554">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
-        <w:t>Carina Standoft, specialistsjuksköterska inom intensivvård, intensivvårdsavdelningen, SÄS</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Ingrid Rangert, utvecklingscontroller, </w:t>
+        <w:t xml:space="preserve">Ingrid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>Rangert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t xml:space="preserve">, utvecklingscontroller, </w:t>
       </w:r>
       <w:r>
         <w:t>VO Akutsjukvård</w:t>
       </w:r>
       <w:r w:rsidRPr="00B57187">
         <w:t xml:space="preserve">, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767D9004" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="004B5554" w:rsidRDefault="00B57187" w:rsidP="004B5554">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B5554">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
@@ -2889,57 +2970,67 @@
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00B21B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardsforordning-201780_sfs-2017-80</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6281F2CC" w14:textId="199C7360" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
-        <w:t>Närståendebegreppet. Socialstyrelsen</w:t>
+        <w:t>Närståendebegreppet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E201B8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>. Socialstyrelsen</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00B21B64" w:rsidRPr="00B21B64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/kunskapsstod-och-regler/omraden/organ-och-vavnadsdonation/donationsprocessen/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2E4C6217" w14:textId="0E2E7CCD" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2952,518 +3043,400 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>Innebörden av begreppet närstående i sekretesslagen. Rättsfall med domslut i Regeringsrätten (RÅ 2009:17)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="001F22E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>https://lagen.nu/dom/ra</w:t>
-[...15 lines deleted...]
-          <w:t>2009:17</w:t>
+          <w:t>https://lagen.nu/dom/ra/2009:17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="435BC800" w14:textId="5FEBB13F" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>Sekretess utifrån ett patientperspektiv. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00C32E78" w:rsidRPr="00E201B8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>https://hittadok</w:t>
-[...15 lines deleted...]
-          <w:t>ment.vgregion.se/sas</w:t>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="331471F5" w14:textId="5C26E6FE" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="002921C0" w:rsidP="00E201B8">
+    <w:p w14:paraId="331471F5" w14:textId="5C26E6FE" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00B57187" w:rsidRPr="001639D9">
+        <w:r w:rsidRPr="001639D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>När gäller sekretess för uppgifter i en avlidens patientjo</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B57187" w:rsidRPr="001639D9">
+          <w:t>När gäller sekretess för uppgifter i en avlidens patientjournal?</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001639D9">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E201B8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>Information från Västra Götalandsregionens juridiska avdelning (dnr RS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E201B8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>2016-04290</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E201B8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E201B8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="001639D9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>u</w:t>
-[...7 lines deleted...]
-          <w:t>rnal?</w:t>
+          <w:t>https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik/a-o-juridik/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B57187" w:rsidRPr="001639D9">
-[...65 lines deleted...]
-      <w:r w:rsidR="00B57187" w:rsidRPr="00E201B8">
+      <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (under bokstaven S)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32648232" w14:textId="498C048F" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Västra Götalandsregionens hemsida för samlad juridisk information</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00BA64E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.</w:t>
-[...15 lines deleted...]
-          <w:t>e/stod-och-tjanster/amnen-a-o/juridik</w:t>
+          <w:t>https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54E388DC" w14:textId="0BF9D876" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>SOSFS 2011:9 Ledningssystem för systematiskt kvalitetsarbete. Socialstyrelsens författningssamling.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00A60717" w:rsidRPr="00BA2100">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-o</w:t>
-[...15 lines deleted...]
-          <w:t>-ledningssystem-for-systematiskt-kvalitetsarbete/</w:t>
+          <w:t>www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="380651D0" w14:textId="237ECB00" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>Ärvdabalk (1958:637)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>. Svensk författningssamling</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00A442D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-</w:t>
-[...15 lines deleted...]
-          <w:t>958637_sfs-1958-637</w:t>
+          <w:t>www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-1958637_sfs-1958-637</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="657D75FF" w14:textId="54FC61C5" w:rsidR="00B57187" w:rsidRPr="00E201B8" w:rsidRDefault="00B57187" w:rsidP="00E201B8">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>Anmälan om oro för barn och unga</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E201B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00EE5C5D" w:rsidRPr="00EE5C5D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>https://hittadokument.v</w:t>
-[...15 lines deleted...]
-          <w:t>region.se/sas</w:t>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1924A4E3" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="007B7090">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="238" w:name="Bilaga1"/>
       <w:bookmarkStart w:id="239" w:name="_Toc6916963"/>
       <w:bookmarkStart w:id="240" w:name="_Toc256000019"/>
       <w:bookmarkStart w:id="241" w:name="_Toc256000041"/>
       <w:bookmarkStart w:id="242" w:name="_Toc256000063"/>
       <w:bookmarkStart w:id="243" w:name="_Toc256000085"/>
       <w:bookmarkStart w:id="244" w:name="_Toc256000107"/>
       <w:bookmarkStart w:id="245" w:name="_Toc64893140"/>
       <w:bookmarkStart w:id="246" w:name="_Toc256000129"/>
       <w:bookmarkStart w:id="247" w:name="_Toc256000151"/>
       <w:bookmarkStart w:id="248" w:name="_Toc256000173"/>
       <w:bookmarkStart w:id="249" w:name="_Toc256000195"/>
-      <w:bookmarkStart w:id="250" w:name="_Toc9"/>
-      <w:bookmarkStart w:id="251" w:name="_Toc164425589"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc164425589"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc9"/>
       <w:bookmarkEnd w:id="238"/>
       <w:r w:rsidRPr="00B57187">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1 - Uppgifter i SAMSA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
-      <w:bookmarkEnd w:id="251"/>
+      <w:bookmarkEnd w:id="250"/>
     </w:p>
     <w:p w14:paraId="2DD64580" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00B57187">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1034F959" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="007B7090">
       <w:r w:rsidRPr="00B57187">
-        <w:t>(Exempel hämtat ur användarhandbok SAMSA, version 1.0.3.100)</w:t>
+        <w:t>(Exempel hämtat ur användarhandbok SAMSA, version 1.0.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>3.100</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4E8780" w14:textId="0D0CEBCF" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="007B7090">
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78F15CF3" wp14:editId="7667F41D">
             <wp:extent cx="5457825" cy="6657975"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bild 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -3693,51 +3666,51 @@
       <w:bookmarkStart w:id="277" w:name="_Toc164425591"/>
       <w:bookmarkEnd w:id="265"/>
       <w:r w:rsidRPr="00B57187">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bilaga 3 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t>Scenarier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:p w14:paraId="793059C9" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00B63904">
       <w:r w:rsidRPr="00B57187">
         <w:t>Nedanstående scenarier är hämtade från verkliga patientfall, och kan användas som diskussionsunderlag vid APT eller liknande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF15A39" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="0017791D">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vem ansvarar för att närstående blir kontaktad?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1F0D42" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00B63904">
       <w:r w:rsidRPr="00B57187">
         <w:t>– En patient inkommer till vården i ett så dåligt tillstånd att uppgifter om närstående inte går att få. Det finns ingen journal sedan tidigare och det är ingen närstående medföljande med patienten, eller som tar kontakt med sjukvården senare. Patienten avlider utan att vi har kännedom om närstående.</w:t>
       </w:r>
@@ -3789,259 +3762,274 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ska närstående kontaktas?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13381492" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="00B63904">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ung patient anländer till sjukhuset efter att ha intoxikerat sig. Hen uttrycker att föräldrarna inte får kontaktas. Efter någon timma blir patienten medvetslös och kräver intensivvård.</w:t>
+        <w:t xml:space="preserve">Ung patient anländer till sjukhuset efter att ha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>intoxikerat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B57187">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sig. Hen uttrycker att föräldrarna inte får kontaktas. Efter någon timma blir patienten medvetslös och kräver intensivvård.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03098AE7" w14:textId="77777777" w:rsidR="00B57187" w:rsidRPr="00B57187" w:rsidRDefault="00B57187" w:rsidP="0017791D">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Har god man rätt? Ska vi ändå kontakta patientens föräldrar?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B9F95B" w14:textId="6D034C8D" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00B57187" w:rsidP="0017791D">
       <w:r w:rsidRPr="00B57187">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Patient som har god man som närmast närstående. Vårdas på intensivvårdsavdelning. Patientens tillstånd försämras. God man anser inte att patientens föräldrar ska kontaktas.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00B57187">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="75EEBDA5" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="6BC09265" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="51E0E802" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -4070,51 +4058,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -4148,87 +4136,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="6CF34B35" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="2B8E8E22" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="7ACA99B1" w14:textId="77777777" w:rsidR="00F379AE" w:rsidRDefault="00F379AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4258,100 +4246,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4381,87 +4369,87 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -4502,51 +4490,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6890,67 +6878,68 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="369182993">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="773862339">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1324047301">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -6996,106 +6985,111 @@
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00153380"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="0016075B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001639D9"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017791D"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="00187192"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
+    <w:rsid w:val="001C5B4D"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E504D"/>
     <w:rsid w:val="001F22E0"/>
     <w:rsid w:val="001F7AB0"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="002172C5"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280753"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="002921C0"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="0029705A"/>
     <w:rsid w:val="002A526E"/>
+    <w:rsid w:val="002B0838"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B7464"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="0033342E"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
+    <w:rsid w:val="003864B6"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00416D30"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="0045482E"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
@@ -7137,128 +7131,132 @@
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B27D4"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00660B3E"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="0068469F"/>
+    <w:rsid w:val="0068510F"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E71EB"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A14B2"/>
     <w:rsid w:val="007A5AF4"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B7090"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E6C43"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00824113"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00826A87"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00865C52"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F26"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00946C06"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00961F15"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A6892"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F02C9"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A23464"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
@@ -7275,257 +7273,268 @@
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A938B2"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB3E05"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B21B64"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B52E43"/>
     <w:rsid w:val="00B57187"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B63904"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA64E0"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C018A5"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C32E78"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C43C10"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C82B97"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D17E14"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D63B88"/>
     <w:rsid w:val="00D660F0"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D92BB6"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB61C7"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E14DFF"/>
+    <w:rsid w:val="00E1675F"/>
     <w:rsid w:val="00E201B8"/>
+    <w:rsid w:val="00E27850"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E83561"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00ED7AA9"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE5C5D"/>
     <w:rsid w:val="00EE60EF"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F354EC"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F379AE"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51A63"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F95952"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="00FF7E06"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="087E3A54"/>
     <w:rsid w:val="0ACFF3C1"/>
+    <w:rsid w:val="0B42E5CD"/>
     <w:rsid w:val="0B48B274"/>
     <w:rsid w:val="0B4B6E89"/>
     <w:rsid w:val="0CE73EEA"/>
     <w:rsid w:val="0D6AA566"/>
     <w:rsid w:val="0E079483"/>
     <w:rsid w:val="0E52B7CA"/>
     <w:rsid w:val="0E80BE5C"/>
     <w:rsid w:val="0F8A3C87"/>
     <w:rsid w:val="11700B0C"/>
     <w:rsid w:val="11BAB00D"/>
     <w:rsid w:val="12A32641"/>
     <w:rsid w:val="1433143D"/>
     <w:rsid w:val="145DADAA"/>
     <w:rsid w:val="15AEA973"/>
     <w:rsid w:val="1684D0CC"/>
     <w:rsid w:val="17B19455"/>
     <w:rsid w:val="1B1557B4"/>
     <w:rsid w:val="1BDEF6E0"/>
     <w:rsid w:val="1DC0CE26"/>
     <w:rsid w:val="1FDE3A38"/>
     <w:rsid w:val="2315DAFA"/>
     <w:rsid w:val="237491BE"/>
     <w:rsid w:val="2A21DD2D"/>
     <w:rsid w:val="2BEF7452"/>
+    <w:rsid w:val="2F6EF2D6"/>
     <w:rsid w:val="33683CC7"/>
     <w:rsid w:val="37167F96"/>
     <w:rsid w:val="37C21AC4"/>
     <w:rsid w:val="4013D63D"/>
     <w:rsid w:val="412AAAC9"/>
     <w:rsid w:val="419B056E"/>
     <w:rsid w:val="4582A124"/>
     <w:rsid w:val="4C2FBC8F"/>
     <w:rsid w:val="4DDD3FE1"/>
     <w:rsid w:val="50542E09"/>
     <w:rsid w:val="5098C125"/>
     <w:rsid w:val="541D45AD"/>
     <w:rsid w:val="59AB0046"/>
     <w:rsid w:val="5F8A1988"/>
     <w:rsid w:val="62F15FE0"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64B8C0CA"/>
     <w:rsid w:val="66D8FB96"/>
     <w:rsid w:val="67A5B1A3"/>
     <w:rsid w:val="68A135A4"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6E8ACD48"/>
     <w:rsid w:val="71593765"/>
     <w:rsid w:val="71C4A606"/>
     <w:rsid w:val="727D006C"/>
     <w:rsid w:val="746D318A"/>
     <w:rsid w:val="77230F66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7862,52 +7871,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00B57187"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="0045482E"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
@@ -10148,51 +10156,51 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10220,51 +10228,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobilnummer@sms.vgregion.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittaidiariet.vgregion.se/download.do?id=2646379&amp;filename=N%C3%A4r+g%C3%A4ller+sekretess+f%C3%B6r+uppgifter+i+en+avlidens+patientjournal%3F" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/system-a-o/vastfolket/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-19/SURROGATE/Sekretess%20utifr%c3%a5n%20ett%20patientperspektiv.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-19/SURROGATE/Sekretess%20utifr%c3%a5n%20ett%20patientperspektiv.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-222/SURROGATE/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lagen.nu/dom/ra/2009:17" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/omraden/organ-och-vavnadsdonation/donationsprocessen/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-386/SURROGATE/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardsforordning-201780_sfs-2017-80" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik/a-o-juridik/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-1958637_sfs-1958-637" TargetMode="External" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobilnummer@sms.vgregion.se" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittaidiariet.vgregion.se/download.do?id=2646379&amp;filename=N%C3%A4r+g%C3%A4ller+sekretess+f%C3%B6r+uppgifter+i+en+avlidens+patientjournal%3F" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/system-a-o/vastfolket/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-19/SURROGATE/Sekretess%20utifr%c3%a5n%20ett%20patientperspektiv.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-19/SURROGATE/Sekretess%20utifr%c3%a5n%20ett%20patientperspektiv.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-222/SURROGATE/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20119-om-ledningssystem-for-systematiskt-kvalitetsarbete/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lagen.nu/dom/ra/2009:17" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/omraden/organ-och-vavnadsdonation/donationsprocessen/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-386/SURROGATE/Anm%c3%a4lan%20om%20barn%20och%20unga%20som%20far%20illa%20(VGR).pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-222/surrogate/Anm%c3%a4lan%20om%20oro%20f%c3%b6r%20barn%20och%20unga.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardsforordning-201780_sfs-2017-80" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/stod-och-tjanster/amnen-a-o/juridik/a-o-juridik/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/arvdabalk-1958637_sfs-1958-637" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10560,56 +10568,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1667</Words>
-  <Characters>14235</Characters>
+  <Words>1639</Words>
+  <Characters>10586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15871</CharactersWithSpaces>
+  <CharactersWithSpaces>12124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Närståendekontakter - Arbetssätt vid allvarligt sjuk patient eller annan händelse där kontakt är önskvärd, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>70</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>78</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>