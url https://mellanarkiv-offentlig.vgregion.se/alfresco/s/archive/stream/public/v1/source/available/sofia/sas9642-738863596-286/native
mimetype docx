--- v0 (2025-11-26)
+++ v1 (2026-01-08)
@@ -1,226 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CEEDC77" w14:textId="7AC933E8" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="0F7FBDA2" w:rsidP="00AF0BED">
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc256000140"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00AF0BED" w:rsidRDefault="0F7FBDA2" w14:paraId="7CEEDC77" w14:textId="7AC933E8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc44333031" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc44504157" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc44942951" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc45004720" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc50989939" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc62810243" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="17"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Antiviral tera</w:t>
       </w:r>
-      <w:r w:rsidR="0426D7F6" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="0426D7F6">
         <w:t>pi</w:t>
       </w:r>
-      <w:r w:rsidR="009D439E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="009D439E">
         <w:t xml:space="preserve"> mot covid-19, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728CC76D" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00AF0BED">
-[...28 lines deleted...]
-      <w:bookmarkStart w:id="43" w:name="_Toc193702251"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00AF0BED" w:rsidRDefault="009D439E" w14:paraId="728CC76D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc63681143" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000181" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc64024492" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000204" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc65154032" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc65167365" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc66895635" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000124" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc67918064" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000184" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000215" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000241" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc74667547" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000279" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000302" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000325" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000348" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc89618510" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc193702251" w:id="43"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Sammanfattning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="23FC573A" w14:textId="66C00A4A" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="008929D6" w:rsidP="00ED7D0F">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00ED7D0F" w:rsidRDefault="008929D6" w14:paraId="23FC573A" w14:textId="2936B8C3">
+      <w:r>
         <w:t xml:space="preserve">Rutin som innehåller lokal tillämpning av </w:t>
       </w:r>
       <w:r w:rsidR="00A477CD">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>nationellt vårdprogram</w:t>
+        <w:t>nationell</w:t>
+      </w:r>
+      <w:r w:rsidR="38438444">
+        <w:t>a behandlingsrekommendationer men innefattar inte råd om övrig</w:t>
+      </w:r>
+      <w:r w:rsidR="38A4F003">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="38438444">
+        <w:t>erapi</w:t>
+      </w:r>
+      <w:r w:rsidR="75B25164">
+        <w:t xml:space="preserve"> såsom trombosprofylax eller antiinflammatorisk behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4259E9CB" w14:textId="331D12C8" w:rsidR="003C2EAB" w:rsidRPr="00067195" w:rsidRDefault="00557D6C" w:rsidP="006A5A89">
+    <w:p w:rsidRPr="00067195" w:rsidR="003C2EAB" w:rsidP="006A5A89" w:rsidRDefault="00557D6C" w14:paraId="4259E9CB" w14:textId="331D12C8">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067195">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B828F48" w14:textId="77FF1F24" w:rsidR="003928EE" w:rsidRDefault="003C2EAB">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003C2EAB" w14:paraId="4B828F48" w14:textId="77FF1F24">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc193702251" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:history="1" w:anchor="_Toc193702251">
+        <w:r w:rsidRPr="006A176E" w:rsidR="003928EE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702251 \h </w:instrText>
@@ -232,64 +239,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003928EE">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6ABF88E8" w14:textId="3500DC30" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="6ABF88E8" w14:textId="3500DC30">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702252" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702252">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702252 \h </w:instrText>
@@ -301,64 +308,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50F41E9F" w14:textId="749674D2" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="50F41E9F" w14:textId="749674D2">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702253" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702253">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702253 \h </w:instrText>
@@ -370,64 +377,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40479AA5" w14:textId="5A1EE397" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="40479AA5" w14:textId="5A1EE397">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702254" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702254">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702254 \h </w:instrText>
@@ -439,64 +446,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16048077" w14:textId="0D1360DB" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="16048077" w14:textId="0D1360DB">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702255" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702255">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Information till patienter</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702255 \h </w:instrText>
@@ -508,64 +515,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45C10483" w14:textId="7F83A2FD" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="45C10483" w14:textId="7F83A2FD">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702256" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702256">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Provtagning och klinisk bedömning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702256 \h </w:instrText>
@@ -577,64 +584,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18D6E0AC" w14:textId="64227CC7" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="18D6E0AC" w14:textId="64227CC7">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702257" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702257">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Smittskyddsåtgärder i samband med provtagning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702257 \h </w:instrText>
@@ -646,64 +653,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0675DA1D" w14:textId="12AE3153" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="0675DA1D" w14:textId="12AE3153">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702258" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702258">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Provsvarshantering och behandling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702258 \h </w:instrText>
@@ -715,64 +722,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="723D43C7" w14:textId="5478F1E8" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="723D43C7" w14:textId="5478F1E8">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702259" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702259">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Läkemedelsbehandling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702259 \h </w:instrText>
@@ -784,64 +791,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="335E20CE" w14:textId="709DC280" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="335E20CE" w14:textId="709DC280">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702260" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702260">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702260 \h </w:instrText>
@@ -853,64 +860,64 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D1D4DE3" w14:textId="7C83F4C2" w:rsidR="003928EE" w:rsidRDefault="003928EE">
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    <w:p w:rsidR="003928EE" w:rsidRDefault="003928EE" w14:paraId="3D1D4DE3" w14:textId="7C83F4C2">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc193702261" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc193702261">
         <w:r w:rsidRPr="006A176E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc193702261 \h </w:instrText>
@@ -922,1438 +929,2636 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="069B5495" w14:textId="2841C925" w:rsidR="006322E6" w:rsidRDefault="003C2EAB" w:rsidP="003F27BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="006322E6" w:rsidP="003F27BB" w:rsidRDefault="003C2EAB" w14:paraId="069B5495" w14:textId="2841C925">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Toc65154033"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="64" w:name="_Toc193702252"/>
+      <w:bookmarkStart w:name="_Toc65154033" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc65167366" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc66895636" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc256000125" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc67918065" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000186" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000216" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000242" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc74667548" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000280" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000303" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000326" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000349" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc89618511" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc193702252" w:id="64"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="006322E6">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:p w14:paraId="7BAE3EF9" w14:textId="29D23139" w:rsidR="00D67AA6" w:rsidRDefault="00555BA6" w:rsidP="009F20FE">
+    <w:p w:rsidR="00D67AA6" w:rsidP="00155351" w:rsidRDefault="00555BA6" w14:paraId="7BAE3EF9" w14:textId="4ABAF0B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00FA5EEB">
         <w:t xml:space="preserve">npassning till </w:t>
       </w:r>
-      <w:r w:rsidR="000278C1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00227368">
+      <w:hyperlink w:history="1" w:anchor="hmainbody1" r:id="rId12">
+        <w:r w:rsidRPr="00935BDF" w:rsidR="294A5F8F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Läkemed</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="35643136">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="294A5F8F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">lsverkets </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="697274FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">behandlingsrekommendation </w:t>
+        </w:r>
+        <w:bookmarkStart w:name="_Int_n0SuatoV" w:id="65"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="697274FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>250612</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="65"/>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="00935BDF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="5918AA40">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="217C733A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>[</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00935BDF" w:rsidR="217C733A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>1]</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CF77FF">
+        <w:t xml:space="preserve"> och</w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="009135EC" w:rsidR="00CF77FF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> riktlinjer från RAV</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009135EC" w:rsidR="00153E1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (Referensgruppen för antiviral terapi)</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009135EC" w:rsidR="00245689">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> [2]</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003E3CCB" w:rsidP="00155351" w:rsidRDefault="00155351" w14:paraId="4980C101" w14:textId="41D7B5F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ä</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3CCB">
+        <w:t>ndrade rekommendationer vid njursv</w:t>
+      </w:r>
+      <w:r w:rsidR="5C347721">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3CCB">
+        <w:t>kt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E137FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D2AC2">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="22AB14C1" w14:textId="0936C8B3" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00AF0BED">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="_Toc193702253"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00AF0BED" w:rsidRDefault="009D439E" w14:paraId="22AB14C1" w14:textId="1F664044">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc193702253" w:id="66"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidR="00153E1E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="248FF3FC" w14:textId="77777777" w:rsidR="00306A3B" w:rsidRPr="000F708C" w:rsidRDefault="00306A3B" w:rsidP="00306A3B">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00306A3B" w:rsidP="00306A3B" w:rsidRDefault="00306A3B" w14:paraId="248FF3FC" w14:textId="77777777">
       <w:r w:rsidRPr="000F708C">
         <w:t>Patienter med nedsatt immunförsvar riskerar att drabbas av allvarligt förlopp om de insjuknar med covid-19. Det är därför angeläget med tidig diagnos och ställningstagande till behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F895049" w14:textId="240DF0B8" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="00BD2C40" w:rsidP="00233717">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="66" w:name="_Toc193702254"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00233717" w:rsidRDefault="00BD2C40" w14:paraId="4F895049" w14:textId="240DF0B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc193702254" w:id="67"/>
       <w:r>
         <w:t>Genomförande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w14:paraId="61D9E85E" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00AF0BED">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00AF0BED" w:rsidRDefault="009D439E" w14:paraId="61D9E85E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc89618513"/>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="109" w:name="_Toc193702255"/>
+      <w:bookmarkStart w:name="_Toc89618513" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc193702255" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc44333046" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc44504172" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc44942966" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc45004735" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc50989955" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000139" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc62810259" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc63681164" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc256000179" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000202" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc64024513" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000225" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc65154054" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc65167387" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc66895657" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc67918086" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc256000182" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000213" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc256000239" w:id="103"/>
+      <w:bookmarkStart w:name="_Toc256000263" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc74667568" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000277" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000300" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc256000323" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000346" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc256000369" w:id="110"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Information till patienter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w14:paraId="78F3BC06" w14:textId="2DE723E1" w:rsidR="00247F4F" w:rsidRPr="000F708C" w:rsidRDefault="00247F4F" w:rsidP="00247F4F">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00247F4F" w:rsidP="00247F4F" w:rsidRDefault="00247F4F" w14:paraId="78F3BC06" w14:textId="2DE723E1">
       <w:r w:rsidRPr="000F708C">
         <w:t>Patientens ordinarie läkare ansvarar för att berörda patienter är väl informerade om vikten av att tidigt ta prov vid misstanke om covid-19.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442A44AA" w14:textId="3D410D33" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="00247F4F" w:rsidP="00247F4F">
-      <w:r w:rsidRPr="000F708C">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00247F4F" w:rsidRDefault="00247F4F" w14:paraId="442A44AA" w14:textId="37E50B28">
+      <w:r>
         <w:t xml:space="preserve">I Melior finns i sektionen </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Korr/intyg</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r>
         <w:t xml:space="preserve"> en brevmall, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Covid, infobrev immun brist</w:t>
-      </w:r>
+        <w:t>Covid, infobrev immunbrist</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, som kan användas till patient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00E113DB" w:rsidRDefault="009D439E" w14:paraId="2498F551" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc89618514" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc193702256" w:id="112"/>
       <w:r w:rsidRPr="000F708C">
-        <w:t>, som kan användas till patient.</w:t>
-      </w:r>
+        <w:t>Provtagning och klinisk bedömning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
     </w:p>
-    <w:p w14:paraId="2498F551" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00E113DB">
-[...12 lines deleted...]
-    <w:p w14:paraId="09A22B42" w14:textId="77777777" w:rsidR="00F14A40" w:rsidRPr="000F708C" w:rsidRDefault="00F14A40" w:rsidP="00F14A40">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00F14A40" w:rsidP="00F14A40" w:rsidRDefault="00F14A40" w14:paraId="09A22B42" w14:textId="77777777">
       <w:r w:rsidRPr="000F708C">
         <w:t>Vid misstanke om covid-19 hos patienter med nedsatt immunförsvar bör provtagning utföras snarast.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D622CA3" w14:textId="7FE639DD" w:rsidR="00F14A40" w:rsidRPr="000F708C" w:rsidRDefault="00F14A40" w:rsidP="00F14A40">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00F14A40" w:rsidP="00F14A40" w:rsidRDefault="00F14A40" w14:paraId="2D622CA3" w14:textId="7FE639DD">
       <w:r w:rsidRPr="000F708C">
         <w:t xml:space="preserve">Infektionsläkare </w:t>
       </w:r>
-      <w:r w:rsidR="004F61EE" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="004F61EE">
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidRPr="000F708C">
         <w:t>kontaktas vid behov av läkare via växeln för värdering av utredningstempo, vilket är beroende av tidsförlopp och klinisk sjukdomsbild.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DB0EE4" w14:textId="24C67EDA" w:rsidR="00E12045" w:rsidRDefault="00F14A40" w:rsidP="00B03047">
-      <w:r w:rsidRPr="000F708C">
+    <w:p w:rsidR="00E12045" w:rsidP="00B03047" w:rsidRDefault="00F14A40" w14:paraId="63DB0EE4" w14:textId="24C67EDA">
+      <w:r w:rsidRPr="00F97758">
         <w:t xml:space="preserve">Provtagning och klinisk bedömning utförs i normalfallet på </w:t>
       </w:r>
-      <w:r w:rsidR="004F61EE" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="004F61EE">
         <w:t>den mottagning</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0A41" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00FE0A41">
         <w:t xml:space="preserve"> där patienten handläggs p</w:t>
       </w:r>
-      <w:r w:rsidR="00EE2009" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00EE2009">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0A41" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00FE0A41">
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00EE2009" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00EE2009">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0A41" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00FE0A41">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00EE2009" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00EE2009">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0A41" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="00F97758" w:rsidR="00FE0A41">
         <w:t xml:space="preserve"> sin grundsjukdom</w:t>
       </w:r>
+      <w:r w:rsidRPr="00F97758" w:rsidR="00EC0F34">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00EC0F34">
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B3D23A" w14:textId="0EBDA791" w:rsidR="00E70D71" w:rsidRPr="000F708C" w:rsidRDefault="00E70D71" w:rsidP="00B03047">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00E70D71" w:rsidP="00B03047" w:rsidRDefault="00E70D71" w14:paraId="01B3D23A" w14:textId="0EBDA791">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prov avseende </w:t>
       </w:r>
       <w:r w:rsidR="00040C45">
         <w:t>SARS-CoV-2 skickas till Mikrobiologen SÄS o</w:t>
       </w:r>
       <w:r w:rsidR="00CC0BA9">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00040C45">
         <w:t xml:space="preserve">h </w:t>
       </w:r>
       <w:r w:rsidR="00CC0BA9">
         <w:t xml:space="preserve">analysen </w:t>
       </w:r>
       <w:r w:rsidR="00040C45">
         <w:t xml:space="preserve">ingår i </w:t>
       </w:r>
       <w:r w:rsidR="00CC0BA9">
         <w:t xml:space="preserve">den </w:t>
       </w:r>
       <w:r w:rsidR="00040C45">
         <w:t>luftvägspanel som även omfattar inf</w:t>
       </w:r>
       <w:r w:rsidR="00CC0BA9">
         <w:t>luensa och RS-virus</w:t>
       </w:r>
       <w:r w:rsidR="001735F8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="531118E4" w14:textId="0059A9F6" w:rsidR="000B6650" w:rsidRPr="000F708C" w:rsidRDefault="00CC1C7B" w:rsidP="0079404C">
+    <w:p w:rsidRPr="000F708C" w:rsidR="000B6650" w:rsidP="0079404C" w:rsidRDefault="00CC1C7B" w14:paraId="531118E4" w14:textId="0059A9F6">
       <w:r>
         <w:t>Vid akut analys erhålls svar inom ett par timmar, annars påföljande dag</w:t>
       </w:r>
       <w:r w:rsidR="002A54E9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266EBA0A" w14:textId="583DF402" w:rsidR="004E4A77" w:rsidRPr="000F708C" w:rsidRDefault="004E4A77" w:rsidP="004E4A77">
+    <w:p w:rsidRPr="000F708C" w:rsidR="004E4A77" w:rsidP="004E4A77" w:rsidRDefault="004E4A77" w14:paraId="266EBA0A" w14:textId="583DF402">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="112" w:name="_Toc193702257"/>
+      <w:bookmarkStart w:name="_Toc193702257" w:id="113"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Smittskyddsåtgärder i samband med provtagning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
     </w:p>
-    <w:p w14:paraId="6BE5B3D4" w14:textId="6CB47679" w:rsidR="0077016A" w:rsidRPr="000F708C" w:rsidRDefault="004E4A77" w:rsidP="0077016A">
+    <w:p w:rsidRPr="000F708C" w:rsidR="0077016A" w:rsidP="0077016A" w:rsidRDefault="004E4A77" w14:paraId="6BE5B3D4" w14:textId="6CB47679">
       <w:r w:rsidRPr="000F708C">
         <w:t>Varje enskild avdelning</w:t>
       </w:r>
-      <w:r w:rsidR="001D0AC9" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="001D0AC9">
         <w:t xml:space="preserve"> som har patienter med behov av</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D0AC9" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="001D0AC9">
         <w:t>cov</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
         <w:t>id</w:t>
       </w:r>
-      <w:r w:rsidR="001D0AC9" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="001D0AC9">
         <w:t>provt</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="001D0AC9" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="001D0AC9">
         <w:t>gning</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
-[...2 lines deleted...]
-      <w:r w:rsidR="007B3A75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
+        <w:t>pga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
+        <w:t xml:space="preserve"> risk för allvarlig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F708C" w:rsidR="007B3A75">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
         <w:t xml:space="preserve"> sjukdom</w:t>
       </w:r>
-      <w:r w:rsidR="007B3A75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="007B3A75">
         <w:t>sförlopp</w:t>
       </w:r>
-      <w:r w:rsidR="005B2C34" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="005B2C34">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00200B75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00200B75">
         <w:t xml:space="preserve"> ansvarar för att </w:t>
       </w:r>
-      <w:r w:rsidR="003E3A0D" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="003E3A0D">
         <w:t>minimera risken för smittspridning på sjukhuset</w:t>
       </w:r>
-      <w:r w:rsidR="007B3A75" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="007B3A75">
         <w:t xml:space="preserve"> i sa</w:t>
       </w:r>
-      <w:r w:rsidR="00E37669" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00E37669">
         <w:t>mband med provtagning</w:t>
       </w:r>
-      <w:r w:rsidR="003E3A0D" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="003E3A0D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03579CFB" w14:textId="6CA75E9E" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="003E3A0D" w:rsidP="0077016A">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="0077016A" w:rsidRDefault="003E3A0D" w14:paraId="03579CFB" w14:textId="6CA75E9E">
       <w:r w:rsidRPr="000F708C">
         <w:t>Patienten ska informeras om att ha munskydd vid</w:t>
       </w:r>
-      <w:r w:rsidR="00D91D30" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00D91D30">
         <w:t xml:space="preserve"> vistelse i sjukhusets allmänna utrymmen och att hålla avstånd</w:t>
       </w:r>
-      <w:r w:rsidR="00E37669" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00E37669">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023F5934" w14:textId="6A16B9FE" w:rsidR="00E37669" w:rsidRPr="000F708C" w:rsidRDefault="00E37669" w:rsidP="00CB48B6">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00E37669" w:rsidP="00CB48B6" w:rsidRDefault="00E37669" w14:paraId="023F5934" w14:textId="6A16B9FE">
       <w:r w:rsidRPr="000F708C">
         <w:t>Vid ankomst till aktuell mottagning ska patienten utan dröjsmål visas till ett rum där provtagning kan ske</w:t>
       </w:r>
-      <w:r w:rsidR="00A621AE" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00A621AE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7C8FBD" w14:textId="31F4A633" w:rsidR="00A621AE" w:rsidRPr="000F708C" w:rsidRDefault="00A621AE" w:rsidP="00CB48B6">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00A621AE" w:rsidP="00CB48B6" w:rsidRDefault="00A621AE" w14:paraId="2A7C8FBD" w14:textId="31F4A633">
       <w:r w:rsidRPr="000F708C">
         <w:t>Åtgärderna kan variera beroende på olika lokala förhållanden på respektive mottagning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2684CE18" w14:textId="4342AED4" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00CB48B6">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00CB48B6" w:rsidRDefault="009D439E" w14:paraId="2684CE18" w14:textId="4342AED4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="_Toc89618515"/>
-      <w:bookmarkStart w:id="114" w:name="_Toc193702258"/>
+      <w:bookmarkStart w:name="_Toc193702258" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc89618515" w:id="115"/>
       <w:r w:rsidRPr="000F708C">
         <w:t>Provsvarshantering</w:t>
       </w:r>
-      <w:r w:rsidR="008D5EC4" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="008D5EC4">
         <w:t xml:space="preserve"> och behandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
-    <w:p w14:paraId="18C7EAAB" w14:textId="37EEB706" w:rsidR="00B13692" w:rsidRPr="000F708C" w:rsidRDefault="00034744" w:rsidP="00117FAF">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00B13692" w:rsidP="00117FAF" w:rsidRDefault="00034744" w14:paraId="18C7EAAB" w14:textId="37EEB706">
       <w:r w:rsidRPr="000F708C">
         <w:t>PAL ska skyndsa</w:t>
       </w:r>
-      <w:r w:rsidR="00B13692" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00B13692">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="000F708C">
         <w:t>t informeras om provsvar</w:t>
       </w:r>
-      <w:r w:rsidR="00B13692" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00B13692">
         <w:t xml:space="preserve"> och ansvarar för uppföljning och behandling</w:t>
       </w:r>
       <w:r w:rsidR="00227368">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3428D049" w14:textId="22C409DC" w:rsidR="00DF0323" w:rsidRPr="000F708C" w:rsidRDefault="00B13692" w:rsidP="00616C1D">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00DF0323" w:rsidP="00616C1D" w:rsidRDefault="00B13692" w14:paraId="3428D049" w14:textId="22C409DC">
       <w:r w:rsidRPr="000F708C">
         <w:t xml:space="preserve">PAL </w:t>
       </w:r>
-      <w:r w:rsidR="00090D5D" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00090D5D">
         <w:t>kan</w:t>
       </w:r>
-      <w:r w:rsidR="006B4ADB" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="006B4ADB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00871838" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00871838">
         <w:t xml:space="preserve">vid </w:t>
       </w:r>
-      <w:r w:rsidR="006B4ADB" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="006B4ADB">
         <w:t xml:space="preserve">behov </w:t>
       </w:r>
-      <w:r w:rsidR="00FF7091" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00FF7091">
         <w:t xml:space="preserve">ta </w:t>
       </w:r>
-      <w:r w:rsidR="006B4ADB" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="006B4ADB">
         <w:t>kontakt med infektionsläkare för ställningstagande till behandlingsindikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBAB8D6" w14:textId="2558EED5" w:rsidR="00616C1D" w:rsidRPr="000F708C" w:rsidRDefault="00616C1D" w:rsidP="00616C1D">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00616C1D" w:rsidP="00616C1D" w:rsidRDefault="00616C1D" w14:paraId="5FBAB8D6" w14:textId="2558EED5">
       <w:r w:rsidRPr="000F708C">
-        <w:t>Om behandling med Pa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00152079" w:rsidRPr="000F708C">
+        <w:t xml:space="preserve">Om behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F708C">
+        <w:t>Pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F708C" w:rsidR="00152079">
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidRPr="000F708C">
-        <w:t>lovid blir aktuell</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00152079" w:rsidRPr="000F708C">
+        <w:t>lovid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F708C">
+        <w:t xml:space="preserve"> blir aktuell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F708C" w:rsidR="00152079">
         <w:t xml:space="preserve"> förskrivs detta läkemedel </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7FD0" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00EA7FD0">
         <w:t xml:space="preserve">på recept </w:t>
       </w:r>
-      <w:r w:rsidR="00152079" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00152079">
         <w:t>av PAL</w:t>
       </w:r>
-      <w:r w:rsidR="00D36569" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00D36569">
         <w:t xml:space="preserve"> och patienten hänvisas till sjukhusapoteket för </w:t>
       </w:r>
-      <w:r w:rsidR="008D5EC4" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="008D5EC4">
         <w:t>uthämtning av läkemedel</w:t>
       </w:r>
-      <w:r w:rsidR="00897C52" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00897C52">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D2E0A6" w14:textId="17D1578D" w:rsidR="001F6B5E" w:rsidRPr="000F708C" w:rsidRDefault="00897C52" w:rsidP="007A3AEB">
-      <w:r w:rsidRPr="000F708C">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00467F91" w:rsidP="4E3C1762" w:rsidRDefault="00897C52" w14:paraId="591E1710" w14:textId="562BCD4D">
+      <w:r>
         <w:t>Observera att det är angeläget med läkem</w:t>
       </w:r>
-      <w:r w:rsidR="00EA012D" w:rsidRPr="000F708C">
+      <w:r w:rsidR="00EA012D">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EA012D" w:rsidRPr="000F708C">
+      <w:r>
+        <w:t xml:space="preserve">delsgenomgång avseende interaktioner med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Paxlovid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA012D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B95500" w14:textId="52FDE8A5" w:rsidR="00467F91" w:rsidRPr="000F708C" w:rsidRDefault="00F245C1" w:rsidP="000144CE">
+    <w:p w:rsidR="006A621E" w:rsidRDefault="006A621E" w14:paraId="2CFFE54B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc193702259" w:id="116"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60ABB" w:rsidP="00E60ABB" w:rsidRDefault="006A621E" w14:paraId="59FCF8A5" w14:textId="2B887511">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc193702259"/>
-      <w:r w:rsidRPr="000F708C">
+      <w:r>
+        <w:t>Allvarlighetsbedömning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00652BFA" w:rsidR="00652BFA" w:rsidP="00652BFA" w:rsidRDefault="00652BFA" w14:paraId="7EC2DA1C" w14:textId="77777777"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="988" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="85" w:type="dxa"/>
+          <w:bottom w:w="85" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A621E" w:rsidTr="00D04031" w14:paraId="07F779A1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F97593" w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="006A621E" w14:paraId="4926444F" w14:textId="141E5D4A">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F97593">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Svårighetsgrad</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04031">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av Covid-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F97593" w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="00070411" w14:paraId="5C17612A" w14:textId="1B71988E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F97593">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Klinisk bild</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A621E" w:rsidTr="00D04031" w14:paraId="54DB0DC2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="00281DE4" w14:paraId="3C01C225" w14:textId="14D63759">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Asymtomatisk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="008C52D3" w14:paraId="2A81E92C" w14:textId="02099D53">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Verifierad akut infektion utan symtom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A621E" w:rsidTr="00D04031" w14:paraId="4D209D30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="008C52D3" w14:paraId="72AB9DF8" w14:textId="79161C7B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mild/ måttlig </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="008C52D3" w14:paraId="3CD832C6" w14:textId="598C1324">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Infektion med lätt </w:t>
+            </w:r>
+            <w:r w:rsidR="00711ED6">
+              <w:t>eller måttlig allmänpåverkan utan syrgasbehov</w:t>
+            </w:r>
+            <w:r w:rsidR="0038736D">
+              <w:t xml:space="preserve"> (pO2&gt;93)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A621E" w:rsidTr="00D04031" w14:paraId="4A93E03D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="00711ED6" w14:paraId="773B0A4F" w14:textId="604FA201">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Svår </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="0038736D" w14:paraId="2F076AAB" w14:textId="3DD25855">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Infektion med uttalad</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7C5D">
+              <w:t xml:space="preserve"> allmänpåverkan och/ eller syrgasbehov (pO2&lt;94)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A621E" w:rsidTr="00D04031" w14:paraId="575F6C61" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="00BE559F" w14:paraId="260E4DE4" w14:textId="6A06DC00">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Kritisk </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4134" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="00BE559F" w14:paraId="0DCEF37B" w14:textId="6D4FAE61">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Infektion med svår respiratorisk</w:t>
+            </w:r>
+            <w:r w:rsidR="00652BFA">
+              <w:t>/cirkulatorisk svikt</w:t>
+            </w:r>
+            <w:r w:rsidR="00F70BE3">
+              <w:t xml:space="preserve"> eller multiorgansvikt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="006A621E" w:rsidR="006A621E" w:rsidP="006A621E" w:rsidRDefault="006A621E" w14:paraId="5822759D" w14:textId="77777777"/>
+    <w:p w:rsidR="00E60ABB" w:rsidP="00E60ABB" w:rsidRDefault="00F245C1" w14:paraId="2E0D7D7C" w14:textId="1E05A7A4">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
         <w:t>Läkemedelsbehand</w:t>
       </w:r>
-      <w:r w:rsidR="008402B6" w:rsidRPr="000F708C">
+      <w:r w:rsidR="008402B6">
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r>
         <w:t>ing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
     </w:p>
-    <w:p w14:paraId="0B6833DF" w14:textId="239125BD" w:rsidR="00F245C1" w:rsidRPr="000F708C" w:rsidRDefault="001D54DA" w:rsidP="00BB5988">
-[...1 lines deleted...]
-        <w:pStyle w:val="Underrubrik"/>
+    <w:p w:rsidR="00886219" w:rsidP="00075154" w:rsidRDefault="00005589" w14:paraId="22D779EF" w14:textId="6D739E40">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Indikation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005589" w:rsidP="4E3C1762" w:rsidRDefault="00075154" w14:paraId="759271DB" w14:textId="009FD836">
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00C844DB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Tabell med praktisk vägledning i riktlinje från RAV</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00C844DB" w:rsidR="00C844DB" w:rsidP="00C844DB" w:rsidRDefault="00C844DB" w14:paraId="2CF2C156" w14:textId="74E8A219">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C844DB">
+        <w:t>Preparat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F708C" w:rsidR="00F245C1" w:rsidP="00BB5988" w:rsidRDefault="001D54DA" w14:paraId="0B6833DF" w14:textId="0F363097">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00837A3E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="00837A3E">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00F245C1" w:rsidRPr="000F708C">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F708C" w:rsidR="00F245C1">
         <w:t>Paxlovid</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="38C7B392" w14:textId="77777777" w:rsidR="0065513E" w:rsidRPr="000F708C" w:rsidRDefault="0065513E" w:rsidP="00067195">
+    <w:p w:rsidRPr="000F708C" w:rsidR="0065513E" w:rsidP="00067195" w:rsidRDefault="0065513E" w14:paraId="38C7B392" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>1) Förstahandsval vid behandling i tidigt skede, inom fem dagar, för att behandla patienter med covid-19 med låggradiga symtom men som har sjukdom eller behandling som innebär hög risk för allvarligt sjukdomsförlopp</w:t>
       </w:r>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32116E8C" w14:textId="057017B9" w:rsidR="0099205F" w:rsidRPr="000F708C" w:rsidRDefault="0065513E" w:rsidP="00067195">
+    <w:p w:rsidRPr="000F708C" w:rsidR="0099205F" w:rsidP="00067195" w:rsidRDefault="0065513E" w14:paraId="32116E8C" w14:textId="0CE22B6D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">2) Förstahandsval vid allvarlig sjukdom och inneliggande vård efter individuell bedömning. Bör påbörjas inom fem dagar men kan bli aktuellt även senare beroende på patientens immunstatus. </w:t>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E3C1762" w:rsidR="38818B82">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Andra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E3C1762">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">handsval vid allvarlig sjukdom och inneliggande vård efter individuell bedömning. Bör påbörjas inom fem dagar men kan bli aktuellt även senare beroende på patientens immunstatus. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6B612D" w14:textId="1945F141" w:rsidR="0065513E" w:rsidRPr="000F708C" w:rsidRDefault="009D6B2E" w:rsidP="000A2F59">
+    <w:p w:rsidRPr="000F708C" w:rsidR="0065513E" w:rsidP="000A2F59" w:rsidRDefault="009D6B2E" w14:paraId="5A6B612D" w14:textId="1EFDE50C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0065513E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762" w:rsidR="0065513E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>Interaktioner!</w:t>
       </w:r>
-      <w:r w:rsidR="0065513E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762" w:rsidR="769801B6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="004F210D" w:rsidRPr="000F708C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E3C1762" w:rsidR="004F210D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Länk till webbsidan </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-        </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="4E3C1762" w:rsidR="00850CEA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">COVID-19 </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="4E3C1762" w:rsidR="00850CEA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Drug</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="4E3C1762" w:rsidR="00850CEA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="4E3C1762" w:rsidR="00850CEA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Interactions</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00BB5988">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00700B61">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="006F1F4D">
-        <w:t>3</w:t>
+      <w:r w:rsidR="3C2DA650">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00700B61">
         <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647BF089" w14:textId="77777777" w:rsidR="0065513E" w:rsidRPr="000F708C" w:rsidRDefault="0065513E" w:rsidP="000A2F59">
+    <w:p w:rsidRPr="000F708C" w:rsidR="0065513E" w:rsidP="000A2F59" w:rsidRDefault="0065513E" w14:paraId="647BF089" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:t>Notera kontraindikation eller möjlighet till dosjustering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B95C4A" w14:textId="2689B996" w:rsidR="00062F9C" w:rsidRPr="00F064E6" w:rsidRDefault="0099205F" w:rsidP="00AA254B">
+    <w:p w:rsidR="00DD6474" w:rsidRDefault="00DD6474" w14:paraId="7B999183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F064E6" w:rsidR="00062F9C" w:rsidP="00AA254B" w:rsidRDefault="00062F9C" w14:paraId="06B95C4A" w14:textId="724F3A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F064E6">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="988" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="85" w:type="dxa"/>
+          <w:bottom w:w="85" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2931"/>
+        <w:gridCol w:w="2498"/>
+        <w:gridCol w:w="3921"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00177025" w:rsidTr="00C77F48" w14:paraId="5D59BE11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="515"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F97593" w:rsidR="00177025" w:rsidRDefault="00216898" w14:paraId="4D7050E4" w14:textId="3262C2C3">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Njurfunktion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="004B0F7C" w14:paraId="21A8C741" w14:textId="0EA20894">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Preparat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F97593" w:rsidR="00177025" w:rsidRDefault="00177025" w14:paraId="68DC0FDF" w14:textId="7D222315">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Dosering</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00177025" w:rsidTr="00C77F48" w14:paraId="12FC23B1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00177025" w14:paraId="56DD8D22" w14:textId="7E4D1326">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Normaldos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="004B0F7C" w14:paraId="52F54D1F" w14:textId="37087357">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Nirmaltrevir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F57206">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="4E3C1762" w:rsidR="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="17845187" w14:textId="143866DA">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Ritonavir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00177025" w14:paraId="285FA81B" w14:textId="7F1B6A52">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150mg 2x2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00177025" w14:paraId="0C7C2DF7" w14:textId="52CE68A0">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>100mg 1x2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00177025" w:rsidTr="00C77F48" w14:paraId="52F3696E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00216898" w14:paraId="6DF1F14C" w14:textId="3254DFA7">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>eGFR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="28877DEB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B0F7C" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="453294AF" w14:textId="7CDC40E5">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Nirmaltrevir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="2E4B85B9" w:rsidR="4B939271">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="072B859C" w14:textId="407EE8DF">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Ritonavir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F57206" w:rsidRDefault="00F57206" w14:paraId="543FD0E1" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150mg 1x2 + </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00F57206" w14:paraId="75C2F30E" w14:textId="29C649C2">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>100mg 1x2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00177025" w:rsidTr="00C77F48" w14:paraId="6DCA8FAC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00123118" w:rsidRDefault="00123118" w14:paraId="0A6B482B" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00216898" w14:paraId="7FDC0E8D" w14:textId="6807B302">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>eGFR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="4E3C1762">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00147F92">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>&lt;30</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD63FB">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD63FB" w:rsidRDefault="00AD63FB" w14:paraId="5F2078DA" w14:textId="5B40C045">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00123118" w:rsidP="004B0F7C" w:rsidRDefault="00123118" w14:paraId="0A902849" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004B0F7C" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="52712F95" w14:textId="6DD7CAE8">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Nirmaltrevir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F57206">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="1A47A076" w14:textId="5B3B4E27">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Ritonavir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00123118" w:rsidP="00123118" w:rsidRDefault="00017C14" w14:paraId="303E87ED" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dag </w:t>
+            </w:r>
+            <w:r w:rsidR="00123118">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00017C14" w:rsidRDefault="00C77F48" w14:paraId="1C89D5A1" w14:textId="766588D0">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="10AE3C43">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>150mg 2x1 +</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00C77F48" w14:paraId="7BC91F81" w14:textId="69F16C62">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="10AE3C43">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100mg 1x1                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00177025" w:rsidTr="00C77F48" w14:paraId="60D8AEFB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="851"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidRDefault="00123118" w14:paraId="0EF6A469" w14:textId="19206ED9">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>eGFR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2498" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00042594" w:rsidP="004B0F7C" w:rsidRDefault="00042594" w14:paraId="1F6AF08E" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131A6A" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="3B2DE03A" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Nirmaltrevir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="2E4B85B9" w:rsidR="3046D32B">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177025" w:rsidP="004B0F7C" w:rsidRDefault="004B0F7C" w14:paraId="26B1F0A6" w14:textId="2AC0A2AF">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+              </w:rPr>
+              <w:t>Ritonavir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3921" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00177025" w:rsidP="00042594" w:rsidRDefault="00042594" w14:paraId="081628AE" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dag 2-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00042594" w:rsidRDefault="00042594" w14:paraId="418C15A2" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="10AE3C43">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>150mg 1x1 +</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00042594" w:rsidP="00042594" w:rsidRDefault="00042594" w14:paraId="270E0B6A" w14:textId="7DEE1062">
+            <w:pPr>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="10AE3C43">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>100mg 1x1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002127B2" w:rsidP="00067195" w:rsidRDefault="002127B2" w14:paraId="7D89DFE1" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A87FF6" w14:textId="00629BE5" w:rsidR="0099205F" w:rsidRPr="000F708C" w:rsidRDefault="0099205F" w:rsidP="00F064E6">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidRPr="000F708C" w:rsidR="00BD6441" w:rsidP="00067195" w:rsidRDefault="0099205F" w14:paraId="3B221308" w14:textId="03B621DD">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="10AE3C43">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>Normaldos</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t>Behandlingstid</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006412B3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t>5 dagar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="70F93500">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>Nirmatrelvir 150mg 2x2 + ritonavir 100mg 1</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t xml:space="preserve"> i normalfallet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00E00B60">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>x2</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="117"/>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2241FFAC" w14:textId="62035DB5" w:rsidR="0099205F" w:rsidRPr="000F708C" w:rsidRDefault="0099205F" w:rsidP="00F064E6">
-[...87 lines deleted...]
-        <w:pStyle w:val="Underrubrik"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="00917128" w:rsidP="00BB5988" w:rsidRDefault="00917128" w14:paraId="7C2A6801" w14:textId="4EA1E328">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="0059685E" w:rsidRPr="000F708C">
-        <w:t>) Remdesevir</w:t>
+      <w:r w:rsidR="0059685E">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="255A9438">
+        <w:t>Remdesivir</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7205186E" w14:textId="5A7D8587" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="00AA254B">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00137216" w:rsidP="00AA254B" w:rsidRDefault="00137216" w14:paraId="7205186E" w14:textId="437C5248">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="4E3C1762">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>1) Andrahandsval vid behandling i tidigt skede, första sjukdomsveckan och helst inom fem dagar, för att behandla patienter med covid-19 med låggradiga symtom men som har riskfaktorer som innebär mycket hög risk för allvarligt sjukdomsförlopp.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) Andrahandsval vid behandling i tidigt skede, första sjukdomsveckan och helst inom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E3C1762" w:rsidR="2104E43D">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E3C1762">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dagar, för att behandla patienter med covid-19 med låggradiga symtom men som har riskfaktorer som innebär mycket hög risk för allvarligt sjukdomsförlopp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD01B2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aktuellt vid kontraindikation mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AD01B2">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Paxlovid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="64068E27" w14:textId="77777777" w:rsidR="001F6B5E" w:rsidRPr="006C25CC" w:rsidRDefault="00137216" w:rsidP="00AA254B">
+    <w:p w:rsidRPr="006C25CC" w:rsidR="001F6B5E" w:rsidP="00AA254B" w:rsidRDefault="00137216" w14:paraId="64068E27" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C25CC">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dosering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048A50C9" w14:textId="7A5E44E4" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="006C25CC">
+    <w:p w:rsidRPr="000F708C" w:rsidR="00137216" w:rsidP="10AE3C43" w:rsidRDefault="00137216" w14:paraId="048A50C9" w14:textId="296E09CC">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3969"/>
+          <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="10AE3C43">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t>Normaldos</w:t>
       </w:r>
-      <w:r w:rsidR="00144870" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00144870">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00440FFA" w:rsidRPr="000F708C">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="2635128B">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>200 mg dag 1, därefter 100 mg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00C465F4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00144870">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>x1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F708C" w:rsidR="00137216" w:rsidP="10AE3C43" w:rsidRDefault="00137216" w14:paraId="4949ED0F" w14:textId="6A394752">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>eGFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-60</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidR="00A805BB">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>200 mg dag 1, därefter 100 mg</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C465F4" w:rsidRPr="000F708C">
+        <w:t>Ingen dosreduktio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00F82999">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F708C" w:rsidR="00137216" w:rsidP="10AE3C43" w:rsidRDefault="00137216" w14:paraId="34184193" w14:textId="6F033C9D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3870"/>
+        </w:tabs>
+        <w:ind w:left="3912" w:hanging="2920"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>eGFR</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A805BB">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00144870" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="10AE3C43">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>x1</w:t>
+        <w:t xml:space="preserve">&lt;20 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00BF4B8F">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>Ingen do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="006C0539">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00BF4B8F">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>reduktion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="006C0539">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> men säkerhetsdata är </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="449AC24D">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="006C0539">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>begränsade.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00CE20DD">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Noggrann uppföljning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4949ED0F" w14:textId="0D85CF4D" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="006C25CC">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00137216" w:rsidP="00AA254B" w:rsidRDefault="00137216" w14:paraId="71470CAB" w14:textId="1B01C1BF">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="69F07BAB" w:rsidR="00137216">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t xml:space="preserve">eGFR </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t>Behandlingstid</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="69F07BAB" w:rsidR="00137216">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>20-60</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t xml:space="preserve">3 dagar i normalfallet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00850628" w:rsidP="00AA254B" w:rsidRDefault="00850628" w14:paraId="7A61D5D2" w14:textId="1911B1E0">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ml </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Ingen dosreduktio</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F82999" w:rsidRPr="000F708C">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>n</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BB2F09">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 dagar vid </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1938">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>syrgasbehov/ allvarlig sjuk</w:t>
+      </w:r>
+      <w:r w:rsidR="00A805BB">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1938">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>omsbild</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34184193" w14:textId="77777777" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="006C25CC">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidRPr="000F708C" w:rsidR="006E1938" w:rsidP="00AA254B" w:rsidRDefault="006E1938" w14:paraId="7A21F7CB" w14:textId="49A6A4EB">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F708C">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>eGFR&lt;</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
-        <w:t>20 ml/min</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Ej behandling</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 dagar vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00A805BB">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>nedsatt immunförsvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71470CAB" w14:textId="77777777" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="00AA254B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00850628" w:rsidP="10AE3C43" w:rsidRDefault="00137216" w14:paraId="32A5E509" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk122087656" w:id="117"/>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="2D3D4922">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Förstahandsval </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vid allvarlig sjukdom och inneliggande vård efter individuell bedömning. Bör påbörjas inom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="204DC1BF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dagar men kan bli aktuellt även senare beroende på patientens immunstatus. Behandlingstiden varierar då, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43" w:rsidR="00197F8E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>5–10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="10AE3C43">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dagar med dosering enligt ovan.</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc89618516" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc193702260" w:id="119"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="117"/>
     </w:p>
-    <w:p w14:paraId="0ABCC264" w14:textId="425BBF12" w:rsidR="00137216" w:rsidRPr="000F708C" w:rsidRDefault="00137216" w:rsidP="00AA254B">
-      <w:pPr>
+    <w:p w:rsidR="00CE20DD" w:rsidP="10AE3C43" w:rsidRDefault="00533D17" w14:paraId="45602BF8" w14:textId="21506635">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="_Hlk122087656"/>
-      <w:r w:rsidRPr="000F708C">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) Andrahandsval vid allvarlig sjukdom och inneliggande vård efter individuell bedömning. Bör påbörjas inom 5 dagar men kan bli aktuellt även senare beroende på patientens immunstatus. Behandlingstiden varierar då, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00197F8E" w:rsidRPr="000F708C">
+        <w:t>Paxlovid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001F1E2C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t>5–10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F708C">
+        <w:t xml:space="preserve"> är andrahandsval</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50748">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dagar med dosering enligt ovan.</w:t>
+        <w:t xml:space="preserve"> efter Remdesivir</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1E2C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i allmänhet men kan vara att föredra hos inneliggande patien</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50748">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1E2C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med mild sjukdomsbild</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50748">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A56E43C" w14:textId="61FCF2BA" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00CB48B6">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="118"/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00CB48B6" w:rsidRDefault="009D439E" w14:paraId="7A56E43C" w14:textId="7FED1589">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:t>Dokumentinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-      <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
-      <w:bookmarkEnd w:id="120"/>
     </w:p>
-    <w:p w14:paraId="727ED751" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00C128F3">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00C128F3" w:rsidRDefault="009D439E" w14:paraId="727ED751" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071732A5" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00A867FC">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00A867FC" w:rsidRDefault="009D439E" w14:paraId="071732A5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anders Lundqvist, överläkare, HIVÖ/infektionsenheten, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFE8CEE" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00C128F3">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00C128F3" w:rsidRDefault="009D439E" w14:paraId="1FFE8CEE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037147A7" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00A867FC">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00A867FC" w:rsidRDefault="009D439E" w14:paraId="037147A7" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Medicinskt beredningsråd 2021-12-15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD68632" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00C128F3">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00C128F3" w:rsidRDefault="009D439E" w14:paraId="2BD68632" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE6EC4D" w14:textId="701ABFA1" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="000E24CD" w:rsidP="000E24CD">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="000E24CD" w:rsidRDefault="000E24CD" w14:paraId="5FE6EC4D" w14:textId="701ABFA1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilsson</w:t>
       </w:r>
-      <w:r w:rsidR="009D439E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="009D439E">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C4017C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> chefläkare</w:t>
       </w:r>
-      <w:r w:rsidR="009D439E" w:rsidRPr="000F708C">
+      <w:r w:rsidRPr="000F708C" w:rsidR="009D439E">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39043265" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00C128F3">
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00C128F3" w:rsidRDefault="009D439E" w14:paraId="39043265" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F708C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710E2029" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00A867FC">
-[...9 lines deleted...]
-        <w:t>Covid-19, provtagning, immunbrist, monoklonala antikroppar</w:t>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="4E3C1762" w:rsidRDefault="009D439E" w14:paraId="710E2029" w14:textId="21927CB4">
+      <w:r>
+        <w:t xml:space="preserve">Covid-19, provtagning, immunbrist, </w:t>
+      </w:r>
+      <w:r w:rsidR="1F755878">
+        <w:t>antiviral terapi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567A0D06" w14:textId="77777777" w:rsidR="009D439E" w:rsidRPr="000F708C" w:rsidRDefault="009D439E" w:rsidP="00CB48B6">
-[...32 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidRPr="000F708C" w:rsidR="009D439E" w:rsidP="00CB48B6" w:rsidRDefault="009D439E" w14:paraId="567A0D06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc62810260" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc63681165" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000180" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000203" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc64024514" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000226" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc65154055" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc65167388" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc66895658" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc67918087" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000183" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000214" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000240" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc256000264" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc74667569" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc256000278" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000301" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000324" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000347" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc256000370" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc89618517" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc193702261" w:id="147"/>
+      <w:r>
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
-      <w:bookmarkEnd w:id="148"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="41C096C8" w:rsidR="00536A5A" w:rsidRDefault="000B7F43" w:rsidP="00296E4F">
+    <w:p w:rsidR="001221A5" w:rsidP="001221A5" w:rsidRDefault="001A48E0" w14:paraId="76945FEB" w14:textId="3C41A0A0">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:fldChar w:fldCharType="begin"/>
-[...26 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>Läkemedelsverket</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1AAA40" w14:textId="258CC545" w:rsidR="000B7F43" w:rsidRPr="00557988" w:rsidRDefault="000B7F43" w:rsidP="000B7F43">
+    <w:p w:rsidR="00575E14" w:rsidP="00575E14" w:rsidRDefault="00575E14" w14:paraId="6645CFBD" w14:textId="79F5FC07">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1352"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="992"/>
       </w:pPr>
       <w:r>
-        <w:t>Svenska Infektionsläkarföreningen</w:t>
-      </w:r>
+        <w:tab/>
+      </w:r>
+      <w:hyperlink w:anchor="skrivutbehandlingsrekommendation" r:id="rId16">
+        <w:r w:rsidRPr="4E3C1762">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Behandlingsrekommendation</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A0BABDD" w14:textId="66A7E2DF" w:rsidR="00557988" w:rsidRPr="00ED7D0F" w:rsidRDefault="00557988" w:rsidP="00296E4F">
+    <w:p w:rsidR="001221A5" w:rsidP="001221A5" w:rsidRDefault="002D6BED" w14:paraId="12BEAE91" w14:textId="0BCDE765">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referensgruppen för antiviral terapi (RAV)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00575E14" w:rsidP="00497584" w:rsidRDefault="00497584" w14:paraId="63F04384" w14:textId="44962387">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...42 lines deleted...]
-          <w:t>ctions.org</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="992"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00CB0625">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Riktlinjer för antiviral behandling av covid-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00557988" w:rsidRPr="00ED7D0F" w:rsidSect="001F6B5E">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:p w:rsidR="00CB0625" w:rsidP="00497584" w:rsidRDefault="00CB0625" w14:paraId="2C84BE8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="992"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D6BED" w:rsidP="001221A5" w:rsidRDefault="002D6BED" w14:paraId="3A317D60" w14:textId="5690DE3C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED7D0F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>COVID-19 Drug Interactions. University of Liverpool</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00ED7D0F" w:rsidR="00557988" w:rsidP="00CB0625" w:rsidRDefault="0005712D" w14:paraId="0A0BABDD" w14:textId="56C77A83">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1349"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="009642EA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>https://covid19-druginteractions.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidRPr="00ED7D0F" w:rsidR="00557988" w:rsidSect="001F6B5E">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="560" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="701D460F" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09">
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="0712FF3A" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F66406B" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09">
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="73E3B7EB" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="109B2A3C" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09">
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="44C2B0AC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2372,1509 +3577,1533 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="Sidnummer"/>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="0F949364" w:rsidR="00660269" w:rsidRDefault="0022129E" w:rsidP="0022129E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="0022129E" w:rsidRDefault="0022129E" w14:paraId="1FE2B822" w14:textId="0F949364">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="6237" w:firstLine="567"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51E72065" wp14:editId="2AD29DF5">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="153909288" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1335180048" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="666CC13A" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09"/>
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="7C9C6DF3" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D75B83E" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09">
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="74F47BA4" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4D2254B3" w14:textId="77777777" w:rsidR="002A5D09" w:rsidRDefault="002A5D09">
+    <w:p w:rsidR="006368BE" w:rsidRDefault="006368BE" w14:paraId="1F141645" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="07B9FB34">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="07B9FB34">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-160020</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6826250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6826250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1C636C9A" w14:textId="77777777" w:rsidR="006C448F" w:rsidRDefault="006C448F" w:rsidP="00067195">
+                        <w:p w:rsidR="006C448F" w:rsidP="00067195" w:rsidRDefault="006C448F" w14:paraId="1C636C9A" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="0" w:right="494"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Aktualiteten av utskrivet dokument kan verifieras via sökning bland styrdokument och ”Antiviral terapi”.</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="70464969" w14:textId="5B7B1863" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="5B7B1863">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="4CF26BD6">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-12.6pt;margin-top:.35pt;width:537.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCjpRKFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4aZYacYqsRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2flY29Owi0yK9CP5HjW/a2tFDsK6CnROR4MhJUJzKCq9y+nPl9WX&#10;GSXOM10wBVrk9CgcvVt8/jRvTCZSKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#10;eq2SdDicJg3Ywljgwjm8feiCdBHxpRTcP0nphCcqp9ibj6eN5zacyWLOsp1lpqx43wb7hy5qVmks&#10;eoZ6YJ6Rva3eQdUVt+BA+gGHOgEpKy7iDDjNaPhmmk3JjIizIDnOnGly/w+WPx425tkS336DFgUM&#10;hDTGZQ4vwzyttHX4YqcE40jh8UybaD3heDmdpdP0BkMcY+N0PEMbYZLL38Y6/11ATYKRU4uyRLbY&#10;Ye18l3pKCcU0rCqlojRKkwYrjBHyrwiCK401Lr0Gy7fbth9gC8UR57LQSe4MX1VYfM2cf2YWNcZ+&#10;cW/9Ex5SARaB3qKkBPv7o/uQj9RjlJIGdyan7teeWUGJ+qFRlNvRZBKWLDqTm68pOvY6sr2O6H19&#10;D7iWI3whhkcz5Ht1MqWF+hXXexmqYohpjrVz6k/mve82GZ8HF8tlTMK1Msyv9cbwAB1IC9S+tK/M&#10;mp5/j8o9wmm7WPZGhi63o3u59yCrqFEguGO15x1XMqrcP5+w89d+zLo88sUfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA9BnqauAAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;GitY+kpIE2Ji9ABy8bbtPtqG7tvaXaD6611OeJzMZOabbDWaTpxpcK1lhNk0AkFcWd1yjbD/3EwW&#10;IJxXrFVnmRB+yMEqv7/LVKrthbd03vlahBJ2qUJovO9TKV3VkFFuanvi4B3sYJQPcqilHtQllJtO&#10;xlH0LI1qOSw0qqeioeq4OxmEt2LzobZlbBa/XfH6flj33/uvBPHxYVwvQXga/S0MV/yADnlgKu2J&#10;tRMdwiRO4hBFmIO42tHTS7hSIiSzOcg8k/8P5H8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAQo6UShUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA9BnqauAAAAAIAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 10" style="position:absolute;left:0;text-align:left;margin-left:-12.6pt;margin-top:.35pt;width:537.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCjpRKFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4aZYacYqsRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2flY29Owi0yK9CP5HjW/a2tFDsK6CnROR4MhJUJzKCq9y+nPl9WX&#10;GSXOM10wBVrk9CgcvVt8/jRvTCZSKEEVwhIE0S5rTE5L702WJI6XomZuAEZoDEqwNfPo2l1SWNYg&#10;eq2SdDicJg3Ywljgwjm8feiCdBHxpRTcP0nphCcqp9ibj6eN5zacyWLOsp1lpqx43wb7hy5qVmks&#10;eoZ6YJ6Rva3eQdUVt+BA+gGHOgEpKy7iDDjNaPhmmk3JjIizIDnOnGly/w+WPx425tkS336DFgUM&#10;hDTGZQ4vwzyttHX4YqcE40jh8UybaD3heDmdpdP0BkMcY+N0PEMbYZLL38Y6/11ATYKRU4uyRLbY&#10;Ye18l3pKCcU0rCqlojRKkwYrjBHyrwiCK401Lr0Gy7fbth9gC8UR57LQSe4MX1VYfM2cf2YWNcZ+&#10;cW/9Ex5SARaB3qKkBPv7o/uQj9RjlJIGdyan7teeWUGJ+qFRlNvRZBKWLDqTm68pOvY6sr2O6H19&#10;D7iWI3whhkcz5Ht1MqWF+hXXexmqYohpjrVz6k/mve82GZ8HF8tlTMK1Msyv9cbwAB1IC9S+tK/M&#10;mp5/j8o9wmm7WPZGhi63o3u59yCrqFEguGO15x1XMqrcP5+w89d+zLo88sUfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA9BnqauAAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;GitY+kpIE2Ji9ABy8bbtPtqG7tvaXaD6611OeJzMZOabbDWaTpxpcK1lhNk0AkFcWd1yjbD/3EwW&#10;IJxXrFVnmRB+yMEqv7/LVKrthbd03vlahBJ2qUJovO9TKV3VkFFuanvi4B3sYJQPcqilHtQllJtO&#10;xlH0LI1qOSw0qqeioeq4OxmEt2LzobZlbBa/XfH6flj33/uvBPHxYVwvQXga/S0MV/yADnlgKu2J&#10;tRMdwiRO4hBFmIO42tHTS7hSIiSzOcg8k/8P5H8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAQo6UShUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA9BnqauAAAAAIAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="1C636C9A" w14:textId="77777777" w:rsidR="006C448F" w:rsidRDefault="006C448F" w:rsidP="00067195">
+                  <w:p w:rsidR="006C448F" w:rsidP="00067195" w:rsidRDefault="006C448F" w14:paraId="0C8C789B" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0" w:right="494"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Aktualiteten av utskrivet dokument kan verifieras via sökning bland styrdokument och ”Antiviral terapi”.</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="70464969" w14:textId="5B7B1863" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="672A6659" w14:textId="5B7B1863">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A6B810C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A6B810C">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="6D470B79">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="6D470B79">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-293370</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7010400" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7010400" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6A361828" w14:textId="77777777" w:rsidR="006C448F" w:rsidRPr="00EC77DB" w:rsidRDefault="006C448F" w:rsidP="006C448F">
+                        <w:p w:rsidRPr="00EC77DB" w:rsidR="006C448F" w:rsidP="006C448F" w:rsidRDefault="006C448F" w14:paraId="6A361828" w14:textId="77777777">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00EC77DB">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Aktualiteten av utskrivet dokument kan verifieras via sökning bland styrdokument och ”Antiviral terapi”.</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="72D45401" w14:textId="7A3F51E8" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="7A3F51E8">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="1027B90C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-23.1pt;margin-top:-5.15pt;width:552pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx9YcZFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C81+tbLl15HbmJXFWy&#10;kkhOlWfMghcJGArYu+7Xd2Dt2E37VPUFBmaYyzmH2V1nNNkLHxTYio4GQ0qE5VAru63o95flp1tK&#10;QmS2ZhqsqOhBBHo3//hh1rpSjKEBXQtPMIkNZesq2sToyqIIvBGGhQE4YdEpwRsW8ei3Re1Zi9mN&#10;LsbD4XXRgq+dBy5CwNuH3knnOb+UgscnKYOIRFcUe4t59XndpLWYz1i59cw1ih/bYP/QhWHKYtG3&#10;VA8sMrLz6o9URnEPAWQccDAFSKm4yDPgNKPhu2nWDXMiz4LgBPcGU/h/afnjfu2ePYndF+iQwARI&#10;60IZ8DLN00lv0o6dEvQjhIc32EQXCcfLG+x8OkQXR99kPLm9yrgW59fOh/hVgCHJqKhHWjJabL8K&#10;ESti6CkkFbOwVFpnarQlbUWvJ5jyNw++0BYfnntNVuw2HVH1xRwbqA84noee+eD4UmEPKxbiM/NI&#10;NbaN8o1PuEgNWAuOFiUN+J9/u0/xyAB6KWlROhUNP3bMC0r0N4vcfB5Np0lr+TC9uhnjwV96Npce&#10;uzP3gOoc4UdxPJspPuqTKT2YV1T5IlVFF7Mca1c0nsz72AsafwkXi0UOQnU5Fld27XhKnbBLCL90&#10;r8y7Iw0RCXyEk8hY+Y6NPrZHfbGLIFWmKuHco3qEH5WZGTz+oiT9y3OOOv/1+S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQATgxGW4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1iB1&#10;BzYpL6VxEIqEKlXtAsqmOyc2SYQ9TmMDab++w4ruZjRHd87N1oOz7GL60HqUMJ0IYAYrr1usJRw+&#10;t+MVsBAVamU9Ggk/JsA6f3zIVKr9FXfmso81oxAMqZLQxNilnIeqMU6Fie8M0u3oe6cirX3Nda+u&#10;FO4sT4RYcKdapA+N6kzRmOq0PzsJb8X2Q+3KxK1+bfH6ftx034evuZRPo2HzAiyaId5huOmTOuTk&#10;VPoz6sCshPFskRBKw1Q8A7sRYr6kNqWEmVgCzzP+v0P+BwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPH1hxkXAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABODEZbiAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 6" style="position:absolute;margin-left:-23.1pt;margin-top:-5.15pt;width:552pt;height:25.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx9YcZFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C81+tbLl15HbmJXFWy&#10;kkhOlWfMghcJGArYu+7Xd2Dt2E37VPUFBmaYyzmH2V1nNNkLHxTYio4GQ0qE5VAru63o95flp1tK&#10;QmS2ZhqsqOhBBHo3//hh1rpSjKEBXQtPMIkNZesq2sToyqIIvBGGhQE4YdEpwRsW8ei3Re1Zi9mN&#10;LsbD4XXRgq+dBy5CwNuH3knnOb+UgscnKYOIRFcUe4t59XndpLWYz1i59cw1ih/bYP/QhWHKYtG3&#10;VA8sMrLz6o9URnEPAWQccDAFSKm4yDPgNKPhu2nWDXMiz4LgBPcGU/h/afnjfu2ePYndF+iQwARI&#10;60IZ8DLN00lv0o6dEvQjhIc32EQXCcfLG+x8OkQXR99kPLm9yrgW59fOh/hVgCHJqKhHWjJabL8K&#10;ESti6CkkFbOwVFpnarQlbUWvJ5jyNw++0BYfnntNVuw2HVH1xRwbqA84noee+eD4UmEPKxbiM/NI&#10;NbaN8o1PuEgNWAuOFiUN+J9/u0/xyAB6KWlROhUNP3bMC0r0N4vcfB5Np0lr+TC9uhnjwV96Npce&#10;uzP3gOoc4UdxPJspPuqTKT2YV1T5IlVFF7Mca1c0nsz72AsafwkXi0UOQnU5Fld27XhKnbBLCL90&#10;r8y7Iw0RCXyEk8hY+Y6NPrZHfbGLIFWmKuHco3qEH5WZGTz+oiT9y3OOOv/1+S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQATgxGW4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1iB1&#10;BzYpL6VxEIqEKlXtAsqmOyc2SYQ9TmMDab++w4ruZjRHd87N1oOz7GL60HqUMJ0IYAYrr1usJRw+&#10;t+MVsBAVamU9Ggk/JsA6f3zIVKr9FXfmso81oxAMqZLQxNilnIeqMU6Fie8M0u3oe6cirX3Nda+u&#10;FO4sT4RYcKdapA+N6kzRmOq0PzsJb8X2Q+3KxK1+bfH6ftx034evuZRPo2HzAiyaId5huOmTOuTk&#10;VPoz6sCshPFskRBKw1Q8A7sRYr6kNqWEmVgCzzP+v0P+BwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPH1hxkXAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABODEZbiAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6A361828" w14:textId="77777777" w:rsidR="006C448F" w:rsidRPr="00EC77DB" w:rsidRDefault="006C448F" w:rsidP="006C448F">
+                  <w:p w:rsidRPr="00EC77DB" w:rsidR="006C448F" w:rsidP="006C448F" w:rsidRDefault="006C448F" w14:paraId="243F97EB" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00EC77DB">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Aktualiteten av utskrivet dokument kan verifieras via sökning bland styrdokument och ”Antiviral terapi”.</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="72D45401" w14:textId="7A3F51E8" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="0A37501D" w14:textId="7A3F51E8">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00EC77DB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>i</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:textHash int2:hashCode="wSIFwDynBeL2hl" int2:id="fJrJdHQx">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="mSWSbKBJLUpo1g" int2:id="hSXCSCEK">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="oT/3WGgTBaCWSQ" int2:id="nnDvIE3a">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="4TStxU9frcoNkj" int2:id="vchn7x4t">
+      <int2:state int2:value="Rejected" int2:type="spell"/>
+    </int2:textHash>
+    <int2:bookmark int2:bookmarkName="_Int_n0SuatoV" int2:invalidationBookmarkName="" int2:hashCode="TEp3aqz1HuC1CK" int2:id="yeUbVgEN">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5C823B12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E1B4C1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70A632EA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A966E1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50EA7696"/>
     <w:lvl w:ilvl="0" w:tplc="022E060C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1352" w:hanging="360"/>
+        <w:ind w:left="1779" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4476" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
@@ -3925,881 +5154,1080 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8796" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="392801B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="973C6112"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F22442F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F636FF3E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C01ECD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C7C43190"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4869,1644 +6297,1954 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C3F0A7F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADF04112"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5312" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7472" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7823240C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50D44862"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="877163404">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="367603095">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2049528526">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="312680735">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="555316038">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1657145905">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1719861898">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="616301608">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="151796208">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1687436550">
     <w:abstractNumId w:val="10"/>
-    <w:lvlOverride w:ilvl="0">
-[...1 lines deleted...]
-    </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1316567699">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1499692099">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="272828372">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2011978242">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="802621836">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="696006367">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:val="bestFit" w:percent="225"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="00005589"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="000113FF"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="00014CAE"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00017161"/>
+    <w:rsid w:val="00017C14"/>
     <w:rsid w:val="00021D5C"/>
     <w:rsid w:val="000230DA"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="000278C1"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00031DB5"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00034744"/>
     <w:rsid w:val="00036942"/>
     <w:rsid w:val="00037D9D"/>
     <w:rsid w:val="00040C45"/>
+    <w:rsid w:val="00042594"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="0005712D"/>
+    <w:rsid w:val="000571DF"/>
     <w:rsid w:val="00062F9C"/>
     <w:rsid w:val="000653F7"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="00067195"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00070411"/>
+    <w:rsid w:val="00071764"/>
     <w:rsid w:val="00073D10"/>
+    <w:rsid w:val="00075154"/>
+    <w:rsid w:val="00076FDA"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00090007"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00090D5D"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000977F6"/>
     <w:rsid w:val="000A2F59"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B6650"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000B7F43"/>
     <w:rsid w:val="000E24CD"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000E6CBE"/>
     <w:rsid w:val="000F0DDA"/>
     <w:rsid w:val="000F198D"/>
     <w:rsid w:val="000F1AFA"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F604C"/>
     <w:rsid w:val="000F708C"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00116CB8"/>
     <w:rsid w:val="00117FAF"/>
+    <w:rsid w:val="001221A5"/>
     <w:rsid w:val="00122B8A"/>
+    <w:rsid w:val="00123118"/>
+    <w:rsid w:val="00131A6A"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137216"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00144870"/>
     <w:rsid w:val="00146639"/>
+    <w:rsid w:val="00147F92"/>
     <w:rsid w:val="00151D00"/>
     <w:rsid w:val="00152079"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00153E1E"/>
     <w:rsid w:val="00154A82"/>
+    <w:rsid w:val="00155351"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00162658"/>
     <w:rsid w:val="001631BA"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001735F8"/>
+    <w:rsid w:val="00177025"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00183240"/>
     <w:rsid w:val="001849C6"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00191346"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="00197F8E"/>
+    <w:rsid w:val="001A48E0"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A6B53"/>
     <w:rsid w:val="001B63FA"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001C7C82"/>
     <w:rsid w:val="001D0AC9"/>
     <w:rsid w:val="001D54DA"/>
     <w:rsid w:val="001E1D1E"/>
     <w:rsid w:val="001E6AE1"/>
     <w:rsid w:val="001E6FB6"/>
+    <w:rsid w:val="001F1E2C"/>
     <w:rsid w:val="001F2071"/>
     <w:rsid w:val="001F2998"/>
     <w:rsid w:val="001F2F79"/>
     <w:rsid w:val="001F6B5E"/>
     <w:rsid w:val="00200B75"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="002127B2"/>
+    <w:rsid w:val="00216898"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="0022129E"/>
+    <w:rsid w:val="0022429B"/>
     <w:rsid w:val="00226198"/>
     <w:rsid w:val="00227368"/>
     <w:rsid w:val="0023273F"/>
     <w:rsid w:val="00233717"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="0024202E"/>
+    <w:rsid w:val="00245689"/>
     <w:rsid w:val="00247F4F"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="00252441"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253C01"/>
     <w:rsid w:val="00256201"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="00264873"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002707A0"/>
+    <w:rsid w:val="00271E84"/>
     <w:rsid w:val="002740B9"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00281DE4"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="002841DF"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00292266"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00296E4F"/>
     <w:rsid w:val="002A3CE1"/>
     <w:rsid w:val="002A54E9"/>
     <w:rsid w:val="002A5540"/>
     <w:rsid w:val="002A5D09"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B1945"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C2B86"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D6BED"/>
     <w:rsid w:val="002D6E60"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F1FC9"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00300DB7"/>
     <w:rsid w:val="00302AF7"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00306A3B"/>
     <w:rsid w:val="00310767"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320852"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00335465"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00353B76"/>
+    <w:rsid w:val="003547C7"/>
     <w:rsid w:val="00355BA1"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="00362569"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="003668FE"/>
     <w:rsid w:val="00367D19"/>
+    <w:rsid w:val="00370A61"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00374F79"/>
     <w:rsid w:val="00377B04"/>
     <w:rsid w:val="003830BC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
+    <w:rsid w:val="0038736D"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="003928EE"/>
     <w:rsid w:val="003944DA"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B6FF8"/>
     <w:rsid w:val="003B7A36"/>
     <w:rsid w:val="003C2EAB"/>
     <w:rsid w:val="003C4A9F"/>
     <w:rsid w:val="003C6720"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D2AC2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E3A0D"/>
+    <w:rsid w:val="003E3CCB"/>
     <w:rsid w:val="003E4721"/>
     <w:rsid w:val="003E49FE"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F22D3"/>
     <w:rsid w:val="003F27BB"/>
     <w:rsid w:val="003F534C"/>
     <w:rsid w:val="00401E62"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00410C6E"/>
+    <w:rsid w:val="00411A6B"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00427F68"/>
     <w:rsid w:val="00431080"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00433AB3"/>
     <w:rsid w:val="00433AB6"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00435D29"/>
     <w:rsid w:val="00440FFA"/>
     <w:rsid w:val="00441E82"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00455848"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="004676D2"/>
     <w:rsid w:val="00467F91"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00470FE2"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00483B63"/>
     <w:rsid w:val="004858B2"/>
+    <w:rsid w:val="00486A76"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00497584"/>
     <w:rsid w:val="00497CDD"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A672F"/>
     <w:rsid w:val="004A7B5B"/>
+    <w:rsid w:val="004B0F7C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B3088"/>
+    <w:rsid w:val="004B3F16"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D3E7E"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E4A77"/>
     <w:rsid w:val="004F004D"/>
     <w:rsid w:val="004F210D"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F61EE"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00501B46"/>
     <w:rsid w:val="00507758"/>
+    <w:rsid w:val="00510588"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00512E75"/>
+    <w:rsid w:val="00524259"/>
     <w:rsid w:val="0052752B"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="005328B0"/>
+    <w:rsid w:val="00533D17"/>
     <w:rsid w:val="0053652B"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="005436B8"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00546A31"/>
     <w:rsid w:val="00554D6A"/>
     <w:rsid w:val="00555BA6"/>
+    <w:rsid w:val="00555C91"/>
     <w:rsid w:val="005572D7"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00557988"/>
     <w:rsid w:val="00557D6C"/>
     <w:rsid w:val="00561142"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="0056532C"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00567E95"/>
     <w:rsid w:val="0057484C"/>
+    <w:rsid w:val="005759C4"/>
+    <w:rsid w:val="00575E14"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005921C2"/>
     <w:rsid w:val="0059685E"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A7A9C"/>
     <w:rsid w:val="005B2C34"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C0075"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C195B"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C5FB8"/>
     <w:rsid w:val="005C6054"/>
     <w:rsid w:val="005D0560"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D7918"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E5119"/>
+    <w:rsid w:val="0060091B"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="006153DA"/>
     <w:rsid w:val="00616C1D"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617D2A"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="00620332"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00623EE5"/>
     <w:rsid w:val="00624FD1"/>
     <w:rsid w:val="00626DEC"/>
     <w:rsid w:val="006272A9"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006322E6"/>
     <w:rsid w:val="00633B9C"/>
+    <w:rsid w:val="006368BE"/>
     <w:rsid w:val="00637EE7"/>
+    <w:rsid w:val="006412B3"/>
     <w:rsid w:val="00643A21"/>
     <w:rsid w:val="006461BE"/>
+    <w:rsid w:val="00652BFA"/>
     <w:rsid w:val="0065513E"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00660D6A"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00694E20"/>
     <w:rsid w:val="00696992"/>
     <w:rsid w:val="006A01FE"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A5A89"/>
+    <w:rsid w:val="006A621E"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A7938"/>
     <w:rsid w:val="006B0D29"/>
+    <w:rsid w:val="006B0E44"/>
     <w:rsid w:val="006B0EE2"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B20C6"/>
     <w:rsid w:val="006B4ADB"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C0539"/>
     <w:rsid w:val="006C25CC"/>
     <w:rsid w:val="006C448F"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D22A4"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D40D6"/>
     <w:rsid w:val="006D5F09"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E1938"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F1F4D"/>
     <w:rsid w:val="006F35A7"/>
     <w:rsid w:val="0070033E"/>
     <w:rsid w:val="00700B61"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00711131"/>
+    <w:rsid w:val="00711ED6"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00727362"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00752FC0"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="007560A9"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00761359"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="007674FC"/>
     <w:rsid w:val="0077016A"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00777CA1"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007860F2"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="0079404C"/>
     <w:rsid w:val="0079414B"/>
     <w:rsid w:val="00796AA8"/>
     <w:rsid w:val="007A3AEB"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B166F"/>
     <w:rsid w:val="007B3A75"/>
     <w:rsid w:val="007B45DA"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E1F9F"/>
+    <w:rsid w:val="007E6057"/>
     <w:rsid w:val="007E6253"/>
     <w:rsid w:val="007E654D"/>
     <w:rsid w:val="007F0DDD"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F35BE"/>
     <w:rsid w:val="007F36AD"/>
     <w:rsid w:val="007F4FBA"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F70C3"/>
     <w:rsid w:val="007F7A89"/>
+    <w:rsid w:val="00811519"/>
     <w:rsid w:val="0081379B"/>
     <w:rsid w:val="00814372"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00823801"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00830F09"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00837A3E"/>
     <w:rsid w:val="008402B6"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00844707"/>
     <w:rsid w:val="00845755"/>
+    <w:rsid w:val="00850628"/>
     <w:rsid w:val="00850CEA"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00852E6C"/>
     <w:rsid w:val="00857303"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00871838"/>
     <w:rsid w:val="0087732C"/>
     <w:rsid w:val="00877611"/>
+    <w:rsid w:val="00877ACC"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="008824EB"/>
     <w:rsid w:val="0088529D"/>
+    <w:rsid w:val="00886219"/>
     <w:rsid w:val="008929D6"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008932BE"/>
     <w:rsid w:val="00896CCD"/>
     <w:rsid w:val="00897C52"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
+    <w:rsid w:val="008A636B"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B750D"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C52D3"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D5EC4"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E3BF4"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="0090038C"/>
+    <w:rsid w:val="0090251E"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091048A"/>
     <w:rsid w:val="00911D4F"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00912CE6"/>
+    <w:rsid w:val="009135EC"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00915461"/>
     <w:rsid w:val="00917128"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00925652"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931B20"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00931EF1"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00935BDF"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="0094605D"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="009475A8"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0095445A"/>
+    <w:rsid w:val="00955853"/>
     <w:rsid w:val="00957F43"/>
+    <w:rsid w:val="00962EE4"/>
     <w:rsid w:val="009642EA"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00984C79"/>
     <w:rsid w:val="0098740D"/>
+    <w:rsid w:val="00987674"/>
     <w:rsid w:val="009903B6"/>
     <w:rsid w:val="0099205F"/>
     <w:rsid w:val="0099635A"/>
     <w:rsid w:val="0099680E"/>
     <w:rsid w:val="009A7F56"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B677B"/>
     <w:rsid w:val="009C0284"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C13F2"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D439E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6B2E"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E1474"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F20FE"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A21033"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A27E42"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A45742"/>
     <w:rsid w:val="00A477CD"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A532B4"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A57F16"/>
     <w:rsid w:val="00A621AE"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A71687"/>
     <w:rsid w:val="00A74583"/>
     <w:rsid w:val="00A747DB"/>
     <w:rsid w:val="00A77EC9"/>
+    <w:rsid w:val="00A805BB"/>
     <w:rsid w:val="00A80798"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A867FC"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A920C3"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA254B"/>
     <w:rsid w:val="00AA317F"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC6BCD"/>
+    <w:rsid w:val="00AD01B2"/>
     <w:rsid w:val="00AD32E8"/>
+    <w:rsid w:val="00AD63FB"/>
+    <w:rsid w:val="00AD69F6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE2FBE"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AE7C5D"/>
     <w:rsid w:val="00AF0BED"/>
     <w:rsid w:val="00AF3CE8"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF5E60"/>
+    <w:rsid w:val="00B00D83"/>
     <w:rsid w:val="00B03047"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13692"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B25C26"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B36F57"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46512"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B53636"/>
     <w:rsid w:val="00B53AC6"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B67085"/>
     <w:rsid w:val="00B7422F"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B92CD8"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA2479"/>
+    <w:rsid w:val="00BA7EEA"/>
+    <w:rsid w:val="00BB2F09"/>
     <w:rsid w:val="00BB5988"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC3433"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC7F2B"/>
     <w:rsid w:val="00BD2C40"/>
     <w:rsid w:val="00BD6441"/>
     <w:rsid w:val="00BE057B"/>
     <w:rsid w:val="00BE45FB"/>
     <w:rsid w:val="00BE515A"/>
+    <w:rsid w:val="00BE559F"/>
+    <w:rsid w:val="00BE5B05"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF4B8F"/>
     <w:rsid w:val="00C01345"/>
     <w:rsid w:val="00C05DB9"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C128F3"/>
     <w:rsid w:val="00C14622"/>
+    <w:rsid w:val="00C203E7"/>
     <w:rsid w:val="00C20D2D"/>
     <w:rsid w:val="00C235A0"/>
     <w:rsid w:val="00C4017C"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C4420F"/>
     <w:rsid w:val="00C44F82"/>
     <w:rsid w:val="00C465F4"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C602EC"/>
     <w:rsid w:val="00C643BC"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C74293"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C7493D"/>
+    <w:rsid w:val="00C77F48"/>
     <w:rsid w:val="00C8003F"/>
+    <w:rsid w:val="00C844DB"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA0690"/>
     <w:rsid w:val="00CA0E9F"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA4D47"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
+    <w:rsid w:val="00CB0625"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB3C69"/>
     <w:rsid w:val="00CB48B6"/>
     <w:rsid w:val="00CC0BA9"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC1C7B"/>
     <w:rsid w:val="00CC3490"/>
     <w:rsid w:val="00CC47A1"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD1ECD"/>
     <w:rsid w:val="00CD356F"/>
     <w:rsid w:val="00CD3D4D"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE20DD"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE53B0"/>
     <w:rsid w:val="00CE5811"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00CF77FF"/>
+    <w:rsid w:val="00D04031"/>
     <w:rsid w:val="00D045F4"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D1557C"/>
+    <w:rsid w:val="00D35CFB"/>
     <w:rsid w:val="00D36569"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D50C48"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D660D6"/>
+    <w:rsid w:val="00D674F1"/>
     <w:rsid w:val="00D67AA6"/>
+    <w:rsid w:val="00D72864"/>
     <w:rsid w:val="00D73D33"/>
     <w:rsid w:val="00D74021"/>
     <w:rsid w:val="00D7791F"/>
     <w:rsid w:val="00D84496"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D91195"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00D91D30"/>
     <w:rsid w:val="00DA02F9"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB4C1F"/>
     <w:rsid w:val="00DB662B"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD6474"/>
+    <w:rsid w:val="00DE06A5"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6C46"/>
     <w:rsid w:val="00DE7001"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF0323"/>
     <w:rsid w:val="00E00B60"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E113DB"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E12045"/>
+    <w:rsid w:val="00E137FE"/>
     <w:rsid w:val="00E14A13"/>
     <w:rsid w:val="00E27C27"/>
     <w:rsid w:val="00E37669"/>
+    <w:rsid w:val="00E37890"/>
+    <w:rsid w:val="00E50748"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E565E4"/>
+    <w:rsid w:val="00E59633"/>
+    <w:rsid w:val="00E60ABB"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E70D71"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E7543F"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA012D"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA7FD0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB69D1"/>
     <w:rsid w:val="00EB6B2E"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0F34"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC6F2C"/>
     <w:rsid w:val="00EC77DB"/>
     <w:rsid w:val="00ED095F"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED5B6E"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00ED7D0F"/>
+    <w:rsid w:val="00ED7F69"/>
+    <w:rsid w:val="00EE043A"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE2009"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF24CD"/>
     <w:rsid w:val="00F01CF8"/>
     <w:rsid w:val="00F01E21"/>
     <w:rsid w:val="00F03300"/>
     <w:rsid w:val="00F064E6"/>
     <w:rsid w:val="00F14A40"/>
     <w:rsid w:val="00F172E8"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F22A2C"/>
     <w:rsid w:val="00F245C1"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F34CFA"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F500BE"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F56714"/>
+    <w:rsid w:val="00F57206"/>
     <w:rsid w:val="00F577EE"/>
+    <w:rsid w:val="00F70BE3"/>
     <w:rsid w:val="00F812B6"/>
     <w:rsid w:val="00F82999"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90182"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F930F3"/>
     <w:rsid w:val="00F9482D"/>
+    <w:rsid w:val="00F97593"/>
+    <w:rsid w:val="00F97758"/>
     <w:rsid w:val="00FA02C4"/>
     <w:rsid w:val="00FA1187"/>
+    <w:rsid w:val="00FA48FD"/>
     <w:rsid w:val="00FA5883"/>
     <w:rsid w:val="00FA5EE6"/>
     <w:rsid w:val="00FA5EEB"/>
     <w:rsid w:val="00FB1EAF"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB3EDF"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0A41"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE2DE5"/>
     <w:rsid w:val="00FE4A1F"/>
     <w:rsid w:val="00FE5640"/>
     <w:rsid w:val="00FE583E"/>
     <w:rsid w:val="00FF7091"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0348B28D"/>
     <w:rsid w:val="0426D7F6"/>
     <w:rsid w:val="04A9D1C6"/>
+    <w:rsid w:val="050B7B74"/>
+    <w:rsid w:val="053DBE56"/>
+    <w:rsid w:val="06F6A073"/>
+    <w:rsid w:val="07AB3B43"/>
     <w:rsid w:val="09A89F18"/>
     <w:rsid w:val="0A40B1A1"/>
     <w:rsid w:val="0C58309F"/>
     <w:rsid w:val="0D92AD68"/>
     <w:rsid w:val="0E78FD14"/>
     <w:rsid w:val="0F7FBDA2"/>
+    <w:rsid w:val="0FDA1E84"/>
+    <w:rsid w:val="10AE3C43"/>
     <w:rsid w:val="10C85EB6"/>
+    <w:rsid w:val="122A55AB"/>
+    <w:rsid w:val="143B8226"/>
     <w:rsid w:val="153C2673"/>
+    <w:rsid w:val="15BE2A6F"/>
+    <w:rsid w:val="161F4E0F"/>
+    <w:rsid w:val="1844FFAB"/>
+    <w:rsid w:val="186B3AA3"/>
     <w:rsid w:val="19EB0779"/>
     <w:rsid w:val="1A68396A"/>
+    <w:rsid w:val="1AA23159"/>
     <w:rsid w:val="1B2853E7"/>
+    <w:rsid w:val="1F755878"/>
+    <w:rsid w:val="1FCB3914"/>
+    <w:rsid w:val="1FF13297"/>
+    <w:rsid w:val="204DC1BF"/>
+    <w:rsid w:val="20E8F6C3"/>
+    <w:rsid w:val="2104E43D"/>
+    <w:rsid w:val="217C733A"/>
+    <w:rsid w:val="21EADA36"/>
+    <w:rsid w:val="23BDC8D6"/>
+    <w:rsid w:val="255A9438"/>
+    <w:rsid w:val="2635128B"/>
     <w:rsid w:val="26DBAFC5"/>
+    <w:rsid w:val="273FFE6B"/>
+    <w:rsid w:val="28877DEB"/>
+    <w:rsid w:val="294A5F8F"/>
+    <w:rsid w:val="29AE9CB6"/>
+    <w:rsid w:val="29CE5B03"/>
+    <w:rsid w:val="29CF3710"/>
     <w:rsid w:val="2A39D6DA"/>
     <w:rsid w:val="2BC64EF9"/>
+    <w:rsid w:val="2D3D4922"/>
+    <w:rsid w:val="2DB2D63F"/>
+    <w:rsid w:val="2E4B85B9"/>
+    <w:rsid w:val="2EDFA900"/>
+    <w:rsid w:val="3046D32B"/>
     <w:rsid w:val="30D3049A"/>
+    <w:rsid w:val="32D164F8"/>
+    <w:rsid w:val="34479F18"/>
+    <w:rsid w:val="35643136"/>
     <w:rsid w:val="368E446E"/>
     <w:rsid w:val="36E5A337"/>
+    <w:rsid w:val="38438444"/>
+    <w:rsid w:val="38818B82"/>
+    <w:rsid w:val="38A4F003"/>
     <w:rsid w:val="39C42D8D"/>
+    <w:rsid w:val="3B14E441"/>
+    <w:rsid w:val="3B9EFAAD"/>
+    <w:rsid w:val="3C2DA650"/>
+    <w:rsid w:val="3D8F2E55"/>
+    <w:rsid w:val="3E2025B1"/>
     <w:rsid w:val="3E43B111"/>
     <w:rsid w:val="3ED54A72"/>
+    <w:rsid w:val="3F4F40D6"/>
     <w:rsid w:val="3F855E09"/>
     <w:rsid w:val="40E7FB20"/>
+    <w:rsid w:val="42AAA0E7"/>
+    <w:rsid w:val="42D9BADF"/>
+    <w:rsid w:val="449AC24D"/>
+    <w:rsid w:val="4505348A"/>
+    <w:rsid w:val="48297AB3"/>
+    <w:rsid w:val="4AEE06CA"/>
+    <w:rsid w:val="4B08525C"/>
+    <w:rsid w:val="4B4484B3"/>
+    <w:rsid w:val="4B939271"/>
     <w:rsid w:val="4BCE06EA"/>
     <w:rsid w:val="4C25A6B4"/>
+    <w:rsid w:val="4D9548E7"/>
+    <w:rsid w:val="4E2D83B4"/>
+    <w:rsid w:val="4E3C1762"/>
     <w:rsid w:val="4F5240F6"/>
+    <w:rsid w:val="4F5F7EEE"/>
+    <w:rsid w:val="50053E69"/>
+    <w:rsid w:val="52856A9D"/>
+    <w:rsid w:val="528AA207"/>
+    <w:rsid w:val="52DEDC6F"/>
+    <w:rsid w:val="531DE870"/>
+    <w:rsid w:val="54103AA4"/>
     <w:rsid w:val="54FD7257"/>
+    <w:rsid w:val="55C6C188"/>
     <w:rsid w:val="56152E2C"/>
     <w:rsid w:val="5623DDF9"/>
+    <w:rsid w:val="58E74CCC"/>
+    <w:rsid w:val="5918AA40"/>
+    <w:rsid w:val="5BAA78D2"/>
+    <w:rsid w:val="5C347721"/>
+    <w:rsid w:val="5C84693D"/>
     <w:rsid w:val="5D29CB99"/>
     <w:rsid w:val="5EBA4BBB"/>
     <w:rsid w:val="602E8485"/>
+    <w:rsid w:val="62C851EB"/>
+    <w:rsid w:val="630112B3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="65A63A77"/>
+    <w:rsid w:val="669950EE"/>
     <w:rsid w:val="66A9A4AA"/>
+    <w:rsid w:val="676D566C"/>
     <w:rsid w:val="6794E29F"/>
+    <w:rsid w:val="6851FB6D"/>
     <w:rsid w:val="6929C294"/>
+    <w:rsid w:val="697274FE"/>
+    <w:rsid w:val="697F61AF"/>
+    <w:rsid w:val="69F07BAB"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BAA6572"/>
     <w:rsid w:val="6BC5F8F1"/>
     <w:rsid w:val="6D998521"/>
+    <w:rsid w:val="6DA478EB"/>
+    <w:rsid w:val="6EE52236"/>
     <w:rsid w:val="70F93500"/>
+    <w:rsid w:val="74689976"/>
+    <w:rsid w:val="75AE5E1E"/>
+    <w:rsid w:val="75B25164"/>
+    <w:rsid w:val="767ADDF2"/>
+    <w:rsid w:val="7681C046"/>
+    <w:rsid w:val="769801B6"/>
     <w:rsid w:val="76E37612"/>
     <w:rsid w:val="77305B24"/>
+    <w:rsid w:val="78D1BAF3"/>
     <w:rsid w:val="7914CD1B"/>
     <w:rsid w:val="7A253568"/>
     <w:rsid w:val="7A6B2E08"/>
+    <w:rsid w:val="7AE9AAEB"/>
     <w:rsid w:val="7D667A49"/>
+    <w:rsid w:val="7E2627E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{6B0C0E92-FB6C-44A1-8104-2117C05F57FC}"/>
+  <w15:docId w15:val="{B6AD2B3B-4F38-43EF-B323-1FA98EBD9AFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6531,75 +8269,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6634,57 +8372,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6742,2344 +8480,2344 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00067195"/>
+    <w:rsid w:val="009D439E"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00067195"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1300" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00067195"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik6Char"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009D439E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik9Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009D439E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00067195"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00067195"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C2EAB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00557D6C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00557D6C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00067195"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik6"/>
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009D439E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik9"/>
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009D439E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-    <w:next w:val="Numreradlista"/>
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
+    <w:next w:val="ListNumber"/>
     <w:rsid w:val="009D439E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
+  <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D439E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00F01E21"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008824EB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BrdtextChar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0087732C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2870" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Brdtext"/>
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0087732C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalmedindrag">
+  <w:style w:type="paragraph" w:styleId="Normalmedindrag" w:customStyle="1">
     <w:name w:val="Normal med indrag"/>
     <w:qFormat/>
     <w:rsid w:val="00014CAE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1701"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1701" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00067195"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="160" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Underrubrik"/>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:rsid w:val="00067195"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00031DB5"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00137216"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00137216"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00137216"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9107,51 +10845,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covid19-druginteractions.org/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covid19-druginteractions.org/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forening.sls.se/media/xwpjlrvf/covid-19_rekommendationstabelll_rav_250909.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covid19-druginteractions.org/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/covid-19-behandlingsrekommendation" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forening.sls.se/media/xwpjlrvf/covid-19_rekommendationstabelll_rav_250909.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/behandling-och-forskrivning/behandlingsrekommendationer/sok-behandlingsrekommendationer/covid-19-behandlingsrekommendation/beskrivning-av-covid-19" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://covid19-druginteractions.org/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forening.sls.se/media/xwpjlrvf/covid-19_rekommendationstabelll_rav_250909.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -9439,60 +11177,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Antiviral terapi mot covid-19, SÄS </dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>401</revision>
+  <lastPrinted>2016-04-01T13:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>