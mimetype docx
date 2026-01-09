--- v0 (2025-11-26)
+++ v1 (2026-01-09)
@@ -1,8180 +1,8289 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="000D515C" w:rsidP="00D339D0" w:rsidRDefault="4B94F772" w14:paraId="42E487AA" w14:textId="426C696A">
+    <w:p w:rsidR="0000015E" w:rsidP="0000015E" w:rsidRDefault="0000015E" w14:paraId="5C2A3B19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc99533773" w:id="0"/>
       <w:bookmarkStart w:name="_Toc102745739" w:id="1"/>
       <w:bookmarkStart w:name="_Hlk9498769" w:id="2"/>
-      <w:bookmarkStart w:name="_Hlk177039485" w:id="3"/>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc214973226" w:id="3"/>
+      <w:bookmarkStart w:name="_Hlk177039485" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="6"/>
       <w:r>
-        <w:t>L</w:t>
-[...2 lines deleted...]
-        <w:t>uftvägssmitta – checklista vårdhygieniska rutiner</w:t>
+        <w:t>Luftvägssmitta – checklista vårdhygieniska rutiner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00D339D0">
-        <w:t>, SÄS</w:t>
+      <w:r>
+        <w:t>, IVA SÄS</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00162959" w:rsidP="00D339D0" w:rsidRDefault="00162959" w14:paraId="0577336A" w14:textId="43665C09">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4E08ABFE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533774" w:id="5"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:name="_Toc99533774" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc102745521" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc102745537" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc102745740" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc176788614" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc214973227" w:id="12"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="674A659B" w:rsidP="00D339D0" w:rsidRDefault="674A659B" w14:paraId="72A80BF4" w14:textId="07B7A918">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="3DBB060A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="674A659B">
+      <w:r w:rsidR="76F7E536">
+        <w:rPr/>
         <w:t>Vid handläggning av patient med luftvägssymptom görs alltid bedömning om smittsamhet kan föreligga. Bedömningen kan göras enligt följande steg:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002749C3" w:rsidP="002749C3" w:rsidRDefault="674A659B" w14:paraId="6C2096E5" w14:textId="77777777">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4AE39482" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="136C84AB">
+        <w:t>Bedöm om förekomst av luftvägssmitta enligt nedanstående checklista kan föreli</w:t>
+      </w:r>
+      <w:r>
+        <w:t>gga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="17C52821" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="20"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Bedöm om förekomst av luftvägssmitta enligt nedanstående checklista kan föreligga</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Utvärdera med Akut-PCR s.k. 4-plex (covid-19, influensa A+B och RS-virus) / PCR / annan provtagning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="674A659B" w:rsidP="002749C3" w:rsidRDefault="674A659B" w14:paraId="2D3A8214" w14:textId="2948E25B">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="01A138DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="20"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Utvärdera med Akut-PCR s</w:t>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Tjänstgörande arbetsledare och SOL gör en riskbedömning utifrån patientens tillstånd och möjlighet till eget rum på IVA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="674A659B" w:rsidP="002749C3" w:rsidRDefault="674A659B" w14:paraId="66B38E72" w14:textId="4F19C3CF">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="210EEC3F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="20"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="674A659B">
         <w:t>Diskutera med infektionskonsult v</w:t>
       </w:r>
-      <w:r w:rsidR="00DD1D9A">
-        <w:t>id behov.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">id behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="674A659B" w:rsidP="002749C3" w:rsidRDefault="674A659B" w14:paraId="4C96185D" w14:textId="7CA563B8">
+    <w:p w:rsidR="00DF75AF" w:rsidP="336B7C97" w:rsidRDefault="00DF75AF" w14:paraId="5489F9B0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...5 lines deleted...]
-        <w:t>Handläggning enligt checklista/ riktlinjer om misstanke om luftvägssmitta fortsatt kvarstår</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="76F7E536">
+        <w:rPr/>
+        <w:t>Handläggning enligt checklista/ riktlinjer om misstanke om luftvägssmitta fortsatt kvarstår.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD1D9A">
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="_Toc99533775" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc102745522" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc102745538" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc102745741" w:id="19"/>
     </w:p>
-    <w:p w:rsidR="00162959" w:rsidP="0083015B" w:rsidRDefault="00162959" w14:paraId="7FF3B9EA" w14:textId="6AEB14F5">
+    <w:p w:rsidRPr="00465DE6" w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4C3CC13F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:spacing w:after="20"/>
-[...7 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc214973228" w:id="20"/>
+      <w:r w:rsidRPr="00465DE6">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...59 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
-    </w:p>
-[...521 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="51CE6A0C" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Anpassning av Vårdhygiens </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="7F45F20E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Luftvägssmitta – checklista vårdhygieniska rutiner</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> med några ändringar för IVA. IVA har begränsat med enkelrum. Patienterna är oftast immobiliserade och sängliggande.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vid hög belastning med patienter med luftvägssmittor behöver IVA ibland göra avsteg från SÄS rutiner efter riskbedömning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="76C7383B" w14:textId="77777777">
+      <w:bookmarkStart w:name="_Toc99533776" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc102745523" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc102745539" w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve">Influensa A och B ska inte samvårdas. </w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:id w:val="393094575"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w:rsidRPr="009A6E7F" w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="00DF75AF" w14:paraId="5F4DD2B4" w14:textId="5129E0A7">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="009A6E7F">
+            <w:rPr>
+              <w:rStyle w:val="Rubrik2Char"/>
+            </w:rPr>
+            <w:t>Innehåll</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="47992B51" w14:textId="670613DD">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973227">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Sammanfattning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973227 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="5A1F99CA" w14:textId="0ACCB319">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973228">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Förändringar sedan föregående version</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973228 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="095BD2A5" w14:textId="327C2294">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973229">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Genomförande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973229 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="22ACCBE0" w14:textId="104690A3">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973230">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Situationer där andningsskydd ska användas:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973230 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="5A16123C" w14:textId="2BB91A2F">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973231">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Situationer där andningsskydd kan övervägas efter riskbedömning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973231 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="1BC67B0A" w14:textId="0A16A9C9">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973232">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Dokumentinformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973232 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="286AF00C" w14:textId="597796EC">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973233">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Källförteckning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973233 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009A6E7F" w:rsidP="009A6E7F" w:rsidRDefault="009A6E7F" w14:paraId="2987C5CA" w14:textId="545D44E2">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:history="1" w:anchor="_Toc214973234">
+            <w:r w:rsidRPr="008A71D1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Luftvägssmitta – checklista vårdhygieniska rutiner, SÄS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc214973234 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="00DF75AF" w:rsidP="009A6E7F" w:rsidRDefault="00DF75AF" w14:paraId="143C6BDA" w14:textId="58BBB085">
+          <w:pPr>
+            <w:pStyle w:val="Innehll1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="6D025605" w14:textId="77777777"/>
+    <w:p w:rsidR="0061428C" w:rsidP="0021371B" w:rsidRDefault="0021371B" w14:paraId="72AB98BB" w14:textId="0FDC916E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc99533778" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc102745524" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc102745540" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc102745742" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc214973229" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="29"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00EA41EB">
+        <w:t>Genomförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14454" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Luftvägssmitta"/>
         <w:tblDescription w:val="Tabellen ger en översikt över olika smittor och vårdhygieniska rekommendationer om inkubationstid, vårdplacering (enkelrum/delat rum), patientrelaterade åtgärder, städ- och rengöringsrutiner, personalhygien amt tvätt- och avfallsrutiner."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1656"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="1667"/>
+        <w:gridCol w:w="1347"/>
+        <w:gridCol w:w="1565"/>
+        <w:gridCol w:w="1846"/>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="1397"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidTr="36E73EC2" w14:paraId="61CF64A5" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="4457F3DE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="492"/>
+          <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="50554A92" w14:textId="092E7B4E">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3C0F3AC4" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Agens och vårdhygieniska riskfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="5DF8C14E" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2F4E3C5C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Huvudsaklig smittväg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="209BED5B" w:rsidRDefault="00C3170C" w14:paraId="2B1CC8BF" w14:textId="7E7F8955">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="676E5004" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="209BED5B">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inkubationstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="209BED5B" w:rsidRDefault="00C3170C" w14:paraId="0A4E0116" w14:textId="0842BFD7">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0E0084F2" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="209BED5B">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Smittsamhetsperiod</w:t>
+              <w:t>Smittsamhets-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="44F8E313" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="6D8C5738" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="1B2C1B5C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Placering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="006C4DD6" w:rsidRDefault="00C3170C" w14:paraId="3BFB0252" w14:textId="2542E961">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="06224888" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patientrelaterade åtgärder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / besök</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="2794CABF" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6C452E0B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Städning/ rengöring och desinfektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="1232DBC1" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35045562" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00C3170C" w:rsidP="00EA41EB" w:rsidRDefault="00C3170C" w14:paraId="442530D6" w14:textId="32228AEF">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="024C4DF9" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Avfall/tvätt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidTr="36E73EC2" w14:paraId="7A85C893" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="1B248A70" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00821B85" w:rsidP="6BEA828B" w:rsidRDefault="700CB0A6" w14:paraId="19F508B8" w14:textId="4C01636D">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7D335E25" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Arial Fet" w:cs="Arial Fet"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6BEA828B">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Okänd smitta</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="6BEA828B" w:rsidR="5FE409F2">
+              <w:t xml:space="preserve">Okänd smitta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="6BEA828B" w:rsidR="5FE409F2">
+              <w:t>eller luftvägssmitta som inte omnämns särskilt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="36AFA1C3" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...13 lines deleted...]
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ftvägssymtom (snuva, hosta, feber).</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="3FA291BC" w14:textId="7F38EBEF">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0ADD741C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="5ABD9D68" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6CBC0779" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="374C7CE4" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="04779ABB" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar, medicinsk bedömning i enskilda fall.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="0C601611" w14:textId="328345F5">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B77AF74" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eget rum med stängd dörr.</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3992E5D5" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5387FD69" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patienter med samma smitta kan samvårdas om ingen annan smitta föreligger. Influensa A och B ska inte samvårdas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2311879A" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="728BEC58" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftig hosta, ej intuberad, och nytillkomna symtom har högre prio till enkelrum än patient som är intuberad, och ej hostar. Ansvarig läkare gör tillsammans med Tjänstgörande arbetsledare en riskbedömning utifrån patienten och platssituationen på IVA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7CF6DE28" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="25B59DD8" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="43751DF1" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7F0A8269" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5139EA82" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35E65A83" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="612B32E6" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00AA5622" w:rsidRDefault="00821B85" w14:paraId="251C1A81" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="514C7D31" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="00821B85" w:rsidP="00AA5622" w:rsidRDefault="00821B85" w14:paraId="0464F146" w14:textId="325187E4">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7E6BA042" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...37 lines deleted...]
-              </w:numPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01EFED8E" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+                <w:color w:val="1F3763"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eventuell smittrisk </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6C791183" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:suppressAutoHyphens/>
-              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00AA5622" w:rsidRDefault="1B8180A1" w14:paraId="5D3B387B" w14:textId="000B6146">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7BA1BFE1" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annars förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="074B243C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närstående:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erbjud munskydd IIR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="68B9D142" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
                 <w:color w:val="1F3763"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
-[...42 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000045FD" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="5960B837" w14:textId="358EA33A">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3B9DCB69" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidRPr="000045FD" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="43F2AA43" w14:textId="13998905">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2F914D58" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...24 lines deleted...]
-              <w:t>utrustning.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="69F9FA7E" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7450E668" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="360B9388" w14:textId="5E82B553">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5EA421E2" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="191"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="209BED5B">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="209BED5B" w:rsidRDefault="1B8180A1" w14:paraId="4F7AB58A" w14:textId="518620F9">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>heltäckande visir vid vårdnära kontakt. (inom 2 meter)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="59B4CFEA" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="36E73EC2">
-[...38 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="089924AB" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="762073BB" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="15531E41" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5604D54D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="319349DF" w14:textId="10B9E792">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1277DB4B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="21BBA2A0">
-[...13 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidTr="36E73EC2" w14:paraId="47DA666B" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="63E1B36B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0083015B" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="796CA410" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="63DFBB62" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0083015B">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Covid- 19 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0083015B" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="57DEF2F8" w14:textId="29CBA0C4">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1924907F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0083015B">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Se regional rutin</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0083015B" w:rsidR="00821B85" w:rsidP="00D339D0" w:rsidRDefault="00A30E1B" w14:paraId="78A28DDE" w14:textId="4DB9841A">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2AC80F36" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:history="1" r:id="rId12">
-              <w:r w:rsidRPr="007C3854" w:rsidR="00821B85">
+              <w:r w:rsidRPr="0061428C">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Vårdhygien Covid-19</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="0083015B" w:rsidR="00821B85">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0083015B" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="1F1C095C" w14:textId="0FEBD05F">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="57FC5180" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00821B85" w14:paraId="4AB3437B" w14:textId="24A5AE7F">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="05CF6EE6" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00EA41EB" w:rsidRDefault="00061613" w14:paraId="5A30A0DF" w14:textId="32F6FF76">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01DE2767" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B73D0A">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> dagar.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2–10 dagar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00B73D0A" w:rsidRDefault="00821B85" w14:paraId="16986707" w14:textId="4FDF82A9">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="429A5696" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...31 lines deleted...]
-            </w:r>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Individuell bedömning. Som riktmärke 1 dygn feberfrihet, stabil klinisk förbättring och minst 14 dagar efter symtomdebut.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35F88CDD" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00B73D0A" w:rsidRDefault="00821B85" w14:paraId="6FB52D1D" w14:textId="7E640BAB">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1B40D8FF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00B73D0A" w:rsidRDefault="00821B85" w14:paraId="1490ACDF" w14:textId="07CFD75F">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="21D178E5" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="000045FD" w:rsidRDefault="00821B85" w14:paraId="0D4499E4" w14:textId="5E83C673">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C179CE3" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="008D1807" w:rsidRDefault="00821B85" w14:paraId="1BD0801E" w14:textId="225D6DB4">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="30EABD68" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="008D1807" w:rsidRDefault="00821B85" w14:paraId="28CFD2E5" w14:textId="1E119D12">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="38710BE2" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidTr="36E73EC2" w14:paraId="2F7502B7" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="1653141D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0083015B" w:rsidR="00726B23" w:rsidP="00526475" w:rsidRDefault="00726B23" w14:paraId="622281DD" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="64ACF34D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nfluensa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="59FEAC3C" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0083015B">
-[...23 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="00821B85" w14:paraId="66F3424A" w14:textId="0323F19E">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1A225CC8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="1D42FA62" w14:textId="1AC925A3">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="334E161C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> dygn.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1–3 dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="00821B85" w14:paraId="54C585D1" w14:textId="3653B880">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="55B30584" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...41 lines deleted...]
-          <w:p w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="00821B85" w14:paraId="38AB7A25" w14:textId="44D9E4D6">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Smittar 1 dygn innan sjukdomsdebut.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4FE76E85" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vuxna 5 första dygnen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="700CB0A6" w14:paraId="2D8C51DA" w14:textId="7E91F79E">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C87CEC9" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> &gt;7 dygn.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Barn och immun-suprimerade &gt;7 dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="005B1F14" w:rsidRDefault="00821B85" w14:paraId="7B2CE046" w14:textId="5F208C11">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0114F97F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="00AF03AC" w:rsidRDefault="00821B85" w14:paraId="36554F09" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1CB43603" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="00821B85" w:rsidP="00AF03AC" w:rsidRDefault="00821B85" w14:paraId="01C5D2EE" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4888BF66" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="412374C6" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00821B85" w:rsidP="0083015B" w:rsidRDefault="00821B85" w14:paraId="499300DA" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0843A175" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="17"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vid transport</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="0083015B" w:rsidP="00AF03AC" w:rsidRDefault="17FB8816" w14:paraId="255F7E81" w14:textId="77777777">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2595AA98" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
             </w:r>
-            <w:r w:rsidRPr="6BEA828B">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Annars förses patienten </w:t>
             </w:r>
-            <w:r w:rsidRPr="6BEA828B">
-[...40 lines deleted...]
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="00AF03AC" w:rsidRDefault="52526658" w14:paraId="03A4D398" w14:textId="2BF0983F">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="79BE5FAF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="normaltextrun"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exponerad patient</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1769ADF2" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Se riktlin</w:t>
-[...22 lines deleted...]
-              <w:r w:rsidRPr="00302978">
+              <w:t xml:space="preserve">Se riktlinje </w:t>
+            </w:r>
+            <w:hyperlink w:history="1" r:id="rId13">
+              <w:r w:rsidRPr="0061428C">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Influensa, antiviral terapi till vuxna vid SÄS</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00821B85">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="67B0230A">
-[...1 lines deleted...]
-                <w:rStyle w:val="eop"/>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exponerad patient bör vårdas i eget rum 4 dygn från exponering.</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4C42C9A5" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="393EA9A4" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närstående:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erbjud munskydd IIR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="33FEC53B" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="000045FD" w:rsidRDefault="00821B85" w14:paraId="655632ED" w14:textId="7A28B334">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4FE13B4E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="008D1807" w:rsidRDefault="00821B85" w14:paraId="36EC9D98" w14:textId="29034FA2">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0EACF522" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00821B85" w:rsidP="008D1807" w:rsidRDefault="00821B85" w14:paraId="2E668E7C" w14:textId="2973C636">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1C44CC01" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidTr="36E73EC2" w14:paraId="633EDD57" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="7E7E28AA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00AF03AC" w14:paraId="2097FECD" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0C375688" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kikhosta</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00AF03AC" w14:paraId="37BA1C36" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="41FF6983" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+              <w:t>(pertussis)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7E7F92B7" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Se region</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>gemensam rutin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7F2C654C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-706/surrogate/V%c3%a5rdhygien%20-%20Kikhosta%2c%20S%c3%84S%20(1).pdf"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vårdhygien - Kikhosta, SÄS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="65370753" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>pertussis</w:t>
-[...16 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...124 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00AF03AC">
-[...11 lines deleted...]
-              <w:t>ftvägssymtom (snuva, hosta, feber).</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00AF03AC" w14:paraId="07400548" w14:textId="3BC2AB29">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0B20D897" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="3E174DA9" w14:textId="211E1CE2">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0621DFBE" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> veckor.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1–2 veckor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00AF03AC" w14:paraId="1F0B1035" w14:textId="53FA1B3F">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C91290E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fr.o.m. 3 dygn innan symtomdebut till 4 veckor därefter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="005B1F14" w:rsidRDefault="00AF03AC" w14:paraId="0679837F" w14:textId="662143B0">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="47E0DE4B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eget rum med stängd dörr.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="18BCC5C8" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-[...5 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1CFC37AA" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="12F03C78" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="00AA5622" w:rsidRDefault="00AF03AC" w14:paraId="70269B63" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="254C748D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="00AF03AC" w:rsidP="00AA5622" w:rsidRDefault="00AF03AC" w14:paraId="142411D7" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01201E77" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="483D7B85" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="0083015B" w:rsidRDefault="00AF03AC" w14:paraId="44C7A2B7" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="79B8714F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="17"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="00AA5622" w:rsidRDefault="0689972B" w14:paraId="3113BF29" w14:textId="476FFB32">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="33DFE0C1" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...24 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Annars förses patienten </w:t>
             </w:r>
-            <w:r w:rsidRPr="6F280955" w:rsidR="2335F157">
-[...13 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2EBE2C19" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="50AE88B5" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närstående:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="52BF687C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erbjud munskydd IIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000045FD" w:rsidR="008D1807" w:rsidP="0083015B" w:rsidRDefault="008D1807" w14:paraId="4EAE8AF0" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="141849FF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="008D1807" w:rsidRDefault="008D1807" w14:paraId="5D995359" w14:textId="56CCE1E8">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="02DB732A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000045FD">
-[...18 lines deleted...]
-              <w:t>utrustning.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00AF03AC" w:rsidP="0083015B" w:rsidRDefault="00AF03AC" w14:paraId="74B22BB1" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="37DDB639" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00AF03AC" w:rsidP="0083015B" w:rsidRDefault="00AF03AC" w14:paraId="7243214E" w14:textId="619AE4E3">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4FA489BE" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="191"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="209BED5B">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>heltäckande visir vid nära kontakt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="0083015B" w:rsidRDefault="25F40805" w14:paraId="5E1F53CC" w14:textId="359BB58E">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7645111E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="36E73EC2">
-[...37 lines deleted...]
-              <w:t>vissa situationer, se nedan.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B1F14" w:rsidR="008D1807" w:rsidP="008D1807" w:rsidRDefault="008D1807" w14:paraId="0DDEADFE" w14:textId="13D87AF0">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="52AE9698" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00AF03AC" w:rsidP="008D1807" w:rsidRDefault="00484C58" w14:paraId="72DEAA79" w14:textId="55C936E5">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0ED4383D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="21BBA2A0">
-[...14 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidTr="36E73EC2" w14:paraId="669AB3FA" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="61686284" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="75967B19" w14:textId="6F48C4A9">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="48EAFDEA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C3170C">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mykoplasma</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="2F66EF23" w14:textId="28FD678B">
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7A1BD318" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="1AF0E304" w14:textId="711194E5">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="187E3ECD" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="2641C701" w14:textId="07D77AEB">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3E3BF459" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">14–21 dagar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="328F5979" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1D19C4D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar, medicinsk bedömning i enskilda fall.</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="447C2DD5" w14:textId="74F364BD">
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Smittsamhet avtar efter några dygn med antibiotika.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="00A0282C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="6AF70E42" w14:textId="07EA4626">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1B31D3D6" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eget rum med stängd dörr.</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="619886E4" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="337BCF7A" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patienter med samma smitta kan samvårdas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2FD35A08" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5A31AF29" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftig hosta, ej intuberad, och nytillkomna symtom har högre prio till enkelrum än patient som är intuberad, och ej hostar. Ansvarig läkare gör tillsammans med Tjänstgörande arbetsledare en riskbedömning utifrån patienten och platssituationen på IVA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3F1991F5" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="53014A94" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="73970327" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="008D1807" w:rsidRDefault="00061613" w14:paraId="1BDCCFDF" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0360E4E2" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="00061613" w:rsidP="008D1807" w:rsidRDefault="00061613" w14:paraId="011F71DC" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3739735D" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="320B98A5" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="008D1807" w:rsidRDefault="00061613" w14:paraId="2AAA81CA" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01EBADF7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="18"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
-          </w:p>
-[...40 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. Annars </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">med näsdukar att hosta i samt plastpåse för uppsamling av dessa. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="497D7CCD" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närståemde:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erbjud munskydd IIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000045FD" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="002F0048" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6E29946C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="265C8435" w14:textId="46AF86B3">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4C2FDCCF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-              <w:t>utrustning.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="4F2BDAC4" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6336C87D" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="6EC804D2" w14:textId="7DCC43F3">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="47B654B4" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="191"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="209BED5B">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>heltäckande visir vid nära kontakt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="4648B760" w14:textId="31499F77">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="38DC4972" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...43 lines deleted...]
-              <w:t>vissa situationer, se nedan.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00061613" w14:paraId="228AFB0E" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="75FA5BE6" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...13 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00061613" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="6EAFBAB5" w14:textId="3090E55E">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>annat som vanligt avfall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="20A47D51" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...19 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidTr="36E73EC2" w14:paraId="01542426" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="3D12A68E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="5299139B" w14:textId="0A7FD5A2">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C9856D6" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>RS</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="144BA8FC" w14:textId="55AD81AD">
+              <w:t>RSV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B485DBA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+              <w:t>(respiratoriskt syncytievirus)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2240B0DE" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
-                <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>respiratoriskt</w:t>
-[...52 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="0083015B" w:rsidP="0083015B" w:rsidRDefault="00477BFF" w14:paraId="7091DB32" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="26CDF7B6" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="0083015B" w:rsidRDefault="00477BFF" w14:paraId="38B4C8DB" w14:textId="7F0EA9B7">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="46A4CA66" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontaktsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1320" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="0A8A45FD" w14:textId="0C462617">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3AF57742" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> dygn.</w:t>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3–5 dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2231" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00061613" w14:paraId="75ABB8DF" w14:textId="3B072295">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="1B9764A4" w14:paraId="75ECEE66" w14:textId="38C18519">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="209BED5B">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> veckor, längre tid hos immunsupprimerade.</w:t>
+            <w:r w:rsidRPr="56EEF015">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oftast 3–8 dagar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="5E64A458">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ibland </w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>längre tid hos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="05715ED0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> spädbarn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="6636A4F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och</w:t>
+            </w:r>
+            <w:r w:rsidRPr="56EEF015" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> immunsupprimerade.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1800" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="57E04B88" w14:textId="1B509327">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1D82AD94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="52BE7872" w14:textId="4BE95B52">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3949B73F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1410" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="701F97A9" w14:textId="099A130D">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C07B35E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="1812" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="070A1DF7" w14:textId="29FDF92C">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2E7901EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00477BFF" w:rsidP="005B1F14" w:rsidRDefault="00477BFF" w14:paraId="2A2C520A" w14:textId="55590E5D">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="734BC6B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00583F78" w:rsidRDefault="00583F78" w14:paraId="289FBDA4" w14:textId="77777777"/>
-    <w:p w:rsidR="00821B85" w:rsidRDefault="00821B85" w14:paraId="416D2CD6" w14:textId="77777777"/>
+    <w:p w:rsidR="00B405A1" w:rsidP="009A32ED" w:rsidRDefault="00B405A1" w14:paraId="1FC6584C" w14:textId="36799DE8">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14737" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Luftburen smitta"/>
         <w:tblDescription w:val="Tabellen ger en översikt över olika smittor och vårdhygieniska rekommendationer om inkubationstid, vårdplacering (enkelrum/delat rum), patientrelaterade åtgärder, städ- och rengöringsrutiner, personalhygien amt tvätt- och avfallsrutiner."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1654"/>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="1335"/>
         <w:gridCol w:w="1452"/>
         <w:gridCol w:w="1657"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00F1026C" w:rsidTr="00DE4140" w14:paraId="06490BCF" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="49015F83" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14737" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00F1026C" w:rsidP="00F1026C" w:rsidRDefault="00F1026C" w14:paraId="32DA9313" w14:textId="32A1E20E">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4D12101F" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
+            <w:bookmarkStart w:name="_Toc100327194" w:id="33"/>
+            <w:bookmarkStart w:name="_Toc181866763" w:id="34"/>
+            <w:bookmarkEnd w:id="29"/>
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Luftburen smitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00500083" w:rsidTr="0061475D" w14:paraId="0C261FC3" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="1DB44F27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="3C734AA3" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="54B9EDCB" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Agens och vårdhygieniska riskfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="2E032B74" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7BE47057" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Huvudsaklig smittväg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="4AA6CB9E" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="05B6B385" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inkubations-tid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="7BDE5B5D" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4D1196CF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smittsam-hetsperiod</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="1C63FF5D" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="36D36475" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Placering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="434860EF" w14:textId="5063F1DF">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="66C1AD80" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patientrelaterade åtgärder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="4ABB9BF9" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2F29EEE7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Städning/ rengöring och desinfektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="1A5B6F8F" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="76BEE0DE" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="40D37B18" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="13C59365" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Avfall/tvätt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidTr="0061475D" w14:paraId="1F201618" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="42566DCA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005C4CF1" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="61A066FF" w14:textId="3FA41E8E">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="294D4D42" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konstaterad smittsam eller misstänkt smittsam Lungtuberkulos (TB)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="005C4CF1" w14:paraId="6AD91686" w14:textId="706FE7E0">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="15999866" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="25420C97" w14:textId="25B0D5B9">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4078361B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftburen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="71E9C4B5" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5EC0745C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B1E2B" w:rsidP="002E7D43" w:rsidRDefault="004B1E2B" w14:paraId="29A34E86" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="183CE35D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bedöms av ansvarig läkare. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="002E7D43" w:rsidRDefault="004B1E2B" w14:paraId="302C5B60" w14:textId="15D86B68">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="72EB1683" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-[...32 lines deleted...]
-              <w:t>Längre vid multiresistent TB</w:t>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I allmänhet smittsam under de två första behandlings-veckorna. Längre vid multiresistent TB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="003B6D86" w:rsidP="0083015B" w:rsidRDefault="004B1E2B" w14:paraId="30BA4306" w14:textId="163504E1">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="3FCB947A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> IVA, akutmottagning).</w:t>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="74AA0C27" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="000BF3F3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="004B1E2B" w14:paraId="3AA11F3E" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="659A6CC5" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="704BA3F2" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="357"/>
                 <w:tab w:val="left" w:pos="76"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="209BED5B" w:rsidP="209BED5B" w:rsidRDefault="209BED5B" w14:paraId="2DC2A55A" w14:textId="1FC4B1DF">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="20DD7559" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>Vid transport</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vid transport</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00500083" w:rsidP="00F802BA" w:rsidRDefault="0080077D" w14:paraId="06DB32AE" w14:textId="62F45EE8">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6AEBA9AD" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...32 lines deleted...]
-          <w:p w:rsidRPr="0080077D" w:rsidR="00500083" w:rsidP="00F802BA" w:rsidRDefault="00500083" w14:paraId="56C08A2A" w14:textId="67F4303B">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med det. Eller förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6DD94396" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...33 lines deleted...]
-            </w:r>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4302C781" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närstående:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erbjud andningsskydd FFP3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5CAC7CFF" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="000045FD" w:rsidR="004B1E2B" w:rsidP="00F802BA" w:rsidRDefault="4807558D" w14:paraId="4C82D6AA" w14:textId="5F56EEA5">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="60443A5F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...41 lines deleted...]
-              <w:t>. För isoleringsrum gäller kortare tid beroende på ventilation, se rutin på respektive enhet.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat rummet. Andningsskydd FFP3 ska behållas på under städning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="004B1E2B" w14:paraId="52721D96" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="34803264" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="418BD742" w14:textId="437FECA2">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="351A050A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
-[...21 lines deleted...]
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="70982462" w14:textId="4AB2F7AC">
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alltid andningsskydd FFP3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="42401AE3" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6F280955">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd kombineras med heltäckande visir inom 2 m avstånd från patienten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="004B1E2B" w14:paraId="17B8ABE8" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="30545088" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="004B1E2B" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="2FCB2390" w14:textId="6D5CC6A8">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2DA2319F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="21BBA2A0">
-[...13 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidTr="0061475D" w14:paraId="6FFF39E8" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="3D126698" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="01BEDEA3" w14:textId="757B3B0D">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="08BEADBC" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+              <w:t xml:space="preserve">Mässling </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(morbilli)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="655B91DD" w14:textId="538E9550">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="161BC67D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00096BED">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se rutin </w:t>
+            </w:r>
+            <w:hyperlink w:history="1" r:id="rId14">
+              <w:r w:rsidRPr="007C1E0E">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Mässling - vårdhygieniska rutiner, SÄS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="35ADC0E2" w14:paraId="04F7AC52" w14:textId="22105F37">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="429A5DEF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="34" w:line="238" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
-            </w:pPr>
-[...15 lines deleted...]
-          <w:p w:rsidRPr="003E5FEB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="189E7611" w14:textId="2C9A81E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hudutslag. Feber. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="37128054" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Misstanke om mässling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="6FF44003" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5BD1DC92" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Luftburen. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="122439C1" w14:textId="0848A403">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1D07C6E0" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="12C850D8" w14:textId="7C34450B">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4E654030" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7–18 dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="29D23CFF" w14:textId="5BFE8844">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1D5C4FD9" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4 dygn innan och 4 dygn efter att utslag har uppträtt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="017AC3E7" w14:textId="69FBCDFB">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="79700C93" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...40 lines deleted...]
-              <w:t>akutmottagning).</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="2320545B" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5A9F4DF3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Informeras om</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informeras om:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2C7E4882" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="03B065EB" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="30182216" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="21428ED0" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="18"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="28E06B3B" w14:textId="7FEECFB1">
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="116D7C02" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...13 lines deleted...]
-          <w:p w:rsidRPr="0080077D" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="5DBA3069" w14:textId="09E06143">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patient som tolererar munskydd förses med det. Eller förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="303B2647" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...32 lines deleted...]
-              <w:t>.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="68384B8E" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Närstående: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Besökare måste ha egen immunitet mot mässling. Om anhöriga känner till sin immunitet mot mässling behöver andningsskydd inte användas. Vid osäkerhet används andningsskydd FFP3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="1E3B649A" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="52B777A7" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="12" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Endast immun </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="678F3B0A" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="63761F2D" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">personal städar. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="4AE00E87" w14:textId="7CD8D954">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4596F590" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat rummet.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4B576496" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 ska behållas på under städning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="72BAAF12" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C33A73">
-[...45 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D4075D" w:rsidP="0083015B" w:rsidRDefault="00D4075D" w14:paraId="13873254" w14:textId="75EF6BAC">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7EDB4AE8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast personal immun eller vaccinerad mot mässling.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="3F966BB2" w14:textId="5D0B3F45">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="3DD5B2C6" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Basala</w:t>
-[...29 lines deleted...]
-          <w:p w:rsidR="00900719" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="76197410" w14:textId="13C1F693">
+              <w:t>Basala hygienrutiner.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4A381F95" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...34 lines deleted...]
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="109A22F1" w14:textId="498683DF">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alltid andningsskydd FFP3. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6620862C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd kombineras med heltäckande visir inom 2 m avstånd från patienten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="08C8272C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="13C031EA" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="019366A8" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="043B3F7C" w14:textId="769B67BE">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="0ED5D9D5" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="21BBA2A0">
-[...13 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidTr="0061475D" w14:paraId="7935AE5D" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="73FBD028" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="22454DAB" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="05F6ACA0" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EA41EB">
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...58 lines deleted...]
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="1024BD3B" w14:textId="33A3F61E">
+              <w:t xml:space="preserve">Vattkoppor Generaliserad bältros </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6349385C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00EA41EB">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Varicella/ varicella-zoster)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="6462CEC4" w14:textId="79986BEA">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="0B041125" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se rutin </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId16">
-              <w:r w:rsidRPr="00096BED">
+            <w:hyperlink w:history="1" r:id="rId15">
+              <w:r w:rsidRPr="007C1E0E">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vattkoppor eller generaliserad herpes </w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve"> (bältros) - vårdhygieniska rutiner, SÄS</w:t>
+                <w:t>Vattkoppor eller generaliserad herpes zoster (bältros) - vårdhygieniska rutiner, SÄS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="00DDABE5" w14:textId="5BB78A03">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="36126540" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA41EB">
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utslag-/blåsor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="7F7884C4" w14:paraId="12261BCE" w14:textId="1C726543">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7AC3138D" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
-            </w:pPr>
-[...22 lines deleted...]
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="6F280955" w:rsidRDefault="00641D36" w14:paraId="53181BE0" w14:textId="193F99CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luftburen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="28D1F71E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="5EF2363E" w14:textId="6FCCEA22">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1A020D25" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10–21 dagar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="4D9F1312" w14:textId="093D3BB5">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5BBF16B6" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 dygn före utslag, tills blåsor slutar nybildas (cirka 6 dygn), längre tid för immunsvaga).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="7F7884C4" w14:paraId="37010533" w14:textId="43F1B58E">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4CD72EE4" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...52 lines deleted...]
-              <w:t>.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Icke-immun betraktas som potentiellt smittsam 10–21 dygn efter exponering.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="3D314F11" w14:textId="727AF7B5">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="762EB472" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> IVA, akutmottagning).</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="27B31B57" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="78CD6E86" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="301"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA5622" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="1D2C9C1E" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7C160748" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...33 lines deleted...]
-              <w:pStyle w:val="Liststycke"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7422580E" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="21"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="210" w:hanging="210"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00EA41EB" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="3CC18EF7" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6498F783" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="18"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="25DB4BDE" w14:textId="13E4EA3D">
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intuberad patient ingen åtgärd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5B5C421E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...20 lines deleted...]
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="00641D36" w:rsidRDefault="00641D36" w14:paraId="6DA327CE" w14:textId="1D961667">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med det. Eller förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7D615774" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...33 lines deleted...]
-            </w:r>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1A650630" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Närstående:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Besökare måste ha egen immunitet mot vattkoppor. Om anhöriga känner till sin immunitet mot vattkoppor behöver andningsskydd inte användas. Vid osäkerhet används andningsskydd FFP3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="30AB1B75" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="039E8CAE" w14:textId="584B0677">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2F491DF0" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast immun personal städar.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="273AFE6D" w14:textId="74879067">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="230E5023" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...50 lines deleted...]
-              <w:t>.</w:t>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat IVA.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 ska behållas på under städning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="3FC939A6" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="77252148" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast personal som är immun mot vattkoppor.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DE7276" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="157A976B" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="667ACDCD" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-71"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00900719" w:rsidP="0083015B" w:rsidRDefault="47E69001" w14:paraId="40CA59C5" w14:textId="22D4D835">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="10361B0D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...27 lines deleted...]
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="007B1AB7" w14:paraId="1D3F675A" w14:textId="2DE2B7DB">
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 är huvudregeln men kan väljas bort efter riskbedömning för de som säkert vet att de haft vattkoppor.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="06B87294" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-[...25 lines deleted...]
-            </w:r>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6D105BB9" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00641D36" w14:paraId="6CB14FAE" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="279BBEBF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B73D0A" w:rsidR="00641D36" w:rsidP="0083015B" w:rsidRDefault="00484C58" w14:paraId="246CB3AD" w14:textId="31E133C9">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1CF166A7" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0"/>
-              <w:rPr>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="21BBA2A0">
-[...13 lines deleted...]
-              <w:t>enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:tbl>
-    <w:p w:rsidR="2F2993E8" w:rsidP="5CA9A045" w:rsidRDefault="2F2993E8" w14:paraId="16551E51" w14:textId="16FB699D">
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4670CBD4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Förklaring_till_information" w:id="23"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t xml:space="preserve">Situationer där </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> vid:</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D210E" w:rsidR="006D210E" w:rsidP="00B73D0A" w:rsidRDefault="00963FFE" w14:paraId="1180A5F6" w14:textId="5BF4C146">
+    <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="318B7AF5" w14:textId="0BC9593A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc214973230" w:id="35"/>
+      <w:r w:rsidRPr="00FE0B82">
+        <w:t>Situationer där andningsskydd ska användas:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w:rsidRPr="0083015B" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4EF8C94B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0083015B">
+        <w:t>Aerosolgenererande procedur är en term som försöker sammanfatta situationer som kan innebära högre risk för smitta. Nedanstående procedurer kan innebära en ökad smittrisk och andningsskydd rekommenderas därför vid:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="394F163E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="5CA9A045">
+      <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>t</w:t>
+        <w:t>trakeotomi</w:t>
       </w:r>
-      <w:r w:rsidRPr="5CA9A045" w:rsidR="009E3AC7">
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="006D210E" w:rsidR="006D210E" w:rsidP="00B73D0A" w:rsidRDefault="00963FFE" w14:paraId="4C5BC7B4" w14:textId="4F1E617C">
+    <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2A1513C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5CA9A045">
+      <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
+        <w:t>intubering och extubering</w:t>
       </w:r>
-      <w:r w:rsidRPr="5CA9A045" w:rsidR="009E3AC7">
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="006D210E" w:rsidR="006D210E" w:rsidP="00B73D0A" w:rsidRDefault="00963FFE" w14:paraId="09F6643B" w14:textId="0F16AA97">
+    <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="05A394AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5CA9A045">
+      <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>b</w:t>
-[...6 lines deleted...]
-        <w:t>ronkoskopi</w:t>
+        <w:t>bronkoskopi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000045FD" w:rsidR="0010627E" w:rsidP="00B73D0A" w:rsidRDefault="00963FFE" w14:paraId="7065F8A5" w14:textId="12A42ED5">
+    <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6F8B8836" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5CA9A045">
+      <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>s</w:t>
+        <w:t>sugning från nedre luftvägar.</w:t>
       </w:r>
-      <w:r w:rsidRPr="5CA9A045" w:rsidR="009E3AC7">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="5CA9A045" w:rsidR="009E3AC7">
+      <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD0503" w:rsidR="000045FD" w:rsidP="0083015B" w:rsidRDefault="000045FD" w14:paraId="74CE813E" w14:textId="3779714F">
+    <w:p w:rsidRPr="00BD0503" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="56F577E0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0083015B">
         <w:t xml:space="preserve">Se regional rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
-        <w:r w:rsidRPr="28F82D49">
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="0083015B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="28F82D49">
+      <w:r w:rsidRPr="00DE7276">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD0503" w:rsidR="0010627E" w:rsidP="5CA9A045" w:rsidRDefault="76DE1B6D" w14:paraId="6C0FC7A8" w14:textId="3104A247">
+    <w:p w:rsidRPr="00BD0503" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2204BABF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc184026259" w:id="30"/>
-      <w:r w:rsidRPr="5CA9A045">
+      <w:bookmarkStart w:name="_Toc214973231" w:id="36"/>
+      <w:r w:rsidRPr="18BD59D3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Situationer där andningsskydd kan övervägas efter riskbedömning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w:rsidR="00B73D0A" w:rsidP="209BED5B" w:rsidRDefault="001E2764" w14:paraId="5FC11730" w14:textId="77777777">
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2A7CFA38" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Andningsskydd kan utifrån riskbedömning användas som ersättning till munskydd. Exempelvis vid längre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vårdinsats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma vårdas på samma rum.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B73D0A" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="27A119D5" w14:textId="11907773">
+    <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="77DFC0FF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc99533780" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc102745526" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc102745542" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc102745744" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc214973232" w:id="41"/>
+    </w:p>
+    <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="265EC619" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="37061870" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="7338C3D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="1797FF1A" w14:textId="7FE44505">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533780" w:id="31"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc184026260" w:id="35"/>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00B73D0A" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="0393C590" w14:textId="77777777">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3D224A3C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="3C6DB2C3" w:rsidP="00F1026C" w:rsidRDefault="7A69F0B2" w14:paraId="15E36032" w14:textId="6B09D3B8">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6786A5B4" w14:textId="77777777">
       <w:r w:rsidRPr="00F1026C">
-        <w:t>Jon Edman Wallér</w:t>
-[...17 lines deleted...]
-        <w:t>årdhygien, SÄS</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="3A1BBFCE" w:rsidP="00F1026C" w:rsidRDefault="3A1BBFCE" w14:paraId="350D9159" w14:textId="35F0BD8F">
-[...39 lines deleted...]
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00EA41EB" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="25F9389C" w14:textId="77777777">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="338FD64A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00EA41EB" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="64FD913C" w14:textId="77777777">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="301C9DF0" w14:textId="77777777">
       <w:r w:rsidRPr="00F1026C">
         <w:t>-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00EA41EB" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="6EB99F75" w14:textId="77777777">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="54E3DDD9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00EA41EB" w:rsidP="00F1026C" w:rsidRDefault="001D7685" w14:paraId="62274496" w14:textId="6EB64AD1">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="44C2A99F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00EA41EB" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="177F1CB7" w14:textId="77777777">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="7AF1FFCA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00CB4E87" w:rsidP="00F1026C" w:rsidRDefault="00EA41EB" w14:paraId="0BC2DBC5" w14:textId="25BC0FF3">
-      <w:bookmarkStart w:name="_Toc463863889" w:id="36"/>
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="30EEF014" w14:textId="77777777">
+      <w:bookmarkStart w:name="_Toc463863889" w:id="42"/>
       <w:r w:rsidRPr="00F1026C">
         <w:t>virussjukdomar, viroser, virussmitta, luftvägssmitta, luftburna smittor, luftburen smitta, luftsmitta, infektioner, förkylningar, hudutslag, vårdplatser, andningsskydd, personlig skyddsutrustning, FFP, IIR, arbetsmiljörisk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EA41EB" w:rsidR="00EA41EB" w:rsidP="002E7D43" w:rsidRDefault="002A44F5" w14:paraId="1CF45AE0" w14:textId="63E45A2C">
+    <w:p w:rsidRPr="00EA41EB" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="597D074E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533781" w:id="37"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkStart w:name="_Toc99533781" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc102745527" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc102745543" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc102745745" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc214973233" w:id="47"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Källförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00FF024D" w:rsidP="002E7D43" w:rsidRDefault="00EA41EB" w14:paraId="031B7D31" w14:textId="34ABE8E1">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2C8E2596" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
-        <w:t xml:space="preserve">Städning och rengöring i vårdlokaler vid SÄS - vårdpersonalens ansvar. </w:t>
+        <w:t>Städning och rengöring i vårdlokaler vid SÄS - vårdpersonalens ansvar. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F1026C" w:rsidR="008078E3">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F1026C" w:rsidR="00B73D0A">
+      <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId18">
-        <w:r w:rsidR="00A30E1B">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A30E1B" w:rsidR="00A30E1B">
-[...21 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="006C4DD6" w:rsidP="002E7D43" w:rsidRDefault="00EA41EB" w14:paraId="5F0E7419" w14:textId="7FA0E44A">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6444B4B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:t>Smittsamma sjukdomar. Folkhälsomyndigheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19">
-        <w:r w:rsidRPr="00F1026C" w:rsidR="002A44F5">
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00536A5A" w:rsidP="002E7D43" w:rsidRDefault="00EA41EB" w14:paraId="76B9F95B" w14:textId="774E5B94">
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3AD4FC43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:t xml:space="preserve">Vårdhygien Covid-19. Regional rutin, Västra Götalandsregionen </w:t>
       </w:r>
       <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="00A30E1B">
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
+          <w:t>https://hittadokument.vgregion.se/regionovergripande</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="4"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A30E1B" w:rsidR="00A30E1B">
+    </w:p>
+    <w:p w:rsidRPr="00C8780D" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="17DE69E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="136C84AB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>Instruktion för användning av andningsskydd, Regional</w:t>
       </w:r>
-      <w:r w:rsidR="00A30E1B">
-[...58 lines deleted...]
-        <w:t>(ändra filtreringen)</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> instruktion, Västra Götalandsregionen</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="Re911b28e199c478d">
-        <w:r w:rsidRPr="5789487E" w:rsidR="00A30E1B">
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="136C84AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
+          <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="5789487E" w:rsidR="00A30E1B">
-[...21 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="003E5FEB" w:rsidP="002E7D43" w:rsidRDefault="00E829A2" w14:paraId="79817353" w14:textId="562D7C6E">
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4A90F13F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:keepNext w:val="1"/>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
-        <w:rPr/>
-[...5 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="136C84AB">
         <w:t>Generella åtgärder mot smittspridning av virusorsakade luftvägsinfektioner i vård och omsorg. Regional rutin, västra Götalandsregionen</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="R459bc639ea4f4d4a">
-        <w:r w:rsidRPr="5789487E" w:rsidR="587467B4">
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="136C84AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:noProof w:val="0"/>
-            <w:lang w:val="sv-SE"/>
           </w:rPr>
-          <w:t>Generella åtgärder mot smittspridning av virusorsakade luftvägsinfektioner inom vård och omsorg.pdf</w:t>
-[...2 lines deleted...]
-          <w:br/>
+          <w:t>Generella åtgärder mot smittspridning av virusorsakade luftvägsinfektioner inom vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidRPr="00F1026C" w:rsidR="003E5FEB" w:rsidSect="007C3854">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3583D82D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="0" w:hanging="426"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Luftvägssmitta -vårdhygieniska aspekter Regiongemensam riktlinje</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="24920218">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Luftvägssmitta vårdhygieniska aspekter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009C6C0C" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="40AA233F" w14:textId="1E090B78">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId23">
+        <w:bookmarkStart w:name="_Toc214973234" w:id="48"/>
+        <w:r w:rsidRPr="24920218">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Luftvägssmitta – checklista vårdhygieniska rutiner, SÄS</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="48"/>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="0022445D">
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="even" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId28"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
-      <w:pgMar w:top="1525" w:right="1418" w:bottom="1418" w:left="1276" w:header="283" w:footer="737" w:gutter="0"/>
+      <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="5EBE56BF" w14:textId="77777777">
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="0267E1EE" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="38BD87AF" w14:textId="77777777">
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="1F652209" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="7819147C" w14:textId="77777777">
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="3356E184" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="16" name="Bildobjekt 16">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="52148995" w14:textId="77777777"/>
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="093CC0A1" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="04E5A380" w14:textId="77777777">
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="49D2D6D7" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00341793" w:rsidRDefault="00341793" w14:paraId="2D13A00D" w14:textId="77777777">
+    <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="75C07003" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict>
+        <mc:Fallback>
+          <w:pict w14:anchorId="561E6CF1">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:ind w:right="567"/>
+      <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <w:pict>
+        <mc:Fallback>
+          <w:pict w14:anchorId="688FC843">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
-[...85 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8292,276 +8401,50 @@
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0496268F"/>
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="057204D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A1653AA"/>
     <w:lvl w:ilvl="0" w:tplc="041D0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8603,51 +8486,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -8716,164 +8599,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -8942,51 +8712,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -9055,51 +8825,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -9168,164 +8938,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9395,51 +9052,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -9508,592 +9165,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...540 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10189,62 +9305,62 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="829E4E02"/>
-    <w:lvl w:ilvl="0" w:tplc="1CB8449C">
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
@@ -10303,277 +9419,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -10642,51 +9532,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10783,51 +9673,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -10896,391 +9786,165 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C164CA32"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="bullet"/>
+    <w:tmpl w:val="1B6660C0"/>
+    <w:lvl w:ilvl="0" w:tplc="05061E3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -11349,51 +10013,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C667AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D64CBAD8"/>
     <w:lvl w:ilvl="0" w:tplc="7D72018E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="18F85556">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -11462,164 +10126,51 @@
     <w:lvl w:ilvl="7" w:tplc="D0D28F88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F448FE16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -11688,137 +10239,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -11887,51 +10352,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -12000,1074 +10465,703 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1669794908">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="323166518">
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1117676830">
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1261453162">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1203133589">
-[...2 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="84151467">
+  <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="995190052">
-[...5 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="430931347">
+  <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="883642397">
-[...11 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="1511985995">
+  <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1838156397">
-[...8 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="1279410112">
+  <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1239369568">
-[...35 lines deleted...]
-  <w:num w:numId="31" w16cid:durableId="1875075201">
+  <w:num w:numId="20" w16cid:durableId="960576238">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="407923774">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="21" w16cid:durableId="1203133589">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="00002A51"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000045FD"/>
+    <w:rsid w:val="0000015E"/>
+    <w:rsid w:val="0000441E"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="000207BA"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="0004662F"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="00051575"/>
-    <w:rsid w:val="00054247"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="00061613"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00094F72"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="00096BED"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000B7991"/>
-[...4 lines deleted...]
-    <w:rsid w:val="000E29E2"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
-    <w:rsid w:val="000F6EFF"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="0010627E"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="0012162E"/>
-    <w:rsid w:val="00124ED8"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="001365F1"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="0014278F"/>
-    <w:rsid w:val="00142E1E"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="0015271E"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="00162959"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
-    <w:rsid w:val="00166598"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="00167078"/>
+    <w:rsid w:val="00174216"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
-    <w:rsid w:val="001903C8"/>
     <w:rsid w:val="0019632A"/>
-    <w:rsid w:val="001A019C"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
-    <w:rsid w:val="001C0086"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D7685"/>
-[...3 lines deleted...]
-    <w:rsid w:val="001E4F7E"/>
+    <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001E4FC6"/>
+    <w:rsid w:val="002030A3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
-    <w:rsid w:val="00215211"/>
+    <w:rsid w:val="0021371B"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="00226FED"/>
-    <w:rsid w:val="00233B05"/>
+    <w:rsid w:val="0022445D"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
+    <w:rsid w:val="002631DE"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="00265DDC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002749C3"/>
+    <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="00277780"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
-    <w:rsid w:val="00284B40"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="002A44F5"/>
+    <w:rsid w:val="00294DDA"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C1B49"/>
-    <w:rsid w:val="002C4A58"/>
+    <w:rsid w:val="002C3C30"/>
+    <w:rsid w:val="002C4DCA"/>
+    <w:rsid w:val="002C5EDA"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
-    <w:rsid w:val="002D16D8"/>
-    <w:rsid w:val="002D2189"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D7D91"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E5ED3"/>
     <w:rsid w:val="002E6F81"/>
-    <w:rsid w:val="002E7D43"/>
     <w:rsid w:val="002F08BA"/>
-    <w:rsid w:val="002F2324"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
-    <w:rsid w:val="002F7381"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="00302978"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="00331DAE"/>
     <w:rsid w:val="00337F99"/>
-    <w:rsid w:val="00341793"/>
+    <w:rsid w:val="003410BD"/>
+    <w:rsid w:val="00342CAA"/>
     <w:rsid w:val="0034307B"/>
-    <w:rsid w:val="00344024"/>
     <w:rsid w:val="00345EB1"/>
-    <w:rsid w:val="00346A04"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
-    <w:rsid w:val="00364F92"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="0037500C"/>
-    <w:rsid w:val="00383C51"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
-    <w:rsid w:val="00395097"/>
-    <w:rsid w:val="00396FC2"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003B6D86"/>
-    <w:rsid w:val="003C3DD3"/>
+    <w:rsid w:val="003C6D0D"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
-    <w:rsid w:val="003E5FEB"/>
-    <w:rsid w:val="003F0F54"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="003F3613"/>
     <w:rsid w:val="00404948"/>
-    <w:rsid w:val="004058F8"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="00407548"/>
-    <w:rsid w:val="00412456"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="0044304C"/>
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00453A64"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="00477BFF"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00484C58"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
-    <w:rsid w:val="004A38D7"/>
     <w:rsid w:val="004A4970"/>
-    <w:rsid w:val="004B1E2B"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B758B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C52DB"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E6246"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="004F5F63"/>
-    <w:rsid w:val="00500083"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="00504AFF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0051092F"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00513160"/>
-    <w:rsid w:val="00520797"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
-    <w:rsid w:val="00550501"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00587397"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B1F14"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
-    <w:rsid w:val="005C4CF1"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D74CD"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E7589"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005F166C"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="0061475D"/>
+    <w:rsid w:val="0061428C"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00641D36"/>
+    <w:rsid w:val="0063285A"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="00664119"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="006A1901"/>
+    <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00690AE2"/>
+    <w:rsid w:val="00695040"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006C4DD6"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
-    <w:rsid w:val="006D210E"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
-    <w:rsid w:val="006D7B5F"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
-    <w:rsid w:val="00717500"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
-    <w:rsid w:val="00726B23"/>
+    <w:rsid w:val="00725863"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
-    <w:rsid w:val="00732E30"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
+    <w:rsid w:val="007367DF"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="0077305B"/>
+    <w:rsid w:val="00774944"/>
+    <w:rsid w:val="00774BDF"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
+    <w:rsid w:val="007A336E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B1AB7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C3854"/>
+    <w:rsid w:val="007C1E0E"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
+    <w:rsid w:val="007D4D4B"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007E665E"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
-    <w:rsid w:val="007F4BBC"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="0080077D"/>
-    <w:rsid w:val="008078E3"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00821B85"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="0083015B"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00882041"/>
-    <w:rsid w:val="00892C3E"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00894D9D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
-    <w:rsid w:val="008A68F3"/>
     <w:rsid w:val="008A74C0"/>
-    <w:rsid w:val="008B10C3"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008BE165"/>
     <w:rsid w:val="008C4B27"/>
-    <w:rsid w:val="008C671B"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D1807"/>
-    <w:rsid w:val="008E1D2E"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="00900719"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
-    <w:rsid w:val="00933AB3"/>
     <w:rsid w:val="009347A5"/>
-    <w:rsid w:val="00937AF0"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
-    <w:rsid w:val="00947C8C"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00963FFE"/>
+    <w:rsid w:val="00957D23"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00972FE9"/>
+    <w:rsid w:val="009866E2"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A6E7F"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B7953"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C320F"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
-    <w:rsid w:val="009E1935"/>
-    <w:rsid w:val="009E3AC7"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A30E1B"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A44787"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
-    <w:rsid w:val="00A6417D"/>
+    <w:rsid w:val="00A55086"/>
+    <w:rsid w:val="00A61C0A"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A76193"/>
-    <w:rsid w:val="00A77BCA"/>
+    <w:rsid w:val="00A7264C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A92F65"/>
-    <w:rsid w:val="00A93FDD"/>
     <w:rsid w:val="00AA0B3A"/>
-    <w:rsid w:val="00AA5622"/>
-    <w:rsid w:val="00AA6334"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB358F"/>
-    <w:rsid w:val="00AC11D7"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD4993"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AF03AC"/>
+    <w:rsid w:val="00AF43E5"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
-    <w:rsid w:val="00B34032"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B43B03"/>
-    <w:rsid w:val="00B44A76"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B5772D"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B73D0A"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B83975"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
+    <w:rsid w:val="00B8613F"/>
     <w:rsid w:val="00B86453"/>
-    <w:rsid w:val="00B87193"/>
+    <w:rsid w:val="00B87B06"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
-    <w:rsid w:val="00B97316"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BC7514"/>
-    <w:rsid w:val="00BD0503"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00BF2B97"/>
-    <w:rsid w:val="00C03C55"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C103D3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C33A73"/>
+    <w:rsid w:val="00C30667"/>
+    <w:rsid w:val="00C31986"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
-    <w:rsid w:val="00C47657"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
-    <w:rsid w:val="00C541FD"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C67B82"/>
     <w:rsid w:val="00C70E19"/>
-    <w:rsid w:val="00C72134"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C83C12"/>
+    <w:rsid w:val="00C74C11"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
-    <w:rsid w:val="00CB365B"/>
-    <w:rsid w:val="00CB4E87"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CC74DC"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CE6171"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D2040F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D339D0"/>
+    <w:rsid w:val="00D16F7F"/>
+    <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D23F44"/>
     <w:rsid w:val="00D37E7F"/>
-    <w:rsid w:val="00D4075D"/>
-    <w:rsid w:val="00D42FB3"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D70962"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D8506D"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00D96F36"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DD1D9A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DE245F"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
-    <w:rsid w:val="00DE7276"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF6725"/>
+    <w:rsid w:val="00DF75AF"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E11D72"/>
-    <w:rsid w:val="00E52A40"/>
+    <w:rsid w:val="00E179C2"/>
+    <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E457EF"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E648F6"/>
-    <w:rsid w:val="00E66E02"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E8231F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E845AF"/>
     <w:rsid w:val="00E86CE8"/>
-    <w:rsid w:val="00E873DF"/>
-    <w:rsid w:val="00E90E36"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E97ACD"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
-    <w:rsid w:val="00EA41EB"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
-    <w:rsid w:val="00EC1147"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
-    <w:rsid w:val="00EC5F53"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE0267"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EF0E73"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F17CD6"/>
     <w:rsid w:val="00F22264"/>
-    <w:rsid w:val="00F22C4C"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F35636"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F41767"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F44465"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F542EC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F67737"/>
+    <w:rsid w:val="00F6139C"/>
+    <w:rsid w:val="00F80884"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00FA053D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA3F64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FC4D73"/>
-    <w:rsid w:val="00FD110F"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE0B82"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FF024D"/>
     <w:rsid w:val="00FF7C02"/>
-    <w:rsid w:val="016D9506"/>
-    <w:rsid w:val="02154D55"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="0302900F"/>
-[...154 lines deleted...]
-    <w:rsid w:val="63DF7753"/>
+    <w:rsid w:val="05715ED0"/>
+    <w:rsid w:val="1B9764A4"/>
+    <w:rsid w:val="336B7C97"/>
+    <w:rsid w:val="56EEF015"/>
+    <w:rsid w:val="5E64A458"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="6559EB08"/>
-[...11 lines deleted...]
-    <w:rsid w:val="6AF090F2"/>
+    <w:rsid w:val="6636A4F2"/>
+    <w:rsid w:val="66D35F95"/>
+    <w:rsid w:val="67DB6C89"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6BAC1076"/>
-[...41 lines deleted...]
-    <w:rsid w:val="7FF18BAE"/>
+    <w:rsid w:val="76F7E536"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{8B49577A-D220-4D07-B3D4-BB37FB634618}"/>
+  <w15:docId w15:val="{98432865-DD0C-4B73-94C9-2BB6DAFD377F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13405,210 +11499,193 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00933AB3"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="006D7B5F"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="960" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EA41EB"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -13780,70 +11857,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="006D7B5F"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -13865,51 +11943,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -13955,223 +12033,216 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="006D7B5F"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="23"/>
+        <w:numId w:val="13"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D339D0"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F67737"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="357"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
@@ -14220,118 +12291,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
@@ -15313,59 +13384,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006D7B5F"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="24"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="357" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -15491,351 +13559,278 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EA41EB"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CB4E87"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003E5FEB"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
-    <w:name w:val="normaltextrun"/>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="00732E30"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00672EC3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="spellingerror" w:customStyle="1">
-[...12 lines deleted...]
-    <w:rsid w:val="00732E30"/>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF75AF"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:right="868"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E4512"/>
+    <w:rsid w:val="00DF75AF"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E4512"/>
+    <w:rsid w:val="00DF75AF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001E4512"/>
+    <w:rsid w:val="00DF75AF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="001E4FC6"/>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
-[...12 lines deleted...]
-    <w:name w:val="cf01"/>
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+    <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:rsid w:val="00AA6334"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="001E4FC6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...65 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-182/surrogate/St%c3%a4dning%20och%20reng%c3%b6ring%20i%20v%c3%a5rdlokaler%20vid%20S%c3%84S%20-%20v%c3%a5rdverksamhetens%20ansvar.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-364/surrogate/Vattkoppor%20eller%20generaliserad%20herpes%20zoster%20(b%c3%a4ltros)%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-291/surrogate/M%c3%a4ssling%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-100/surrogate/Influensa%2c%20antiviral%20terapi%20till%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="Re911b28e199c478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-519/surrogate/Generella%20%c3%a5tg%c3%a4rder%20mot%20smittspridning%20av%20virusorsakade%20luftv%c3%a4gsinfektioner%20inom%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="R459bc639ea4f4d4a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-100/surrogate/Influensa%2c%20antiviral%20terapi%20till%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-519/surrogate/Generella%20%c3%a5tg%c3%a4rder%20mot%20smittspridning%20av%20virusorsakade%20luftv%c3%a4gsinfektioner%20inom%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-182/surrogate/St%c3%a4dning%20och%20reng%c3%b6ring%20i%20v%c3%a5rdlokaler%20vid%20S%c3%84S%20-%20v%c3%a5rdverksamhetens%20ansvar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/hs9766-305841775-266/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-278/surrogate/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-364/surrogate/Vattkoppor%20eller%20generaliserad%20herpes%20zoster%20(b%c3%a4ltros)%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-278/surrogate/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId28" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-291/surrogate/M%c3%a4ssling%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-150/surrogate/Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -16116,52 +14111,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Luftvägssmitta – checklista vårdhygieniska rutiner, SÄS</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Susanne Roos</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>