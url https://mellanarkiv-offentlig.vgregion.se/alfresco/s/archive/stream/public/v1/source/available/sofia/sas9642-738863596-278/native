--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1,1005 +1,369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0000015E" w:rsidP="0000015E" w:rsidRDefault="0000015E" w14:paraId="5C2A3B19" w14:textId="77777777">
+    <w:p w:rsidRPr="00955DDB" w:rsidR="00B60DEA" w:rsidP="00955DDB" w:rsidRDefault="00B60DEA" w14:paraId="3D51C1B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc99533773" w:id="0"/>
       <w:bookmarkStart w:name="_Toc102745739" w:id="1"/>
       <w:bookmarkStart w:name="_Hlk9498769" w:id="2"/>
-      <w:bookmarkStart w:name="_Toc214973226" w:id="3"/>
-[...3 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:name="_Hlk177039485" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc99533774" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc102745521" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc102745537" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc102745740" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc176788614" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc222844561" w:id="11"/>
+      <w:r w:rsidRPr="00955DDB">
         <w:t>Luftvägssmitta – checklista vårdhygieniska rutiner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-        <w:t>, IVA SÄS</w:t>
+      <w:r w:rsidRPr="00955DDB">
+        <w:t>, SÄS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4E08ABFE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533774" w:id="7"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:name="_Toc222844562" w:id="12"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="3DBB060A" w14:textId="77777777">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="76F7E536" w14:paraId="3DBB060A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidR="76F7E536">
-        <w:rPr/>
+      <w:r>
         <w:t>Vid handläggning av patient med luftvägssymptom görs alltid bedömning om smittsamhet kan föreligga. Bedömningen kan göras enligt följande steg:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4AE39482" w14:textId="77777777">
-[...15 lines deleted...]
-    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="17C52821" w14:textId="77777777">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00D85B61" w:rsidRDefault="00DF75AF" w14:paraId="4AE39482" w14:textId="2D214DB3">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Utvärdera med Akut-PCR s.k. 4-plex (covid-19, influensa A+B och RS-virus) / PCR / annan provtagning.</w:t>
+        <w:t>Bedöm om förekomst av luftvägssmitta enligt nedanstående checklista kan föreligga.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="01A138DB" w14:textId="77777777">
+    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="17C52821" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Tjänstgörande arbetsledare och SOL gör en riskbedömning utifrån patientens tillstånd och möjlighet till eget rum på IVA.</w:t>
+        <w:t>Utvärdera med Akut-PCR s.k. 4-plex (covid-19, influensa A+B och RS-virus) / PCR / annan provtagning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="210EEC3F" w14:textId="77777777">
+    <w:p w:rsidR="009D2020" w:rsidP="009D2020" w:rsidRDefault="00DF75AF" w14:paraId="48527B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="674A659B">
         <w:t>Diskutera med infektionskonsult v</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">id behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF75AF" w:rsidP="336B7C97" w:rsidRDefault="00DF75AF" w14:paraId="5489F9B0" w14:textId="77777777">
+    <w:p w:rsidR="00DF75AF" w:rsidP="009D2020" w:rsidRDefault="76F7E536" w14:paraId="5489F9B0" w14:textId="1D86680D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="0"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Handläggning enligt checklista/ riktlinjer om misstanke om luftvägssmitta fortsatt kvarstår.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc99533775" w:id="16"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc102745741" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc99533775" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc102745522" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc102745538" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc102745741" w:id="16"/>
     </w:p>
     <w:p w:rsidRPr="00465DE6" w:rsidR="00DF75AF" w:rsidP="00DF75AF" w:rsidRDefault="00DF75AF" w14:paraId="4C3CC13F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc214973228" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc222844563" w:id="17"/>
       <w:r w:rsidRPr="00465DE6">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00DF75AF" w:rsidP="009D2020" w:rsidRDefault="009D2020" w14:paraId="76C7383B" w14:textId="6A8B6F91">
+      <w:r>
+        <w:t xml:space="preserve">Uppdaterad länk till regional rutin </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="009D2020">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdhygien - Covid-19.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DF75AF">
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc99533776" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc102745523" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc102745539" w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="0061428C" w:rsidP="0021371B" w:rsidRDefault="0021371B" w14:paraId="72AB98BB" w14:textId="0FDC916E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc99533778" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc102745524" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc102745540" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc102745742" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc222844564" w:id="26"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Anpassning av Vårdhygiens </w:t>
+      <w:r w:rsidRPr="00EA41EB">
+        <w:t>Genomförande</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-[...645 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="00EA41EB">
-[...1 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14454" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Luftvägssmitta"/>
         <w:tblDescription w:val="Tabellen ger en översikt över olika smittor och vårdhygieniska rekommendationer om inkubationstid, vårdplacering (enkelrum/delat rum), patientrelaterade åtgärder, städ- och rengöringsrutiner, personalhygien amt tvätt- och avfallsrutiner."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1667"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1660"/>
+        <w:gridCol w:w="1345"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="2095"/>
+        <w:gridCol w:w="1123"/>
+        <w:gridCol w:w="2279"/>
+        <w:gridCol w:w="1412"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="1248"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="4457F3DE" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="003B7D23" w:rsidTr="772CC8AE" w14:paraId="4457F3DE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3C0F3AC4" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Agens och vårdhygieniska riskfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2F4E3C5C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Huvudsaklig smittväg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="676E5004" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inkubationstid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0E0084F2" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Smittsamhets-</w:t>
@@ -1010,215 +374,205 @@
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="1B2C1B5C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b w:val="1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Placering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2279" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="06224888" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b w:val="1"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="336B7C97" w:rsidR="0061428C">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b w:val="1"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> / besök</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patientrelaterade åtgärder / besök</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6C452E0B" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Städning/ rengöring och desinfektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35045562" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1248" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="024C4DF9" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Avfall/tvätt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="1B248A70" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="1B248A70" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7D335E25" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:eastAsia="Arial Fet" w:cs="Arial Fet"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Okänd smitta </w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
@@ -1239,2290 +593,2102 @@
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="36AFA1C3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0ADD741C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6CBC0779" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="04779ABB" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="04779ABB" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar, medicinsk bedömning i enskilda fall.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B77AF74" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B77AF74" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eget rum med stängd dörr.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3992E5D5" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5387FD69" w14:textId="77777777">
+          <w:p w:rsidR="00322072" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35FA049D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Patienter med samma smitta kan samvårdas om ingen annan smitta föreligger. Influensa A och B ska inte samvårdas.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2311879A" w14:textId="77777777">
+              <w:t xml:space="preserve">Patienter med samma smitta kan samvårdas om ingen annan smitta föreligger. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B7D23" w:rsidP="0061428C" w:rsidRDefault="003B7D23" w14:paraId="5D4A1E15" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="728BEC58" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5387FD69" w14:textId="012CFD31">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kraftig hosta, ej intuberad, och nytillkomna symtom har högre prio till enkelrum än patient som är intuberad, och ej hostar. Ansvarig läkare gör tillsammans med Tjänstgörande arbetsledare en riskbedömning utifrån patienten och platssituationen på IVA.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7CF6DE28" w14:textId="77777777">
+              <w:t>Influensa A och B ska inte samvårdas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2311879A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="25B59DD8" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7CF6DE28" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="43751DF1" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="25B59DD8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7F0A8269" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="43751DF1" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5139EA82" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7F0A8269" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35E65A83" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5139EA82" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="612B32E6" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35E65A83" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="612B32E6" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2279" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="514C7D31" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7E6BA042" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="772CC8AE" w:rsidRDefault="0061428C" w14:paraId="0CD3A473" w14:textId="0663120A">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+                <w:color w:val="1F3763"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Host- och handhygien.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="772CC8AE" w:rsidRDefault="0061428C" w14:paraId="01EFED8E" w14:textId="633DCE33">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="357"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="210" w:right="0" w:hanging="210"/>
+              <w:contextualSpacing w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+                <w:color w:val="1F3763"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eventuell smittrisk </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6C791183" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vid transport</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7BA1BFE1" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annars förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00946682" w:rsidR="0061428C" w:rsidP="00CA4EC5" w:rsidRDefault="0061428C" w14:paraId="68B9D142" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+                <w:color w:val="1F3763"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3B9DCB69" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2F914D58" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7450E668" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="49"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Basala hygienrutiner.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5EA421E2" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="191"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="-71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>heltäckande visir vid vårdnära kontakt. (inom 2 meter)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="59B4CFEA" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="089924AB" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="762073BB" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5604D54D" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-18" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1277DB4B" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="63E1B36B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="63DFBB62" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Covid- 19 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1924907F" w14:textId="56951A88">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Se region</w:t>
+            </w:r>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="5631312E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gemensam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rutin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="008B3976" w:rsidR="008B3976" w:rsidP="0061428C" w:rsidRDefault="008B3976" w14:paraId="6EE397FC" w14:textId="5E26E719">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId13">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Vårdhygien - Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="57FC5180" w14:textId="36081392">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="006298" w:themeColor="hyperlink"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="05CF6EE6" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01DE2767" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2–10 dagar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="429A5696" w14:textId="52919732">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Som riktmärke</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA3A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> från någon dag innan symtomdebut fram till</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA3A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 dagar efter symtomdebut, givet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klinisk förbättring och minst </w:t>
+            </w:r>
+            <w:r w:rsidR="00C95AD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dagar efter symtomdebut.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="35F88CDD" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1B40D8FF" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:strike/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="21D178E5" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1412" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C179CE3" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:strike/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="30EABD68" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="38710BE2" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="1653141D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="336B7C97" w:rsidRDefault="0061428C" w14:paraId="64ACF34D" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="336B7C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Influensa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="59FEAC3C" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1345" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1A225CC8" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="334E161C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1–3 dygn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="55B30584" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Smittar 1 dygn innan sjukdomsdebut.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4FE76E85" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vuxna 5 första dygnen.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C87CEC9" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Barn och immun-suprimerade &gt;7 dygn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1123" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0114F97F" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1CB43603" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="301"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informeras om</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4888BF66" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01EFED8E" w14:textId="77777777">
-[...910 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4888BF66" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="412374C6" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Host- och handhygien.</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0843A175" w14:textId="77777777">
+          <w:p w:rsidRPr="00575216" w:rsidR="00575216" w:rsidP="00575216" w:rsidRDefault="0061428C" w14:paraId="183280AC" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="17"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0061428C">
+            <w:r w:rsidRPr="00575216" w:rsidR="00575216">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Intuberad patient ingen åtgärd.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2595AA98" w14:textId="77777777">
+              <w:t>Patient som tolererar munskydd förses med detta. Annars förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="79BE5FAF" w14:textId="647F0246">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
+              <w:br/>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="79BE5FAF" w14:textId="77777777">
+              <w:t>Exponerad patient</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1769ADF2" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Se riktlinje </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId13">
+            <w:hyperlink w:history="1" r:id="rId14">
               <w:r w:rsidRPr="0061428C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Influensa, antiviral terapi till vuxna vid SÄS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exponerad patient bör vårdas i eget rum 4 dygn från exponering.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4C42C9A5" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="33FEC53B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="393EA9A4" w14:textId="77777777">
-[...63 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4FE13B4E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0EACF522" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1248" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1C44CC01" w14:textId="77777777">
+          <w:p w:rsidRPr="00946682" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1C44CC01" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="7E7E28AA" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="7E7E28AA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0C375688" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kikhosta</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="41FF6983" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(pertussis)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7E7F92B7" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7E7F92B7" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se region</w:t>
             </w:r>
-            <w:r w:rsidRPr="0061428C">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00D85B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>gemensam rutin</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7F2C654C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
+            <w:r w:rsidRPr="00D85B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-706/surrogate/V%c3%a5rdhygien%20-%20Kikhosta%2c%20S%c3%84S%20(1).pdf"</w:instrText>
+            </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-706/surrogate/V%c3%a5rdhygien%20-%20Kikhosta%2c%20S%c3%84S%20(1).pdf"</w:instrText>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:r>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0061428C">
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Vårdhygien - Kikhosta, SÄS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="65370753" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0B20D897" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0621DFBE" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1–2 veckor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C91290E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C91290E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fr.o.m. 3 dygn innan symtomdebut till 4 veckor därefter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="47E0DE4B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eget rum med stängd dörr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="18BCC5C8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="18BCC5C8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1CFC37AA" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="12F03C78" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="12F03C78" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2279" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="254C748D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01201E77" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="483D7B85" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="79B8714F" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="00E1071D" w:rsidRDefault="0061428C" w14:paraId="33DFE0C1" w14:textId="5E13C98E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="17"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Intuberad patient ingen åtgärd.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="33DFE0C1" w14:textId="77777777">
+              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annars förses patienten </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0061428C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="52BF687C" w14:textId="5CE46083">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. </w:t>
-[...84 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="141849FF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="02DB732A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="02DB732A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="37DDB639" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
@@ -3546,241 +2712,238 @@
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vätskeavvisande munskydd (IIR) i kombination med skyddsglasögon/</w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>heltäckande visir vid nära kontakt.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7645111E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7645111E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1248" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="52AE9698" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0ED4383D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="61686284" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="61686284" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="48EAFDEA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="48EAFDEA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mykoplasma</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7A1BD318" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7A1BD318" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="187E3ECD" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dropp- och kontaktsmitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3E3BF459" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">14–21 dagar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1D19C4D0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar, medicinsk bedömning i enskilda fall.</w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3790,51 +2953,51 @@
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Smittsamhet avtar efter några dygn med antibiotika.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="00A0282C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1B31D3D6" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eget rum med stängd dörr.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="619886E4" w14:textId="77777777">
@@ -3860,323 +3023,224 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patienter med samma smitta kan samvårdas.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2FD35A08" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5A31AF29" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3F1991F5" w14:textId="2CC36352">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0061428C">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3F1991F5" w14:textId="77777777">
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="53014A94" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="73970327" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0061428C">
-[...33 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2279" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="0360E4E2" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3739735D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="320B98A5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="01EBADF7" w14:textId="77777777">
+          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="497D7CCD" w14:textId="1747D6EE">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="0061428C">
+            <w:r w:rsidRPr="005E4E15" w:rsidR="005E4E15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient som tolererar munskydd förses med detta. Annars </w:t>
-[...70 lines deleted...]
-              <w:t>Erbjud munskydd IIR</w:t>
+              <w:t>Patient som tolererar munskydd förses med detta. Munskydd är extra angeläget för patienter som ej kan medverka i host-/nyshygien. Annars förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6E29946C" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Daglig städning och slutstäd utförs enligt ordinarie rutin.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="4C2FDCCF" w14:textId="77777777">
             <w:pPr>
@@ -4184,51 +3248,51 @@
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informera städpersonal om smittrisk och adekvat skydds-utrustning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="6336C87D" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4277,193 +3341,179 @@
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="38DC4972" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd FFP3 i kombination med visir rekommenderas i vissa situationer, se nedan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1248" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="75FA5BE6" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt </w:t>
-[...8 lines deleted...]
-              <w:t>annat som vanligt avfall.</w:t>
+              <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="20A47D51" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="336B7C97" w14:paraId="3D12A68E" w14:textId="77777777">
+      <w:tr w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidTr="772CC8AE" w14:paraId="3D12A68E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C9856D6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7C9856D6" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0061428C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>RSV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B485DBA" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="7B485DBA" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0061428C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(respiratoriskt syncytievirus)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2240B0DE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2240B0DE" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (snuva, hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1345" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="26CDF7B6" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
@@ -4474,88 +3524,87 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontaktsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3AF57742" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3–5 dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="1B9764A4" w14:paraId="75ECEE66" w14:textId="38C18519">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="1B9764A4" w14:paraId="75ECEE66" w14:textId="38C18519">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56EEF015">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oftast 3–8 dagar</w:t>
             </w:r>
             <w:r w:rsidRPr="56EEF015" w:rsidR="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="56EEF015" w:rsidR="5E64A458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ibland </w:t>
@@ -4574,586 +3623,595 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> spädbarn</w:t>
             </w:r>
             <w:r w:rsidRPr="56EEF015" w:rsidR="6636A4F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> och</w:t>
             </w:r>
             <w:r w:rsidRPr="56EEF015" w:rsidR="0061428C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> immunsupprimerade.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1123" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1D82AD94" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="1D82AD94" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcW w:w="2279" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3949B73F" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="3949B73F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C07B35E" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="5C07B35E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2E7901EE" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="2E7901EE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1248" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="0061428C" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="734BC6B3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="0061428C" w:rsidP="0061428C" w:rsidRDefault="0061428C" w14:paraId="734BC6B3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B405A1" w:rsidP="009A32ED" w:rsidRDefault="00B405A1" w14:paraId="1FC6584C" w14:textId="36799DE8">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14737" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Luftburen smitta"/>
         <w:tblDescription w:val="Tabellen ger en översikt över olika smittor och vårdhygieniska rekommendationer om inkubationstid, vårdplacering (enkelrum/delat rum), patientrelaterade åtgärder, städ- och rengöringsrutiner, personalhygien amt tvätt- och avfallsrutiner."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1654"/>
         <w:gridCol w:w="1410"/>
         <w:gridCol w:w="1335"/>
         <w:gridCol w:w="1452"/>
         <w:gridCol w:w="1657"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="49015F83" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="772CC8AE" w14:paraId="49015F83" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14737" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4D12101F" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc100327194" w:id="33"/>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkStart w:name="_Toc100327194" w:id="27"/>
+            <w:bookmarkStart w:name="_Toc181866763" w:id="28"/>
+            <w:bookmarkEnd w:id="25"/>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="cyan"/>
               </w:rPr>
               <w:t>Luftburen smitta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="1DB44F27" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="772CC8AE" w14:paraId="1DB44F27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="492"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="54B9EDCB" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Agens och vårdhygieniska riskfaktorer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7BE47057" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Huvudsaklig smittväg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="05B6B385" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inkubations-tid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4D1196CF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Smittsam-hetsperiod</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="36D36475" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Placering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="66C1AD80" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patientrelaterade åtgärder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2F29EEE7" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Städning/ rengöring och desinfektion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="76BEE0DE" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Personal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="13C59365" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Avfall/tvätt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="42566DCA" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="772CC8AE" w14:paraId="42566DCA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="294D4D42" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konstaterad smittsam eller misstänkt smittsam Lungtuberkulos (TB)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="15999866" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftvägssymtom (hosta, feber).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4078361B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftburen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5EC0745C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Varierar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="183CE35D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bedöms av ansvarig läkare. </w:t>
@@ -5168,536 +4226,540 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I allmänhet smittsam under de två första behandlings-veckorna. Längre vid multiresistent TB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="3FCB947A" w14:textId="77777777">
+          <w:p w:rsidRPr="006F6BE2" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="006F6BE2" w14:paraId="3FCB947A" w14:textId="5B92FE93">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6BE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rum för luftburen smitta (infektionsklinik, IVA, akutmottagning).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="000BF3F3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="659A6CC5" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="772CC8AE" w:rsidRDefault="007C1E0E" w14:paraId="2923F045" w14:textId="5B439AF8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="357"/>
+                <w:tab w:val="left" w:leader="none" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
-              <w:contextualSpacing/>
+              <w:contextualSpacing w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text2"/>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="704BA3F2" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="772CC8AE" w:rsidRDefault="007C1E0E" w14:paraId="704BA3F2" w14:textId="50C39965">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="76"/>
+                <w:tab w:val="left" w:leader="none" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
-              <w:contextualSpacing/>
+              <w:contextualSpacing w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text2"/>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="20DD7559" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="20DD7559" w14:textId="685DFED8">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="120" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007C1E0E">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6AEBA9AD" w14:textId="77777777">
+            <w:r w:rsidR="006F6BE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Helst transport utomhus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A47ECD" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6D1B0C63" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient som tolererar munskydd förses med det. Eller förses patienten </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="007C1E0E">
+              <w:t>Patient som tolererar munskydd förses med det</w:t>
+            </w:r>
+            <w:r w:rsidR="00A47ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6DD94396" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="00A47ECD" w14:paraId="6AEBA9AD" w14:textId="78B5104C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4302C781" w14:textId="77777777">
+            <w:r w:rsidRPr="00A47ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Munskydd är extra angeläget för patienter som inte kan medverka i hosthygien. Annars förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6DD94396" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="00B50168" w:rsidRDefault="007C1E0E" w14:paraId="5CAC7CFF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="60443A5F" w14:textId="77777777">
+          <w:p w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="58EC6B7B" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat rummet. Andningsskydd FFP3 ska behållas på under städning.</w:t>
+              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat rummet.</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1561">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="001D1561" w:rsidP="007C1E0E" w:rsidRDefault="001D1561" w14:paraId="60443A5F" w14:textId="00E437DC">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D1561">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>För isoleringsrum gäller kortare tid beroende på ventilation, se rutin på respektive enhet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="34803264" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="351A050A" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="351A050A" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alltid andningsskydd FFP3.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="42401AE3" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="42401AE3" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd kombineras med heltäckande visir inom 2 m avstånd från patienten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="30545088" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2DA2319F" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="3D126698" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="772CC8AE" w14:paraId="3D126698" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="08BEADBC" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Mässling </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:w w:val="95"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(morbilli)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="161BC67D" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se rutin </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId14">
+            <w:hyperlink w:history="1" r:id="rId15">
               <w:r w:rsidRPr="007C1E0E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Mässling - vårdhygieniska rutiner, SÄS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="429A5DEF" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="34" w:line="238" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5713,50 +4775,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="37128054" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="006298" w:themeColor="hyperlink"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Misstanke om mässling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5BD1DC92" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Luftburen. </w:t>
             </w:r>
@@ -5765,1343 +4828,1337 @@
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4E654030" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4E654030" w14:textId="62C002DF">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7–18 dygn.</w:t>
+              <w:t>7–</w:t>
+            </w:r>
+            <w:r w:rsidR="00F00F80">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dygn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1D5C4FD9" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4 dygn innan och 4 dygn efter att utslag har uppträtt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="79700C93" w14:textId="77777777">
+          <w:p w:rsidRPr="00CD738E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="00CD738E" w14:paraId="79700C93" w14:textId="2CF97A11">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
+            <w:r w:rsidRPr="00CD738E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rum för luftburen smitta (infektionsklinik, IVA, akutmottagning).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5A9F4DF3" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2C7E4882" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="03B065EB" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="21428ED0" w14:textId="77777777">
+          <w:p w:rsidR="00755066" w:rsidP="00755066" w:rsidRDefault="007C1E0E" w14:paraId="213DE062" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vid transport</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C1E0E">
+              <w:t>Vid transport</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00755066" w:rsidR="00755066" w:rsidP="00755066" w:rsidRDefault="00755066" w14:paraId="50F9CCD4" w14:textId="6EF9D8CC">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Intuberad patient ingen åtgärd.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="116D7C02" w14:textId="77777777">
+            </w:pPr>
+            <w:r w:rsidRPr="00755066">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Helst transport utomhus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00755066" w:rsidR="00755066" w:rsidP="00755066" w:rsidRDefault="00755066" w14:paraId="1A33B024" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00755066">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patient som tolererar munskydd förses med det.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="00755066" w:rsidRDefault="00755066" w14:paraId="68384B8E" w14:textId="4BF927B9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="00755066">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Patient som tolererar munskydd förses med det. Eller förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Munskydd är extra angeläget för patienter som inte kan medverka i hosthygien. Annars förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="52B777A7" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="12" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Endast immun </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="63761F2D" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">personal städar. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4596F590" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4596F590" w14:textId="07F4C84C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat rummet.</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4B576496" w14:textId="77777777">
+            <w:r w:rsidR="001D1561">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1561" w:rsidR="001D1561">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>För isoleringsrum gäller kortare tid beroende på ventilation, se rutin på respektive enhet.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="0055153D" w:rsidRDefault="007C1E0E" w14:paraId="72BAAF12" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7EDB4AE8" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7EDB4AE8" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast personal immun eller vaccinerad mot mässling.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="3DD5B2C6" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="3DD5B2C6" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4A381F95" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Alltid andningsskydd FFP3. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6620862C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd kombineras med heltäckande visir inom 2 m avstånd från patienten</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="08C8272C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="08C8272C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="019366A8" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="0ED5D9D5" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="002C5EE4" w14:paraId="73FBD028" w14:textId="77777777">
+      <w:tr w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidTr="772CC8AE" w14:paraId="73FBD028" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="05F6ACA0" w14:textId="77777777">
+          <w:p w:rsidRPr="00D85B61" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="05F6ACA0" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C1E0E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Vattkoppor Generaliserad bältros </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6349385C" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="00D85B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Varicella/ varicella-zoster)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="0B041125" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Se rutin </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId15">
+            <w:hyperlink w:history="1" r:id="rId16">
               <w:r w:rsidRPr="007C1E0E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="006298" w:themeColor="hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Vattkoppor eller generaliserad herpes zoster (bältros) - vårdhygieniska rutiner, SÄS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="36126540" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="772CC8AE" w:rsidRDefault="007C1E0E" w14:paraId="36126540" w14:textId="5CF3C173">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="120" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...5 lines deleted...]
-              <w:t>Utslag-/blåsor.</w:t>
+            <w:r w:rsidRPr="772CC8AE" w:rsidR="007C1E0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Utslag/blåsor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7AC3138D" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Luftburen.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="28D1F71E" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Droppsmitta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1A020D25" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10–21 dagar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5BBF16B6" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="239" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 dygn före utslag, tills blåsor slutar nybildas (cirka 6 dygn), längre tid för immunsvaga).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="4CD72EE4" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Icke-immun betraktas som potentiellt smittsam 10–21 dygn efter exponering.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="762EB472" w14:textId="77777777">
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="00C43396" w14:paraId="762EB472" w14:textId="7B093241">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...5 lines deleted...]
-              <w:t>Sal 7 på IVA – Isoleringsrum med anpassad ventilation. Ställ reglaget på 1 = smittsam patient</w:t>
+            <w:r w:rsidRPr="00C43396">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rum för luftburen smitta (infektionsklinik, IVA, akutmottagning).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="78CD6E86" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="301"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informeras om</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7C160748" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host- och handhygien.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="7422580E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="357"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="210" w:right="0" w:hanging="210"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eventuell smittrisk.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6498F783" w14:textId="77777777">
+          <w:p w:rsidRPr="001F49D6" w:rsidR="001F49D6" w:rsidP="001F49D6" w:rsidRDefault="007C1E0E" w14:paraId="2594B002" w14:textId="2E68B577">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vid transport</w:t>
             </w:r>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="001F49D6" w:rsidR="001F49D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Intuberad patient ingen åtgärd.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="5B5C421E" w14:textId="77777777">
+              <w:t>Helst transport utomhus</w:t>
+            </w:r>
+            <w:r w:rsidR="001F49D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F49D6" w:rsidR="001F49D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="001F49D6" w:rsidR="001F49D6" w:rsidP="001F49D6" w:rsidRDefault="001F49D6" w14:paraId="5431124B" w14:textId="77777777">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="160" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F49D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patient som tolererar munskydd förses med det.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="001F49D6" w:rsidRDefault="001F49D6" w14:paraId="30AB1B75" w14:textId="7997B1B7">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C1E0E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007C1E0E">
+            <w:r w:rsidRPr="001F49D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>med näsdukar att hosta i samt plastpåse för uppsamling av dessa</w:t>
-[...71 lines deleted...]
-            </w:pPr>
+              <w:t>Munskydd är extra angeläget för patienter som inte kan medverka i hosthygien. Annars förses patienten med näsdukar att hosta i samt plastpåse för uppsamling av dessa.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="2F491DF0" w14:textId="77777777">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast immun personal städar.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="230E5023" w14:textId="77777777">
+          <w:p w:rsidR="00DB193A" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="033B34CD" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat IVA.</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007C1E0E">
+              <w:t xml:space="preserve">Dörr mot gemensamma utrymmen ska vara stängd 2 timmar efter att smittsam patient lämnat </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB193A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Andningsskydd FFP3 ska behållas på under städning</w:t>
+              <w:t xml:space="preserve">vanligt vårdrum. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="00DB193A" w14:paraId="230E5023" w14:textId="52E3AB9B">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB193A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>För isoleringsrum gäller kortare tid beroende på ventilation, se rutin på respektive enhet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="77252148" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endast personal som är immun mot vattkoppor.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="667ACDCD" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="49"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Basala hygienrutiner.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="10361B0D" w14:textId="77777777">
+          <w:p w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="10361B0D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andningsskydd FFP3 är huvudregeln men kan väljas bort efter riskbedömning för de som säkert vet att de haft vattkoppor.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007C1E0E" w:rsidR="002F5B94" w:rsidP="007C1E0E" w:rsidRDefault="002F5B94" w14:paraId="05FA3C92" w14:textId="1A593211">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F5B94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andningsskydd kombineras med heltäckande visir inom 2 m avstånd från patienten.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="06B87294" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="6D105BB9" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="279BBEBF" w14:textId="77777777">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-18" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenat material hanteras alltid som smittförande avfall. Allt annat som vanligt avfall.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidRPr="007C1E0E" w:rsidR="007C1E0E" w:rsidP="007C1E0E" w:rsidRDefault="007C1E0E" w14:paraId="1CF166A7" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C1E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftigt förorenad tvätt hanteras enligt rutin för smittförande tvätt. All annan smutstvätt hanteras som vanlig tvätt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="33"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:tbl>
     <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4670CBD4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="318B7AF5" w14:textId="0BC9593A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc214973230" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc222844565" w:id="29"/>
       <w:r w:rsidRPr="00FE0B82">
         <w:t>Situationer där andningsskydd ska användas:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w:rsidRPr="0083015B" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4EF8C94B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0083015B">
         <w:t>Aerosolgenererande procedur är en term som försöker sammanfatta situationer som kan innebära högre risk för smitta. Nedanstående procedurer kan innebära en ökad smittrisk och andningsskydd rekommenderas därför vid:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="394F163E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>trakeotomi</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00FE0B82" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2A1513C1" w14:textId="77777777">
       <w:pPr>
@@ -7138,463 +6195,461 @@
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>sugning från nedre luftvägar.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0B82">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00BD0503" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="56F577E0" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083015B">
         <w:t xml:space="preserve">Se regional rutin </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="0083015B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE7276">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00BD0503" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2204BABF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc214973231" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc222844566" w:id="30"/>
       <w:r w:rsidRPr="18BD59D3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Situationer där andningsskydd kan övervägas efter riskbedömning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2A7CFA38" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Andningsskydd kan utifrån riskbedömning användas som ersättning till munskydd. Exempelvis vid längre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vårdinsats, kraftig hosta, nyinsjuknad patient särskilt i trångt utrymme eller när flera smittsamma vårdas på samma rum.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="77DFC0FF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533780" w:id="37"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc214973232" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc99533780" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc102745526" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc102745542" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc102745744" w:id="34"/>
     </w:p>
     <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="265EC619" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="37061870" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A6E7F" w:rsidP="00FE0B82" w:rsidRDefault="009A6E7F" w14:paraId="7338C3D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="1797FF1A" w14:textId="7FE44505">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:name="_Toc222844567" w:id="35"/>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3D224A3C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6786A5B4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidRPr="000B4B2B" w:rsidR="000B4B2B" w:rsidP="000B4B2B" w:rsidRDefault="000B4B2B" w14:paraId="3063967C" w14:textId="08996AE2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B4B2B">
+        <w:t xml:space="preserve">Jon Edman Wallér, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>över</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B4B2B">
+        <w:t>läkare, vårdhygien, SÄS</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidRPr="000B4B2B" w:rsidR="000B4B2B" w:rsidP="000B4B2B" w:rsidRDefault="000B4B2B" w14:paraId="0E7AAB07" w14:textId="77777777">
+      <w:r w:rsidRPr="000B4B2B">
+        <w:t>Susanne Roos, hygiensjuksköterska, vårdhygien, SÄS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6786A5B4" w14:textId="1FC05402"/>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="338FD64A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="301C9DF0" w14:textId="77777777">
       <w:r w:rsidRPr="00F1026C">
         <w:t>-</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="54E3DDD9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="44C2A99F" w14:textId="77777777">
+    <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="44C2A99F" w14:textId="0AC5CD9F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:r w:rsidR="28A6EF38">
+        <w:rPr/>
+        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="7AF1FFCA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="30EEF014" w14:textId="77777777">
-      <w:bookmarkStart w:name="_Toc463863889" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc463863889" w:id="36"/>
       <w:r w:rsidRPr="00F1026C">
         <w:t>virussjukdomar, viroser, virussmitta, luftvägssmitta, luftburna smittor, luftburen smitta, luftsmitta, infektioner, förkylningar, hudutslag, vårdplatser, andningsskydd, personlig skyddsutrustning, FFP, IIR, arbetsmiljörisk</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00EA41EB" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="597D074E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc99533781" w:id="43"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkStart w:name="_Toc99533781" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc102745527" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc102745543" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc102745745" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc222844568" w:id="41"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>Källförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="2C8E2596" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:t>Städning och rengöring i vårdlokaler vid SÄS - vårdpersonalens ansvar. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="6444B4B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:t>Smittsamma sjukdomar. Folkhälsomyndigheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3AD4FC43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F1026C">
         <w:t xml:space="preserve">Vårdhygien Covid-19. Regional rutin, Västra Götalandsregionen </w:t>
       </w:r>
       <w:r w:rsidRPr="00F1026C">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00F1026C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/regionovergripande</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00C8780D" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="17DE69E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="136C84AB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Instruktion för användning av andningsskydd, Regional</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> instruktion, Västra Götalandsregionen</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="136C84AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Instruktion för användning av andningsskydd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="4A90F13F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="136C84AB">
         <w:t>Generella åtgärder mot smittspridning av virusorsakade luftvägsinfektioner i vård och omsorg. Regional rutin, västra Götalandsregionen</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="136C84AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Generella åtgärder mot smittspridning av virusorsakade luftvägsinfektioner inom vård och omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="3583D82D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0" w:hanging="426"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Luftvägssmitta -vårdhygieniska aspekter Regiongemensam riktlinje</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="24920218">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Luftvägssmitta vårdhygieniska aspekter</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="009C6C0C" w:rsidP="00FE0B82" w:rsidRDefault="00FE0B82" w14:paraId="40AA233F" w14:textId="1E090B78">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="0022445D">
+    <w:sectPr w:rsidRPr="00F1026C" w:rsidR="00FE0B82" w:rsidSect="0022445D">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="even" r:id="rId25"/>
       <w:footerReference w:type="default" r:id="rId26"/>
       <w:headerReference w:type="first" r:id="rId27"/>
       <w:footerReference w:type="first" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...6 lines deleted...]
-<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="0267E1EE" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="1F652209" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w:rsidR="002030A3" w:rsidRDefault="002030A3" w14:paraId="3356E184" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
@@ -7668,153 +6723,154 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Arial Fet">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00946682" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -8073,51 +7129,51 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="561E6CF1">
+          <w:pict w14:anchorId="70DFEED2">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
@@ -8199,51 +7255,51 @@
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="688FC843">
+          <w:pict w14:anchorId="5675CEE7">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
@@ -9166,50 +8222,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BF408EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20D4E64A"/>
+    <w:lvl w:ilvl="0" w:tplc="4DFC2284">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="626E9568">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4A2E1934">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2A2C67AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="15DAAD30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9E3C101A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0F5E0BCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D0A2374">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6DD60DBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9305,51 +8447,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9419,51 +8561,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -9532,51 +8674,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9673,51 +8815,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46FBBDBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="256E5D10"/>
+    <w:lvl w:ilvl="0" w:tplc="9AC04332">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="56C63E0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="271834EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="571C4BBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F0A3ADE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AFDC01EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C3307BA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06E837A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B368202C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -9786,51 +9014,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9900,51 +9128,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -10013,51 +9241,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C667AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D64CBAD8"/>
     <w:lvl w:ilvl="0" w:tplc="7D72018E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="18F85556">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -10126,51 +9354,51 @@
     <w:lvl w:ilvl="7" w:tplc="D0D28F88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F448FE16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -10239,51 +9467,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -10352,51 +9580,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -10465,119 +9693,125 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1909921896">
+  <w:num w:numId="1" w16cid:durableId="174808493">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="150411532">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1367871050">
+  <w:num w:numId="8" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="164058872">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="19" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="861477783">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="739910959">
+  <w:num w:numId="20" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="391579451">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="21" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1296368398">
-[...32 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="960576238">
+  <w:num w:numId="22" w16cid:durableId="960576238">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1203133589">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="23" w16cid:durableId="1203133589">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -10599,564 +9833,608 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="0000015E"/>
     <w:rsid w:val="0000441E"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B4B2B"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E27C2"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00174216"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D1561"/>
+    <w:rsid w:val="001D1F58"/>
+    <w:rsid w:val="001D3EF4"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E4FC6"/>
+    <w:rsid w:val="001F49D6"/>
     <w:rsid w:val="002030A3"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="0021371B"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="0022445D"/>
     <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="002631DE"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00277780"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="00294DDA"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C3C30"/>
     <w:rsid w:val="002C4DCA"/>
     <w:rsid w:val="002C5EDA"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002D7D91"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F5B94"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="00306E35"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
+    <w:rsid w:val="00322072"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="00342CAA"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B7D23"/>
     <w:rsid w:val="003C6D0D"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00453A64"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
+    <w:rsid w:val="00480976"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="0055153D"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
+    <w:rsid w:val="00575216"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E4E15"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="0061428C"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0063285A"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00690AE2"/>
     <w:rsid w:val="00695040"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F6BE2"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725863"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367DF"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00755066"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="00774BDF"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A336E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C1E0E"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4D4B"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00841F52"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="00894D9D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B3976"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00946682"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00955DDB"/>
     <w:rsid w:val="00957D23"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009866E2"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A6E7F"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
+    <w:rsid w:val="009C175B"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C320F"/>
     <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D2020"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A47ECD"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A61C0A"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A7264C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD4993"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF43E5"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B50168"/>
     <w:rsid w:val="00B60C6C"/>
+    <w:rsid w:val="00B60DEA"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B8613F"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B87B06"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C30667"/>
     <w:rsid w:val="00C31986"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C43396"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C74C11"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C95AD4"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
+    <w:rsid w:val="00CA4EC5"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CD738E"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D16F7F"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D23F44"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D85B61"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB193A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF75AF"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E1071D"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E179C2"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E457EF"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E93162"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE0267"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F00F80"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35636"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F6139C"/>
     <w:rsid w:val="00F80884"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA3A87"/>
+    <w:rsid w:val="00FA6272"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0B82"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0316F672"/>
     <w:rsid w:val="05715ED0"/>
     <w:rsid w:val="1B9764A4"/>
+    <w:rsid w:val="28A6EF38"/>
     <w:rsid w:val="336B7C97"/>
+    <w:rsid w:val="49A0B354"/>
+    <w:rsid w:val="4E78FF89"/>
+    <w:rsid w:val="5631312E"/>
     <w:rsid w:val="56EEF015"/>
     <w:rsid w:val="5E64A458"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6636A4F2"/>
     <w:rsid w:val="66D35F95"/>
     <w:rsid w:val="67DB6C89"/>
+    <w:rsid w:val="67E335BE"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="76F7E536"/>
+    <w:rsid w:val="772CC8AE"/>
+    <w:rsid w:val="793A80F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{98432865-DD0C-4B73-94C9-2BB6DAFD377F}"/>
+  <w15:docId w15:val="{96F8B410-4D16-4AC0-9774-DBF6FD3FC925}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11943,51 +11221,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -12096,51 +11374,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -13387,51 +12665,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
@@ -13782,51 +13060,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-100/surrogate/Influensa%2c%20antiviral%20terapi%20till%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-519/surrogate/Generella%20%c3%a5tg%c3%a4rder%20mot%20smittspridning%20av%20virusorsakade%20luftv%c3%a4gsinfektioner%20inom%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-182/surrogate/St%c3%a4dning%20och%20reng%c3%b6ring%20i%20v%c3%a5rdlokaler%20vid%20S%c3%84S%20-%20v%c3%a5rdverksamhetens%20ansvar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/hs9766-305841775-266/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-278/surrogate/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-364/surrogate/Vattkoppor%20eller%20generaliserad%20herpes%20zoster%20(b%c3%a4ltros)%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-278/surrogate/Luftv%c3%a4gssmitta%20%e2%80%93%20checklista%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId28" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-291/surrogate/M%c3%a4ssling%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-150/surrogate/Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-238/surrogate/V%c3%a5rdhygien%20-%20Covid-19.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-182/surrogate/St%c3%a4dning%20och%20reng%c3%b6ring%20i%20v%c3%a5rdlokaler%20vid%20S%c3%84S%20-%20v%c3%a5rdverksamhetens%20ansvar.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8540-1125353190-1077/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-238/surrogate/V%c3%a5rdhygien%20-%20Covid-19.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/hs9766-305841775-266/surrogate/Instruktion%20f%c3%b6r%20anv%c3%a4ndning%20av%20andningsskydd.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-364/surrogate/Vattkoppor%20eller%20generaliserad%20herpes%20zoster%20(b%c3%a4ltros)%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-149/surrogate/V%c3%a5rdhygien%20Covid-19.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-291/surrogate/M%c3%a4ssling%20-%20v%c3%a5rdhygieniska%20rutiner%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9992-381335686-150/surrogate/Luftv%c3%a4gssmitta%20v%c3%a5rdhygieniska%20aspekter.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.folkhalsomyndigheten.se/smittskydd-beredskap/smittsamma-sjukdomar" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-100/surrogate/Influensa%2c%20antiviral%20terapi%20till%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-519/surrogate/Generella%20%c3%a5tg%c3%a4rder%20mot%20smittspridning%20av%20virusorsakade%20luftv%c3%a4gsinfektioner%20inom%20v%c3%a5rd%20och%20omsorg.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -14111,51 +13389,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Template>normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Luftvägssmitta – checklista vårdhygieniska rutiner, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Mona Johansson</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy>Jon Edman Wallér</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>