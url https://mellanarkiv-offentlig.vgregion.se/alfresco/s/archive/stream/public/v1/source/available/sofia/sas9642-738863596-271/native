--- v0 (2025-11-26)
+++ v1 (2025-12-13)
@@ -1,555 +1,805 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="26667AC4" w:rsidR="00184167" w:rsidRDefault="001209EC" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Kontrastundersökning, premedicinering vid risk för anafylaktisk reaktion, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4EA6C4B6" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w14:paraId="4EA6C4B6" w14:textId="48F8722E" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00A30424" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Ny mall, förlängs i två år utan förändringar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
       <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="1FC6584C" w14:textId="49C6B9CE" w:rsidR="00B405A1" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Rutinen beskriver riskfaktorer för anafylaxi vid kontrasttillförsel och vilken premedicinering som ska ges inför undersökning och vilken beredskap som behöver finnas på röntgenavdelningen i händelse av ny anafylaktisk chock. Åtgärder vid anafylaktisk chock beskrivs i riktlinjen ”</w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">Rutinen beskriver riskfaktorer för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> vid kontrasttillförsel och vilken premedicinering som ska ges inför undersökning och vilken beredskap som behöver finnas på röntgenavdelningen i händelse av ny anafylaktisk chock. Åtgärder vid anafylaktisk chock beskrivs i riktlinjen ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-37/SURROGATE/Anafylaxibehandling%20och%20utredning%20hos%20vuxna%20patienter%20inom%20S%c3%84S%20samt%20r%c3%a5d%20om%20uppf%c3%b6ljning.pdf" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="001209EC">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Anafylaxibehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och utredning hos vuxna patienter inom akutsjukvården på SÄS samt råd om uppföljning</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:t>”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc100327187"/>
       <w:bookmarkStart w:id="7" w:name="_Toc181866760"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="1BCB9A64" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Riskfaktorer </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEEAA58" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="6CEEAA58" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Tidigare anafylaxireaktion utlöst av samma kontrastmedelstyp (5-11 ggr ökad risk) </w:t>
+        <w:t xml:space="preserve">Tidigare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxireaktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> utlöst av samma kontrastmedelstyp (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>5-11</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> ggr ökad risk) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B09DEC4" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="1B09DEC4" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Astma (4 ggr ökad risk) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B3D526" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="64B3D526" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Tidigare anafylaxireaktion mot annat ämne (oavsett typ) än kontrastmedel (2 ggr ökad risk) </w:t>
+        <w:t xml:space="preserve">Tidigare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxireaktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> mot annat ämne (oavsett typ) än kontrastmedel (2 ggr ökad risk) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62050BBD" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="62050BBD" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Multiallergi oavsett typ av allergen (2 ggr ökad risk) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A031F1" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="76A031F1" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Mastocytos, en ovanlig sjukdom med hög risk för anafylaxi </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Mastocytos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">, en ovanlig sjukdom med hög risk för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA8D40C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Observera att:</w:t>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39DBC6F9" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="39DBC6F9" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:lastRenderedPageBreak/>
         <w:t>En icke anafylaktisk (isolerad) överkänslighetsreaktion inte ökar risken för ny reaktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6D069D" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="3F6D069D" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Jodallergi existerar inte annat än som kontakteksem </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Jodallergi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> existerar inte annat än som kontakteksem </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A38BCD" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="54A38BCD" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Senreaktion på kontrastmedel inte ökar risken för akut reaktion och vice versa </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21371E5A" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="21371E5A" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Om kontrastmedel tillförts via latexkateter kan en överkänslighetsreaktion vara betingad av latexmaterialet, vilket specifikt kan diagnostiseras då det är en äkta IgE-förmedlad allergi. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327192"/>
       <w:bookmarkStart w:id="9" w:name="_Toc181866761"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="52C121CF" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Åtgärder och profylax vid riskfaktor </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563AE807" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="563AE807" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Många patienter med tidigare kontrastmedelsreaktion reagerar inte vid förnyad injektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE4289D" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="2CE4289D" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Ingen åtgärd krävs om tidigare kontrastmedelsreaktion var av icke anafylaktisk karaktär, dvs. isolerat symtom som t.ex. urtikaria eller illamående/kräkning. </w:t>
+        <w:t xml:space="preserve">Ingen åtgärd krävs om tidigare kontrastmedelsreaktion var av icke anafylaktisk karaktär, dvs. isolerat symtom som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>urtikaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> eller illamående/kräkning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F6E13B" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="47F6E13B" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Astmatiker bör uppmanas att ta med sitt inhalationspreparat och gärna ta en dos före undersökningen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="652B783C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Vid tidigare anafylaxireaktion på kontrastmedel </w:t>
+        <w:t xml:space="preserve">Vid tidigare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxireaktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> på kontrastmedel </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB093E7" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Överväg i första hand undersökning som inte kräver kontrastmedel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4426D34B" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Om undersökning anses nödvändig: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2084BDF0" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="2084BDF0" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Byt till annat kontrastmedel än det som patienten reagerat mot, men kom ihåg att korsreaktioner kan förekomma mellan samma typ av kontrastmedel, dock ej mellan t.ex. jod- och gadoliniumkontrastmedel. </w:t>
+        <w:t xml:space="preserve">Byt till annat kontrastmedel än det som patienten reagerat mot, men kom ihåg att korsreaktioner kan förekomma mellan samma typ av kontrastmedel, dock ej mellan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> jod- och gadoliniumkontrastmedel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7763ED" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Premedicinering </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4241365E" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Ordineras av remitterande läkare. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACF819F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Elektiva fall </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Elektiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> fall </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ACA9EB" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="65ACA9EB" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>12 timmar och 2 timmar före kontrastinjektion ges: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFF918F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="2BFF918F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Tabl. prednisolon (≥6 år 50 mg; &lt;6 år 30 mg) alternativt tabl. betametason (t.ex. Betapred) (≥6 år 5 mg; &lt;6 år 3 mg) och </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Tabl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>prednisolon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> (≥6 år 50 mg; &lt;6 år 30 mg) alternativt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>tabl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>. betametason (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Betapred</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>) (≥6 år 5 mg; &lt;6 år 3 mg) och </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067FF817" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="067FF817" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001209EC">
         <w:lastRenderedPageBreak/>
-        <w:t>Tabl. desloratadin (≥12 år 10 mg; 6-12 år 5 mg; &lt;6 år 2,5 mg) eller annat icke sederande antihistamin i dubbel dos.  </w:t>
+        <w:t>Tabl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>desloratadin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> (≥12 år 10 mg; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>6-12</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> år 5 mg; &lt;6 år 2,5 mg) eller annat icke sederande antihistamin i dubbel dos.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765D355C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Akuta fall </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D514A9" w14:textId="77777777" w:rsidR="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Ge hydrokortison (Solu-Cortef) i.v. (≥6 år 200 mg; &lt;6 år 100 mg) eller betametason (Betapred) i.v. (≥6 år 8 mg; &lt;6 år 4 mg) så snart man beslutat att utföra en undersökning och om man får vänta ges ytterligare injektion var 4:e timme fram till undersökningen. 1 timme före undersökningen ges dessutom tabl. desloratadin (≥12 år 10 mg; 6-12 år 5 mg; &lt;6 år 2,5 mg) eller annat icke sederande antihistamin i dubbel dos. </w:t>
+        <w:t>Ge hydrokortison (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Solu-Cortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>i.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>. (≥6 år 200 mg; &lt;6 år 100 mg) eller betametason (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Betapred</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>i.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">. (≥6 år 8 mg; &lt;6 år 4 mg) så snart man beslutat att utföra en undersökning och om man får vänta ges ytterligare injektion var 4:e timme fram till undersökningen. 1 timme före undersökningen ges dessutom </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>tabl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>desloratadin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> (≥12 år 10 mg; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>6-12</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> år 5 mg; &lt;6 år 2,5 mg) eller annat icke sederande antihistamin i dubbel dos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499F0B97" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Övriga förberedelser på röntgenavdelningen</w:t>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:tab/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758C7F9C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="758C7F9C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Röntgenpersonal kontrollerar att akutbricka med adrenalin, syrgas, andningsmask/andningsblåsa, sug, nebulisator och defibrillator finns på plats, fungerar och kan hanteras. </w:t>
+        <w:t xml:space="preserve">Röntgenpersonal kontrollerar att akutbricka med adrenalin, syrgas, andningsmask/andningsblåsa, sug, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>nebulisator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> och defibrillator finns på plats, fungerar och kan hanteras. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A08891F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="2A08891F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Läkare som kan ordinera och ge behandling ska finnas tillgänglig på plats på avdelningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24813112" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="24813112" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Behåll i.v. infart och övervaka patienten minst 30 min efter kontrastmedelstillförseln. </w:t>
+        <w:t xml:space="preserve">Behåll </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>i.v</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>. infart och övervaka patienten minst 30 min efter kontrastmedelstillförseln. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B444BF8" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Fall som kräver särskild hantering </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5623270F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="5623270F" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Vid undersökning av patient med tidigare allvarlig/livshotande kontrastmedelsreaktion bör narkospersonal närvara vid undersökningen. Remittent diskuterar patienten med röntgen och med narkos. Röntgen sambokar med narkos efter överenskommelse. </w:t>
+        <w:t xml:space="preserve">Vid undersökning av patient med tidigare allvarlig/livshotande kontrastmedelsreaktion bör narkospersonal närvara vid undersökningen. Remittent diskuterar patienten med röntgen och med narkos. Röntgen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>sambokar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> med narkos efter överenskommelse. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9E4C9C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="1D9E4C9C" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
-        <w:t>Åtgärder vid anamnes på anafylaxireaktion mot andra ämnen än kontrastmedel måste avgöras i det individuella fallet. </w:t>
+        <w:t xml:space="preserve">Åtgärder vid anamnes på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>anafylaxireaktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> mot andra ämnen än kontrastmedel måste avgöras i det individuella fallet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD9A7D6" w14:textId="12BB0325" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="2AD9A7D6" w14:textId="12BB0325" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Mastocytos, diskutera med remittent om kontrastmedel överhuvudtaget ska ges. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>Mastocytos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001209EC">
+        <w:t>, diskutera med remittent om kontrastmedel överhuvudtaget ska ges. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F2C9B3" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="001209EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C657772" w14:textId="77777777" w:rsidR="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc100327193"/>
       <w:bookmarkStart w:id="11" w:name="_Toc181866762"/>
       <w:r w:rsidRPr="001209EC">
         <w:t>Rutiner följer nationella riktlinjer från Svenskförening för medicinsk radiologi. Uppdateras årligen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
@@ -562,206 +812,213 @@
       <w:r w:rsidRPr="000D04ED">
         <w:lastRenderedPageBreak/>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1025DF38" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F125C3" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="17F125C3" w14:textId="04C9933E" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="005E7766" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="001209EC">
-        <w:t>Matilda Segernäs, specialistläkare, VO Bild- och funktionsmedicin och medicinsk service/radiologi, SÄS </w:t>
+      <w:r>
+        <w:t>Mal</w:t>
+      </w:r>
+      <w:r w:rsidR="00754FED">
+        <w:t xml:space="preserve">in Tobin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00754FED">
+        <w:t>Zielinski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00754FED">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001209EC" w:rsidRPr="001209EC">
+        <w:t xml:space="preserve"> specialistläkare, VO Bild- och funktionsmedicin och medicinsk service/radiologi, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19426915" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C609CC" w14:textId="77777777" w:rsidR="001209EC" w:rsidRPr="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Verksamhetschefer, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc100327195"/>
       <w:bookmarkStart w:id="15" w:name="_Toc181866764"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="232AC742" w14:textId="17AD4AC1" w:rsidR="001209EC" w:rsidRDefault="001209EC" w:rsidP="001209EC">
+    <w:p w14:paraId="232AC742" w14:textId="17AD4AC1" w:rsidR="001209EC" w:rsidRDefault="001209EC" w:rsidP="00A30424">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="42"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="001209EC">
         <w:t>Nationella riktlinjer upprättade av Svensk Förening för Medicinsk Radiologi </w:t>
       </w:r>
       <w:r w:rsidRPr="001209EC">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="001209EC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.sfmr.se/sidor/kontrastmedel/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001209EC">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="6502C33F" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74F2221E" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087">
+    <w:p w14:paraId="5184A65F" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A5A64C3" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087">
+    <w:p w14:paraId="45060A0E" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="243DAC7A" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087">
+    <w:p w14:paraId="4379677A" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -791,89 +1048,89 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
@@ -965,51 +1222,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1049,73 +1306,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4434C2FB" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087"/>
+    <w:p w14:paraId="11158A4E" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39150075" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087">
+    <w:p w14:paraId="5C2E6413" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="465B479D" w14:textId="77777777" w:rsidR="00971087" w:rsidRDefault="00971087">
+    <w:p w14:paraId="005B91C6" w14:textId="77777777" w:rsidR="007610A1" w:rsidRDefault="007610A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1193,51 +1450,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -1320,1558 +1577,52 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...1504 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="193D7FDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A49096FC"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2913,200 +1664,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3176,164 +1778,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F9252E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="110EAC00"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3402,1094 +1891,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...1042 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="300451A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5903184"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4558,489 +2004,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...437 lines deleted...]
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5110,454 +2118,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-[...402 lines deleted...]
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EAE3B16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F634B378"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5626,462 +2231,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-[...410 lines deleted...]
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6151,462 +2345,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...410 lines deleted...]
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57EF24FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49384704"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6675,1305 +2458,85 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
-[...1084 lines deleted...]
-    <w:abstractNumId w:val="46"/>
+  <w:num w:numId="1" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1367871050">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="2" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="164058872">
+  <w:num w:numId="3" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="447283423">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="861477783">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="5" w16cid:durableId="285086364">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1280868239">
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="6" w16cid:durableId="1613323402">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="444931515">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="7" w16cid:durableId="147092928">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="739910959">
-[...11 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="1979215945">
+  <w:num w:numId="8" w16cid:durableId="574825465">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="830874331">
-[...127 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -8029,50 +2592,51 @@
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00236082"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
@@ -8140,174 +2704,179 @@
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E7766"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00754FED"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="007610A1"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E4D1F"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971087"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D06BB"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A30424"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
@@ -8453,51 +3022,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8992,50 +3561,51 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -9278,51 +3848,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -9431,51 +4001,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
@@ -10721,51 +5291,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -10986,51 +5556,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001209EC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="143353199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1953780056">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -12246,51 +6816,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1413507656">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfmr.se/sidor/kontrastmedel/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-37/SURROGATE/Anafylaxibehandling%20och%20utredning%20hos%20vuxna%20patienter%20inom%20S%c3%84S%20samt%20r%c3%a5d%20om%20uppf%c3%b6ljning.pdf" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfmr.se/sidor/kontrastmedel/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -12575,73 +7145,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>725</Words>
-  <Characters>3845</Characters>
+  <Words>606</Words>
+  <Characters>3927</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4561</CharactersWithSpaces>
+  <CharactersWithSpaces>4470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Kontrastundersökning, premedicinering vid risk för anafylaktisk reaktion, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>