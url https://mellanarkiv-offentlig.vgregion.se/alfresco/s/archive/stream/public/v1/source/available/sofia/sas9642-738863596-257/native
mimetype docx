--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,225 +6,267 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="386E29A7" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00F35B05">
+    <w:p w:rsidR="003D47E7" w:rsidP="00F35B05" w:rsidRDefault="003D47E7" w14:paraId="386E29A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="003D47E7" w:rsidSect="003D47E7">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7540C727" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="005F0C98">
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="005F0C98" w:rsidRDefault="003D47E7" w14:paraId="7540C727" w14:textId="27E04E13">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc314219769"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="51251B0D" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="005F0C98">
+      <w:bookmarkStart w:name="_Toc314219769" w:id="1"/>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Gröna Korset på </w:t>
+      </w:r>
+      <w:r w:rsidR="2A6B2AEF">
+        <w:rPr/>
+        <w:t>SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="005F0C98" w:rsidRDefault="003D47E7" w14:paraId="51251B0D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc467684452"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc148513612"/>
+      <w:bookmarkStart w:name="_Toc467684452" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc93307741" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc148513612" w:id="8"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="178BB38B" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="005F0C98">
-      <w:r w:rsidRPr="003D47E7">
+    <w:p w:rsidR="003D47E7" w:rsidP="005F0C98" w:rsidRDefault="003D47E7" w14:paraId="178BB38B" w14:textId="0D8664EC">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Gröna Korset är en evidensbaserad visuell och systematisk arbetsmetod för identifiering av </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskada</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve"> eller risk för </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskada</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">. Förbättringsåtgärder vidtas genom metoden ”Dagligt förbättringsarbete”. Syftet med metoden är att minimera </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskador</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">, säkerställa en god patientsäkerhetskultur, en bra arbetsmiljö samt minska kvalitetsbristkostnader. Gröna korset är en del av </w:t>
+      </w:r>
+      <w:r w:rsidR="22C1AA0E">
+        <w:rPr/>
+        <w:t>Södra Älvsborgs sjukhus (</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="4A158D15">
+        <w:rPr/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> ledningssystem; det är en standard och ska användas av sjukhusets samtliga öppen- och slutenvårdsenheter och övriga verksamheter med patientkontakt. SÄS har en nollvision för </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskador</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA20A19" w14:textId="02019E29" w:rsidR="005F0C98" w:rsidRDefault="005F0C98" w:rsidP="005F0C98">
+    <w:p w:rsidR="005F0C98" w:rsidP="005F0C98" w:rsidRDefault="005F0C98" w14:paraId="0DA20A19" w14:textId="02019E29">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc148513613"/>
-      <w:r>
+      <w:bookmarkStart w:name="_Toc148513613" w:id="9"/>
+      <w:r w:rsidR="005F0C98">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="636A5A22" w14:textId="797E8A32" w:rsidR="005F0C98" w:rsidRPr="003D47E7" w:rsidRDefault="00E23220" w:rsidP="005F0C98">
-[...4 lines deleted...]
-    <w:p w14:paraId="65738B99" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="005F0C98" w:rsidRDefault="003D47E7" w:rsidP="005F0C98">
+    <w:p w:rsidR="4E779BD4" w:rsidP="08178CFF" w:rsidRDefault="4E779BD4" w14:paraId="224F3964" w14:textId="6E3EA5F1">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="4E779BD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Nytt arbetssätt med regionalt IT-stöd ersätter tidigare verktyg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005F0C98" w:rsidR="003D47E7" w:rsidP="005F0C98" w:rsidRDefault="003D47E7" w14:paraId="65738B99" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F0C98">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="10" w:name="_Toc467684453"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="27F55465" w14:textId="77E46BD5" w:rsidR="00FD538D" w:rsidRDefault="00DB0140">
+    <w:bookmarkStart w:name="_Toc467684453" w:id="10"/>
+    <w:bookmarkStart w:name="_Toc256000001" w:id="11"/>
+    <w:bookmarkStart w:name="_Toc256000019" w:id="12"/>
+    <w:bookmarkStart w:name="_Toc256000037" w:id="13"/>
+    <w:bookmarkStart w:name="_Toc93307742" w:id="14"/>
+    <w:bookmarkStart w:name="_Toc256000055" w:id="15"/>
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00DB0140" w14:paraId="27F55465" w14:textId="77E46BD5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc148513612" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513612">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -238,62 +280,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09B35C7E" w14:textId="3ABF7CCA" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="09B35C7E" w14:textId="3ABF7CCA">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513613" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513613">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -307,62 +349,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40F01149" w14:textId="293744E6" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="40F01149" w14:textId="293744E6">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513614" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513614">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -376,62 +418,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54D3EA3F" w14:textId="3C281588" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="54D3EA3F" w14:textId="3C281588">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513615" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513615">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SÄS patientsäkerhetskultur</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -445,62 +487,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60CE4CB9" w14:textId="25A95118" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="60CE4CB9" w14:textId="25A95118">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513616" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513616">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -514,62 +556,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65624D3D" w14:textId="2D2B64ED" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="65624D3D" w14:textId="2D2B64ED">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513617" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513617">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Verksamhetschef</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -583,62 +625,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="073A1CEB" w14:textId="40D049AE" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="073A1CEB" w14:textId="40D049AE">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513618" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513618">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Medarbetare</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -652,62 +694,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B740B3B" w14:textId="6F140958" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="5B740B3B" w14:textId="6F140958">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513619" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513619">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbete med Gröna Korset</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -721,62 +763,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DDFC88E" w14:textId="10F77FA6" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="0DDFC88E" w14:textId="10F77FA6">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513620" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513620">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -790,62 +832,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D1D9533" w14:textId="75190F1E" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="5D1D9533" w14:textId="75190F1E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513621" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513621">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 1 – Identifiering</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -859,62 +901,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52F1A669" w14:textId="144710AD" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="52F1A669" w14:textId="144710AD">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513622" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513622">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 2 – Allvarlighetsbedömning</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -928,62 +970,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B89DEAB" w14:textId="62B0A0F3" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="1B89DEAB" w14:textId="62B0A0F3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513623" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513623">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 3 – Datainsamling</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -997,62 +1039,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="132FF567" w14:textId="5EC53CEB" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="132FF567" w14:textId="5EC53CEB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513624" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513624">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 4 – Avvikelseregistrering</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1066,62 +1108,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31E63B7F" w14:textId="3583DDAA" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="31E63B7F" w14:textId="3583DDAA">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513625" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513625">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 5 – Involvera patienten</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1135,62 +1177,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68855120" w14:textId="3D7773B7" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="68855120" w14:textId="3D7773B7">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513626" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513626">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 6 – Förbättringsåtgärder</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1204,62 +1246,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D86183B" w14:textId="2DF3F3CF" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="5D86183B" w14:textId="2DF3F3CF">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513627" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513627">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktivitetssteg 7 – Uppföljning och lärande</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1273,62 +1315,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C5C86F1" w14:textId="2FB0ED67" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="7C5C86F1" w14:textId="2FB0ED67">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513628" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513628">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1342,62 +1384,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04B1C0E4" w14:textId="5AAB4780" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="04B1C0E4" w14:textId="5AAB4780">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513629" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513629">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1411,62 +1453,62 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3241AFB0" w14:textId="2E567046" w:rsidR="00FD538D" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00FD538D" w:rsidRDefault="00000000" w14:paraId="3241AFB0" w14:textId="2E567046">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc148513630" w:history="1">
-        <w:r w:rsidR="00FD538D" w:rsidRPr="00033857">
+      <w:hyperlink w:history="1" w:anchor="_Toc148513630">
+        <w:r w:rsidRPr="00033857" w:rsidR="00FD538D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1480,1842 +1522,2176 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00FD538D">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61A2BD2C" w14:textId="1CFDCA02" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="00DB0140" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="00DB0140" w14:paraId="61A2BD2C" w14:textId="1CFDCA02">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Toc148513614"/>
-      <w:r w:rsidR="003D47E7" w:rsidRPr="003D47E7">
+      <w:bookmarkStart w:name="_Toc148513614" w:id="16"/>
+      <w:r w:rsidRPr="003D47E7" w:rsidR="003D47E7">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="3B4030A1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
-      <w:bookmarkStart w:id="17" w:name="K3P2"/>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="3B4030A1" w14:textId="77777777">
+      <w:bookmarkStart w:name="K3P2" w:id="17"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Patientsäkerhetslagen (SFS 2010:659) definierar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> som lidande, kroppslig eller psykisk skada eller sjukdom, samt dödsfall som hade </w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>kunnat</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">undvikas </w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">om </w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adekvata åtgärder</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> vidtagits vid kontakt med hälso- och sjukvård [1]. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p w14:paraId="28965CB1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="28965CB1" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Vårdgivaren ska vidta de åtgärder som behövs för att förebygga att patienter drabbas av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="K3P3"/>
+      <w:bookmarkStart w:name="K3P3" w:id="18"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="2B6EC1BA" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="2B6EC1BA" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Vårdgivaren ska utreda händelser i verksamheten som har medfört eller hade kunnat medföra en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>. Syftet med utredningen ska vara att</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530AC4BA" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="530AC4BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">så långt som möjligt klarlägga händelseförloppet och vilka faktorer som har påverkat det, samt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F29EA56" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="5F29EA56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>ge underlag för beslut om åtgärder som ska ha till ändamål att hindra att liknande händelser inträffar på nytt, eller att begränsa effekterna av sådana händelser om de inte helt går att förhindra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660FCC1E" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="660FCC1E" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Patientsäkerhetslagen lyfter fram patientsäkerhetskulturen som en av de viktigaste faktorerna för en säker vård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071683CD" w14:textId="595879A3" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="071683CD" w14:textId="595879A3">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">I samband med forskning av Gröna korset vid sjukhuset, där även publikationer genomförts [2, 3], finns nu även </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>beforskad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> evidens för att metoden styrker</w:t>
       </w:r>
       <w:r w:rsidR="003D6916">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CB0E57" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="05CB0E57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Positiv effekt på patientsäkerhetskultur samt ökad vilja till att rapportera avvikelser gällande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F1E24A" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="59F1E24A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Medarbetarna ges möjlighet att delta i systematiskt patientsäkerhets</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t>arbete.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F83240D" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="2F83240D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Förutsättningar för dialog och tillit utvecklas vilket i sin tur leder till ökad riskmedvetenhet gällande patientsäkerhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550AC12A" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="550AC12A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc467684454"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc148513615"/>
+      <w:bookmarkStart w:name="_Toc467684454" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc93307743" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc148513615" w:id="25"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>SÄS patientsäkerhetskultur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="18A15C2D" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="18A15C2D" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Patientsäkerhetskulturen kan beskrivas som den värdegrund (värderingar och uppfattningar) eller det beteende samt förhållningssätt som verksamheter på Södra Älvsborgs Sjukhus har till sina patienter och till de risker som kan uppstå inom den egna verksamheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0159DDC1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="0159DDC1" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">En god patientsäkerhetskultur kännetecknas av att medarbetare är medvetna om risker, rapporterar avvikelser samt vidtar åtgärder för att förebygga eller förhindra upprepning av negativ händelse. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> för att </w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
-        <w:lastRenderedPageBreak/>
         <w:t>leta ”syndabockar” innebär det att ha öppna tvärprofessionella dialoger, där åtgärder vidtas på systemnivå gällande patientsäkerhetsrisker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9CD973" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="6F9CD973" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Med en bra säkerhets- och patientsäkerhetskultur kan man uppnå en säker och trygg miljö för våra patienter, närstående samt medarbetare på SÄS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4F14A6" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="6F4F14A6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc467684455"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc148513616"/>
+      <w:bookmarkStart w:name="_Toc467684455" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc93307744" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc148513616" w:id="32"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="47D8240F" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002D2F0D">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002D2F0D" w:rsidRDefault="003D47E7" w14:paraId="47D8240F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc467684456"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Toc148513617"/>
+      <w:bookmarkStart w:name="_Toc467684456" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc93307745" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc148513617" w:id="39"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Verksamhetschef</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="49EC21C0" w14:textId="3646626D" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="49EC21C0" w14:textId="5D669986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Ansvarar för ett effektivt och förebyggande patientsäkerhetsarbete samt upprättat ledningssystem för avvikelsehantering, </w:t>
+      </w:r>
+      <w:r w:rsidR="1652EA49">
+        <w:rPr/>
+        <w:t xml:space="preserve">Gröna korset, </w:t>
+      </w:r>
+      <w:hyperlink r:id="R0e3b83487f754b5f">
+        <w:r w:rsidRPr="08178CFF" w:rsidR="003D47E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>dagligt f</w:t>
+        </w:r>
+        <w:r w:rsidRPr="08178CFF" w:rsidR="003D47E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>ö</w:t>
+        </w:r>
+        <w:r w:rsidRPr="08178CFF" w:rsidR="003D47E7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>rbättringsarbete</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="221DC227">
+        <w:rPr/>
+        <w:t xml:space="preserve"> och utredning i M</w:t>
+      </w:r>
+      <w:r w:rsidR="221DC227">
+        <w:rPr/>
+        <w:t xml:space="preserve">edControl </w:t>
+      </w:r>
+      <w:r w:rsidR="221DC227">
+        <w:rPr/>
+        <w:t>Pro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="02D7957A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ansvarar för ett effektivt och förebyggande patientsäkerhetsarbete samt upprättat ledningssystem för avvikelsehantering, </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003D47E7">
+        <w:t>Skapar förutsättningar för medarbetare att delta i det systematiska kvalitets, förbättrings- och patientsäkerhetsarbetet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="238E0AD1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och </w:t>
-[...20 lines deleted...]
-      </w:hyperlink>
+      </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>Ser medarbetares, patienters och närståendes erfarenheter som en viktig del i kvalitetsarbetet. Erfarenheter och synpunkter tas tillvara och ligger till grund för att utveckla säkra arbetssätt och vidareutveckla vården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B41AED3" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="1B41AED3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc467684457"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="_Toc148513618"/>
+      <w:bookmarkStart w:name="_Toc467684457" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000041" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc93307746" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc148513618" w:id="46"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Medarbetare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="41DC964A" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="41DC964A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Alla medarbetare har en skyldighet att bidra till att patientsäkerheten utvecklas och behålls genom att delta i patientsäkerhets- och kvalitets</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t>arbete.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467E7338" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="467E7338" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Medarbetare har skyldighet att påtala brister och risker när dessa upptäcks, dokumentera dem, reflektera över dem samt upprätta åtgärder som minskar eller begränsar skador.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C16F91E" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="7C16F91E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Tillsammans med alla medarbetare vid sjukhuset verka för en god patient</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t>säkerhetskultur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185FE292" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="185FE292" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc467684458"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="_Toc148513619"/>
+      <w:bookmarkStart w:name="_Toc467684458" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc93307747" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc148513619" w:id="53"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Arbete med Gröna Korset</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
-    <w:p w14:paraId="3183B975" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="3183B975" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Viktiga förutsättningar för att arbeta med Gröna Korset är att:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256E7CBF" w14:textId="51D53E4F" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="256E7CBF" w14:textId="51D53E4F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Chefer förstår vikten av att vara ledare och ”bärare” av patientsäkerhetsarbete, patientsäkerhetskultur samt </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="00016D90">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>dagligt förbättringsarbete</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB46A8E" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="1AB46A8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Chefer tillgodoser kompetens inom området och förmedlar varje medarbetares eget ansvar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166881C9" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="166881C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Att tid avsätts systematiskt och minst en gång dagligen för identifiering av risk eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4247B856" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="4247B856" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Metoden används i sin helhet (alla sju aktivitetssteg) enligt metod</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>beskrivning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54779D8C" w14:textId="4ED23A2B" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="00000000" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="00000000" w14:paraId="54779D8C" w14:textId="4ED23A2B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="003D47E7" w:rsidRPr="00016337">
+      <w:hyperlink w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="00016337" w:rsidR="003D47E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dagligt förbätt</w:t>
         </w:r>
-        <w:r w:rsidR="003D47E7" w:rsidRPr="00016337">
+        <w:r w:rsidRPr="00016337" w:rsidR="003D47E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
-        <w:r w:rsidR="003D47E7" w:rsidRPr="00016337">
+        <w:r w:rsidRPr="00016337" w:rsidR="003D47E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>ingsarbete</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003D47E7" w:rsidRPr="003D47E7">
+      <w:r w:rsidRPr="003D47E7" w:rsidR="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (alla aktivitetssteg) är infört på enheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE3E9B1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="0BE3E9B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Det finns god kunskap om definitionen på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4188D902" w14:textId="1E76F6A7" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="4188D902" w14:textId="1E76F6A7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Styrtavla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> för uppföljning finns där utfall av risker och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> (månadssammanställning) samt effekter av åtgärder följs upp. Med syfte att eliminera att liknande risker/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> händer igen, säkra arbets</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t>miljön för medarbetare samt minska kva</w:t>
       </w:r>
       <w:r w:rsidR="0023081A">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t>itetsbristkostnader.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450F888A" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="450F888A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc467684459"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="60" w:name="_Toc148513620"/>
+      <w:bookmarkStart w:name="_Toc467684459" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc93307748" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc148513620" w:id="60"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
-    <w:p w14:paraId="7FF5EDDF" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="7FF5EDDF" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Gröna korset består av sju olika aktivitetssteg. Det första steget, dialogen kring misstänkta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">, ska genomföras minst en gång per dag och bör ta mellan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>5-10</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> minuter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B378C1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
-      <w:r w:rsidRPr="003D47E7">
+    <w:p w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="15A21659" w14:textId="71152254">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>Målet är att mötet sker i den tvärprofessionella grupp som möter patienten på en vårdenhet, mottagning, operationsenhet, röntgenenhet eller annan verksamhet med patientkontakt. I vissa fall är detta svårt att genomföra och kan då ske i en speciell grupp av medarbetare, exempelvis läkare utan fast vårdenhet. Även dessa bör, när så är möjligt, delta i den tvärprofessionella gruppens möten. Även studenter, tillfälliga medarbetare och paramedicinare bör delta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382C3797" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="6F935D65" w:rsidP="08178CFF" w:rsidRDefault="6F935D65" w14:paraId="01E9E0E2" w14:textId="4F6A7544">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regionalt verktyg och IT-stöd för Gröna korset presenteras i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Lärportalen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i utbildningen Metoden Gröna korset samt regiongemensamt IT-stöd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="24E7AE31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
           <w:color w:val="333333"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rb1a9dd131750407f">
+        <w:r w:rsidRPr="08178CFF" w:rsidR="24E7AE31">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="006298" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="sv-SE"/>
+          </w:rPr>
+          <w:t>Lärportalen - Södra Älvsborgs Sjukhus</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
           <w:color w:val="333333"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="135D6D88" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontakta förvaltningsadministratör av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="772B0A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Gröna korset</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6F935D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att lägga till ny vårdenhet eller mottagning i verktyget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="135D6D88" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Nedanstående beskrivning utgår från en vårdavdelning men kan lätt anpassas till övriga verksamheter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023FAD70" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="023FAD70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc467684460"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="67" w:name="_Toc148513621"/>
+      <w:bookmarkStart w:name="_Toc467684460" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc93307749" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc148513621" w:id="67"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Aktivitetssteg 1 – Identifiering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
     </w:p>
-    <w:p w14:paraId="5FED498C" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="1D7AB40D" w14:textId="08702996">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Identifiering av risk för negativ händelse eller </w:t>
       </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>vårdskada</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="5294DCF3">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="2D2B71FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D47E7">
+        <w:t xml:space="preserve">Minst en gång per dygn ska frågan ställas: Har det funnits risk för </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D2B71FB" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+        <w:t xml:space="preserve"> eller har en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D47E7">
+        <w:t>vårdskada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D47E7">
+        <w:t xml:space="preserve"> inträffat?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="76C066CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
-        <w:t xml:space="preserve">Minst en gång per dygn ska frågan ställas: Har det funnits risk för </w:t>
+        <w:t>Mötestid väljs när det passar enheten bäst och när den tvärprofessionella sammansättningen av medarbetare är som störst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="4E349E4A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D47E7">
+        <w:t xml:space="preserve">Varje arbetslag över dygnet vidarebefordrar information om eventuella risker eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
-        <w:t>vårdskada</w:t>
+        <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
-        <w:t xml:space="preserve"> eller har en </w:t>
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003D47E7">
         <w:t>, som uppstått under arbetspasset, för att vara en del av diskussionen under dagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A9523A" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00F360DB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="00F360DB" w:rsidRDefault="003D47E7" w14:paraId="53A9523A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:right="1132"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Verksamheten kan välja att ha ett möte efter varje arbetspass vid 24-timmars vård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C450A4" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="21C450A4" w14:textId="066A28E5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Identifierad risk eller </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskada</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="035667B1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> ska kunna härledas till enskild patient eller händelse</w:t>
+      </w:r>
+      <w:r w:rsidR="11E8A99A">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="11E8A99A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">men patientuppgifter får inte finnas med i registreringen i Gröna korset. Händelse som kräver en orsaksutredning ska registreras i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="11E8A99A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>MedControl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="11E8A99A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pro (MCP). Där ska personnummer anges. Från verktyget Gröna korset finns en direktlänk till MCP när en händelse registreras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="035667B1" w14:textId="4CC3FCC8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Initial identifiering av </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskada</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve"> kan vara svårt i samband med </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> medicinska komplikationer. Markera komplikationen, utred undvik</w:t>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="4508B6AE">
+        <w:rPr/>
+        <w:t xml:space="preserve">ill exempel </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>medicinska komplikationer. Markera komplikationen, utred undvik</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">barheten och efterregistrera eventuell identifierad </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>vårdskada</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0910D018">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="0910D018">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Det kan vara svårt att avgöra om en händelse ska registreras i MCP eller inte. En medarbetare gör inte fel om en händelse registreras i MCP när åsikterna går isär.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t xml:space="preserve">barheten och efterregistrera eventuell identifierad </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="24D4A90D" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
+    </w:p>
+    <w:p w:rsidR="5D04568F" w:rsidP="08178CFF" w:rsidRDefault="5D04568F" w14:paraId="570B12E0" w14:textId="65612115">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="5D04568F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Regionalt verktyg för Gröna korset möjliggör för enskild medarbetare att registrera händelse innan tvärprofessionell dialog. Det kan vara lämpligt när medarbetare identifierat något avvikande utanför kontorstid och vill att händelse ska stämmas av vid nästkommande möte men kanske inte själv kan närvara. Varje verksamhet väljer själva när registrering får göras och kommunicerar det till sina medarbetare. Det går inte ta bort funktionen i verktyget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="08178CFF" w:rsidP="08178CFF" w:rsidRDefault="08178CFF" w14:paraId="5BE850A6" w14:textId="51BF8BCB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="24D4A90D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc467684461"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc467684461" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc93307750" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc148513622" w:id="74"/>
+      <w:r w:rsidRPr="003D47E7">
         <w:t>Aktivitetssteg 2 – Allvarlighetsbedömning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w14:paraId="0D661099" w14:textId="413A8EC3" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
-      <w:r w:rsidRPr="003D47E7">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="006727EB" w:rsidRDefault="003D47E7" w14:paraId="0D661099" w14:textId="413A8EC3">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>Allvarlighetsbedömning av händelsen görs under mötestillfället i den tvärprofessionella arbetsgruppen enligt färgkoder nedan</w:t>
       </w:r>
       <w:r w:rsidR="00877A39">
+        <w:rPr/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F976BE4" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="006727EB">
-[...104 lines deleted...]
-    <w:p w14:paraId="77389B58" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+    <w:p w:rsidR="7A8466C9" w:rsidP="08178CFF" w:rsidRDefault="7A8466C9" w14:paraId="3194A707" w14:textId="24E57EAD">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidR="7A8466C9">
+        <w:drawing>
+          <wp:inline wp14:editId="08E9A179" wp14:anchorId="28671A4A">
+            <wp:extent cx="5048250" cy="2676525"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="274006701" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="274006701" name="Picture 274006701"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1537746991">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5048250" cy="2676525"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="00940D9F" w:rsidRDefault="003D47E7" w14:paraId="77389B58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="_Toc467684462"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="_Toc148513623"/>
+      <w:bookmarkStart w:name="_Toc467684462" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc93307751" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc148513623" w:id="81"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Aktivitetssteg 3 – Datainsamling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="51AC780D" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="00940D9F" w:rsidRDefault="003D47E7" w14:paraId="51AC780D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>Samla in fakta och beskriv händelsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608678F1" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+    <w:p w:rsidR="165CD698" w:rsidP="08178CFF" w:rsidRDefault="165CD698" w14:paraId="1F3B65D5" w14:textId="6A87D473">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="21DA96CF" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="165CD698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Under pågående möte registrerar utsedd vårdenhetsadministratör (särskild behörighet krävs) händelse, väljer händelsekategori, väljer allvarlighetsgrad i händelse och sätter dagens färgkod. Om flera händelser inträffat samma dag styrs dagens färg av den allvarligaste händelsen. Eventuellt tidigare registrerade händelser av enskild medarbetare kan justeras utifrån teamets bedömning. Händelsen måste beskrivas, trolig orsak och förslag till förbättring är valbart att beskriva. Om ett ärende ska registreras i MCP, utse vem som ska göra det. Det finns en direktlänk från registrerad händelse till MCP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="220FA224" w:rsidP="08178CFF" w:rsidRDefault="220FA224" w14:paraId="3E63C514" w14:textId="79271042">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="59D85432" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="220FA224">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Det regionala verktyget för Gröna korset ger en visuell bild över när avstämning genomförts och detaljer kring identifierade händelser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="08178CFF" w:rsidP="08178CFF" w:rsidRDefault="08178CFF" w14:paraId="427C1771" w14:textId="153014B9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1349"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="00940D9F" w:rsidRDefault="003D47E7" w14:paraId="59D85432" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc467684463"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="88" w:name="_Toc148513624"/>
+      <w:bookmarkStart w:name="_Toc467684463" w:id="82"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc93307752" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc148513624" w:id="88"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Aktivitetssteg 4 – Avvikelseregistrering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
     </w:p>
-    <w:p w14:paraId="5B22E990" w14:textId="1E2B7E24" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="00940D9F">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="00940D9F" w:rsidRDefault="003D47E7" w14:paraId="5B22E990" w14:textId="1E2B7E24">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrera risk eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="004409A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Avvikelsehantering SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65672CA0" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="004409A2">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="004409A2" w:rsidRDefault="003D47E7" w14:paraId="65672CA0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Utsedd medarbetare skriver avvikelseregistrering i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>MedControl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve"> PRO samma dag innan arbetsdagens slut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4227E4DF" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="004409A2">
+    <w:p w:rsidR="6B0CF92D" w:rsidP="08178CFF" w:rsidRDefault="6B0CF92D" w14:paraId="092A5F6D" w14:textId="3675F448">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Den som skriver avvikelsen signerar vid sitt namn på detaljlistmallen när det är klart och anger ärendenumret (</w:t>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6B0CF92D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Den som skriver en avvikelse i MCP skriver in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6B0CF92D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>AV-nummer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="6B0CF92D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i aktuellt fält i registrerad händelse i Gröna korset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="004409A2" w:rsidRDefault="003D47E7" w14:paraId="0F840453" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D47E7">
+        <w:t>Vårdenhetschef ska om möjligt ge utsedd medarbetare avsatt tid för att skriva avvikelsen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="27A1151A" w14:textId="3D61E13F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Vårdenhetschef är ansvarig att dagen efter </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>följa</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> upp att avvikelsen är </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="50EB21E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="50EB21E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>egistrerad i aktuell händelse i Gröna korset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="004409A2" w:rsidRDefault="003D47E7" w14:paraId="502DABFF" w14:textId="61FC9978">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="50EB21E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid uppenbar allvarlig </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="50EB21E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>vårdskada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="50EB21E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska alltid händelseanalys övervägas.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Se också aktivitetssteg 6 om information till patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>m.m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="004409A2" w:rsidRDefault="003D47E7" w14:paraId="032C304E" w14:textId="407C8838">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D47E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De följande stegen dokumenteras i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
-        <w:t>AV-numret</w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MedControl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
-        <w:t xml:space="preserve">) i </w:t>
-[...56 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> PRO enligt riktlinje </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId23">
+        <w:r w:rsidRPr="004409A2" w:rsidR="004409A2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Avvikelsehantering SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="003D47E7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5145CB92" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="5145CB92" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc467684464"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="95" w:name="_Toc148513625"/>
+      <w:bookmarkStart w:name="_Toc467684464" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc93307753" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc148513625" w:id="95"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Aktivitetssteg 5 – Involvera patienten</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
     </w:p>
-    <w:p w14:paraId="7D9F7276" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="7D9F7276" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Involvera patienter, närstående eller vårdnadshavare i patientsäkerhets- och kvalitetsarbetet; uppmana dem att medverka och inkomma med förbättringsförslag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F70237" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="68F70237" w14:textId="4657672E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Vid varje händelse med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>vårdskada</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="671CE0CE" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> ska förbättringsförslag inhämtas av patient, närstående eller vårdnadshavare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D47E7" w:rsidP="08178CFF" w:rsidRDefault="003D47E7" w14:paraId="2231E40C" w14:textId="21360A77">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="59E91D18" w14:textId="7E8928AE" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Den som inhämtat förbättringsförslag </w:t>
+      </w:r>
+      <w:r w:rsidR="0E6467D0">
+        <w:rPr/>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="0E6467D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>okumenterar informationen i aktuellt ärende i Gröna korset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="59E91D18" w14:textId="53A33A6A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="0E6467D0">
+        <w:rPr/>
+        <w:t xml:space="preserve">Förbättringsförslag blir en del av </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">enhetens förbättringsarbete. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve">HYPERLINK  \l "_Aktivitetssteg_6_-"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="003D47E7">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Se aktivitetssteg 6</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0E0EE3" w14:textId="4D769555" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="5F0E0EE3" w14:textId="4D769555">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Aktivitetssteg_6_-"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="103" w:name="_Toc148513626"/>
+      <w:bookmarkStart w:name="_Aktivitetssteg_6_-" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc467684465" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="99"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="100"/>
+      <w:bookmarkStart w:name="_Toc93307754" w:id="101"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="102"/>
+      <w:bookmarkStart w:name="_Toc148513626" w:id="103"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Aktivitetssteg 6 </w:t>
       </w:r>
-      <w:r w:rsidR="00FD538D" w:rsidRPr="003D47E7">
+      <w:r w:rsidRPr="003D47E7" w:rsidR="00FD538D">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> Förbättringsåtgärder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
-    <w:p w14:paraId="395E0D41" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="395E0D41" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t>Inbegriper orsaksutredning, initiering och genomförande av förbättrings</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:softHyphen/>
         <w:t>åtgärder enligt PDSA-modell.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682F5AF1" w14:textId="72DD7CA1" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="682F5AF1" w14:textId="72DD7CA1">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Akuta åtgärder vidtas omedelbart såsom: snabbt medicinskt omhändertagande av patient, akuta förbättringsåtgärder, information om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> och patientens rättigheter samt dokumentation i journal. Se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="002B0BB6" w:rsidRPr="004409A2">
+      <w:hyperlink w:history="1" r:id="rId24">
+        <w:r w:rsidRPr="004409A2" w:rsidR="002B0BB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Avvikelsehantering SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D47E7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC0B1B4" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="7BC0B1B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Den registrerade avvikelsen, den identifierade risken eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskadan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>, åtgärdas sedan enligt PDSA i det dagliga förbättringsarbetet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6E44A5" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="2A6E44A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Långsiktigt förbättringsarbete bör initieras inom de områden där enheten identifierat ett större utfall av risker eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>, eller trender till ökade negativa händelser utifrån månadssammanställningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634C4A53" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="634C4A53" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t>Etablera arbetsgrupper med representation från olika verksamheter eller enheter, där gemensamt identifierade frekventa risker och negativa händelser inträffar. Initiera gemensamma förbättringsåtgärder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CC50EF" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="002B0BB6">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="003D47E7" w14:paraId="00CC50EF" w14:textId="3FE58692">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003D47E7">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Förbättringsförslag gällande strul, etiska frågor </w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>m.m.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3949A130" w14:textId="48C29983" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="00000000" w:rsidP="002B0BB6">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> som uppkommer vid det dagliga avstämningsmötet omhändertas också i det dagliga förbättringsarbetet</w:t>
+      </w:r>
+      <w:r w:rsidR="03EC3863">
+        <w:rPr/>
+        <w:t xml:space="preserve"> och registreras lämpligen med färgen gul i det Gröna korset.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="002B0BB6" w:rsidRDefault="00000000" w14:paraId="3949A130" w14:textId="48C29983">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="003D47E7" w:rsidRPr="0083275C">
+      <w:hyperlink w:history="1" r:id="rId25">
+        <w:r w:rsidRPr="0083275C" w:rsidR="003D47E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Dagligt förbättringsarbete</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003D47E7" w:rsidRPr="003D47E7">
+      <w:r w:rsidRPr="003D47E7" w:rsidR="003D47E7">
         <w:t xml:space="preserve"> sker enligt sjukhusets rutiner och riktlinjer, se webbsida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B98967" w14:textId="4ACAE8E2" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="58B98967" w14:textId="4ACAE8E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc467684466"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:name="_Toc467684466" w:id="104"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="105"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc93307755" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc148513627" w:id="110"/>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">Aktivitetssteg 7 </w:t>
       </w:r>
-      <w:r w:rsidR="00FD538D" w:rsidRPr="003D47E7">
+      <w:r w:rsidR="00FD538D">
+        <w:rPr/>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve"> Uppföljning och lärande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
     </w:p>
-    <w:p w14:paraId="60D906FD" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidR="2573CD6B" w:rsidP="08178CFF" w:rsidRDefault="2573CD6B" w14:paraId="26B3DC70" w14:textId="3BE047E5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="00EDF832" w14:textId="6BBF8301" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="2573CD6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Uppföljning kan ses månadsvis per enhet, direkt i det regionala verktyget Gröna korset. Mer omfattande uppföljning presenteras i Power BI rapport (behörighet krävs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="00EDF832" w14:textId="6BBF8301">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Minst en gång per månad ska utfall av sammanställningen gällande risker och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve"> diskuteras på APT och i </w:t>
       </w:r>
       <w:r w:rsidR="007D672F">
         <w:t>verksamhets</w:t>
       </w:r>
       <w:r w:rsidRPr="003D47E7">
         <w:t>ledning med syfte att utvärdera åtgärder samt skapa lärande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4457594D" w14:textId="712645B5" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="4457594D" w14:textId="6CCC46F8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Sammanställningsmallen ska finnas tillgänglig på </w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>Sammanställnin</w:t>
+      </w:r>
+      <w:r w:rsidR="501628CA">
+        <w:rPr/>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> ska finnas tillgänglig på </w:t>
       </w:r>
       <w:r w:rsidR="00A24BE6">
+        <w:rPr/>
         <w:t>verksamhets</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t xml:space="preserve">ledningens och enhetens </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>styrtavla</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D47E7">
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6609AF38" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="6609AF38" w14:textId="4B9237DF">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="1C93F141" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="0D13A256">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gröna korset kommer att följas upp sjukhusövergripande och regionalt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="73FC1810" w:rsidP="08178CFF" w:rsidRDefault="73FC1810" w14:paraId="30B92F21" w14:textId="588E10CC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="421D86FB" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="00DB0140" w:rsidRDefault="003D47E7" w:rsidP="00DB0140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="73FC1810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Medarbetare med särskild behörighet kan publicera ärenden i Gröna korset som del i ett gemensamt regionalt lärande.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="08178CFF" w:rsidP="08178CFF" w:rsidRDefault="08178CFF" w14:paraId="0C02A481" w14:textId="0459D5CB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DB0140" w:rsidR="003D47E7" w:rsidP="00DB0140" w:rsidRDefault="003D47E7" w14:paraId="421D86FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="111" w:name="_Toc182366122"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="118" w:name="_Toc148513628"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc467684467" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc93307756" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc148513628" w:id="118"/>
       <w:r w:rsidRPr="00DB0140">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
     </w:p>
-    <w:p w14:paraId="01D02062" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="0083275C" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="0083275C" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="01D02062" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083275C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2876F0DF" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
-[...10 lines deleted...]
-        <w:t>Översyn april 2024 utförd av</w:t>
+    <w:p w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="2876F0DF" w14:textId="2D3ADC2A">
+      <w:r w:rsidR="12D63064">
+        <w:rPr/>
+        <w:t>Tabitha Fyhr</w:t>
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>, patientsäkerhetsstrateg, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>Maria Glemfelt</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="7603675D" w14:textId="35E1BE0B" w:rsidR="003D47E7" w:rsidRPr="0083275C" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+      </w:r>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
+        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0083275C" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="7603675D" w14:textId="592CA4FB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="120"/>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="003D47E7">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Remissinstanser</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="00E62258">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (utgåva </w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="1F41AFE0">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="00E62258">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="7BA14F25" w14:textId="77777777">
+      <w:r w:rsidRPr="003D47E7">
+        <w:t>Verksamhetschefer, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0083275C" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="76664216" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="119" w:name="_Toc149035757"/>
-      <w:bookmarkStart w:id="120" w:name="_Toc149978547"/>
       <w:r w:rsidRPr="0083275C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Remissinstanser</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E62258">
+        <w:t>Fastställt av</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="4C024BBD" w14:textId="77777777">
+      <w:r w:rsidRPr="003D47E7">
+        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0083275C" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="0F207458" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (utgåva 1)</w:t>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0083275C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1C0FE9" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="003D47E7" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="003D47E7" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="6B1C0FE9" w14:textId="77777777">
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">Gröna Korset, minimera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t xml:space="preserve">, identifiera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>vårdskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D47E7">
         <w:t>, patientsäkerhetskultur, dagligt förbättringsarbete, arbetssätt, avvikelser, forskning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9B4379" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="00DB0140" w:rsidRDefault="003D47E7" w:rsidP="00DB0140">
+    <w:p w:rsidRPr="00DB0140" w:rsidR="003D47E7" w:rsidP="00DB0140" w:rsidRDefault="003D47E7" w14:paraId="2E9B4379" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="121" w:name="_Toc467684468"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="127" w:name="_Toc148513629"/>
+      <w:bookmarkStart w:name="_Toc467684468" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc93307757" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc148513629" w:id="127"/>
       <w:r w:rsidRPr="00DB0140">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
     </w:p>
-    <w:p w14:paraId="15784D1B" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="00672AEB" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="00672AEB" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="15784D1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Patientsäkerhetslagen (SFS 2010:659). Svensk författningssamling. </w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId26">
         <w:r w:rsidRPr="00672AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.riksdagen.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> under rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dokument &amp; lagar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4332B79C" w14:textId="3256AA78" w:rsidR="003D47E7" w:rsidRPr="00672AEB" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="00672AEB" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="4332B79C" w14:textId="3256AA78">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enabling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3669,73 +4045,72 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Innovation1,3</w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId27">
         <w:r w:rsidRPr="00672AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://pubmed.ncbi.nlm.nih.gov/33372328</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BBABB5C" w14:textId="09F03DD5" w:rsidR="003D47E7" w:rsidRPr="00672AEB" w:rsidRDefault="003D47E7" w:rsidP="0083275C">
+    <w:p w:rsidRPr="00672AEB" w:rsidR="003D47E7" w:rsidP="0083275C" w:rsidRDefault="003D47E7" w14:paraId="0BBABB5C" w14:textId="09F03DD5">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Evaluation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3871,249 +4246,250 @@
         </w:rPr>
         <w:t xml:space="preserve">18-e25. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: 10.1097/PTS.0000000000000685.</w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ulrika Källman, PhD, RN,*† Marie Rusner, PhD, RN,*‡ Anneli Schwarz, PhD, SLP,*Sophia Nordström, BA, RN,† and Stina Isaksson, PhD, RN*</w:t>
       </w:r>
       <w:r w:rsidRPr="00672AEB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Ulrika Källman, PhD, RN,*† Marie Rusner, PhD, RN,*‡ Anneli Schwarz, PhD, SLP,*Sophia Nordström, BA, RN,† and Stina Isaksson, PhD, RN*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00672AEB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId28">
         <w:r w:rsidRPr="00672AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://pubmed.ncbi.nlm.nih.gov/34951607</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78A00B33" w14:textId="77777777" w:rsidR="003D47E7" w:rsidRPr="00DB0140" w:rsidRDefault="003D47E7" w:rsidP="00DB0140">
+    <w:p w:rsidRPr="00DB0140" w:rsidR="003D47E7" w:rsidP="00DB0140" w:rsidRDefault="003D47E7" w14:paraId="78A00B33" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="128" w:name="_Toc467684469"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DB0140">
+      <w:bookmarkStart w:name="_Toc467684469" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc93307758" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc148513630" w:id="134"/>
+      <w:r w:rsidR="003D47E7">
+        <w:rPr/>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
     </w:p>
-    <w:p w14:paraId="2EDA8EFA" w14:textId="5B9B2227" w:rsidR="003D47E7" w:rsidRPr="00703AC9" w:rsidRDefault="003D47E7" w:rsidP="00672AEB">
+    <w:p w:rsidR="00D24F8C" w:rsidP="08178CFF" w:rsidRDefault="00D24F8C" w14:paraId="1FC1DAA5" w14:textId="6A304CF5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="00D24F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utbildning i metoden Gröna korset samt regiongemensamt IT-stöd. </w:t>
+      </w:r>
+      <w:hyperlink r:id="R5adab81fb69e434c">
+        <w:r w:rsidRPr="08178CFF" w:rsidR="00D24F8C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:color w:val="006298" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="sv-SE"/>
+          </w:rPr>
+          <w:t>Lärportalen - Södra Älvsborgs Sjukhus</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="2AF5E30B" w:rsidP="08178CFF" w:rsidRDefault="2AF5E30B" w14:paraId="0D8E8D26" w14:textId="7D8A46CE">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="868"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="08178CFF" w:rsidR="2AF5E30B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Länk till IT-stödet.</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidRPr="00703AC9">
+      <w:hyperlink r:id="Rd2b562d9f4bc4a86">
+        <w:r w:rsidRPr="08178CFF" w:rsidR="66F76D21">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-          </w:rPr>
-[...16 lines deleted...]
-          <w:t>en/patientsakerhet/patientsakerhetsmetoder/</w:t>
+            <w:lang w:val="sv-SE"/>
+          </w:rPr>
+          <w:t>Gröna Korset - Start</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11ABD295" w14:textId="1D4A0FE2" w:rsidR="003D47E7" w:rsidRPr="00703AC9" w:rsidRDefault="003D47E7" w:rsidP="00672AEB">
-[...32 lines deleted...]
-    <w:p w14:paraId="07BA55BB" w14:textId="61F74DD0" w:rsidR="003D47E7" w:rsidRPr="00DB0140" w:rsidRDefault="003D47E7" w:rsidP="00672AEB">
+    <w:p w:rsidRPr="00DB0140" w:rsidR="003D47E7" w:rsidP="00672AEB" w:rsidRDefault="003D47E7" w14:paraId="07BA55BB" w14:textId="61F74DD0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB0140">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mallar och dokumentationsmaterial om dagligt förbättringsarbete.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB0140">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId31">
         <w:r w:rsidRPr="00DB0140">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00536A5A" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="003D47E7">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="003D47E7">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D74C423" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F">
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="2D74C423" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F8A4D92" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F">
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="3F8A4D92" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10EB83FF" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F">
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="10EB83FF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4173,162 +4549,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -4363,311 +4739,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17AACBD5" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F"/>
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="17AACBD5" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AC9D800" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F">
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="3AC9D800" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2AA4A66D" w14:textId="77777777" w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F">
+    <w:p w:rsidR="00AB4C5F" w:rsidRDefault="00AB4C5F" w14:paraId="2AA4A66D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="4AD9F710">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="5D62142C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -4703,919 +5079,919 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="24EE2046"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29886F02"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C29EC902"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5705,877 +6081,877 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A347F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BC26F1C"/>
     <w:lvl w:ilvl="0" w:tplc="DDD4BC48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
@@ -6626,496 +7002,496 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CEB37C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05ECA272"/>
-    <w:lvl w:ilvl="0" w:tplc="E7AAE5D6">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1712" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:ind w:left="3872" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2432" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="4592" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3152" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+        <w:ind w:left="5312" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3872" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:ind w:left="6032" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4592" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="6752" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5312" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="671492538">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1846018909">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="22950332">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="843787744">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
@@ -7196,93 +7572,95 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1744639479">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1722554665">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="957762143">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1647122264">
     <w:abstractNumId w:val="17"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016337"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00016D90"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
@@ -7612,50 +7990,51 @@
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D24F8C"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB0140"/>
     <w:rsid w:val="00DB10FD"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E23220"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62258"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
@@ -7671,190 +8050,264 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F30346"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F360DB"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD538D"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="026A66EB"/>
+    <w:rsid w:val="034818A0"/>
+    <w:rsid w:val="03EC3863"/>
+    <w:rsid w:val="044DF3A4"/>
+    <w:rsid w:val="0501625B"/>
+    <w:rsid w:val="05AA7D48"/>
+    <w:rsid w:val="08178CFF"/>
+    <w:rsid w:val="0910D018"/>
+    <w:rsid w:val="09E47C47"/>
+    <w:rsid w:val="0D13A256"/>
+    <w:rsid w:val="0E6467D0"/>
+    <w:rsid w:val="0E898C66"/>
+    <w:rsid w:val="1164A993"/>
+    <w:rsid w:val="11E8A99A"/>
+    <w:rsid w:val="12D63064"/>
+    <w:rsid w:val="13634C1F"/>
+    <w:rsid w:val="164ACBAC"/>
+    <w:rsid w:val="1652EA49"/>
+    <w:rsid w:val="165CD698"/>
+    <w:rsid w:val="1A043EB8"/>
+    <w:rsid w:val="1C0E727B"/>
+    <w:rsid w:val="1DE53F84"/>
+    <w:rsid w:val="1F41AFE0"/>
+    <w:rsid w:val="202FECD2"/>
+    <w:rsid w:val="215E0C91"/>
+    <w:rsid w:val="2177DF49"/>
+    <w:rsid w:val="220FA224"/>
+    <w:rsid w:val="221DC227"/>
+    <w:rsid w:val="22C1AA0E"/>
+    <w:rsid w:val="23B07E25"/>
+    <w:rsid w:val="23C0CB0C"/>
+    <w:rsid w:val="24E7AE31"/>
+    <w:rsid w:val="2573CD6B"/>
+    <w:rsid w:val="2911EE8E"/>
+    <w:rsid w:val="2A6B2AEF"/>
+    <w:rsid w:val="2ACADBFF"/>
+    <w:rsid w:val="2AF5E30B"/>
+    <w:rsid w:val="30C60080"/>
+    <w:rsid w:val="312705AD"/>
+    <w:rsid w:val="319736A7"/>
+    <w:rsid w:val="31C0439F"/>
+    <w:rsid w:val="335FFB0F"/>
+    <w:rsid w:val="33B388B1"/>
+    <w:rsid w:val="37081481"/>
+    <w:rsid w:val="3FAA4D97"/>
+    <w:rsid w:val="41CE0C9D"/>
+    <w:rsid w:val="4508B6AE"/>
+    <w:rsid w:val="45903EC8"/>
+    <w:rsid w:val="46989266"/>
+    <w:rsid w:val="4838FCAD"/>
+    <w:rsid w:val="4A158D15"/>
+    <w:rsid w:val="4B0CAC30"/>
+    <w:rsid w:val="4E779BD4"/>
+    <w:rsid w:val="501628CA"/>
+    <w:rsid w:val="50EB21E8"/>
+    <w:rsid w:val="5294DCF3"/>
+    <w:rsid w:val="57720638"/>
+    <w:rsid w:val="5795EAA6"/>
+    <w:rsid w:val="595F4381"/>
+    <w:rsid w:val="5D04568F"/>
+    <w:rsid w:val="5DE6F289"/>
+    <w:rsid w:val="6131A6C7"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6484D087"/>
+    <w:rsid w:val="66F76D21"/>
+    <w:rsid w:val="6B0CF92D"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6E08D758"/>
+    <w:rsid w:val="6F935D65"/>
+    <w:rsid w:val="6FF77B41"/>
+    <w:rsid w:val="701BE4B2"/>
+    <w:rsid w:val="73FC1810"/>
+    <w:rsid w:val="772B0A2A"/>
+    <w:rsid w:val="7859E718"/>
+    <w:rsid w:val="7A8466C9"/>
+    <w:rsid w:val="7DD2D1B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7879,75 +8332,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7982,57 +8435,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8090,769 +8543,769 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003D47E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003D47E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003D47E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB0140"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB0140"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -8924,609 +9377,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="006727EB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9535,94 +9988,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -9631,499 +10084,499 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006727EB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:ind w:left="1349" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -10190,137 +10643,137 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003D47E7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003D47E7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="003D47E7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="003D47E7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D47E7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="006727EB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="60" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00940D9F"/>
@@ -10383,51 +10836,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/medicinska-omraden/patientsakerhet/patientsakerhetsmetoder/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/medicinska-omraden/patientsakerhet/patientsakerhetsmetoder/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/medicinska-omraden/patientsakerhet/patientsakerhetsmetoder/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/34951607" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/33372328" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/34951607" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-52/SURROGATE/Avvikelsehantering%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/33372328" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/utveckling-kvalitet-och-uppfoljning/verktygslada-forbattringsarbete/dagligt-forbattringsarbete/" TargetMode="External" Id="R0e3b83487f754b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/system-a-o/larportalen-totara/" TargetMode="External" Id="Rb1a9dd131750407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="rId1537746991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/system-a-o/larportalen-totara/" TargetMode="External" Id="R5adab81fb69e434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/gk-grona-korset?OR=Teams-HL&amp;CT=1744090960122" TargetMode="External" Id="Rd2b562d9f4bc4a86" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10719,75 +11172,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gröna Korset på SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>35</revision>
+  <lastModifiedBy>Tabitha Fyhr</lastModifiedBy>
+  <revision>36</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>