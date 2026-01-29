--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,5803 +1,2867 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="48F565BD" w14:textId="42C9A60D" w:rsidR="66AAFF3B" w:rsidRDefault="66AAFF3B" w:rsidP="66AAFF3B">
-[...15 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="061914D4" w14:textId="14850C53" w:rsidR="00184167" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Förberedelser inför</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>uklear</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>medicinska undersökningar, SÄS Borås</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="1005730A" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00D143F4">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="3C1B03ED" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00D143F4">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000044DF">
+    <w:p w14:paraId="4EA6C4B6" w14:textId="4B500B04" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00FE6421" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Redaktionella förändringar</w:t>
+      </w:r>
+      <w:r w:rsidR="00825845" w:rsidRPr="00825845">
+        <w:t>, en undersökning bortplockad</w:t>
+      </w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="1FC6584C" w14:textId="0AAB1649" w:rsidR="00B405A1" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Rutinen beskriver förberedelser inför </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>nuklearmedicinska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> undersökningar och behandlingar på SÄS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866760"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="6"/>
-    </w:p>
-[...20 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="66844B57" w14:textId="5534F9EF" w:rsidR="00D143F4" w:rsidRPr="000044DF" w:rsidRDefault="00A65550" w:rsidP="00D143F4">
-[...1 lines deleted...]
-        <w:t>Redaktionella ändringar, giltighetstiden förlängd.</w:t>
+    <w:p w14:paraId="519D8634" w14:textId="371D2823" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Remiss skrivs i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>OrderManagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>SectraRIS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Tidsbegränsningar efter genomförd kontrastundersökning med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Omnipaque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> samt annan nuklearmedicins undersökning, varierar mellan undersökningstyp, se information för respektive undersökning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3B08B6" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="00D143F4" w:rsidRDefault="000044DF" w:rsidP="00D143F4">
-[...1 lines deleted...]
-        <w:spacing w:before="360" w:after="40"/>
+    <w:p w14:paraId="233252E2" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Inneliggande patient </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3530B1" w14:textId="395EB44B" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Om patienten är inneliggande ska personal på avdelningen ombesörja att förberedelser inför undersökningen efterföljs. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Patienten ska ha en väl fungerande perifer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>venkateter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> (PVK), minst storlek 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D143F4">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>G, med backfl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:cs="Georgia"/>
         </w:rPr>
-        <w:t>Innehållsförteckning</w:t>
+        <w:t>ö</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>de och injektionsport. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC3ED09" w14:textId="40CF3D12" w:rsidR="00D17DDD" w:rsidRDefault="00C4557D">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3999DAEE" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Poliklinisk patient </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7084F565" w14:textId="68728500" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Om patienten är poliklinisk/dagpatient behöver patienten informeras skriftligt om vilka förberedelser som krävs. Se respektive undersökning under rubrik </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...2138 lines deleted...]
-      <w:r w:rsidRPr="000044DF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Genomförande</w:t>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Utförande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654CE9C7" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00D143F4">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="52B16177" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00C4557D">
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc156393144"/>
+    <w:p w14:paraId="0A1B89A3" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>DaTSCAN</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> - Dopaminreceptorscintigrafi </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79F4FAD4" w14:textId="4EBCDCC0" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="1E290879" w:rsidP="00F43157">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="5D7BE89C" w14:textId="5DA9DE4E" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Patienten medicineras med </w:t>
-      </w:r>
+        <w:t>Patienten medicineras med kaliumjodid 1 timma innan undersökningen</w:t>
+      </w:r>
+      <w:r w:rsidR="15E77B10">
+        <w:t xml:space="preserve">. Kaliumjodid kan skickas till patienten efter samtal, information finns i remiss. Patienten kan även hämta kaliumjodid på avdelningen alternativt </w:t>
+      </w:r>
+      <w:r w:rsidR="518896C3">
+        <w:t>komma 1 h före utsatt tid.</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7597A3ED" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>kaliumjodid</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Iohexol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>clearance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464786BC" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc156393145"/>
+    <w:p w14:paraId="5578B395" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Röntgenundersökning med </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
-        <w:t>Iohexol</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Omnipaque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> är en kontraindikation om det använts mindre än 1 vecka före planerad undersökning om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>kreatinin</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> är över 120, under 120 i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>kreatinin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> gäller 4 dagar. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4108AD8B" w14:textId="0EF03DC4" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...34 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="128E37F8" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Lungscintigrafi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F67FC5" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="000044DF">
+    <w:p w14:paraId="7505DA97" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">Inneliggande patient, förberedelser </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Inneliggande_patient" w:history="1">
-        <w:r w:rsidRPr="00F43157">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="009D2A69">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>enligt rubrik ovan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000044DF">
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B18670" w14:textId="572267EF" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...7 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="7C9FC737" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Poliklinisk patient inga förberedelser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7F6BCD" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc156393147"/>
+    <w:p w14:paraId="61D43861" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Meckels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Divertikel</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F0011D3" w14:textId="3FA86377" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="772BFC78" w:rsidP="00F43157">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2583BD54" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Står patienten på något </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>syrahämmande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> läkemedel (ATC-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>kod:A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>02B) tas denna med fördel morgonen innan undersökningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A02FC0F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Patienten ska vara fastande 4 timmar innan undersökningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8C9C4B" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Barn medicineras med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Nexium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>enterogranulat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> 1 timma före injektion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0054E914" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> Bariumkontrast senaste 3 dygnen är en absolut kontraindikation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547E533F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Övrig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>nuklearmedicinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> undersökning två dygn innan är en relativ kontraindikation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4C6D76" w14:textId="74B825A4" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
-        <w:t>Står patienten på någo</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> med fördel</w:t>
+        <w:t xml:space="preserve">Myokardscint </w:t>
+      </w:r>
+      <w:r w:rsidR="7413AB27">
+        <w:t>Arbete/</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CC4A58" w14:textId="158CE55C" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00F43157">
-[...431 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="480FF400" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc156393154"/>
-[...55 lines deleted...]
-        <w:pStyle w:val="MellanrubrikVGR"/>
+      <w:r w:rsidRPr="009D2A69">
         <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="55"/>
+        <w:t>48 timmar före undersökning </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="303A1D6F" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="006717E3">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000044DF">
+    <w:p w14:paraId="27107D51" w14:textId="2293F45F" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="59501A54" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33425C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>potenshöjande mediciner (till exempel Viagra, Cialis) ska sättas ut </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA453AF" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Tabletter mot astma som teofyllin (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>TheoDur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>) sätts ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412B3073" w14:textId="74A097A6" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prednison/prednisolon får tas</w:t>
+      </w:r>
+      <w:r w:rsidR="2240EDA8">
+        <w:t xml:space="preserve"> ut</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EE7762" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>36 timmar före undersökningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4766A8A4" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Beta-blockare tex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>atenolol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>bisoprolol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>carvedilol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>metoprolol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Seloken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">) och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>propranolol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Inderal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>), sätts ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486084B4" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>24 timmar före undersökningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CFC129" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Patienten ska inte äta eller dricka något som innehåller koffein, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> kaffe, te, energidryck, coca-cola eller andra liknande läskedrycker, choklad och vissa koffeininnehållande läkemedel såsom Treo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72321E94" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">Mediciner som innehåller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>dipyridamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Dipyridamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Alternova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Diprasorin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-        <w:t>) sätts ut.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>) sätts ut. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4087F401" w14:textId="3163B628" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="006717E3">
-[...10 lines deleted...]
-        <w:t>eller choklad om hen vill.</w:t>
+    <w:p w14:paraId="07CC080F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Från midnatt före undersökning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA8AB8C" w14:textId="72D7F8BB" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="006717E3">
-[...10 lines deleted...]
-        <w:t>timmarna inför undersökningen.</w:t>
+    <w:p w14:paraId="395DD754" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Patienten ska inte ta någon medicin mot kärlkramp i form av nitrat-preparat (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Glytrin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Nitrolingual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Suscard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Imdur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Isonova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Isomex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C9E3E3" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="601A8DFA" w14:textId="4EB88F49" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienten får </w:t>
+      </w:r>
+      <w:r w:rsidR="0AECA52C">
+        <w:t xml:space="preserve">inte </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">äta </w:t>
+      </w:r>
+      <w:r w:rsidR="58ABEBAD">
+        <w:t xml:space="preserve">4 timmar före </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">en men </w:t>
+      </w:r>
+      <w:r w:rsidR="3A792F3A">
+        <w:t>dricka i valfri mängd v</w:t>
+      </w:r>
+      <w:r w:rsidR="5F4AF764">
+        <w:t>atte</w:t>
+      </w:r>
+      <w:r w:rsidR="3A792F3A">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="233866FD" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...71 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3713A07F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Omnipaque</w:t>
+        <w:t>Myokardscint</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> kontrast &lt;</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Vila </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEF22E8" w14:textId="6C59C895" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E35E712" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33425C7A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>24 timmar före undersökningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D94E8E9" w14:textId="34F82084" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="00031350" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> månader är en kontraindikation.</w:t>
+        <w:t>Patienten får inte äta 4 timmar före en men dricka i valfri mängd vatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0F9B81" w14:textId="6066CEC5" w:rsidR="08B190B6" w:rsidRDefault="08B190B6" w:rsidP="39B83F1F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Finnålspunktion av </w:t>
+    <w:p w14:paraId="64A35CEB" w14:textId="26F81B12" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A308EBE" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Njurscintigrafi funktion – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="39B83F1F">
-        <w:t>thyreoidea</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Renogram</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="39B83F1F">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> är en kontraindikation.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C680ACB" w14:textId="5DDA8363" w:rsidR="34BB3EE8" w:rsidRDefault="34BB3EE8" w:rsidP="39B83F1F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Jodhaltiga </w:t>
+    <w:p w14:paraId="63E0F406" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Patienten ska dricka 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>dl /10 kg kroppsvikt av valfri vätska 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>timma innan undersökningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FE84B0" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Patient som tömmer sin blåsa med ren intermittent </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="39B83F1F">
-        <w:t>kosstillskott</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>katerisering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="39B83F1F">
-        <w:t xml:space="preserve"> uppehåll två veckor innan scintigrafin.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> (RIK) ska ha egen kateter med sig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB02439" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="71"/>
+    <w:p w14:paraId="0A352D1B" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Njurscintigrafi morfologi – DMSA </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="726A68CF" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...4 lines deleted...]
-        <w:t>Prover beställs av nuklearmedicin.</w:t>
+    <w:p w14:paraId="35101E21" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Inga förberedelser krävs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7743BFB0" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...4 lines deleted...]
-        <w:t>Senast två timmar före besöket på nuklearmedicin ska blodprover tas på provtagningen i huvudentrén.</w:t>
+    <w:p w14:paraId="4660B01B" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Parathyreoideascintigrafi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1DB1C1" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...4 lines deleted...]
-        <w:t>Prover kan även tas på vårdcentral, detta ska göras veckan före bokat besök.</w:t>
+    <w:p w14:paraId="0650C6AA" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve">Röntgenundersökning med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Omnipaque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> kontrast &lt;2 månader är en kontraindikation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77392BD3" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="75" w:name="_Toc156393160"/>
+    <w:p w14:paraId="63E22CD7" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Finnålspunktion av thyreoidea inom två veckor är en kontraindikation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EEF34A" w14:textId="6194112A" w:rsidR="4778BF6F" w:rsidRDefault="4778BF6F" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienten ska sätta ut </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>thyreostatika  och</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> jodhaltiga kosttillskott 2 veckor innan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1540D568" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
+        <w:lastRenderedPageBreak/>
         <w:t>Radiojodbehandling</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="75"/>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="67534173" w14:textId="75C538D4" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="67FA7F45" w:rsidP="001129B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="7347AA41" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Röntgenundersökning med </w:t>
-      </w:r>
+        <w:t>Röntgenundersökning med Omnipaque kontrast är kontraindikation innan behandling. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A53EC0F" w14:textId="168F75E8" w:rsidR="1B1E30AB" w:rsidRDefault="1B1E30AB" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patient ska vara fastande 2 h innan behandling samt </w:t>
+      </w:r>
+      <w:r w:rsidR="7B83F4E3">
+        <w:t>1 h innan behandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5B77A7" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Omnipaque</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>SeHCAT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>behandling.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> - Gallsaltsdiarré </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0002C61A" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...18 lines deleted...]
-      <w:bookmarkEnd w:id="79"/>
+    <w:p w14:paraId="1309F4D9" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Patienten ska vara fastande från midnatt, före undersökningen. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05768773" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001129B8">
-[...19 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="0002DEA3" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Följande läkemedel som ska sättas ut dagen innan undersökning och inte återinsättas de närmaste 8 dygnen efter undersökningen: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1349" w:type="dxa"/>
+        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblInd w:w="276" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Läkemedel att sätta ut inför undersökning"/>
-        <w:tblDescription w:val="Tabellen tydliggör vilka substanser som ska sättas ut inför undersökningen och ger exempel på läkemedel där substansen ingår.  "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3628"/>
-        <w:gridCol w:w="3697"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="6FCF0F1B" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="3E53411C" w14:textId="77777777" w:rsidTr="00AB0A5F">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B81AB3D" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="001D02AD" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="686926F2" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="00AB0A5F" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:ind w:left="220" w:right="280"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D02AD">
+            <w:r w:rsidRPr="00AB0A5F">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Substanser</w:t>
+              <w:t>Substanser </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="689323BE" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="001D02AD" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="2507FBCA" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="00AB0A5F" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0"/>
+              <w:ind w:left="284" w:right="312"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D02AD">
+            <w:r w:rsidRPr="00AB0A5F">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="20"/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Exempel på läkemedel</w:t>
+              <w:t>Exempel på läkemedel </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="28F20330" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="06BA773C" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75836BE7" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="1AF5A903" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>erytromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DCF68BD" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="5D61A9C3" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Abboticin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Ery</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>-Max</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>-Max </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="35D869D8" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="5DF1A0C8" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67710AD2" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="3A7CE0A9" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>roxitromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76B917F1" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="63C37F25" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Roximstad</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Surlid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="047F0706" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="482F9750" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A614F85" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="19B1F98B" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>klaritromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1234892C" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="5BBEF7A7" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Clarithromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Klacid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="2B37445C" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="7C0D49C8" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="183D20D6" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="64CCA324" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>azitromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C21794C" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="199B7612" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Azithromycin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Azitromax</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="373FC418" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="5CD5AF29" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="024638B2" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="24D4752B" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>kodein</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>kodein </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AF9ABC6" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="059FC1AD" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Altermol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ardinex</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Citodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kodein</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Panocod</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Paracetamol/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kodein</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Treo Comp</w:t>
             </w:r>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="4E904CA3" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="22548FE7" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24528C2F" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="0CADA345" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>opioider</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve"> (morfin, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>oxycodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>, opium)</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>, opium) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DD8BB26" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="7C5D4CB4" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Cocillana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Etyfin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Dolcontin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Oxicodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Oxycodone</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Oxycontin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Oxynorm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Dropizol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="27C72C53" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="7699820C" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10D8ED06" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="212143CC" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>loperamid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D09B08E" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="1432A967" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dimor</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">/Comp, Imodium/plus, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Imolopera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Imolopesim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Lopacut</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Loperamid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="1816074E" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="55D65B55" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EFC45FE" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="7A1EF7F3" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>metoklopramid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F15F2F2" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="111B0D35" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Metoclopramide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Primperan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="60F34927" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="182E21C4" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20230990" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="1B7AA4BF" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>resiner</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (lipidsänkare)</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t xml:space="preserve"> (lipidsänkare) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B32A510" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="4B0EF732" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Cholestagel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Cholestyramin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Lestid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Questran</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="399BED19" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="0D791A91" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="704A3E33" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="3CD2258F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>verapamil</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B410CFB" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="64F7B21E" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Isoptin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Retard</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Verapamil</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="530A7B2B" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="5A4091D8" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DE3B1EC" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="79FCF534" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>syrabindare</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (aluminium, kalcium, magnesiumsalter)</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t xml:space="preserve"> (aluminium, kalcium, magnesiumsalter) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="132D7C69" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="7857C57F" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+              <w:ind w:left="284" w:right="312"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaviscon, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Novalucol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Novaluzid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000044DF">
+            <w:r w:rsidRPr="009D2A69">
               <w:rPr>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> Antacid Mint,</w:t>
+              <w:t>, Renni, Samarin Antacid Mint,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000044DF" w:rsidRPr="000044DF" w14:paraId="6A38FC7D" w14:textId="77777777" w:rsidTr="001129B8">
+      <w:tr w:rsidR="009D2A69" w:rsidRPr="009D2A69" w14:paraId="2C684811" w14:textId="77777777" w:rsidTr="00AB0A5F">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54241535" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="7A27FD48" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="220" w:right="280"/>
             </w:pPr>
-            <w:r w:rsidRPr="000044DF">
-[...3 lines deleted...]
-              <w:t>magnesium</w:t>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t>magnesium </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3697" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="074E8460" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="000044DF">
+          <w:p w14:paraId="6B2CAFFC" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
             <w:pPr>
-              <w:overflowPunct w:val="0"/>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="284" w:right="312"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000044DF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D2A69">
               <w:t>Emgesan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D2A69">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="273B284B" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000044DF">
+    <w:p w14:paraId="625A3624" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">Sentinel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>node</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> - lokalisering </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="238599C4" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...4 lines deleted...]
-        <w:t>Inga förberedelser.</w:t>
+    <w:p w14:paraId="39DBE649" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Inga förberedelser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5768C9D8" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="87"/>
+    <w:p w14:paraId="441E44E1" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:lastRenderedPageBreak/>
+        <w:t>Skelettscintigrafi </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6A1454E8" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...4 lines deleted...]
-        <w:t>Inga förberedelser.</w:t>
+    <w:p w14:paraId="584534B8" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Inga förberedelser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290A48A3" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="91" w:name="_Toc156393164"/>
+    <w:p w14:paraId="72044D88" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Spårjod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Thyreoideascintigrafi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="91"/>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A914E77" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListBullet"/>
+    <w:p w14:paraId="2A1F60AE" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Tyroideahormoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Levaxin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Euthyrox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Liothyonin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve">) eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>tyreostatika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Thacapzol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000044DF">
+      <w:r w:rsidRPr="009D2A69">
         <w:t>Tiotil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-        <w:t>), ska sättas ut 1 vecka före undersökning.</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>), ska sättas ut 1 vecka före undersökning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037BD605" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...4 lines deleted...]
-        <w:t>Kosttillskott innehållande jod ska sättas ut 1 vecka innan besöket.</w:t>
+    <w:p w14:paraId="10CCB9DF" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Kosttillskott innehållande jod ska sättas ut 1 vecka innan besöket. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CE266E" w14:textId="4215BDFF" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Röntgenundersökning med </w:t>
+    <w:p w14:paraId="19035E81" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Röntgenundersökning med Omnipaque kontrast &lt;3 månaderna är en kontraindikation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167CA972" w14:textId="2F5BD458" w:rsidR="4E18BB5D" w:rsidRDefault="4E18BB5D" w:rsidP="33425C7A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="1276" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienten ska fasta 2 h före undersökningen samt 1 h efter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314D4113" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Radium(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Ra-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>223)</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="2B61A063">
-        <w:t>Omnipaque</w:t>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>diklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000044DF">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> månaderna är en kontraindikation.</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Xofigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>) behandling </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA50EAC" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="001D02AD">
-[...34 lines deleted...]
-      <w:bookmarkEnd w:id="95"/>
+    <w:p w14:paraId="7BC630F1" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Förberedelser ombesörjs av onkologavdelningen. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A30A59D" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="00A84049">
-[...1 lines deleted...]
-        <w:t>Förberedelser ombesörjs av onkologavdelningen.</w:t>
+    <w:p w14:paraId="46F80C1F" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327194"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866763"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Arbetsgrupp</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1445BD6D" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="004126ED" w:rsidRDefault="000044DF" w:rsidP="004126ED">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00A84049">
+    <w:p w14:paraId="6208E27D" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="313EB1EB" w14:textId="56986094" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="008D63A8">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="09E5C761" w14:textId="4501337C" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hanna Brunnegård, </w:t>
-[...5 lines deleted...]
-        <w:t>, nuklearmedicin, SÄS Borås</w:t>
+        <w:t>Hanna Brunnegård, sektionsledare, nuklearmedicin, SÄS Borås </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="39B83F1F">
-[...3 lines deleted...]
-        <w:t>Martijn van Essen, överläkare, nuklearmedicin, Sahlgrenska sjukhuset</w:t>
+      <w:r w:rsidR="32A3CAC9">
+        <w:t>Anna Dùdas</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, överläkare, nuklearmedicin, Sahlgrenska sjukhuset </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3C3F7D" w14:textId="082612FC" w:rsidR="000044DF" w:rsidRPr="00A84049" w:rsidRDefault="000044DF" w:rsidP="008D63A8">
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4F1E9247" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> (utgåva 1)</w:t>
+        <w:t>Remissinstanser (utgåva 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5C8451" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="000044DF" w:rsidP="008D63A8">
-[...11 lines deleted...]
-        <w:t>Verksamhetschefer, SÄS</w:t>
+    <w:p w14:paraId="62DE96EA" w14:textId="77777777" w:rsidR="009D2A69" w:rsidRPr="009D2A69" w:rsidRDefault="009D2A69" w:rsidP="009D2A69">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D2A69">
+        <w:t>Verksamhetschefer, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474CCC1A" w14:textId="77777777" w:rsidR="000044DF" w:rsidRPr="00A84049" w:rsidRDefault="000044DF" w:rsidP="008D63A8">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="40AA233F" w14:textId="28054034" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="683ECF85" w14:textId="4B13C209" w:rsidR="000044DF" w:rsidRPr="000044DF" w:rsidRDefault="00A84049" w:rsidP="008D63A8">
-[...233 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="000044DF">
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="009D2A69">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1268" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="228FC7AE" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="5A6DD8E6" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CFEECA1" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="4262155B" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="671AABC2" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="13C2C8DD" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-    <w:panose1 w:val="02070409020205020404"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...8 lines deleted...]
-    <w:sdtEndPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00983019" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...3 lines deleted...]
-          <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="1175906320" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B6EB919" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="035300FF" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A5F1975" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="6E7A0C14" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E865AD0" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="197B3EBE" w14:textId="77777777" w:rsidR="0086053C" w:rsidRDefault="0086053C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -5827,601 +2891,334 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="1D074A65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E104E4E6"/>
+    <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...13 lines deleted...]
-      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...170 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07F0337A"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E54CEB4"/>
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6484,2321 +3281,750 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="135A157B"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="65667058"/>
-    <w:lvl w:ilvl="0" w:tplc="041D000F">
+    <w:tmpl w:val="1B6660C0"/>
+    <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...99 lines deleted...]
-        <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7472" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...1419 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="113252118">
+  <w:num w:numId="1" w16cid:durableId="861477783">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="928545586">
-[...14 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1575236838">
+  <w:num w:numId="2" w16cid:durableId="57095060">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1415053887">
-[...29 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="1418211198">
+  <w:num w:numId="3" w16cid:durableId="36130748">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1693799614">
-[...1 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="000044DF"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
+    <w:rsid w:val="00031350"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="0009210E"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A3B5A"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000B0E2A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="001129B8"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
-    <w:rsid w:val="00186AD6"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D02AD"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="004126ED"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
-    <w:rsid w:val="00431CC6"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="004802EF"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="00487F86"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="004F65C6"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="006651DB"/>
     <w:rsid w:val="00665F89"/>
-    <w:rsid w:val="006717E3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717A17"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
-    <w:rsid w:val="0075723F"/>
-    <w:rsid w:val="00757559"/>
+    <w:rsid w:val="00757A51"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="00763C5D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007C4CC9"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00825845"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="0086053C"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
-    <w:rsid w:val="008A07FB"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D63A8"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="009162C5"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="00961175"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009D3EE6"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D2A69"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A31C7D"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A433DE"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
-    <w:rsid w:val="00A65550"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
-    <w:rsid w:val="00A84049"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AB0A5F"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B570FE"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA70CB"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
-    <w:rsid w:val="00C45139"/>
-    <w:rsid w:val="00C4557D"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C818C9"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE3D3F"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
-    <w:rsid w:val="00D114C9"/>
+    <w:rsid w:val="00D0793C"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D143F4"/>
-    <w:rsid w:val="00D17DDD"/>
+    <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DC0FBC"/>
-    <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF2674"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E40A62"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E73017"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
+    <w:rsid w:val="00EA13C8"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00F21AB3"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F43157"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE6421"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="08B190B6"/>
-[...30 lines deleted...]
-    <w:rsid w:val="60C088D5"/>
+    <w:rsid w:val="03D1AC3B"/>
+    <w:rsid w:val="087E9EBC"/>
+    <w:rsid w:val="0AECA52C"/>
+    <w:rsid w:val="10E5B04B"/>
+    <w:rsid w:val="137F979C"/>
+    <w:rsid w:val="15E77B10"/>
+    <w:rsid w:val="1AC75321"/>
+    <w:rsid w:val="1B1E30AB"/>
+    <w:rsid w:val="2240EDA8"/>
+    <w:rsid w:val="24295211"/>
+    <w:rsid w:val="29544876"/>
+    <w:rsid w:val="2E6F66A8"/>
+    <w:rsid w:val="31128171"/>
+    <w:rsid w:val="32A3CAC9"/>
+    <w:rsid w:val="33425C7A"/>
+    <w:rsid w:val="35DC494E"/>
+    <w:rsid w:val="3A792F3A"/>
+    <w:rsid w:val="3C4189EA"/>
+    <w:rsid w:val="3DBDBE73"/>
+    <w:rsid w:val="4478FE37"/>
+    <w:rsid w:val="44BCA6CC"/>
+    <w:rsid w:val="4778BF6F"/>
+    <w:rsid w:val="4E18BB5D"/>
+    <w:rsid w:val="5163F5E2"/>
+    <w:rsid w:val="518896C3"/>
+    <w:rsid w:val="56EA75A9"/>
+    <w:rsid w:val="58ABEBAD"/>
+    <w:rsid w:val="59501A54"/>
+    <w:rsid w:val="5F4AF764"/>
+    <w:rsid w:val="5F53F0F1"/>
+    <w:rsid w:val="63E64681"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="66AAFF3B"/>
-    <w:rsid w:val="67FA7F45"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6B5DF095"/>
-[...10 lines deleted...]
-    <w:rsid w:val="782088B9"/>
+    <w:rsid w:val="7413AB27"/>
+    <w:rsid w:val="744CCBE8"/>
+    <w:rsid w:val="79948219"/>
+    <w:rsid w:val="7B83F4E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{2179ECA8-E307-4FD9-A9E4-BBCA5F3BF1C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9136,275 +4362,234 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="0075723F"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
-    <w:name w:val="heading 6"/>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000044DF"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
-      <w:outlineLvl w:val="5"/>
-[...42 lines deleted...]
-      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9482,614 +4667,610 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="0075723F"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C4557D"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Omslagsunderrubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C4557D"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C4557D"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="009D3EE6"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -10120,81 +5301,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -10233,53 +5414,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10353,53 +5534,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -10473,53 +5654,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10569,53 +5750,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -10665,53 +5846,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -10747,53 +5928,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -10842,51 +6023,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -10930,51 +6111,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -11061,67 +6242,66 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F43157"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -11165,275 +6345,3546 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="000044DF"/>
-[...29 lines deleted...]
-    <w:rsid w:val="000044DF"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
-[...1 lines deleted...]
-    <w:rsid w:val="000044DF"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="3033" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D2A69"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="55127456">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1467505787">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1709446623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="759988056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1564561630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1843083208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="780875237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="509608029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="83109054">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="445588365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1382510113">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2038895999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1035232179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1263950618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="590116062">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="977304399">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="949626626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="146365009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="587999527">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1751543220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1087268863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1519585532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1206481413">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="710693877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="195506526">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1018779705">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="563564578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1447043104">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1879004544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="823591417">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1066225801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="919406944">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560095819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="386143951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1885949200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="680009262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="417406878">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1681933449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1668441424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="825972481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2115977985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="124391622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="186144757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1746566316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1496535946">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1242716368">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1111047061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1433354143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="30544009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2080904441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809394414">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1886138896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1270316688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="253519780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="804931937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1004238336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="449781529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="816412888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="928661589">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="518930662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1654217221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="470758210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1896811769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1244602590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1944729761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="366874700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="825239710">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="919406154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1427846076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1838105870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1620455404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="342442134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="831873199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1359428519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2108572190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="661853074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1148667548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2049331606">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1955135694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="733118265">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1478914303">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1337150145">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="470488747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="13962336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1278637466">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1357582776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1123578487">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1262689518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="542600454">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1080713393">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1944805679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1295672203">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1603609118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="826745263">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1432317551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="842474473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1298291473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2095274991">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="142167265">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1781027754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1103301988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1060517424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2113698940">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="809326568">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1806971552">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1693141056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="58096167">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="574584719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1765415485">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="772479040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1612588393">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1446388715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1643538031">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1128544683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="171646660">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="302271103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2086609386">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2029090464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="228421710">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="868879621">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="26492380">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="13113872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="366613061">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1863130053">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1597901851">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1709377208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1618944835">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="836501636">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1399863565">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1919095016">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1473331334">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="833689961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="721053234">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1590574987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1368682713">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="254899631">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1472871205">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="104353490">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1472556483">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="919604748">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2012441355">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="493376027">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1716809790">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="459225394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="84308897">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1681392838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="988745828">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1263613502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="408113463">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="335230247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1990086151">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="85426001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1003238063">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1176310204">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2138602681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2121096810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="982928329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="190654758">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1003163935">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="692996444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160320140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1155145540">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1966420951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1521235433">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
+    <w:div w:id="1296448856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="353385479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1914729878">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="733116721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="88619344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1422028544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1974557970">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="249779233">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="542207689">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1621104459">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="777480859">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="809249005">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="637152075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1441757810">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1517226707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1934776722">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1250388911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1568833383">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1353141458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1099641738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1433161270">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="729304051">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1060984837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="281227843">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1693067267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1266424233">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1761486066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2081097925">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1477525891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1631742635">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1421871766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1241715175">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1584947547">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="674575840">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1729917887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1934899497">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="759717478">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2113814897">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="617226612">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="98723568">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="664356313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1762220323">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1339695641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="977608925">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="839589953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1030033767">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1974285773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1944914277">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="536478707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="52849582">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="165679124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2037807082">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1731079359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1582789029">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="522861915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="686755588">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="548688205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1785149655">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1373110565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="272060660">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1804884531">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1994020356">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1748530774">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1214002666">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1835217127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="690374601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="72508347">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="411392479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1720199493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1271279633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="235092078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2105757239">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2118324892">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="424762757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2078091048">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1763256866">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="880216564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="564267501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1152406047">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="59443472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="258831485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="948850174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="151878364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1700354384">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="649286860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="625162717">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1514681215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="447894430">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1934825904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="572936556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="675696172">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="89202432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1728912965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1628077651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="641543795">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2110150280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bookmark://_Inneliggande_patient" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -11714,603 +10165,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7889</Characters>
+  <Pages>5</Pages>
+  <Words>643</Words>
+  <Characters>4918</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>18</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>149</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9254</CharactersWithSpaces>
+  <CharactersWithSpaces>5448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HLinks>
-[...542 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Förberedelser inför nuklearmedicinska undersökningar, SÄS Borås</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>